--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Preisliste" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8553" uniqueCount="4390">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8485" uniqueCount="4350">
   <si>
     <t/>
   </si>
   <si>
     <t>Brutto-Preisliste</t>
   </si>
   <si>
     <t>Preise die nicht in diese Liste vermerkt sind, sind auf Anfrage erhältlich.</t>
   </si>
   <si>
     <t>Artikelreferenz</t>
   </si>
   <si>
     <t>Beschreibung</t>
   </si>
   <si>
     <t xml:space="preserve">Bruttopreis exkl. MwSt. </t>
   </si>
   <si>
     <t>Einheit</t>
   </si>
   <si>
     <t>Verpackung</t>
   </si>
   <si>
@@ -495,50 +495,53 @@
   <si>
     <t>Endkappe Track 48V Schwarz H 54</t>
   </si>
   <si>
     <t>5415095051328</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/a3c43c31-4d17-194d-82e8-efbaf87002b0</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/a3c43c31-4d17-194d-82e8-efbaf87002b0/b9bb8d94-b8d1-45bb-9b53-9c219908344c_720.png</t>
   </si>
   <si>
     <t>AD12DALIDT8DS</t>
   </si>
   <si>
     <t>DALI DT8 treiber 12W JAVA/SOLIS 100-700mA + antitrak.</t>
   </si>
   <si>
     <t>5415095048458</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/b22185e5-4fc2-df4e-96a1-df26e4facf70</t>
   </si>
   <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b22185e5-4fc2-df4e-96a1-df26e4facf70/96ca893e-a43d-4c94-872c-932535f475b9_720.png</t>
+  </si>
+  <si>
     <t>AGATEWAYCASAMBIEXTERN</t>
   </si>
   <si>
     <t>Modul Gateway CASAMBI DALI External</t>
   </si>
   <si>
     <t>5415095051755</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/057be465-8085-2b41-8161-9a9200863aac</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/057be465-8085-2b41-8161-9a9200863aac/c16272b8-304f-4bed-bda6-77041652e3c5_720.jpg</t>
   </si>
   <si>
     <t>AGATEWAYCASAMBITRACK</t>
   </si>
   <si>
     <t>Modul Gateway CASAMBI DALI Track 48V IN</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/63a24b1e-7b64-7947-b68f-b03c5a03f8b8</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/63a24b1e-7b64-7947-b68f-b03c5a03f8b8/043a2d74-fc9a-4135-9ebf-9315be7b0a46_720.png</t>
@@ -1752,74 +1755,50 @@
   <si>
     <t>Aufputz-Schiene 48v L3000mm Schwarz H 54</t>
   </si>
   <si>
     <t>5415095051533</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/5a6cc1b9-5e40-2744-b47a-28eb72b984e1</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/5a6cc1b9-5e40-2744-b47a-28eb72b984e1/5a6260c1-45c8-4abb-9807-ac863a7e40e9_720.png</t>
   </si>
   <si>
     <t>ATTRACK48V54B</t>
   </si>
   <si>
     <t>(AS) T-Angle horizontal 2x90° Track 48V H 54 Schwarz Verbinder incl.</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/b9d6114e-a6ff-a142-9e41-af3a19fe1b04</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/b9d6114e-a6ff-a142-9e41-af3a19fe1b04/7f94ca1e-5df6-4221-b58f-a6de934f164b_720.jpg</t>
   </si>
   <si>
-    <t>BC117</t>
-[...22 lines deleted...]
-  <si>
     <t>BC1KUANA2700KB</t>
   </si>
   <si>
     <t>(AS)KUANA 9W carré 2700K Noir</t>
   </si>
   <si>
     <t>1/24</t>
   </si>
   <si>
     <t>5415095049349</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/2b72c6c3-31e5-5e41-80ac-4b2adf3696be</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/2b72c6c3-31e5-5e41-80ac-4b2adf3696be/206a8ac1-6662-4dbe-a178-d36fec19d6fa_720.png</t>
   </si>
   <si>
     <t>BC1KUANA2700KC</t>
   </si>
   <si>
     <t>(AS)KUANA 9W carré 2700K Champagne</t>
   </si>
   <si>
     <t>5415095049356</t>
@@ -2343,63 +2322,63 @@
   <si>
     <t>https://teconex.eu/de/produit/80966b65-67f1-7b49-91d6-7278aad5a2e8</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/80966b65-67f1-7b49-91d6-7278aad5a2e8/fb1d4ca9-8c11-4082-96a2-d9b55d4ce7f0_720.png</t>
   </si>
   <si>
     <t>CSEBS200036054</t>
   </si>
   <si>
     <t>TECO PIR Sensor IP54 Aufbau + Fernsteuerung</t>
   </si>
   <si>
     <t>PIR_SENSOR</t>
   </si>
   <si>
     <t>6.1</t>
   </si>
   <si>
     <t>5415095053490</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/2e25f12b-591a-864e-85a9-f0f0966618df</t>
   </si>
   <si>
-    <t>https://static.prod.teconex-demo.be/v5/articles/2e25f12b-591a-864e-85a9-f0f0966618df/d292e10c-fd08-44b2-a01a-73f9808b26ed_720.JPG</t>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2e25f12b-591a-864e-85a9-f0f0966618df/32672da4-5fc2-4235-a987-7f4f86956f8d_720.png</t>
   </si>
   <si>
     <t>CSENS200036054</t>
   </si>
   <si>
     <t>5415095050642</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/f968ca26-ed78-954a-9a86-d98555d5a2bd</t>
   </si>
   <si>
-    <t>https://static.prod.teconex-demo.be/v5/articles/f968ca26-ed78-954a-9a86-d98555d5a2bd/f24f3ea8-3954-449c-b17c-d02619364432_720.png</t>
+    <t>https://static.prod.teconex-demo.be/v5/articles/f968ca26-ed78-954a-9a86-d98555d5a2bd/d012b8a6-0a7d-4ace-a032-c326201eba55_720.png</t>
   </si>
   <si>
     <t>D26012NT</t>
   </si>
   <si>
     <t>TECO AR111 Treiber Phasen Dimmung 250mA 9W 36V</t>
   </si>
   <si>
     <t>5415095027828</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/e32553a8-adcc-af4c-b384-9e4a19a69736</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/e32553a8-adcc-af4c-b384-9e4a19a69736/93d7de10-0ac7-4f0f-b5f7-26a5a8f1c6b9_720.png</t>
   </si>
   <si>
     <t>D30009NT</t>
   </si>
   <si>
     <t>Treiber AR70  Phasen Dimmung  300mA 5,4W 18V</t>
   </si>
   <si>
     <t>5415095027835</t>
   </si>
@@ -2808,98 +2787,80 @@
   <si>
     <t>DALI Dimmbarer LED Treiber 500mA 20W NAULA</t>
   </si>
   <si>
     <t>NAULA CUSTOM</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/4e1f3d2a-9c49-3742-aad1-3be0a8759646</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/4e1f3d2a-9c49-3742-aad1-3be0a8759646/d7c2e2ca-d14c-420f-b5bf-f0e773e5efb2_720.jpg</t>
   </si>
   <si>
     <t>LSC3W700LRZ</t>
   </si>
   <si>
     <t>(AS) FIX Driver HEP 700mA 3W</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/20b197ab-44be-7b40-86d1-b7c9aed832b6</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/20b197ab-44be-7b40-86d1-b7c9aed832b6/d35787af-78d1-44ab-875c-5e68fd175aec_720.png</t>
   </si>
   <si>
-    <t>LSKASD1710FIXW3</t>
-[...5 lines deleted...]
-    <t>KAMELEON S ONE</t>
+    <t>LTY180030CT19</t>
+  </si>
+  <si>
+    <t>(AS)YALA ONE 295x595mm RA80 18W 3000K-4000K UGR&lt;19 IP40+Fix Treiber</t>
+  </si>
+  <si>
+    <t>1/5</t>
+  </si>
+  <si>
+    <t>YALA ONE 22</t>
+  </si>
+  <si>
+    <t>5415095050581</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/9b1b196f-2adb-374b-bc3f-6148f3598c06</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/9b1b196f-2adb-374b-bc3f-6148f3598c06/778a274f-3886-41e7-a3fe-7b9a52373b99_720.jpg</t>
+  </si>
+  <si>
+    <t>LTY18X030CT19</t>
+  </si>
+  <si>
+    <t>TECO YALA ONE 295x595mm RA80 18-35W 3000K-4000K UGR&lt;19 IP40</t>
   </si>
   <si>
     <t>4.6</t>
   </si>
   <si>
-    <t>5415095047796</t>
-[...34 lines deleted...]
-  <si>
     <t>5415095043026</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/8b232d54-3f7f-0d48-ad0f-751d249aa0ca</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/8b232d54-3f7f-0d48-ad0f-751d249aa0ca/71e42c9d-17c4-4e1f-a175-d39b9b769dad_720.jpg</t>
   </si>
   <si>
     <t>LTY260060CT16</t>
   </si>
   <si>
     <t>(AS)YALA 595x595mm RA90 24W 3000K-4000K UGR&lt;16 IP40+Fix Treiber</t>
   </si>
   <si>
     <t>YALA UGR16 22</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/316c797f-88bb-0046-9e42-d44cba0fb437</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/316c797f-88bb-0046-9e42-d44cba0fb437/f3d37fc0-ad01-4266-ad51-655f8c6c0a19_720.jpg</t>
   </si>
   <si>
     <t>LTY260060CT19</t>
@@ -3246,74 +3207,83 @@
   <si>
     <t>OSRAM 25W DALI Treiber 300mA + antitrak.</t>
   </si>
   <si>
     <t>5415095047338</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/37096d05-44c0-7242-818d-c161ecfdc9fa</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/37096d05-44c0-7242-818d-c161ecfdc9fa/b9a0e798-4a92-48e8-8336-d8e9449c1256_720.png</t>
   </si>
   <si>
     <t>OTI35DALITW2X500-C</t>
   </si>
   <si>
     <t>Treiber OTi DALI 35W 2 x 500mA Tunable White +  män. Ansch.</t>
   </si>
   <si>
     <t>5415095049707</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/0b3f8808-15fe-9b42-b30d-038552c39bd3</t>
   </si>
   <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0b3f8808-15fe-9b42-b30d-038552c39bd3/a92e3df1-b1c4-48ba-ae19-4ed1ef180418_720.jpg</t>
+  </si>
+  <si>
     <t>OTI50DALITW2X1050-C</t>
   </si>
   <si>
     <t>Treiber OTi DALI 50W 2 x 1050mA Tunable White +  män. Ansch.</t>
   </si>
   <si>
     <t>5415095047437</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/26fab365-1b6c-c94f-ac4d-0c7f899e33ef</t>
   </si>
   <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/26fab365-1b6c-c94f-ac4d-0c7f899e33ef/7c806b27-0b1f-45be-a428-18bd007c9a8e_720.jpg</t>
+  </si>
+  <si>
     <t>OTI50DALITW2X700-C</t>
   </si>
   <si>
     <t>Treiber OTi DALI 50W 2 x 700mA Tunable White +  män. Ansch.</t>
   </si>
   <si>
     <t>5415095047420</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/d55525f0-3774-2844-bf8a-fd80ce6226d4</t>
   </si>
   <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/d55525f0-3774-2844-bf8a-fd80ce6226d4/7722da69-ac4b-4ee0-899d-2bf90ced6d9f_720.jpg</t>
+  </si>
+  <si>
     <t>SAL-1064</t>
   </si>
   <si>
     <t>Controller 64 DALI-Adressen verkabelt zum CASAMBI-Netzwerk (erfordert Dali-Stromversorgung)</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/25bc1521-c37a-2b4b-8039-d7baac75ea34</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/25bc1521-c37a-2b4b-8039-d7baac75ea34/ff7a63ff-eaba-479a-a6ad-7e11f87b2c4f_720.png</t>
   </si>
   <si>
     <t>SAL-2064</t>
   </si>
   <si>
     <t>Controller 64 DALI-Adressen DALI D4i, DT6, DT8 verkabelt zum CASAMBI-Netzwerk (mit integrierter Dali-Versorgung)</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/b5b6349f-7848-3341-aaeb-1bff2692ea34</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/b5b6349f-7848-3341-aaeb-1bff2692ea34/7c052d5e-8e77-4798-91d3-eaca70a81d43_720.png</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/d9105f3e-3466-3e46-8274-330169dc1edd</t>
@@ -4173,78 +4143,108 @@
   <si>
     <t>5415095054367</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/e4c21004-3598-af47-9270-2d7ea5dff67e</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/e4c21004-3598-af47-9270-2d7ea5dff67e/007cead7-96be-4561-b7a8-4812d82c1ddf_720.png</t>
   </si>
   <si>
     <t>TFAXXHSUS02</t>
   </si>
   <si>
     <t>TECO THIKA S 2M-Pendelset</t>
   </si>
   <si>
     <t>5415095042777</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/61ef7054-09b2-9948-96bb-20f97740ff32</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/61ef7054-09b2-9948-96bb-20f97740ff32/1ec8db4c-a298-4664-8597-840e48e252f2_720.png</t>
   </si>
   <si>
+    <t>TFAXXRCABLB2</t>
+  </si>
+  <si>
+    <t>TECO THIKA S runde Rosette 60x40 Schw.2M Kabel + Seil</t>
+  </si>
+  <si>
+    <t>5415095050659</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e54e6d62-6026-2f45-b30a-afa87b3e8528</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e54e6d62-6026-2f45-b30a-afa87b3e8528/db685716-0c04-4305-a1f8-0e3dac52e1a7_720.png</t>
+  </si>
+  <si>
     <t>TFAXXRCABLW2</t>
   </si>
   <si>
     <t>TECO THIKA S runde Rosette 60x40 W. 2M Kabel + Seil</t>
   </si>
   <si>
     <t>5415095050666</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/fa293159-def7-1540-9a18-f9b987b80ce2</t>
   </si>
   <si>
-    <t>https://static.prod.teconex-demo.be/v5/articles/fa293159-def7-1540-9a18-f9b987b80ce2/331ecee3-8918-4e51-b09d-cf7d43ebca23_720.jpg</t>
+    <t>https://static.prod.teconex-demo.be/v5/articles/fa293159-def7-1540-9a18-f9b987b80ce2/460fd700-4444-4c13-9308-c3d52889c4cf_720.png</t>
+  </si>
+  <si>
+    <t>TFAXXSCABLB2</t>
+  </si>
+  <si>
+    <t>TECO THIKA S viereckige Rosette 60x40 Schw.2M Kabel + Seil</t>
+  </si>
+  <si>
+    <t>5415095050222</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/eea5f40f-95e9-c44a-b830-2652e0ceb9f2</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/eea5f40f-95e9-c44a-b830-2652e0ceb9f2/556c2c87-e1d8-4193-b832-a60e9b9d5f72_720.png</t>
   </si>
   <si>
     <t>TFAXXSCABLW2</t>
   </si>
   <si>
     <t>TECO THIKA S viereckige Rosette 60x40 W. 2M Kabel + Seil</t>
   </si>
   <si>
     <t>5415095050239</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/63fb9369-4367-d243-9421-36812c9facdc</t>
   </si>
   <si>
-    <t>https://static.prod.teconex-demo.be/v5/articles/63fb9369-4367-d243-9421-36812c9facdc/94a5ec4f-386c-4dd0-bedc-aedea422cc6c_720.jpg</t>
+    <t>https://static.prod.teconex-demo.be/v5/articles/63fb9369-4367-d243-9421-36812c9facdc/f0d2dbb1-c7da-4fb0-8f56-dc1377de74fa_720.png</t>
   </si>
   <si>
     <t>TFF1202GFT2400</t>
   </si>
   <si>
     <t>TECO FIJI FRIDGE n.dim.  236 GRP 45W 6080lm 120cm 4000K DV</t>
   </si>
   <si>
     <t>5415095045716</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/5f0026fc-5fed-4e45-a043-26f6f379e342</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/5f0026fc-5fed-4e45-a043-26f6f379e342/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png</t>
   </si>
   <si>
     <t>TFF1502GFT2400</t>
   </si>
   <si>
     <t>TECO FIJI  FRIDGE nicht dim.  258 GRP 66W 8850lm 150cm 4000K</t>
   </si>
   <si>
     <t>5415095045730</t>
   </si>
@@ -4281,4901 +4281,4844 @@
   <si>
     <t>5415095045754</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/ab613dca-8ecd-c644-9e09-931569608af8</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/ab613dca-8ecd-c644-9e09-931569608af8/8a1a2203-c0be-4407-a795-b373acba6610_720.png</t>
   </si>
   <si>
     <t>TFH1502GFT2400</t>
   </si>
   <si>
     <t>TECO FIJI  HEAT nicht dim.  258 GRP 37W 5530lm 150cm 4000K</t>
   </si>
   <si>
     <t>5415095045778</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/77c52340-3ddc-604f-b6d7-0bd681d21ed0</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/77c52340-3ddc-604f-b6d7-0bd681d21ed0/8a1a2203-c0be-4407-a795-b373acba6610_720.png</t>
   </si>
   <si>
-    <t>TFL236LEDAV1</t>
-[...2 lines deleted...]
-    <t>TECO FIJI ROCK IP66 2 Flam. 120cm 78W 4500K Anti-Vandalismus</t>
+    <t>TFO0601GF02400</t>
+  </si>
+  <si>
+    <t>TECO FIJI ONE IP66 n.dim. 12-19W 1500-2200lm GRP 60cm 4000K</t>
+  </si>
+  <si>
+    <t>1/168</t>
+  </si>
+  <si>
+    <t>5415095049745</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/19ac255e-37d3-4d4e-b1de-e4929c4eda78</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/19ac255e-37d3-4d4e-b1de-e4929c4eda78/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png</t>
+  </si>
+  <si>
+    <t>TFO0602GFT2400</t>
+  </si>
+  <si>
+    <t>TECO FIJI ONE+ IP66 n.dim.12-21W 1500-2590lm 60cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095045815</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/05cd30ad-4ced-db42-a671-b53dd2ad1072</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/05cd30ad-4ced-db42-a671-b53dd2ad1072/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png</t>
+  </si>
+  <si>
+    <t>TFO0602GFT24EM</t>
+  </si>
+  <si>
+    <t>FIJI ONE + IP66 Non dim. 12-21W 1500-2590lm GRP 60cm 4000K +TH +EM</t>
+  </si>
+  <si>
+    <t>4.56</t>
+  </si>
+  <si>
+    <t>5415095049547</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b35b14af-f0be-d143-b041-75907835c2a1</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b35b14af-f0be-d143-b041-75907835c2a1/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png</t>
+  </si>
+  <si>
+    <t>TFO0602GFT24ME</t>
+  </si>
+  <si>
+    <t>FIJI ONE + IP66 Non dim. 12-21W 1500-2590lm GRP 60cm 4000K +TH +MO +EM</t>
+  </si>
+  <si>
+    <t>5415095049646</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/cc592f3d-c266-1640-bda3-06cc24df5b25</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/cc592f3d-c266-1640-bda3-06cc24df5b25/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png</t>
+  </si>
+  <si>
+    <t>TFO0602GFT24MO</t>
+  </si>
+  <si>
+    <t>FIJI ONE + IP66 Non dim. 12-21W 1500-2590lm GRP 60cm 4000K +TH +MO</t>
+  </si>
+  <si>
+    <t>5415095049592</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0b478b85-b1ee-d847-ad77-5006fb4019be</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0b478b85-b1ee-d847-ad77-5006fb4019be/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png</t>
+  </si>
+  <si>
+    <t>TFO1201PF02400</t>
+  </si>
+  <si>
+    <t>TECO FIJI ONE IP66 n.dim. 23-39W 3020-5190lm 120cm 4000K</t>
+  </si>
+  <si>
+    <t>1/119</t>
+  </si>
+  <si>
+    <t>5415095045839</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0be863e4-5829-f84d-b565-aefd945f47c7</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0be863e4-5829-f84d-b565-aefd945f47c7/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png</t>
+  </si>
+  <si>
+    <t>TFO1201PFT2400</t>
+  </si>
+  <si>
+    <t>TECO FIJI ONE IP66 n.dim. 23-39W 3020-5190lm 120cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095045853</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/5695e851-dc17-9448-96fe-da479ce17e43</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/5695e851-dc17-9448-96fe-da479ce17e43/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png</t>
+  </si>
+  <si>
+    <t>TFO1201PFT24EM</t>
+  </si>
+  <si>
+    <t>FIJI ONE IP66 Non dim. 23-39W 3020-5190lm PC 120cm 4000K +TH +EM</t>
+  </si>
+  <si>
+    <t>5415095049554</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0dfc1f51-f59e-4d4f-bb04-00b62c8b363f</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0dfc1f51-f59e-4d4f-bb04-00b62c8b363f/f77e68bc-f09e-4835-9008-d50298171960_720.png</t>
+  </si>
+  <si>
+    <t>TFO1201PFT24ME</t>
+  </si>
+  <si>
+    <t>FIJI ONE IP66 Non dim. 23-39W 3020-5190lm PC 120cm 4000K +TH +MO + EM</t>
+  </si>
+  <si>
+    <t>5415095049653</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/12e1efd2-37b0-c448-b862-0b7b2484bed8</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/12e1efd2-37b0-c448-b862-0b7b2484bed8/8e55a59e-70ea-44e4-9ece-89a6be39b3fe_720.png</t>
+  </si>
+  <si>
+    <t>TFO1201PFT24MO</t>
+  </si>
+  <si>
+    <t>FIJI ONE IP66 Non dim. 23-39W 3020-5190lm PC 120cm 4000K +TH +MO</t>
+  </si>
+  <si>
+    <t>5415095049608</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/58a66542-9453-fb41-8534-14c22f456190</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/58a66542-9453-fb41-8534-14c22f456190/ecb03f19-8c7d-415c-9f9f-f6d17b31ffc4_720.png</t>
+  </si>
+  <si>
+    <t>TFO1202PF02400</t>
+  </si>
+  <si>
+    <t>TECO FIJI ONE+ IP66 n.dim.  23-39W 3020-5190lm 120cm 4000K</t>
+  </si>
+  <si>
+    <t>5415095045877</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/6b10fc33-7ccf-ed4d-bf0a-24a5382b6af4</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/6b10fc33-7ccf-ed4d-bf0a-24a5382b6af4/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png</t>
+  </si>
+  <si>
+    <t>TFO1202PFT2400</t>
+  </si>
+  <si>
+    <t>TECO FIJI ONE+ IP66 n.dim. 23-39W 3020-5190lm 120cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095045891</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c9bcd2fc-960b-f947-bb61-6f54076ed4e0</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/c9bcd2fc-960b-f947-bb61-6f54076ed4e0/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png</t>
+  </si>
+  <si>
+    <t>TFO1202PFT24EM</t>
+  </si>
+  <si>
+    <t>FIJI ONE + IP66 Non dim. 23-39W 3020-5190lm PC 120cm 4000K +TH +EM</t>
+  </si>
+  <si>
+    <t>5415095049561</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/71dde2ff-17d6-c347-b5e4-473df7991b02</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/71dde2ff-17d6-c347-b5e4-473df7991b02/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png</t>
+  </si>
+  <si>
+    <t>TFO1202PFT24ME</t>
+  </si>
+  <si>
+    <t>FIJI ONE + IP66 Non dim. 23-39W 3020-5190lm PC 120cm 4000K +TH +MO +EM</t>
+  </si>
+  <si>
+    <t>5415095049660</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/9b4247b6-ab4e-404a-982a-5d6e2ffa48c4</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/9b4247b6-ab4e-404a-982a-5d6e2ffa48c4/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png</t>
+  </si>
+  <si>
+    <t>TFO1202PFT24MO</t>
+  </si>
+  <si>
+    <t>FIJI ONE + IP66 Non dim. 23-39W 3020-5190lm PC 120cm 4000K +TH +MO</t>
+  </si>
+  <si>
+    <t>5415095049615</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/5be51143-1f7b-4340-a72e-b1e32ba49f38</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/5be51143-1f7b-4340-a72e-b1e32ba49f38/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png</t>
+  </si>
+  <si>
+    <t>TFO1501PF02400</t>
+  </si>
+  <si>
+    <t>TECO FIJI ONE IP66 n.dim. 29-49W 3800-6490lm 150cm 4000K</t>
+  </si>
+  <si>
+    <t>5415095045914</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e0177207-fca1-8047-8573-54dafea301ec</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e0177207-fca1-8047-8573-54dafea301ec/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png</t>
+  </si>
+  <si>
+    <t>TFO1501PFT2400</t>
+  </si>
+  <si>
+    <t>TECO FIJI ONE IP66 n.dim. 29-49W 3800-6490lm 150cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095045938</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/46f8f220-5b11-de46-a5fa-13eece976b79</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/46f8f220-5b11-de46-a5fa-13eece976b79/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png</t>
+  </si>
+  <si>
+    <t>TFO1501PFT24005FILS</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a8ccd941-01aa-1f41-a3de-318c8b709368</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a8ccd941-01aa-1f41-a3de-318c8b709368/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png</t>
+  </si>
+  <si>
+    <t>TFO1501PFT24EM</t>
+  </si>
+  <si>
+    <t>FIJI ONE IP66 Non dim. 29-49W 3800-6490lm PC 150cm 4000K +TH +EM</t>
+  </si>
+  <si>
+    <t>5415095049578</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/aee0be4d-1a51-7449-b3df-458cbfbaea41</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/aee0be4d-1a51-7449-b3df-458cbfbaea41/f77e68bc-f09e-4835-9008-d50298171960_720.png</t>
+  </si>
+  <si>
+    <t>TFO1501PFT24ME</t>
+  </si>
+  <si>
+    <t>FIJI ONE IP66 Non dim. 29-49W 3800-6490lm PC 150cm 4000K +TH +MO +EM</t>
+  </si>
+  <si>
+    <t>5415095049677</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b317f80b-923b-d143-8f9d-05ea2432765c</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b317f80b-923b-d143-8f9d-05ea2432765c/8e55a59e-70ea-44e4-9ece-89a6be39b3fe_720.png</t>
+  </si>
+  <si>
+    <t>TFO1501PFT24MO</t>
+  </si>
+  <si>
+    <t>FIJI ONE IP66 Non dim. 29-49W 3800-6490lm PC 150cm 4000K +TH +MO</t>
+  </si>
+  <si>
+    <t>5415095049622</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a1ec8ede-6317-3246-8066-a14bf833ea28</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a1ec8ede-6317-3246-8066-a14bf833ea28/ecb03f19-8c7d-415c-9f9f-f6d17b31ffc4_720.png</t>
+  </si>
+  <si>
+    <t>TFO1502PF02400</t>
+  </si>
+  <si>
+    <t>TECO FIJI ONE+ IP66 n.dim. 29-49W 3800-6490lm 150cm 4000K</t>
+  </si>
+  <si>
+    <t>5415095045952</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a077bdfb-7b4b-d244-b4a9-f0e7ca5d6218</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a077bdfb-7b4b-d244-b4a9-f0e7ca5d6218/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png</t>
+  </si>
+  <si>
+    <t>TFO1502PFT2400</t>
+  </si>
+  <si>
+    <t>TECO FIJI ONE+ IP66 n.dim. 29-49W 3800-6490lm 150cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095045976</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a16a5874-437a-2249-b5e9-24e258e942b6</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a16a5874-437a-2249-b5e9-24e258e942b6/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png</t>
+  </si>
+  <si>
+    <t>TFO1502PFT24EM</t>
+  </si>
+  <si>
+    <t>FIJI ONE + IP66 Non dim. 29-49W 3800-6490lm PC 150cm 4000K +TH +EM</t>
+  </si>
+  <si>
+    <t>5415095049585</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/1e76d809-5395-3740-b12a-b28aa65c48cf</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/1e76d809-5395-3740-b12a-b28aa65c48cf/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png</t>
+  </si>
+  <si>
+    <t>TFO1502PFT24ME</t>
+  </si>
+  <si>
+    <t>FIJI ONE + IP66 Non dim. 29-49W 3800-6490lm PC 150cm 4000K +TH +MO +EM</t>
+  </si>
+  <si>
+    <t>5415095049684</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/28f0350b-aecc-2f4c-97e6-ec6ab7344be0</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/28f0350b-aecc-2f4c-97e6-ec6ab7344be0/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png</t>
+  </si>
+  <si>
+    <t>TFO1502PFT24MO</t>
+  </si>
+  <si>
+    <t>FIJI ONE + IP66 Non dim. 29-49W 3800-6490lm PC 150cm 4000K +TH +MO</t>
+  </si>
+  <si>
+    <t>5415095049639</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/8a3916c9-e9dd-a542-a4a4-57e259a48eb5</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/8a3916c9-e9dd-a542-a4a4-57e259a48eb5/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png</t>
+  </si>
+  <si>
+    <t>TFO1502XXXVIDE</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/48f0c6c0-0b65-8f49-a565-84f06e928fd2</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/48f0c6c0-0b65-8f49-a565-84f06e928fd2/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png</t>
+  </si>
+  <si>
+    <t>TFT1201H0T2000</t>
+  </si>
+  <si>
+    <t>TECO FIJI TUBE 136 GRP body + PMMA cap 120cm DV</t>
+  </si>
+  <si>
+    <t>FIJI TUBE</t>
+  </si>
+  <si>
+    <t>5415095045990</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/925131a0-5b2a-1f47-aff8-f8d0bc58f399</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/925131a0-5b2a-1f47-aff8-f8d0bc58f399/ee0eab97-05c0-463b-a83b-155ffdd0505a_720.png</t>
+  </si>
+  <si>
+    <t>TFT1201P0T2000</t>
+  </si>
+  <si>
+    <t>TECO FIJI  TUBE 136 PC body + PC cap 120cm  DV</t>
+  </si>
+  <si>
+    <t>5415095046010</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/70125764-a5f0-b94c-b6f1-3d9ac4690221</t>
+  </si>
+  <si>
+    <t>TFT1202H0T2000</t>
+  </si>
+  <si>
+    <t>TECO FIJI TUBE 236 GRP body + PMMA cap 120cm DV</t>
+  </si>
+  <si>
+    <t>5415095046034</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/cf037c76-5da5-3043-9163-9b277f407904</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/cf037c76-5da5-3043-9163-9b277f407904/03719694-49ca-41f2-94a1-a7c864ce83b7_720.png</t>
+  </si>
+  <si>
+    <t>TFT1202P0T2000</t>
+  </si>
+  <si>
+    <t>TECO FIJI  TUBE 236 PC body + PC cap 120cm  DV</t>
+  </si>
+  <si>
+    <t>5415095046058</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/be26e803-ffaa-cd4e-968c-2aba26d967eb</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/be26e803-ffaa-cd4e-968c-2aba26d967eb/dd636c19-4d3a-4c7c-b78a-8cb9f4f7000f_720.png</t>
+  </si>
+  <si>
+    <t>TFT1501H0T2000</t>
+  </si>
+  <si>
+    <t>TECO FIJI TUBE 158 GRP body + PMMA cap 150cm DV</t>
+  </si>
+  <si>
+    <t>1/90</t>
+  </si>
+  <si>
+    <t>5415095046072</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b21fd3c8-88cf-d44b-a470-a57eca581bd4</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b21fd3c8-88cf-d44b-a470-a57eca581bd4/ee0eab97-05c0-463b-a83b-155ffdd0505a_720.png</t>
+  </si>
+  <si>
+    <t>TFT1501P0T2000</t>
+  </si>
+  <si>
+    <t>TECO FIJI  TUBE 158 Polycarbonaat 150cm +Durchverdrahtung</t>
+  </si>
+  <si>
+    <t>5415095046096</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/55bed36f-8195-0b47-94c0-258ac8ded974</t>
+  </si>
+  <si>
+    <t>TFT1502H0T2000</t>
+  </si>
+  <si>
+    <t>TECO FIJI TUBE 258 GRP body + PMMA cap 150cm DV</t>
+  </si>
+  <si>
+    <t>5415095046119</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/dc395839-84d1-ce4f-9451-7c7c70ff48ed</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/dc395839-84d1-ce4f-9451-7c7c70ff48ed/03719694-49ca-41f2-94a1-a7c864ce83b7_720.png</t>
+  </si>
+  <si>
+    <t>TFT1502P0T2000</t>
+  </si>
+  <si>
+    <t>TECO FIJI  TUBE 258 PC body + PC cap 150cm  DV</t>
+  </si>
+  <si>
+    <t>5415095046133</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/4b109569-e6ce-b046-9eb1-e7ec31f1556a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/4b109569-e6ce-b046-9eb1-e7ec31f1556a/dd636c19-4d3a-4c7c-b78a-8cb9f4f7000f_720.png</t>
+  </si>
+  <si>
+    <t>TFX0602GFT2300</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.  20W 2831lm GRP 60cm 3000K DV</t>
+  </si>
+  <si>
+    <t>5415095046157</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/6b121b82-b008-d148-8172-149104a7cf51</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/6b121b82-b008-d148-8172-149104a7cf51/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png</t>
+  </si>
+  <si>
+    <t>TFX0602GFT2400</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.  20W 2980lm GRP 60cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095046171</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/549b6e8c-1599-7c40-96f1-7e5d0c3be16f</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/549b6e8c-1599-7c40-96f1-7e5d0c3be16f/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png</t>
+  </si>
+  <si>
+    <t>TFX0602GFT24EM</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.  20W 2980lm GRP 60cm 4000K DV+EM</t>
+  </si>
+  <si>
+    <t>5415095046195</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/23fd1837-f4ce-fe48-b511-4fd5869764fe</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/23fd1837-f4ce-fe48-b511-4fd5869764fe/0078862d-421e-4503-b53a-e1c680089e9a_720.png</t>
+  </si>
+  <si>
+    <t>TFX0602GFT24MO</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.  20W 2980lm GRP 60cm 4000K DV+MO</t>
+  </si>
+  <si>
+    <t>5415095046218</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c6b4da0d-3a44-b842-8a6a-9f3bcd9f5888</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/c6b4da0d-3a44-b842-8a6a-9f3bcd9f5888/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png</t>
+  </si>
+  <si>
+    <t>TFX1201PDT2400</t>
+  </si>
+  <si>
+    <t>TECO FIJI X IP66 DALI dim. 27W 4340lm 120cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095046232</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/6494e73e-bdb6-ae41-9ab1-f81155db3386</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/6494e73e-bdb6-ae41-9ab1-f81155db3386/45d070cf-e098-4c5b-a0ee-958858f7bb9d_720.png</t>
+  </si>
+  <si>
+    <t>TFX1201PDT24EM</t>
+  </si>
+  <si>
+    <t>TECO FIJI X IP66 DALI 17/25/30/35W 2750/5565lm 120cm 4000K DV+EM</t>
+  </si>
+  <si>
+    <t>5415095052844</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/584f3bcb-4b6a-234f-856c-07b3c7939a68</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/584f3bcb-4b6a-234f-856c-07b3c7939a68/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png</t>
+  </si>
+  <si>
+    <t>TFX1201PFT2400</t>
+  </si>
+  <si>
+    <t>TECO FIJI X IP66 n.dim. 17/25/30/35W 2750/5565lm 120cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095046256</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/598ddcfe-eda0-1a45-80d9-9d11dd50d0ed</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/598ddcfe-eda0-1a45-80d9-9d11dd50d0ed/9bc621cb-34f6-4058-91b6-c0beaa660fcb_720.png</t>
+  </si>
+  <si>
+    <t>TFX1201PFT24EM</t>
+  </si>
+  <si>
+    <t>TECO FIJI X IP66 n.dim. 17/25/30/35W 2750/5565lm 120cm 4000K DV+EM</t>
+  </si>
+  <si>
+    <t>5415095046270</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e08407f0-db9a-ed4c-af1d-51ca6ce5d294</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e08407f0-db9a-ed4c-af1d-51ca6ce5d294/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png</t>
+  </si>
+  <si>
+    <t>TFX1201PFT24MO</t>
+  </si>
+  <si>
+    <t>TECO FIJI X IP66 n.dim. 17/25/30/35W 2750/5565lm 120cm 4000K DV+MO</t>
+  </si>
+  <si>
+    <t>5415095046294</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/5a92420f-b3cd-5949-86c3-8837bfe325c3</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/5a92420f-b3cd-5949-86c3-8837bfe325c3/c20fbff7-abbc-4f66-929c-6cba2e5ff81b_720.png</t>
+  </si>
+  <si>
+    <t>TFX1202PDT2400</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 DALI dim. 40W 5830lm PC 120cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095046317</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/83206a9d-a195-f448-896d-419eddc5b39c</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/83206a9d-a195-f448-896d-419eddc5b39c/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png</t>
+  </si>
+  <si>
+    <t>TFX1202PFT2300</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.  17/25/30/35W 2600/5285lm 120cm 3000K DV</t>
+  </si>
+  <si>
+    <t>5415095046331</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b74efedd-4dd7-f345-8329-7d37f8e48e01</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b74efedd-4dd7-f345-8329-7d37f8e48e01/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png</t>
+  </si>
+  <si>
+    <t>TFX1202PFT23EM</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.17/25/30/35W 2750/5565lm 120cm 3000K DV+EM</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/95b3a70a-3b47-bc4e-b1f0-96139d44bcca</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/95b3a70a-3b47-bc4e-b1f0-96139d44bcca/0078862d-421e-4503-b53a-e1c680089e9a_720.png</t>
+  </si>
+  <si>
+    <t>TFX1202PFT23MO</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.17/25/30/35W 2600/5285lm 120cm 3000K DV+MO</t>
+  </si>
+  <si>
+    <t>5415095046355</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/2db9f3ad-3e4c-a648-8abf-3358246508b4</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2db9f3ad-3e4c-a648-8abf-3358246508b4/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png</t>
+  </si>
+  <si>
+    <t>TFX1202PFT2400</t>
+  </si>
+  <si>
+    <t>TECO FIJI X  + IP66 n.dim. 17/25/30/35W 2750/5565lm 120cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095046379</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/02bcac7a-fdc6-7e4e-95c9-0a897b3ae09d</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/02bcac7a-fdc6-7e4e-95c9-0a897b3ae09d/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png</t>
+  </si>
+  <si>
+    <t>TFX1202PFT24EM</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.17/25/30/35W 2750/5565lm 120cm 4000K DV+EM</t>
+  </si>
+  <si>
+    <t>5415095046393</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/cf55e8af-1263-9244-b1b8-9c1a642e4139</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/cf55e8af-1263-9244-b1b8-9c1a642e4139/0078862d-421e-4503-b53a-e1c680089e9a_720.png</t>
+  </si>
+  <si>
+    <t>TFX1202PFT24MO</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.17/25/30/35W 2750/5565lm 120cm 4000K DV+MO</t>
+  </si>
+  <si>
+    <t>5415095046416</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/19cd03da-b4a8-ce47-8888-3b6f722b6f80</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/19cd03da-b4a8-ce47-8888-3b6f722b6f80/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png</t>
+  </si>
+  <si>
+    <t>TFX1501PDT2400</t>
+  </si>
+  <si>
+    <t>TECO FIJI X IP66 DALI dim. 49W 7290lm 150cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095046430</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b5062904-3275-9748-9050-ad7ede21b5f7</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b5062904-3275-9748-9050-ad7ede21b5f7/45d070cf-e098-4c5b-a0ee-958858f7bb9d_720.png</t>
+  </si>
+  <si>
+    <t>TFX1501PDT24EM</t>
+  </si>
+  <si>
+    <t>TECO FIJI X IP66 DALI  25/31/38/44W  4000/7000lm150cm 4000K DV+EM</t>
+  </si>
+  <si>
+    <t>5415095052851</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/300b32d6-5cc0-9a49-a66f-1884bca29915</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/300b32d6-5cc0-9a49-a66f-1884bca29915/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png</t>
+  </si>
+  <si>
+    <t>TFX1501PFT2400</t>
+  </si>
+  <si>
+    <t>TECO FIJI X IP66 n.dim.  25/31/38/44W 4000/7000lm 150cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095046454</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/d198cdd6-ea63-4042-a48a-80f5ab05d6d6</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/d198cdd6-ea63-4042-a48a-80f5ab05d6d6/9bc621cb-34f6-4058-91b6-c0beaa660fcb_720.png</t>
+  </si>
+  <si>
+    <t>TFX1501PFT24EM</t>
+  </si>
+  <si>
+    <t>TECO FIJI X IP66 n.dim.  25/31/38/44W  4000/7000lm150cm 4000K DV+EM</t>
+  </si>
+  <si>
+    <t>5415095046478</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/93943ee8-8527-194b-be49-bf8e074052a6</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/93943ee8-8527-194b-be49-bf8e074052a6/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png</t>
+  </si>
+  <si>
+    <t>TFX1501PFT24MO</t>
+  </si>
+  <si>
+    <t>TECO FIJI X IP66 n.dim.  25/31/38/44W  4000/7000lm 150cm 4000K DV+MO</t>
+  </si>
+  <si>
+    <t>5415095046492</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/165676f0-5917-a14b-b878-211c422e0e29</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/165676f0-5917-a14b-b878-211c422e0e29/c20fbff7-abbc-4f66-929c-6cba2e5ff81b_720.png</t>
+  </si>
+  <si>
+    <t>TFX1502PDT2300</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 DALI dim. 49W 6925lm 150cm 3000K DV</t>
+  </si>
+  <si>
+    <t>5415095046515</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/60dc4e75-4093-6542-9c12-9110d8ca7840</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/60dc4e75-4093-6542-9c12-9110d8ca7840/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png</t>
+  </si>
+  <si>
+    <t>TFX1502PDT2400</t>
+  </si>
+  <si>
+    <t>5415095046539</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/80c0b13f-1569-654a-bf97-c858dfdb9037</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/80c0b13f-1569-654a-bf97-c858dfdb9037/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png</t>
+  </si>
+  <si>
+    <t>TFX1502PDT24HO</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 DALI dim. 76W 10360lm 150cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095046553</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/40f87553-c8dc-294f-b71d-82b077ce9d9e</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/40f87553-c8dc-294f-b71d-82b077ce9d9e/37993f43-c405-4d54-a062-65ece9bba7ad_720.png</t>
+  </si>
+  <si>
+    <t>TFX1502PDT24HOTHEM</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 DALI dim. 76W 10360lm 150cm 4000K +TH+EM</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/92a0361c-2bbb-4943-8f41-570117b3d58e</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/92a0361c-2bbb-4943-8f41-570117b3d58e/37993f43-c405-4d54-a062-65ece9bba7ad_720.png</t>
+  </si>
+  <si>
+    <t>TFX1502PFT2300</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim. 25/31/38/44W 3825/6650lm 150cm 3000K DV</t>
+  </si>
+  <si>
+    <t>5415095046577</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/56f288ba-672e-6f47-9d39-b7ee34171d78</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/56f288ba-672e-6f47-9d39-b7ee34171d78/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png</t>
+  </si>
+  <si>
+    <t>TFX1502PFT23MO</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.42/49W 5633/6925lm 150cm 3000K DV+MO</t>
+  </si>
+  <si>
+    <t>5415095046591</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b05c63a0-1ec3-694e-8b16-596388c97406</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b05c63a0-1ec3-694e-8b16-596388c97406/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png</t>
+  </si>
+  <si>
+    <t>TFX1502PFT2400</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.    25/31/38/44W 4000/7000lm 150cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095046614</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/402cabcd-7dda-c343-bf05-2c91e4828a6d</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/402cabcd-7dda-c343-bf05-2c91e4828a6d/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png</t>
+  </si>
+  <si>
+    <t>TFX1502PFT24EM</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.25/31/38/44W  4000/7000lm 150cm 4000K DV+EM</t>
+  </si>
+  <si>
+    <t>5415095046638</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/77e34b67-fdef-9147-aa63-a0fb93d6ea8d</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/77e34b67-fdef-9147-aa63-a0fb93d6ea8d/0078862d-421e-4503-b53a-e1c680089e9a_720.png</t>
+  </si>
+  <si>
+    <t>TFX1502PFT24HO</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.  76W 10360lm 150cm 4000K DV</t>
+  </si>
+  <si>
+    <t>5415095046652</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/9685ccf4-e4a1-a243-b288-eb0e3cea6ea6</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/9685ccf4-e4a1-a243-b288-eb0e3cea6ea6/8a0a625b-6568-4f82-9f0f-a29351fc8cbb_720.png</t>
+  </si>
+  <si>
+    <t>TFX1502PFT24MO</t>
+  </si>
+  <si>
+    <t>TECO FIJI X+ IP66 n.dim.25/31/38/44W  4000/7000lm 150cm 4000K DV+MO</t>
+  </si>
+  <si>
+    <t>5415095049332</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e19790a4-6b1b-b148-823f-0874c946fe91</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e19790a4-6b1b-b148-823f-0874c946fe91/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png</t>
+  </si>
+  <si>
+    <t>THIC018D027CB</t>
+  </si>
+  <si>
+    <t>TECO HILO LINE Decke. IP54 10-18-24W 3000-4000K ø 270 Sc.</t>
+  </si>
+  <si>
+    <t>1/10</t>
+  </si>
+  <si>
+    <t>HILO CIRCLE</t>
+  </si>
+  <si>
+    <t>5415095043545</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/fdac877c-6d13-5f42-8b68-e7020c369c70</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/fdac877c-6d13-5f42-8b68-e7020c369c70/f7f6c1e4-8e9b-417e-9e69-c9a06faa22c1_720.png</t>
+  </si>
+  <si>
+    <t>THIC018D027CW</t>
+  </si>
+  <si>
+    <t>TECO HILO LINE Decke. IP54 10-18-24W 3000-4000K ø 270 W.</t>
+  </si>
+  <si>
+    <t>5415095043552</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/2633e4e2-b6c7-fc42-ad1d-86a924495a58</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2633e4e2-b6c7-fc42-ad1d-86a924495a58/8ea366fc-1da2-4325-a786-387812b526d0_720.jpg</t>
+  </si>
+  <si>
+    <t>THIC024D035CB</t>
+  </si>
+  <si>
+    <t>TECO HILO LINE Decke. IP54 24-32W 3000-4000K ø 350 Sc.</t>
+  </si>
+  <si>
+    <t>5415095043569</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0d74043d-575d-6946-89e9-392bb89e0935</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0d74043d-575d-6946-89e9-392bb89e0935/306155ff-f5c0-4fdd-bb01-e5dcd874690b_720.png</t>
+  </si>
+  <si>
+    <t>THIC024D035CW</t>
+  </si>
+  <si>
+    <t>TECO HILO LINE Decke. IP54 24-32W 3000-4000K ø 350 W.</t>
+  </si>
+  <si>
+    <t>5415095043576</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/78666491-7f63-654f-a716-1f68da7e5d2e</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/78666491-7f63-654f-a716-1f68da7e5d2e/2b25c682-566f-4f8b-a044-c1c51bfe4655_720.jpg</t>
+  </si>
+  <si>
+    <t>THIC038D060CB</t>
+  </si>
+  <si>
+    <t>TECO HILO Decke. IP54 38-55W 3000-4000K ø 600 Schwarz</t>
+  </si>
+  <si>
+    <t>1/4</t>
+  </si>
+  <si>
+    <t>5415095043583</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c684a9e4-5513-fc42-8b2d-6fd5ca0281be</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/c684a9e4-5513-fc42-8b2d-6fd5ca0281be/f732030b-2475-48ee-8480-5c838a893e4a_720.png</t>
+  </si>
+  <si>
+    <t>THIC038D060CW</t>
+  </si>
+  <si>
+    <t>TECO HILO Decke. IP54 38-55W 3000-4000K ø 600 W.</t>
+  </si>
+  <si>
+    <t>"1/41/4"</t>
+  </si>
+  <si>
+    <t>5415095043590</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c9ef22d4-87e3-d54d-8dde-9f87101ed3ee</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/c9ef22d4-87e3-d54d-8dde-9f87101ed3ee/013cf8fd-55b4-4ad0-aea6-18873516bd24_720.png</t>
+  </si>
+  <si>
+    <t>THIC060PENDKITB</t>
+  </si>
+  <si>
+    <t>TECO HILO Pendelbausatz für HILO  ø 600 Schwarz  L150</t>
+  </si>
+  <si>
+    <t>5415095043606</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/d21ead7e-8226-5f4c-ba7b-58826b678ba6</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/d21ead7e-8226-5f4c-ba7b-58826b678ba6/419c0b41-89bf-4262-8e25-fa6f8ecec9c1_720.png</t>
+  </si>
+  <si>
+    <t>THIC060PENDKITW</t>
+  </si>
+  <si>
+    <t>TECO HILO Pendelbausatz für HILO ø 600 Weiß  L150</t>
+  </si>
+  <si>
+    <t>5415095043613</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/1c6f2ee5-fedc-2e4c-828b-9ccfa51826bc</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/1c6f2ee5-fedc-2e4c-828b-9ccfa51826bc/c2760da6-bca7-486c-9264-da026a3b83f8_720.png</t>
+  </si>
+  <si>
+    <t>THIL018D027CB</t>
+  </si>
+  <si>
+    <t>TECO HILO Decke. IP54 10-18-24W 3000-4000K ø 270 Schwarz</t>
+  </si>
+  <si>
+    <t>HILO</t>
+  </si>
+  <si>
+    <t>5415095043446</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/8ceb0d93-733a-b54b-815d-33385545c379</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/8ceb0d93-733a-b54b-815d-33385545c379/c2acca7c-6622-4794-8cfd-5a041e90a026_720.png</t>
+  </si>
+  <si>
+    <t>THIL018D027CW</t>
+  </si>
+  <si>
+    <t>TECO HILO Decke. IP54 10-18-24W 3000-4000K ø 270 Weiß</t>
+  </si>
+  <si>
+    <t>5415095043453</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/6d36e78a-92c1-7149-8054-b95eea46cffa</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/6d36e78a-92c1-7149-8054-b95eea46cffa/35f9137d-8fd6-4a90-8ee2-246df66bb0ad_720.png</t>
+  </si>
+  <si>
+    <t>THIL024D035CB</t>
+  </si>
+  <si>
+    <t>TECO HILO Decke. IP54 24-32W 3000-4000K ø 350 Schwarz.</t>
+  </si>
+  <si>
+    <t>HILO LINE</t>
+  </si>
+  <si>
+    <t>5415095043460</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/4ed3940a-6f18-9144-9beb-b4058d6d08ba</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/4ed3940a-6f18-9144-9beb-b4058d6d08ba/1a4ea0aa-99ad-4f0b-8723-f89129fc126d_720.png</t>
+  </si>
+  <si>
+    <t>THIL024D035CB2</t>
+  </si>
+  <si>
+    <t>TECO HILO Decke. IP54 18/24-32W 3000-4000K Dim ø 350 Schwarz.</t>
+  </si>
+  <si>
+    <t>5415095051083</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/7f750628-be02-d844-a497-a952fd3f27b9</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/7f750628-be02-d844-a497-a952fd3f27b9/937e4aa1-1776-400c-9eb5-2e2aed3f8390_720.png</t>
+  </si>
+  <si>
+    <t>THIL024D035CBE</t>
+  </si>
+  <si>
+    <t>LED-Plaf. TECO HILO IP20 18/24/32W 3000-4000K f 350 Schwarz +1,5h Notlicht</t>
+  </si>
+  <si>
+    <t>05.02</t>
+  </si>
+  <si>
+    <t>BEBATB</t>
+  </si>
+  <si>
+    <t>5415095051021</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/1f91cddf-2594-6245-b294-105515c65a6d</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/1f91cddf-2594-6245-b294-105515c65a6d/f7f61076-7bf6-44e2-baa8-17a9ad1c1d64_720.png</t>
+  </si>
+  <si>
+    <t>THIL024D035CBS2</t>
+  </si>
+  <si>
+    <t>TECO HILO Decke. IP54 18/24/32W 3000/4000K ø 350 Sc.+ Sen.</t>
+  </si>
+  <si>
+    <t>5415095051106</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/6294ff1c-4511-2147-b497-02c8caf03039</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/6294ff1c-4511-2147-b497-02c8caf03039/ab26f456-8a9a-4c16-8247-4f7d97fcf6b6_720.png</t>
+  </si>
+  <si>
+    <t>THIL024D035CBSE</t>
+  </si>
+  <si>
+    <t>LED-Plaf. TECO HILO IP20 18/24/32W 3000-4000K f 350 Schwarz + Sensor +1,5h Notlicht</t>
+  </si>
+  <si>
+    <t>5415095050994</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/6bbefa89-f831-424b-b4cd-1e16aa9c76d1</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/6bbefa89-f831-424b-b4cd-1e16aa9c76d1/ca13c0ba-1f82-4442-ae04-c4daa985d9e8_720.png</t>
+  </si>
+  <si>
+    <t>THIL024D035CW</t>
+  </si>
+  <si>
+    <t>TECO HILO Decke. IP54 24-32W 3000-4000K ø 350 W.</t>
+  </si>
+  <si>
+    <t>5415095043484</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/3013f5db-43a3-084d-b607-a5cf9ba842cd</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/3013f5db-43a3-084d-b607-a5cf9ba842cd/cf083577-bb21-465b-9c65-37b7e601a528_720.png</t>
+  </si>
+  <si>
+    <t>THIL024D035CW2</t>
+  </si>
+  <si>
+    <t>TECO HILO Decke. IP54 18/24/32W 3000-4000K Dim ø 350 W.</t>
+  </si>
+  <si>
+    <t>5415095051113</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/03f05c4c-6c38-5747-b87c-d0887fc54bf6</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/03f05c4c-6c38-5747-b87c-d0887fc54bf6/377ee614-5197-4ff5-b2a2-9f3561feff0c_720.png</t>
+  </si>
+  <si>
+    <t>THIL024D035CWE</t>
+  </si>
+  <si>
+    <t>LED-Plaf. TECO HILO IP20 18/24/32W 3000-4000K f 350 Weib +1,5h Notlicht</t>
+  </si>
+  <si>
+    <t>5415095050970</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/54f13da5-ced5-7646-8ebc-134ad87e25ec</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/54f13da5-ced5-7646-8ebc-134ad87e25ec/1bb2bbdb-c8c1-4549-bbe3-dbd2cb0a485c_720.png</t>
+  </si>
+  <si>
+    <t>THIL024D035CWS2</t>
+  </si>
+  <si>
+    <t>TECO HILO Decke. IP54 18/24/32W 3000/4000K ø 350 W.+ Sen.</t>
+  </si>
+  <si>
+    <t>5415095051144</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/ed9092fc-92c2-d34c-93a3-d86ea4da9a41</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ed9092fc-92c2-d34c-93a3-d86ea4da9a41/fa8f5759-8637-4a0b-8133-510d95d4f50c_720.png</t>
+  </si>
+  <si>
+    <t>THIL024D035CWSE</t>
+  </si>
+  <si>
+    <t>LED-Plaf. TECO HILO IP20 18/24/32W 3000-4000K f 350 Wieb + Sensor +1,5h Notlicht</t>
+  </si>
+  <si>
+    <t>5415095050963</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/104f07fb-09f7-0848-827b-4b46004ba64a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/104f07fb-09f7-0848-827b-4b46004ba64a/22e0f8c5-276c-42b2-ae2c-3416750c7958_720.png</t>
+  </si>
+  <si>
+    <t>THIL027RECKITB</t>
+  </si>
+  <si>
+    <t>TECO HILO/ HILO LINE Einbauset ø 27 Schwarz</t>
+  </si>
+  <si>
+    <t>5415095043507</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/d58fc7bc-9118-8740-849f-a84b726f689c</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/d58fc7bc-9118-8740-849f-a84b726f689c/b17f5b80-0d04-4601-94d7-511b03ea43e4_720.png</t>
+  </si>
+  <si>
+    <t>THIL027RECKITW</t>
+  </si>
+  <si>
+    <t>TECO HILO/ HILO LINE Einbauset  ø 27 Weiß</t>
+  </si>
+  <si>
+    <t>5415095043514</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/25f59d21-29ef-224a-85e4-a6d39ac4f31a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/25f59d21-29ef-224a-85e4-a6d39ac4f31a/3ccadf9e-c20d-442a-85ce-305c09a35f62_720.png</t>
+  </si>
+  <si>
+    <t>THIL035PENDKITB</t>
+  </si>
+  <si>
+    <t>TECO HILO Pendelbausatz HILO /HILOLINE ø 35 S. L150</t>
+  </si>
+  <si>
+    <t>5415095043521</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/880bdc5c-d457-224a-b641-dd41e3cfb3a9</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/880bdc5c-d457-224a-b641-dd41e3cfb3a9/40f2fe9c-d16a-40d6-a005-9ab14d633b06_720.jpg</t>
+  </si>
+  <si>
+    <t>THIL035PENDKITW</t>
+  </si>
+  <si>
+    <t>TECO HILO Pendelbausatz HILO /HILOLINE  ø 35 Weiß L150</t>
+  </si>
+  <si>
+    <t>5415095043538</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/edb8b249-2603-c148-af4c-c6c3eb402084</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/edb8b249-2603-c148-af4c-c6c3eb402084/5d935b1f-e356-4353-b979-89db2697e019_720.jpg</t>
+  </si>
+  <si>
+    <t>THIR029D120CB</t>
+  </si>
+  <si>
+    <t>TECO HILO RECHTECK IP54 29-38W 2700-3000-4000K 120cm S.</t>
+  </si>
+  <si>
+    <t>HILO RECTANGLE</t>
+  </si>
+  <si>
+    <t>5415095043644</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/2580868c-2c50-c040-b26c-b3f6abdbd5d2</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2580868c-2c50-c040-b26c-b3f6abdbd5d2/688261c2-dbaa-478b-943a-9f96d28aef3b_720.png</t>
+  </si>
+  <si>
+    <t>THIR029D120CW</t>
+  </si>
+  <si>
+    <t>TECO HILO RECHTECK Decke. IP54 29-38W 3000-4000K 120cm Weiß</t>
+  </si>
+  <si>
+    <t>5415095043651</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0ec3a7c3-09b2-b94a-8c7b-0730d2946ab5</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0ec3a7c3-09b2-b94a-8c7b-0730d2946ab5/d1e776d9-5860-4ed8-85c4-6c9a0e636d19_720.jpg</t>
+  </si>
+  <si>
+    <t>THIR120PENDKITB</t>
+  </si>
+  <si>
+    <t>TECO HILO Pendelbausatz  HILO rechteckig Schwarz L150</t>
+  </si>
+  <si>
+    <t>5415095043668</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/acffa093-e4d6-4446-a3d1-34e3d86cf856</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/acffa093-e4d6-4446-a3d1-34e3d86cf856/b5fb96ac-2f49-4b57-8952-e250c7cfc33c_720.png</t>
+  </si>
+  <si>
+    <t>THIR120PENDKITW</t>
+  </si>
+  <si>
+    <t>TECO HILO Pendelbausatz  HILO rechteckig Weiß L150</t>
+  </si>
+  <si>
+    <t>5415095043675</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/22b95c9d-6ba0-8646-b6de-f41f0f166527</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/22b95c9d-6ba0-8646-b6de-f41f0f166527/88a4c0c8-9852-4255-89ce-1624cf4cfdcc_720.png</t>
+  </si>
+  <si>
+    <t>THIS018D027CB</t>
+  </si>
+  <si>
+    <t>TECO HILO QUADRAT IP54 10-18-24W 2700-3000-4000K 26cm S.</t>
+  </si>
+  <si>
+    <t>HILO SQUARE</t>
+  </si>
+  <si>
+    <t>5415095043620</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e8a5622c-8bb1-1140-8c6e-69698ff2a262</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e8a5622c-8bb1-1140-8c6e-69698ff2a262/e3bf603c-da02-470a-9f95-936e40abf97b_720.png</t>
+  </si>
+  <si>
+    <t>THIS018D027CW</t>
+  </si>
+  <si>
+    <t>TECO HILO QUADRAT Decke. IP54 10-18-24W 3000-4000K f 270 W.</t>
+  </si>
+  <si>
+    <t>5415095043637</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e88191f2-235b-9347-a9c7-5ff0f2f94d7d</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e88191f2-235b-9347-a9c7-5ff0f2f94d7d/d1aaa57a-aa80-4cdb-b4ca-f07a0a89ba30_720.jpg</t>
+  </si>
+  <si>
+    <t>TIBSC127B</t>
+  </si>
+  <si>
+    <t>Spot TIBET-1 verstellbarer Deckenstrahler auf Basis 7W 2700K 38° (Driver Phase Dim) schwarz</t>
+  </si>
+  <si>
+    <t>TIBET</t>
+  </si>
+  <si>
+    <t>5415095054961</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/ce735cc4-d54e-9749-baca-7583737faf01</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ce735cc4-d54e-9749-baca-7583737faf01/aec6b42a-bec4-40ce-8716-e3244aa87545_720.png</t>
+  </si>
+  <si>
+    <t>TIBSC127W</t>
+  </si>
+  <si>
+    <t>Spot TIBET-1 verstellbarer Deckenstrahler auf Basis 7W 2700K 38° (Driver Phase Dim) weiss</t>
+  </si>
+  <si>
+    <t>5415095054411</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/75b72be0-6e6f-9043-859b-988c9e30e5b1</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/75b72be0-6e6f-9043-859b-988c9e30e5b1/2bf8e40f-ad62-476d-abec-73363df6df68_720.png</t>
+  </si>
+  <si>
+    <t>TIBSC227B</t>
+  </si>
+  <si>
+    <t>Spot TIBET-2 verstellbarer Deckenstrahler auf Basis 2x7W 2700K 38° (Driver Phase Dim) schwartz</t>
+  </si>
+  <si>
+    <t>5415095054428</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/87896fb0-c316-2840-85bc-b4b3e42fb549</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/87896fb0-c316-2840-85bc-b4b3e42fb549/239ffcbb-0d1a-4231-9ff6-a190987ee675_720.png</t>
+  </si>
+  <si>
+    <t>TIBSC227W</t>
+  </si>
+  <si>
+    <t>Spot TIBET-2 verstellbarer Deckenstrahler auf Basis 2x7W 2700K 38° (Driver Phase Dim) weiss</t>
+  </si>
+  <si>
+    <t>5415095054435</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0eba2aaa-923f-bf46-8c1e-7aa06d4fca3c</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0eba2aaa-923f-bf46-8c1e-7aa06d4fca3c/02e9dc7c-566b-431d-b89e-f72b4a66876e_720.png</t>
+  </si>
+  <si>
+    <t>TIBSWR27B</t>
+  </si>
+  <si>
+    <t>Wandspot TIBET-3 verstellbar auf Basis 5W 2700K 34° (inkl. Driver) schwartz</t>
+  </si>
+  <si>
+    <t>5415095054442</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/ef71fbe3-95ae-6c42-ab0b-ce5548aaaa05</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ef71fbe3-95ae-6c42-ab0b-ce5548aaaa05/d9562632-a4e5-4e19-adf6-1749be240afa_720.png</t>
+  </si>
+  <si>
+    <t>TIBSWR27G</t>
+  </si>
+  <si>
+    <t>Wandspot TIBET-3 verstellbar auf Basis 5W 2700K 34° (inkl. Driver) "Gun black".</t>
+  </si>
+  <si>
+    <t>5415095054459</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/47af023c-43cb-f745-af3a-b9fa4529f057</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/47af023c-43cb-f745-af3a-b9fa4529f057/a222024f-157a-433d-8f1a-20c34f686c8e_720.png</t>
+  </si>
+  <si>
+    <t>TIBSWR27W</t>
+  </si>
+  <si>
+    <t>Wandspot TIBET-3 verstellbar auf Basis 5W 2700K 34° (inkl. Driver) weiss</t>
+  </si>
+  <si>
+    <t>5415095054466</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/7dd3ddcd-a5a9-8d48-ae21-63ee4b9ba9d7</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/7dd3ddcd-a5a9-8d48-ae21-63ee4b9ba9d7/fa34242e-eee6-4706-9a58-abf74c753036_720.png</t>
+  </si>
+  <si>
+    <t>TIBSWRIBRA</t>
+  </si>
+  <si>
+    <t>Holzregal für Spot TIBET-4</t>
+  </si>
+  <si>
+    <t>5415095054473</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/6d86df3b-5c1e-4542-a7df-5c89f3bd4ce1</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/6d86df3b-5c1e-4542-a7df-5c89f3bd4ce1/e17e01d1-d454-499d-ac48-10c51889d285_720.png</t>
+  </si>
+  <si>
+    <t>TIBSWRICCTB</t>
+  </si>
+  <si>
+    <t>Wandspot TIBET-4 verstellbar auf Basis 5W 2700K 34°+ 5W  1800/2200/2700K (inkl. Driver) schwartz</t>
+  </si>
+  <si>
+    <t>5415095054480</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/ee21b621-5ea0-fa4f-b601-7fce403d616a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ee21b621-5ea0-fa4f-b601-7fce403d616a/c4657936-8c5e-43e9-bcad-fbfd58e4960c_720.png</t>
+  </si>
+  <si>
+    <t>TIBSWRICCTW</t>
+  </si>
+  <si>
+    <t>Wandspot TIBET-4 verstellbar auf Basis 5W 2700K 34° + 5W  1800/2200/2700K (inkl. Driver) weiss</t>
+  </si>
+  <si>
+    <t>5415095054497</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/9ce59f15-132f-2840-9d31-41153973e56f</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/9ce59f15-132f-2840-9d31-41153973e56f/43d4df5b-22b5-4a21-ba37-8ec6800a956a_720.png</t>
+  </si>
+  <si>
+    <t>TKOL020D0703W</t>
+  </si>
+  <si>
+    <t>TECO KOLKA 3P LED-Schienenstrahler 20W 24° 3000K Weiß</t>
+  </si>
+  <si>
+    <t>KOLKA 22</t>
+  </si>
+  <si>
+    <t>5415095043989</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c9660929-b13a-b34c-89b4-88234d287ec8</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/c9660929-b13a-b34c-89b4-88234d287ec8/3ef147c2-c110-43f9-a1c4-9702ace24980_720.png</t>
+  </si>
+  <si>
+    <t>TKOL020D0704B</t>
+  </si>
+  <si>
+    <t>TECO KOLKA 3P LED-Schienenstrahler 20W 24° 4000K Schwarz</t>
+  </si>
+  <si>
+    <t>5415095044009</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/579db1eb-430b-8a4e-a9c4-1f18d2945cc4</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/579db1eb-430b-8a4e-a9c4-1f18d2945cc4/2ce4c0f5-658f-48e6-9d99-a304fe1eeeab_720.jpg</t>
+  </si>
+  <si>
+    <t>TKOL020D0704W</t>
+  </si>
+  <si>
+    <t>TECO KOLKA 3P LED-Schienenstrahler 20W 24° 4000K Weiß</t>
+  </si>
+  <si>
+    <t>5415095044023</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/68164110-73b4-0e4e-a405-f142f2f751df</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/68164110-73b4-0e4e-a405-f142f2f751df/08295a6b-18b9-4271-8b2a-80ec185091b7_720.png</t>
+  </si>
+  <si>
+    <t>TKOL030D0803W</t>
+  </si>
+  <si>
+    <t>TECO KOLKA 3P Schienenstrahler 30W 24° 3000K Weiß</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/d2d0dc04-c949-4f47-ac66-b323f5c97b34</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/d2d0dc04-c949-4f47-ac66-b323f5c97b34/0c695c27-b223-4c57-acab-51e5f626c913_720.png</t>
+  </si>
+  <si>
+    <t>TKOL030D0804B</t>
+  </si>
+  <si>
+    <t>TECO KOLKA 3P Schienenstrahler 30W 24° 4000K Schwarz</t>
+  </si>
+  <si>
+    <t>5415095044085</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b5b4b98c-3108-d443-9579-fae64964676c</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b5b4b98c-3108-d443-9579-fae64964676c/ccb64414-a173-424c-b5d0-9f913cbe75a1_720.jpg</t>
+  </si>
+  <si>
+    <t>TKOL030D0804W</t>
+  </si>
+  <si>
+    <t>TECO KOLKA 3P Schienenstrahler 30W 24° 4000K Weiß</t>
+  </si>
+  <si>
+    <t>5415095044108</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/2f0eb525-56e6-4546-9b8a-46b2c6edf032</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2f0eb525-56e6-4546-9b8a-46b2c6edf032/96027172-1908-4231-9591-87ed23a8c96a_720.png</t>
+  </si>
+  <si>
+    <t>TKOL035D0903W</t>
+  </si>
+  <si>
+    <t>TECO KOLKA 3P Schienenstrahler 35W 24° 3000K Weiß</t>
+  </si>
+  <si>
+    <t>5415095044146</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/f3fa08ca-33f6-8246-843e-11df8a1315e1</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/f3fa08ca-33f6-8246-843e-11df8a1315e1/a87795cd-8a68-48f1-b175-39d9ca49bf33_720.png</t>
+  </si>
+  <si>
+    <t>TKOL035D0904B</t>
+  </si>
+  <si>
+    <t>TECO KOLKA 3P Schienenstrahler 35W 24° 4000K Schwarz</t>
+  </si>
+  <si>
+    <t>5415095044160</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/662c1cfc-fc3b-2c40-b118-4cc436066341</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/662c1cfc-fc3b-2c40-b118-4cc436066341/a7beb85b-fa86-4c99-8ea3-252c0133aa79_720.jpg</t>
+  </si>
+  <si>
+    <t>TKOL20WD783B</t>
+  </si>
+  <si>
+    <t>Tracklight LED 3P KOLKA NEO 20W 2400lm 26° CRI90 3000K Schwarz</t>
+  </si>
+  <si>
+    <t>KOLKA 24</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/9a6462f7-eed8-bc49-b8c7-ca491e73b94f</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/9a6462f7-eed8-bc49-b8c7-ca491e73b94f/c7460cb1-107d-4ac1-b41e-bc9159347e12_720.jpg</t>
+  </si>
+  <si>
+    <t>TKOL30WD883B</t>
+  </si>
+  <si>
+    <t>KOLKA NEO 3P Schienenstrahler 30W 3840lm 28° CRI90 3000K Schwarz</t>
+  </si>
+  <si>
+    <t>5415095051625</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/5bbafb87-1150-9448-bdef-41d140b6fa83</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/5bbafb87-1150-9448-bdef-41d140b6fa83/a1a6120b-cd4e-4fc4-b84a-5566bb0c799b_720.jpg</t>
+  </si>
+  <si>
+    <t>TKOL30WD883W</t>
+  </si>
+  <si>
+    <t>KOLKA NEO 3P Schienenstrahler 30W 3840lm 28° CRI90 3000K Weib</t>
+  </si>
+  <si>
+    <t>5415095051632</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/51f3b461-320f-3544-a5ad-95a219adb8d2</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/51f3b461-320f-3544-a5ad-95a219adb8d2/0d2463db-331c-4933-86c6-21d5cc906900_720.png</t>
+  </si>
+  <si>
+    <t>TKOL30WD884B</t>
+  </si>
+  <si>
+    <t>KOLKA NEO 3P Schienenstrahler 30W 4000lm 28° CRI90 4000K Schwarz</t>
+  </si>
+  <si>
+    <t>5415095051649</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/52b5d661-a366-3a40-9e7e-5c1bd3b14a16</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/52b5d661-a366-3a40-9e7e-5c1bd3b14a16/d8d34c00-7bb8-456c-b9d0-7baddf2fc92f_720.jpg</t>
+  </si>
+  <si>
+    <t>TKOL30WD884W</t>
+  </si>
+  <si>
+    <t>KOLKA NEO 3P Schienenstrahler 30W 4000lm 28° CRI90 4000K  Weib</t>
+  </si>
+  <si>
+    <t>5415095051656</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/457aa5fd-da9c-0b45-b6a9-0c20e210b2ca</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/457aa5fd-da9c-0b45-b6a9-0c20e210b2ca/b394393e-401a-461d-a545-fdc5f69b18b5_720.png</t>
+  </si>
+  <si>
+    <t>TKOM410CCTXWD</t>
+  </si>
+  <si>
+    <t>LED-Downlight KOMET 4'' 10W 3K-4K IP54 Diffusor + Alu matt - Ohne Treiber</t>
+  </si>
+  <si>
+    <t>5415095053568</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/083d0edc-eb2a-1a4c-9ae1-342f5523d13f</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/083d0edc-eb2a-1a4c-9ae1-342f5523d13f/581e2041-0c16-4ce5-802b-881e781fed78_720.png</t>
+  </si>
+  <si>
+    <t>TKOM410CCTXWR</t>
+  </si>
+  <si>
+    <t>Downlight LED KOMET-R 4'' 10W 3K-4K IP54 Prysm.Reflektor Alu - Ohne Treiber</t>
+  </si>
+  <si>
+    <t>5415095053681</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/1092a768-264f-2c4b-a140-70dcb2b65f9a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/1092a768-264f-2c4b-a140-70dcb2b65f9a/b9b73ea1-d3d8-41b3-84fa-a24a801a98d6_720.png</t>
+  </si>
+  <si>
+    <t>TKOM620CCTXWD</t>
+  </si>
+  <si>
+    <t>Downlight LED KOMET 6'' 20W 3K-4K IP54 Diffuser + Alu mat - Ohne Treiber</t>
+  </si>
+  <si>
+    <t>5415095053636</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/9fd50e29-9cdd-be42-b3bb-cb9dde2b5cf6</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/9fd50e29-9cdd-be42-b3bb-cb9dde2b5cf6/dd6b8990-aac3-4c6f-8269-3f7300fcbc6a_720.png</t>
+  </si>
+  <si>
+    <t>TKOM620CCTXWR</t>
+  </si>
+  <si>
+    <t>Downlight LED KOMET-R 6'' 20W 3K-4K IP54 Prysm.Reflektor Alu - Ohne Treiber</t>
+  </si>
+  <si>
+    <t>5415095053698</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/042b18b6-5053-3746-b6bd-f9ada7a328b9</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/042b18b6-5053-3746-b6bd-f9ada7a328b9/3da1bc8a-3a64-496c-b90a-5da8befb390e_720.png</t>
+  </si>
+  <si>
+    <t>TKOM730CCTXWD</t>
+  </si>
+  <si>
+    <t>Downlight LED KOMET 7'' 28W 3K-4K IP54 Diffuser + Alu mat - Ohne Treiber</t>
+  </si>
+  <si>
+    <t>5415095053629</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/912335e8-9064-424e-9e1f-df0295943cba</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/912335e8-9064-424e-9e1f-df0295943cba/35668d0e-188b-4ff7-84d3-51e99f659fad_720.png</t>
+  </si>
+  <si>
+    <t>TKOM730CCTXWR</t>
+  </si>
+  <si>
+    <t>Downlight LED KOMET-R 7'' 28W 3K-4K IP54 Prysm.Reflektor Alu - Ohne Treiber</t>
+  </si>
+  <si>
+    <t>5415095053704</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/d62a8e62-ddf6-a541-ace8-4d743f429dcb</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/d62a8e62-ddf6-a541-ace8-4d743f429dcb/fad82aae-32a8-47ba-8060-3ff3ae57204a_720.png</t>
+  </si>
+  <si>
+    <t>TKOM835CCTXWD</t>
+  </si>
+  <si>
+    <t>Downlight LED KOMET 8'' 35W 3K-4K IP54 Diffuser + Alu mat - Ohne Treiber</t>
+  </si>
+  <si>
+    <t>5415095053612</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b481e878-8a0d-5241-b087-9972826e13cd</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b481e878-8a0d-5241-b087-9972826e13cd/194853a4-c304-4a60-8fec-a54ee6fd048e_720.png</t>
+  </si>
+  <si>
+    <t>TKOM835CCTXWR</t>
+  </si>
+  <si>
+    <t>Downlight LED KOMET-R 8'' 35W 3K-4K IP54 Prysm.Reflektor Alu - Ohne Treiber</t>
+  </si>
+  <si>
+    <t>5415095053711</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/ccfe284d-b075-b841-ad84-ea4156f2363f</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ccfe284d-b075-b841-ad84-ea4156f2363f/6ed973f0-b092-4eb8-a337-f2716f8ecac8_720.png</t>
+  </si>
+  <si>
+    <t>TKOMREFLMATB04</t>
+  </si>
+  <si>
+    <t>Reflektor Mattschwarz für KOMET 4" 10W.</t>
+  </si>
+  <si>
+    <t>5415095053872</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/65c01e46-b518-8f4e-9962-0c42d8547571</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/65c01e46-b518-8f4e-9962-0c42d8547571/af029ebf-2dbe-4c83-bf55-174a02294734_720.png</t>
+  </si>
+  <si>
+    <t>TKOMREFLMATB06</t>
+  </si>
+  <si>
+    <t>Reflektor Mattschwarz für KOMET 6" 20W</t>
+  </si>
+  <si>
+    <t>5415095053889</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/540d9adb-c385-e841-b063-8fd946465498</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/540d9adb-c385-e841-b063-8fd946465498/56f86db6-c536-438a-844b-bec0829c0379_720.png</t>
+  </si>
+  <si>
+    <t>TKOMREFLMATB07</t>
+  </si>
+  <si>
+    <t>Reflektor Mattschwarz für KOMET 7" 28W</t>
+  </si>
+  <si>
+    <t>5415095053896</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/3fad22a0-1a3e-c743-b1d3-74f1d9abeadc</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/3fad22a0-1a3e-c743-b1d3-74f1d9abeadc/063a882f-9ead-4f52-844d-3702c2dede5f_720.png</t>
+  </si>
+  <si>
+    <t>TKOMREFLMATB08</t>
+  </si>
+  <si>
+    <t>Reflektor Mattschwarz für KOMET 8" 35W</t>
+  </si>
+  <si>
+    <t>5415095053902</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/15899b9b-8e8f-d24b-82e4-e7fcdcf1d514</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/15899b9b-8e8f-d24b-82e4-e7fcdcf1d514/b3cf1414-95fb-4ccb-b4c6-f745995bd6a0_720.png</t>
+  </si>
+  <si>
+    <t>TKOMREFLMATW04</t>
+  </si>
+  <si>
+    <t>Reflektor Mattweiß für KOMET 4" 10W.</t>
+  </si>
+  <si>
+    <t>5415095053940</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/efbc6cd0-57ec-de4d-b56a-65eb1fbf34d4</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/efbc6cd0-57ec-de4d-b56a-65eb1fbf34d4/33b2a6e3-1f8b-45d4-b989-a30246d96397_720.png</t>
+  </si>
+  <si>
+    <t>TKOMREFLMATW06</t>
+  </si>
+  <si>
+    <t>Reflektor Mattweiß für KOMET 6" 20W</t>
+  </si>
+  <si>
+    <t>5415095053957</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0e0a74e7-8fde-6347-8131-142c089066c0</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0e0a74e7-8fde-6347-8131-142c089066c0/2e3448ef-5a39-47dd-b05e-d7086784edbb_720.png</t>
+  </si>
+  <si>
+    <t>TKOMREFLMATW07</t>
+  </si>
+  <si>
+    <t>Reflektor Mattweiß für KOMET 7" 28W</t>
+  </si>
+  <si>
+    <t>5415095053964</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/f565c0cc-5e98-4e41-9b4b-b97a5eb74748</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/f565c0cc-5e98-4e41-9b4b-b97a5eb74748/916eb0cb-13af-4ea8-a71a-6eae63d6f8a9_720.png</t>
+  </si>
+  <si>
+    <t>TKOMREFLMATW08</t>
+  </si>
+  <si>
+    <t>Reflektor Mattweiß für KOMET 8" 35W</t>
+  </si>
+  <si>
+    <t>5415095053971</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/264cdee8-97fe-2046-a863-f58616ca1274</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/264cdee8-97fe-2046-a863-f58616ca1274/6cc37b17-d105-4b18-ab29-cfbcf74b754e_720.png</t>
+  </si>
+  <si>
+    <t>TKOMRINGMATB04</t>
+  </si>
+  <si>
+    <t>Ring Mattschwarz für KOMET &amp; KOMET-R4" 10W.</t>
+  </si>
+  <si>
+    <t>5415095053919</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0d0b87d5-4bb7-3e4f-a3bb-a0683bb36244</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0d0b87d5-4bb7-3e4f-a3bb-a0683bb36244/245ff5fb-36c7-40d5-82df-d3db02d91451_720.png</t>
+  </si>
+  <si>
+    <t>TKOMRINGMATB06</t>
+  </si>
+  <si>
+    <t>Ring Mattschwarz für KOMET &amp; KOMET-R 6" 20W</t>
+  </si>
+  <si>
+    <t>5415095053926</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/ffa7debe-e279-8144-ac41-37b4b6f6c490</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ffa7debe-e279-8144-ac41-37b4b6f6c490/58ee754a-f6a7-4b75-8694-8aceaccfb3a8_720.png</t>
+  </si>
+  <si>
+    <t>TKOMRINGMATB07</t>
+  </si>
+  <si>
+    <t>Ring Mattschwarz für KOMET &amp; KOMET-R 7" 28W</t>
+  </si>
+  <si>
+    <t>5415095054183</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/4969de00-dee5-4448-bf16-f3e91d862c31</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/4969de00-dee5-4448-bf16-f3e91d862c31/9dbb28fa-3049-4e1e-a6b3-639ac53fb9dc_720.png</t>
+  </si>
+  <si>
+    <t>TKOMRINGMATB08</t>
+  </si>
+  <si>
+    <t>Ring Mattschwarz für KOMET &amp; KOMET-R 8" 35W</t>
+  </si>
+  <si>
+    <t>5415095053933</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/ac4b50c1-f056-3d4d-84ce-62cc2e21101e</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ac4b50c1-f056-3d4d-84ce-62cc2e21101e/9c981deb-4c5d-4063-8072-3ae8f3c0638a_720.png</t>
+  </si>
+  <si>
+    <t>TKOR020WD5040A</t>
+  </si>
+  <si>
+    <t>TECO KOLKA Linse  40°  20W</t>
+  </si>
+  <si>
+    <t>5415095044368</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/7121d5a7-8b9f-3045-9e10-439ccb25eb50</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/7121d5a7-8b9f-3045-9e10-439ccb25eb50/9f6a0aeb-f7d9-4ac3-9171-678599f77bd6_720.png</t>
+  </si>
+  <si>
+    <t>TKOR030WD5040A</t>
+  </si>
+  <si>
+    <t>TECO KOLKA Linse  40°  30W</t>
+  </si>
+  <si>
+    <t>5415095044399</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/229cca79-2e0a-664c-8c31-5b5d86282061</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/229cca79-2e0a-664c-8c31-5b5d86282061/5a446788-0f69-4d41-b657-bdb9490c30d6_720.png</t>
+  </si>
+  <si>
+    <t>TKOR035WD5040A</t>
+  </si>
+  <si>
+    <t>TECO KOLKA Linse  40°  35W</t>
+  </si>
+  <si>
+    <t>5415095044405</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a7c049f6-8fe2-cb4a-9f10-f3993b559679</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a7c049f6-8fe2-cb4a-9f10-f3993b559679/f13227d2-4fb8-49aa-8c88-36aabe7a9657_720.png</t>
+  </si>
+  <si>
+    <t>TKOR20WD5040A</t>
+  </si>
+  <si>
+    <t>TECO KOLKA NEO Linse  40°  20W</t>
+  </si>
+  <si>
+    <t>KOLKA ONE</t>
+  </si>
+  <si>
+    <t>5415095052653</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/9cb2a59d-763c-3841-a2cc-5701d6ab4495</t>
+  </si>
+  <si>
+    <t>TKOR30WD5040A</t>
+  </si>
+  <si>
+    <t>TECO KOLKA NEO Linse  40°  30W</t>
+  </si>
+  <si>
+    <t>5415095052660</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/d4cc8578-a1a9-1b42-b446-ec798ca2a036</t>
+  </si>
+  <si>
+    <t>TLC009DS1</t>
+  </si>
+  <si>
+    <t>Treiber OSRAM DALI  500mA TECO KUANA S (1 Stck.) Zugentlast.</t>
+  </si>
+  <si>
+    <t>5415095039289</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/43a486f1-40cb-ff45-839f-5fee1dbff767</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/43a486f1-40cb-ff45-839f-5fee1dbff767/1a7aea01-5815-445d-8836-545e1747650e_720.png</t>
+  </si>
+  <si>
+    <t>TLC009DS2</t>
+  </si>
+  <si>
+    <t>Treiber OSRAM DALI 500mA TECO KUANA S (2 Stck.) +Zugentlast.</t>
+  </si>
+  <si>
+    <t>5415095039296</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/ed25b948-b49b-8c4d-9bd9-554a431d49bd</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ed25b948-b49b-8c4d-9bd9-554a431d49bd/2ae7f8ca-32d2-4d65-9730-73583415e5e4_720.png</t>
+  </si>
+  <si>
+    <t>TLC009DS3</t>
+  </si>
+  <si>
+    <t>Treiber OSRAM DALI  500mA TECO KUANA S (3 Stck.) Zugentlast.</t>
+  </si>
+  <si>
+    <t>5415095039302</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a3ad62be-a56f-5944-9fad-0e4f9fa9c047</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a3ad62be-a56f-5944-9fad-0e4f9fa9c047/2c932806-e3ab-4759-90ff-9172db8397c3_720.png</t>
+  </si>
+  <si>
+    <t>TLC009DS4</t>
+  </si>
+  <si>
+    <t>Treiber OSRAM DALI 500mA TECO KUANA S (4 Stck.) - Zugentlast</t>
+  </si>
+  <si>
+    <t>5415095039319</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c4ce7645-0244-d741-a4ac-3aaf6fdf84f8</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/c4ce7645-0244-d741-a4ac-3aaf6fdf84f8/f24471a6-3a8a-4cf8-883f-0d4594c1e53e_720.png</t>
+  </si>
+  <si>
+    <t>TLC009PHD</t>
+  </si>
+  <si>
+    <t>Treiber 15W Phasen Dim. 500mA weib. Ansch.</t>
+  </si>
+  <si>
+    <t>5415095037858</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/7528de37-1199-444d-b868-32ffedbcbb4a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/7528de37-1199-444d-b868-32ffedbcbb4a/6253c947-771b-4504-800c-5bd4d11544f4_720.png</t>
+  </si>
+  <si>
+    <t>TLC009RBBAS1</t>
+  </si>
+  <si>
+    <t>TECO KUANA Gehäuse rund 1x Schw. + Treiber Phase Dim 12W</t>
+  </si>
+  <si>
+    <t>5415095037995</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c3bea16a-312b-d442-98c7-72ead25af854</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/c3bea16a-312b-d442-98c7-72ead25af854/1d228d7e-0b52-44a4-bcfc-105b46e27c22_720.png</t>
+  </si>
+  <si>
+    <t>TLC009RCBAS1</t>
+  </si>
+  <si>
+    <t>TECO KUANA Gehäuse rund 1x Champ + Treiber Phase Dim 12W</t>
+  </si>
+  <si>
+    <t>5415095038039</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e686e90a-4725-e04b-bf2b-875d67f2e589</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e686e90a-4725-e04b-bf2b-875d67f2e589/c2a9ba4e-4bb8-46a7-9e6c-d68cbae13785_720.png</t>
+  </si>
+  <si>
+    <t>TLC009RWBAS1</t>
+  </si>
+  <si>
+    <t>TECO KUANA Gehäuse rund 1x Weiß + Treiber Phase Dim 12W</t>
+  </si>
+  <si>
+    <t>5415095038015</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/8f03989c-1ef0-b94f-84ac-8bd769d35d68</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/8f03989c-1ef0-b94f-84ac-8bd769d35d68/039c2eff-d917-480a-9960-e57b24473948_720.png</t>
+  </si>
+  <si>
+    <t>TLC009SBBAS1</t>
+  </si>
+  <si>
+    <t>TECO KUANA Gehäuse eckig 1x Schwarz + Treiber Phase Dim 12W</t>
+  </si>
+  <si>
+    <t>5415095037872</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c64426db-8c38-cc44-8631-6d21f9efb483</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/c64426db-8c38-cc44-8631-6d21f9efb483/2b32f51d-4a1e-4153-a924-d940a2365740_720.png</t>
+  </si>
+  <si>
+    <t>TLC009SBBAS2</t>
+  </si>
+  <si>
+    <t>TECO KUANA Gehäuse eckig 2x Schw. + Treiber Phase Dim 20W</t>
+  </si>
+  <si>
+    <t>5415095037933</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/d2c5afc5-c573-f145-aec7-4f10732bcfef</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/d2c5afc5-c573-f145-aec7-4f10732bcfef/801377eb-172c-4028-a566-c72f6de23f40_720.png</t>
+  </si>
+  <si>
+    <t>TLC009SCBAS1</t>
+  </si>
+  <si>
+    <t>TECO KUANA Gehäuse eckig 1x Champ + Treiber Phase Dim 12W</t>
+  </si>
+  <si>
+    <t>5415095037919</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/8869a2d2-69e6-cf46-bc50-d2178b13aeaf</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/8869a2d2-69e6-cf46-bc50-d2178b13aeaf/068ec3da-d644-4163-bcd1-1caf1534edb1_720.png</t>
+  </si>
+  <si>
+    <t>TLC009SCBAS2</t>
+  </si>
+  <si>
+    <t>TECO KUANA Gehäuse eckig 2x Champ + Treiber Phase Dim 20W</t>
+  </si>
+  <si>
+    <t>5415095037971</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/bbf7af0a-56c6-8e4b-8ccd-236cf94f73f9</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/bbf7af0a-56c6-8e4b-8ccd-236cf94f73f9/6ac85d9c-7d11-4d40-a380-b8b1630d07b7_720.png</t>
+  </si>
+  <si>
+    <t>TLC009SWBAS1</t>
+  </si>
+  <si>
+    <t>TECO KUANA Gehäuse eckig 1x Weiß + Treiber Phase Dim 12W</t>
+  </si>
+  <si>
+    <t>5415095037896</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/1cb884e0-5c71-c74f-a9a7-d07f53565037</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/1cb884e0-5c71-c74f-a9a7-d07f53565037/7c2307dd-4ce1-4b75-b99b-9e650f3a6cca_720.png</t>
+  </si>
+  <si>
+    <t>TLC009SWBAS2</t>
+  </si>
+  <si>
+    <t>TECO KUANA Gehäuse eckig 2x Weiß + Treiber Phase Dim 20W</t>
+  </si>
+  <si>
+    <t>5415095037957</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/141ce007-1ee3-a840-9aec-2ab428189493</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/141ce007-1ee3-a840-9aec-2ab428189493/94bf31da-0ad5-4d0e-b8dd-d067ea878295_720.png</t>
+  </si>
+  <si>
+    <t>TLC009WBHR00</t>
+  </si>
+  <si>
+    <t>TECO KUANA S Halbeinbau LED 9W 2700K IP54 Schwarz Ohne tr.</t>
+  </si>
+  <si>
+    <t>5415095037445</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/7b615b5e-0cf6-ed47-8579-ef3f7a4168e1</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/7b615b5e-0cf6-ed47-8579-ef3f7a4168e1/7f4f82e8-85ad-4215-9f70-dc5003d51109_720.png</t>
+  </si>
+  <si>
+    <t>TLC009WBHR01</t>
+  </si>
+  <si>
+    <t>TECO KUANA S Halbeinbau LED 9W 3000K IP54 Schwarz Ohne tr.</t>
+  </si>
+  <si>
+    <t>5415095037476</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/265f9e1e-b158-094e-8cb9-ec71eae3c2c1</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/265f9e1e-b158-094e-8cb9-ec71eae3c2c1/4f1c5b86-204e-4455-a082-af0b19a64d22_720.png</t>
+  </si>
+  <si>
+    <t>TLC009WCHR00</t>
+  </si>
+  <si>
+    <t>TECO KUANA S Halbeinbau LED 9W 2700K IP54 Champ. Ohne tr.</t>
+  </si>
+  <si>
+    <t>5415095037469</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/034049b5-f1ff-0244-b28b-b4d546e90e52</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/034049b5-f1ff-0244-b28b-b4d546e90e52/a06c4a2f-2f1e-4f02-8944-a9513b58108b_720.png</t>
+  </si>
+  <si>
+    <t>TLC009WCHR01</t>
+  </si>
+  <si>
+    <t>TECO KUANA S Halbeinbau LED 9W 3000K IP54 Champ. Ohne tr.</t>
+  </si>
+  <si>
+    <t>5415095037490</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/3b7a3961-0508-d349-94a9-52d456d8ce14</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/3b7a3961-0508-d349-94a9-52d456d8ce14/1a05e7fb-7089-4dc6-a600-2462521cd9b0_720.png</t>
+  </si>
+  <si>
+    <t>TLC009WWHR00</t>
+  </si>
+  <si>
+    <t>TECO KUANA S Halbeinbau LED 9W 2700K IP54 Weiß Ohne tr.</t>
+  </si>
+  <si>
+    <t>5415095037452</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/ca1b0596-bdc1-e84c-99db-fc16363b3253</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ca1b0596-bdc1-e84c-99db-fc16363b3253/e6e57352-dac7-4c9e-989b-10355ee21ed7_720.png</t>
+  </si>
+  <si>
+    <t>TLC009WWHR01</t>
+  </si>
+  <si>
+    <t>TECO KUANA S Halbeinbau LED 9W 3000K IP54 Weiß Ohne tr.</t>
+  </si>
+  <si>
+    <t>5415095037483</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/2db4a225-3d71-ec45-88b2-f3a1c695a1e4</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2db4a225-3d71-ec45-88b2-f3a1c695a1e4/5bbfc881-ebf4-4315-a19c-e087dd1bf840_720.png</t>
+  </si>
+  <si>
+    <t>TLC009XBRING</t>
+  </si>
+  <si>
+    <t>TECO KUANA S  Ring  Schwarz</t>
+  </si>
+  <si>
+    <t>5415095038053</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b09b07af-e894-cf44-9fb4-39c2f9178a25</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b09b07af-e894-cf44-9fb4-39c2f9178a25/a3603552-9474-4ead-b1d6-11115f2b34b6_720.png</t>
+  </si>
+  <si>
+    <t>TLC009XCRING</t>
+  </si>
+  <si>
+    <t>TECO KUANA S  Ring  Champ.</t>
+  </si>
+  <si>
+    <t>5415095038091</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/2ae7002b-6d04-d24a-9beb-f58700a47afd</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2ae7002b-6d04-d24a-9beb-f58700a47afd/c5021ae3-3785-4037-a788-b08e2989555b_720.png</t>
+  </si>
+  <si>
+    <t>TLC009XSLKIT</t>
+  </si>
+  <si>
+    <t>TECO KUANA S Betondecken-Einbauset</t>
+  </si>
+  <si>
+    <t>5415095038138</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a5d7b214-2523-4c42-b630-a54d42b6fd0b</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a5d7b214-2523-4c42-b630-a54d42b6fd0b/7bfef95b-1e03-42bf-9fe3-056ce12608fe_720.png</t>
+  </si>
+  <si>
+    <t>TLC009XTRKIT</t>
+  </si>
+  <si>
+    <t>TECO KUANA S Gipskarton-Einbauset Trimless</t>
+  </si>
+  <si>
+    <t>5415095038114</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/aa402ac4-6443-eb4a-9b44-295344e770c3</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/aa402ac4-6443-eb4a-9b44-295344e770c3/7acdd4f6-8cb4-4d75-867d-e07440178c1c_720.png</t>
+  </si>
+  <si>
+    <t>TLC009XWRING</t>
+  </si>
+  <si>
+    <t>TECO KUANA S  Ring  Weiß</t>
+  </si>
+  <si>
+    <t>5415095038077</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a29b766c-c898-7248-a2cc-93fedd2f5de5</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a29b766c-c898-7248-a2cc-93fedd2f5de5/160763c5-ca83-49a1-8c25-59feff566bee_720.png</t>
+  </si>
+  <si>
+    <t>TLC010WB32Y0</t>
+  </si>
+  <si>
+    <t>TECO UHANA Spot 10W 120x95x200 32° 2700K Ra90 dim. S.</t>
+  </si>
+  <si>
+    <t>UHANA</t>
+  </si>
+  <si>
+    <t>5415095019359</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/1b10b33f-bc38-3b47-adbd-403ba44de148</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/1b10b33f-bc38-3b47-adbd-403ba44de148/5d86c493-7dcc-4fdc-b006-9a186aaf073e_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC010WB32Y1</t>
+  </si>
+  <si>
+    <t>TECO UHANA Spot 10W 120x95x200 32° 3000K Ra90 dim. S.</t>
+  </si>
+  <si>
+    <t>5415095019366</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c65db7a9-fd0f-a846-aaee-baf67aa5d783</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/c65db7a9-fd0f-a846-aaee-baf67aa5d783/8a69a2c8-4bfd-4531-a28c-d3dcac359d5c_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC010WW32Y0</t>
+  </si>
+  <si>
+    <t>TECO UHANA Spot 10W 120x95x200 32° 2700K Ra90 dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095019335</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/d257316b-3942-5048-a4af-ace375b430ba</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/d257316b-3942-5048-a4af-ace375b430ba/3e791c3e-9315-4d50-b6c8-82410ae5f71b_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC010WW32Y1</t>
+  </si>
+  <si>
+    <t>TECO UHANA Spot 10W 120x95x200 32° 3000K Ra90 dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095019342</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/19500c25-c8cd-514e-8e7b-4168f689aacd</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/19500c25-c8cd-514e-8e7b-4168f689aacd/e1a65fe9-7201-4c6e-8bae-8e06bc6dd958_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC0LEN025ZA</t>
+  </si>
+  <si>
+    <t>TECO NAULA Linse 25° für NAULA 12W</t>
+  </si>
+  <si>
+    <t>NAULA TRACK</t>
+  </si>
+  <si>
+    <t>5415095036059</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b40dfae7-c034-c24c-b3bd-4401479186b6</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b40dfae7-c034-c24c-b3bd-4401479186b6/7e4d03f3-6cdf-4f42-acda-11953bd99319_720.png</t>
+  </si>
+  <si>
+    <t>TLC0LEN050ZA</t>
+  </si>
+  <si>
+    <t>TECO NAULA Linse 50° für NAULA 12W</t>
+  </si>
+  <si>
+    <t>5415095036073</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/7f44a521-ba23-6142-aeb7-e78221f41a7a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/7f44a521-ba23-6142-aeb7-e78221f41a7a/29f27f2c-ed7d-49cf-b2da-99049dd80072_720.png</t>
+  </si>
+  <si>
+    <t>TLC100XB05KG</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Pendelhalterung mit Arretierung  Schw.</t>
+  </si>
+  <si>
+    <t>5415095040407</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a928712d-2435-ce40-a6a5-4e6153449907</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a928712d-2435-ce40-a6a5-4e6153449907/661267ee-3399-4f7a-965d-8fb22f6c5872_720.png</t>
+  </si>
+  <si>
+    <t>TLC100XB64RX</t>
+  </si>
+  <si>
+    <t>TECO NAULA runder Einbauadapter D64 o. TR. Schw.</t>
+  </si>
+  <si>
+    <t>1/50</t>
+  </si>
+  <si>
+    <t>5415095029259</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/bfbce03f-7448-624f-af28-a5a9f07e2e03</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/bfbce03f-7448-624f-af28-a5a9f07e2e03/c70e3401-f20e-4900-ad33-b901c623d588_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC100XW05KG</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendelhalterung mit Arretierung W.</t>
+  </si>
+  <si>
+    <t>5415095040414</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b21dc6e5-14ed-7d46-9744-c043d58835de</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b21dc6e5-14ed-7d46-9744-c043d58835de/fcc211cc-6622-45e9-b112-0123c614ff00_720.png</t>
+  </si>
+  <si>
+    <t>TLC100XW64RX</t>
+  </si>
+  <si>
+    <t>TECO NAULA runder Einbauadapter D64 o. TR. Weiß</t>
+  </si>
+  <si>
+    <t>5415095029266</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/5d00072a-dc00-a746-8760-76c6f4ebf530</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/5d00072a-dc00-a746-8760-76c6f4ebf530/d24c5c1c-7047-4621-8339-72c401b0b602_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC100XXSP57</t>
+  </si>
+  <si>
+    <t>TECO NAULA Blattfedersatz für Einbauadapter D64</t>
+  </si>
+  <si>
+    <t>5415095029273</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/3a1c0e08-f81a-1f46-9bf3-67c31afe7e18</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/3a1c0e08-f81a-1f46-9bf3-67c31afe7e18/16873fdd-3949-4ffa-936f-4462a8d3c154_720.png</t>
+  </si>
+  <si>
+    <t>TLC109WBR352</t>
+  </si>
+  <si>
+    <t>TECO KUANA E Aufbau LED Rund 9W 2700K 35° IP65 Schwarz</t>
+  </si>
+  <si>
+    <t>5415095037407</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b0f06da2-299f-b747-91f6-b842ca15487b</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b0f06da2-299f-b747-91f6-b842ca15487b/72a94d8d-1064-46f8-8400-ac97f718d39f_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC109WBR353</t>
+  </si>
+  <si>
+    <t>TECO KUANA E Aufbau LED Rund 9W 3000K 35° IP65 Schwarz</t>
+  </si>
+  <si>
+    <t>5415095037421</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/9e930a7d-502b-154e-9688-68442d1b9d09</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/9e930a7d-502b-154e-9688-68442d1b9d09/0758d380-e8f5-4b6e-9796-5667710701db_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC109WWR352</t>
+  </si>
+  <si>
+    <t>TECO KUANA E Aufbau LED Rund 9W 2700K 35° IP65 Weiß</t>
+  </si>
+  <si>
+    <t>5415095037414</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a5d168d9-79b5-d746-a74e-d5b0ea0889cb</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a5d168d9-79b5-d746-a74e-d5b0ea0889cb/2556ca1a-0f49-45d6-8ee9-05a98a2af2a5_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC109WWR353</t>
+  </si>
+  <si>
+    <t>TECO KUANA E Aufbau LED Rund 9W 3000K 35° IP65 Weiß</t>
+  </si>
+  <si>
+    <t>5415095037438</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b5e64072-04dd-1d40-8bf2-ac5316179e41</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b5e64072-04dd-1d40-8bf2-ac5316179e41/76f2a400-dae1-42d4-a70e-34a777fd2d48_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC110E4102700K</t>
+  </si>
+  <si>
+    <t>(AS)Ronde brons.55x130 + SPOT NAULA 9W Dim</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b8f473e9-655f-164f-a15e-3c320613d5a1</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b8f473e9-655f-164f-a15e-3c320613d5a1/b15e3ae0-ba4b-4ca3-ac03-aadc010408f3_720.png</t>
+  </si>
+  <si>
+    <t>TLC110E4103000K</t>
+  </si>
+  <si>
+    <t>(AS)Ronde basis 55x130 + SPOT NAULA Schwarz+Brons.9W Dim</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/d4acc100-efd0-3648-9013-8d3ff446534f</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/d4acc100-efd0-3648-9013-8d3ff446534f/08637e6a-b8b6-432b-ac49-33d5d3c6767d_720.png</t>
+  </si>
+  <si>
+    <t>TLC110E6102700K</t>
+  </si>
+  <si>
+    <t>(AS)Runder Sockel 55x130  + SPOT NAULA Schwarz+Brons 9W Dim</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/55e98873-e009-9b4a-beb3-8b277274d4f3</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/55e98873-e009-9b4a-beb3-8b277274d4f3/3b9222bb-b25a-47e4-b9f1-81f6c1a86b92_720.png</t>
+  </si>
+  <si>
+    <t>TLC110E6103000K</t>
+  </si>
+  <si>
+    <t>(AS)Runder Sockel 55x130  + SPOT NAULA  Brons+Schwarz 9W Dim</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/5481cdec-38f9-f94c-8077-2d302fbaaf11</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/5481cdec-38f9-f94c-8077-2d302fbaaf11/b453c181-9109-4bae-95d7-a543dd35a369_720.png</t>
+  </si>
+  <si>
+    <t>TLC110RB4102700K</t>
+  </si>
+  <si>
+    <t>(AS)Runder Sockel + SPOT NAULA 100x28 9W dim.Schwarz+Brons</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e94dd5b4-67f5-154d-86b3-9a80d5cf7bce</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e94dd5b4-67f5-154d-86b3-9a80d5cf7bce/948ecf9d-f77f-4b4d-be2a-2c7c99de3a38_720.png</t>
+  </si>
+  <si>
+    <t>TLC110RB4103000K</t>
+  </si>
+  <si>
+    <t>5415095052950</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/746cb3bb-b1fd-8648-a21d-266d2e4df427</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/746cb3bb-b1fd-8648-a21d-266d2e4df427/911a3370-7667-49a3-bc9b-a5ae4cf8267d_720.png</t>
+  </si>
+  <si>
+    <t>TLC110RE4102700K</t>
+  </si>
+  <si>
+    <t>(AS)Runder Sockel + SPOT NAULA 100x28 9W dim.Brons+Schwarz</t>
+  </si>
+  <si>
+    <t>5415095052967</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/4c2f4815-91f3-5b40-b6f2-cc9b10d1fb53</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/4c2f4815-91f3-5b40-b6f2-cc9b10d1fb53/f4f5fa4f-9fca-4742-9187-81254a6d7b13_720.png</t>
+  </si>
+  <si>
+    <t>TLC110RE4103000K</t>
+  </si>
+  <si>
+    <t>(AS)Runder Sockel + SPOT NAULA  100x28 9W dim.Brons+Schwarz</t>
+  </si>
+  <si>
+    <t>5415095052974</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/5a2b2991-834d-7d4b-b692-365aedfa9e4b</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/5a2b2991-834d-7d4b-b692-365aedfa9e4b/bb881f0f-c9ec-46cd-95eb-0c736cb814b5_720.png</t>
+  </si>
+  <si>
+    <t>TLC110W8103000K</t>
+  </si>
+  <si>
+    <t>(AS)Runder Sockel + SPOT NAULA Brons 100x28 9W dim.Weib</t>
+  </si>
+  <si>
+    <t>5415095052943</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0e282afd-1b37-c248-9e61-02cef25bb587</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0e282afd-1b37-c248-9e61-02cef25bb587/ec9cea56-de8a-4390-b9a1-1ca403bab4e0_720.png</t>
+  </si>
+  <si>
+    <t>TLC110WB32X1</t>
+  </si>
+  <si>
+    <t>TECO KALA Spot 10W 100x103 32° 3000K Ra90 dim. Schwarz</t>
+  </si>
+  <si>
+    <t>KALA</t>
+  </si>
+  <si>
+    <t>5415095019281</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/dbf48446-8001-3442-9b7f-267c4a7b31ec</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/dbf48446-8001-3442-9b7f-267c4a7b31ec/199098d2-30f1-4010-8557-3c5fa5fc9997_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC110XB0DSR</t>
+  </si>
+  <si>
+    <t>TECO NAULA Runder Sockel 100x28 1x10W dim. Schwarz</t>
+  </si>
+  <si>
+    <t>5415095020812</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/15189f6d-10be-f34e-bd24-9c49cce96171</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/15189f6d-10be-f34e-bd24-9c49cce96171/46ceacd9-c81e-4207-ba4e-e8ece81c1c30_720.png</t>
+  </si>
+  <si>
+    <t>TLC110XB0DSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Linearer Sockel  360x50x40 Asym. 1x10W dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095020799</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/14dcc833-1f6a-4440-848f-ddf7b0a12c09</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/14dcc833-1f6a-4440-848f-ddf7b0a12c09/6bc1752e-9949-4c99-a94b-14da47d7d822_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC110XB55DSR</t>
+  </si>
+  <si>
+    <t>TECO NAULA runder Sockel 55x130  Schw. 1x10W Dim</t>
+  </si>
+  <si>
+    <t>5415095050505</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/ab971aea-6983-1743-8716-9ca5960df05b</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ab971aea-6983-1743-8716-9ca5960df05b/096f9271-80ca-4868-a288-74d314ab3704_720.png</t>
+  </si>
+  <si>
+    <t>TLC110XBTRAD</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienen Adapter 1x10W dim. Schwarz</t>
+  </si>
+  <si>
+    <t>1/100</t>
+  </si>
+  <si>
+    <t>5415095026227</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/3fab601f-e78a-3f45-81ef-54fe6e7476ae</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/3fab601f-e78a-3f45-81ef-54fe6e7476ae/31a76d12-b64f-454b-89e0-5fa68158fbb6_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC110XE0DSR</t>
+  </si>
+  <si>
+    <t>TECO NAULA runder Sockel 100x28 Bronze 1x10W Dim</t>
+  </si>
+  <si>
+    <t>5415095040438</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a58af276-3fce-124b-945c-e5e23ff97628</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a58af276-3fce-124b-945c-e5e23ff97628/01b3709e-6274-4eb0-9e85-d89e86056b58_720.png</t>
+  </si>
+  <si>
+    <t>TLC110XE0DSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA rechteckiger Sockel   175x50x40 Bronze 1x10W Dim</t>
+  </si>
+  <si>
+    <t>5415095040445</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/1e9516ab-aab4-f34e-bbac-d4390df3ccc2</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/1e9516ab-aab4-f34e-bbac-d4390df3ccc2/cd9cf382-1640-4108-ba12-864aeb580b5f_720.png</t>
+  </si>
+  <si>
+    <t>TLC110XE55DSR</t>
+  </si>
+  <si>
+    <t>TECO NAULA runder Sockel 55x130  Bronze 1x10W Dim</t>
+  </si>
+  <si>
+    <t>5415095044252</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/8b715b8b-d091-754a-838e-72f70a16d4e8</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/8b715b8b-d091-754a-838e-72f70a16d4e8/d35eb7da-5cde-48e1-bd64-1f043584af3d_720.png</t>
+  </si>
+  <si>
+    <t>TLC110XW0DSR</t>
+  </si>
+  <si>
+    <t>TECO NAULA Runder Sockel  100x28  1x10W dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095020829</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/9f749833-9512-e348-8ef2-da664044c745</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/9f749833-9512-e348-8ef2-da664044c745/db6d7c87-ea2a-424a-8e03-7819ff0ab3b1_720.png</t>
+  </si>
+  <si>
+    <t>TLC110XW0DSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Linearer Sockel 175x50x40  1x10W dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095020805</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/cd4b2148-0bc2-3740-9f53-277dd9948661</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/cd4b2148-0bc2-3740-9f53-277dd9948661/c645e50b-467c-4195-aa69-48191e5769de_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC110XW55DSR</t>
+  </si>
+  <si>
+    <t>TECO NAULA runder Sockel 55x130  W. 1x10W Dim</t>
+  </si>
+  <si>
+    <t>5415095040469</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/55fd25de-4f91-c740-bb6f-7a276cef8608</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/55fd25de-4f91-c740-bb6f-7a276cef8608/4c977c3f-e2fc-477d-9f60-a18b7d074eaf_720.png</t>
+  </si>
+  <si>
+    <t>TLC110XWTRAD</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienen Adapter 1x10W dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095026234</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e5b68bfe-ec26-7f4d-bacb-9a5f6d81c402</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e5b68bfe-ec26-7f4d-bacb-9a5f6d81c402/bd77815a-e871-4073-bf5a-caf9492ba6c2_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC112WB36Z0</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  12w 2700K 36° Ra90 Ø60</t>
+  </si>
+  <si>
+    <t>5415095029907</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/69b97409-bb8f-044d-9303-7a62487bd5fe</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/69b97409-bb8f-044d-9303-7a62487bd5fe/495ed3e8-ee5e-4f9b-b768-762c1afa4e37_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC112WB36Z1</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  12w 3000K 36° Ra90 Ø60</t>
+  </si>
+  <si>
+    <t>5415095029914</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/42b66a6d-09f8-a848-9bd1-1c203e6502cb</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/42b66a6d-09f8-a848-9bd1-1c203e6502cb/3620d82d-3543-45e2-837f-5322080a734f_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC112WB36Z2</t>
+  </si>
+  <si>
+    <t>5415095040506</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0125d8e6-3fbd-5641-aa9a-70c86ec5415a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0125d8e6-3fbd-5641-aa9a-70c86ec5415a/4eefb323-3a12-43b6-944b-88b98e6c5e75_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC112WW36Z0</t>
+  </si>
+  <si>
+    <t>5415095029921</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/85ba5d75-9fb8-9146-8df4-637150852ef9</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/85ba5d75-9fb8-9146-8df4-637150852ef9/564c3270-2c3f-428e-bc18-a4db97d4c58b_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC112WW36Z1</t>
+  </si>
+  <si>
+    <t>5415095029938</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/bc66d47c-f57c-504d-b0be-41f5da1cb843</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/bc66d47c-f57c-504d-b0be-41f5da1cb843/54546e5c-0090-4b0b-b8f0-804458bc45ed_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC112WW36Z2</t>
+  </si>
+  <si>
+    <t>5415095040537</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0f6fea75-a5b1-2546-9918-ca561a4a68ce</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0f6fea75-a5b1-2546-9918-ca561a4a68ce/5106ef4a-970e-4b34-9108-46766565e367_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC113WBHAZ0</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  13w 2700K 10°~48° Ø62 S. Dim</t>
+  </si>
+  <si>
+    <t>5415095040551</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/2036a83f-d6fb-3643-9fff-00662f9daa66</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2036a83f-d6fb-3643-9fff-00662f9daa66/35f6f990-45d1-48f1-bd8d-006fc3cd5576_720.png</t>
+  </si>
+  <si>
+    <t>TLC113WWHAZ0</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  13w 2700K 10°~48° Ø62 W. Dim</t>
+  </si>
+  <si>
+    <t>5415095040599</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/1a77d3d2-c496-8246-befd-5ae659657fea</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/1a77d3d2-c496-8246-befd-5ae659657fea/9fc75823-147b-48ac-95a6-d482fd2ed8bc_720.png</t>
+  </si>
+  <si>
+    <t>TLC113WWHAZ1</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  13w 3000K 10°~48° Ø62 W. Dim</t>
+  </si>
+  <si>
+    <t>5415095040612</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/7fafb6c6-f31f-214f-9062-28e106d27f2a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/7fafb6c6-f31f-214f-9062-28e106d27f2a/67bba5e9-12e9-40e8-b2d7-a6c557bb4bd3_720.png</t>
+  </si>
+  <si>
+    <t>TLC11R0E4102700K</t>
+  </si>
+  <si>
+    <t>(AS)Rechteckiger Sockel  + NAULA  SPOT 175x50x40 Schwarz+Bronze 1x9W Dim</t>
+  </si>
+  <si>
+    <t>5415095053032</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/dcd81778-fa6d-064b-866b-56689e46683f</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/dcd81778-fa6d-064b-866b-56689e46683f/b17e353e-ecc7-422e-a44e-a1ed275dfb7f_720.png</t>
+  </si>
+  <si>
+    <t>TLC11R0E4103000K</t>
+  </si>
+  <si>
+    <t>5415095053049</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/46326fb3-11f0-244f-922d-147dc086ad18</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/46326fb3-11f0-244f-922d-147dc086ad18/7a32d4db-ac68-48e1-bfbc-b6700ad95868_720.png</t>
+  </si>
+  <si>
+    <t>TLC11R0EB4002700K</t>
+  </si>
+  <si>
+    <t>(AS)Rechteckiger Sockel  + NAULA  175x50x40  1x9W Dim</t>
+  </si>
+  <si>
+    <t>5415095055173</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/2a3b4c30-5734-f042-b153-a1953ec43386</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2a3b4c30-5734-f042-b153-a1953ec43386/ae566bca-0917-42ef-869a-d8397ea8d6f4_720.png</t>
+  </si>
+  <si>
+    <t>TLC11R0EB4003000K</t>
+  </si>
+  <si>
+    <t>5415095055180</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/2dc70bc4-67ec-e74e-a808-2791002ea770</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2dc70bc4-67ec-e74e-a808-2791002ea770/91b8df7f-b630-4545-bffb-502418d2884f_720.png</t>
+  </si>
+  <si>
+    <t>TLC11RE6103000K</t>
+  </si>
+  <si>
+    <t>(AS)Rechteckiger Sockel  + NAULA  SPOT 175x50x40 Brons+Zwart 1x9W Dim</t>
+  </si>
+  <si>
+    <t>5415095053025</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/6a0db4ee-72f4-764d-8609-aab90f0bc42a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/6a0db4ee-72f4-764d-8609-aab90f0bc42a/d11630ea-e6b3-4a9b-9641-2c5282b07a40_720.png</t>
+  </si>
+  <si>
+    <t>TLC120WB32Z0</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  18W Ø 87 32° 2700K Dim S.</t>
+  </si>
+  <si>
+    <t>5415095029945</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/58df029b-b2dc-7a40-a206-d74cf5b1bb42</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/58df029b-b2dc-7a40-a206-d74cf5b1bb42/5c04f454-c918-421a-9ac1-46c498d38687_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC120WB32Z1</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler 18W Ø 87 32° 3000K Dim S</t>
+  </si>
+  <si>
+    <t>5415095029952</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e8b0930a-0822-b14d-8a94-e83f45bece2f</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e8b0930a-0822-b14d-8a94-e83f45bece2f/8ac6321f-f44e-44db-90c0-edaf4e9f0ded_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC120WB32Z2</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  18W 4000K 32° Ra90 Ø87</t>
+  </si>
+  <si>
+    <t>5415095040636</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/4454e1e0-c5a1-634f-ab31-1e174fbfb9ac</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/4454e1e0-c5a1-634f-ab31-1e174fbfb9ac/94838961-09c4-4523-81e4-40875231396c_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC120WW32Z0</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler 18W Ø 87 32° 2700K Dim W.</t>
+  </si>
+  <si>
+    <t>5415095029969</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/97724ca7-b089-cb49-873c-39f462f0ca21</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/97724ca7-b089-cb49-873c-39f462f0ca21/28c45b4c-e352-480c-8fbf-2fd8e8bef63f_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC120WW32Z1</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  18W Ø 87 32° 3000K Dim W.</t>
+  </si>
+  <si>
+    <t>5415095029976</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e3624e70-be09-704a-9bd0-43ba03403484</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e3624e70-be09-704a-9bd0-43ba03403484/727db9ff-eb99-4b58-9356-fd06f0ca6097_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC120WW32Z2</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  18w 4000K 32° Ra90 Ø87 W.</t>
+  </si>
+  <si>
+    <t>5415095040650</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/87e53f07-4149-6d46-b695-c8828c9468f7</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/87e53f07-4149-6d46-b695-c8828c9468f7/aa8510cf-5304-43ce-affa-9c48c416c63d_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC130WB32Z0</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  24W Ø 87 32° 2700K Dim S.</t>
+  </si>
+  <si>
+    <t>5415095029983</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/2b5bf4fd-57c2-ee4a-86d1-d4921ba76527</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2b5bf4fd-57c2-ee4a-86d1-d4921ba76527/ea5e86e6-4c97-4eb0-bbf5-53eba9bf91c1_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC130WB32Z1</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  24W Ø 87 32° 3000K Dim S.</t>
+  </si>
+  <si>
+    <t>5415095029990</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/07d37ba3-6edd-f244-a1d6-9ec824e7ca18</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/07d37ba3-6edd-f244-a1d6-9ec824e7ca18/7bfa5479-ebaa-498a-aea0-d4f31a776769_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC130WB32Z2</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  24W 4000K 32° Ra90 Ø87 S.</t>
+  </si>
+  <si>
+    <t>5415095040674</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/4527c8b8-1fe9-7c41-85f7-f667564ee342</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/4527c8b8-1fe9-7c41-85f7-f667564ee342/9f5d0c79-82b6-497a-944b-7a0173dbf453_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC130WW32Z0</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  24W Ø 87 32° 2700K Dim W.</t>
+  </si>
+  <si>
+    <t>5415095030002</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b1ed44db-5392-3a42-b92a-7d14dba232b1</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b1ed44db-5392-3a42-b92a-7d14dba232b1/f4ca13e1-1bb9-4242-b2f5-05a3919ae982_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC130WW32Z1</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  24W Ø 87 32° 3000K Dim W.</t>
+  </si>
+  <si>
+    <t>5415095030019</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/52827ce9-24ea-fe48-a94b-8d5ec55a64e8</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/52827ce9-24ea-fe48-a94b-8d5ec55a64e8/7b2a3b84-fdc0-4cf5-968f-51e1dc6e98c3_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC130WW32Z2</t>
+  </si>
+  <si>
+    <t>TECO NAULA 3P Schienenstrahler  24w 4000K 32° Ra90 Ø87 W.</t>
+  </si>
+  <si>
+    <t>5415095041886</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/301e02ae-3c05-be40-81f1-c7964b86e310</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/301e02ae-3c05-be40-81f1-c7964b86e310/ff8f848d-a397-4dc5-b17c-71d3dfe01d38_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC205WB60C0</t>
+  </si>
+  <si>
+    <t>TECO CUSCO Wandleuchte 10x10x10 2x5W 2700K Ra90 dim. Schwarz</t>
+  </si>
+  <si>
+    <t>CUSCO</t>
+  </si>
+  <si>
+    <t>5415095020478</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/2b37c426-311f-6c49-af34-199c3cdaaaa3</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2b37c426-311f-6c49-af34-199c3cdaaaa3/ae6a2726-ca0a-4d1e-b91d-01d9ad7d21d0_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC205WB60C1</t>
+  </si>
+  <si>
+    <t>TECO CUSCO Wandleuchte 10x10x10 2x5W 3000K Ra90 dim. Schwarz</t>
+  </si>
+  <si>
+    <t>5415095020485</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/00c106e0-9a2f-d44c-88c8-16a06e783533</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/00c106e0-9a2f-d44c-88c8-16a06e783533/0c66b623-f7e4-4d1d-8c10-e7f70a02283e_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC210WB32X0</t>
+  </si>
+  <si>
+    <t>TECO KALA Spot 2x10W 212x100x103 32° 2700K Ra90 dim. Schwarz</t>
+  </si>
+  <si>
+    <t>1/6</t>
+  </si>
+  <si>
+    <t>5415095019311</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/1967fe37-5509-8c45-85ca-8df2ebc7949c</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/1967fe37-5509-8c45-85ca-8df2ebc7949c/6dc34b39-abc3-4a8d-b1da-2781a9dcf441_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC210WB32X1</t>
+  </si>
+  <si>
+    <t>TECO KALA Spot 2x10W 212x100x103 32° 3000K Ra90 dim. Schwarz</t>
+  </si>
+  <si>
+    <t>5415095055197</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/cfe0f35c-7b2b-da46-b939-7b087ad1fed0</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/cfe0f35c-7b2b-da46-b939-7b087ad1fed0/392fe6c8-c04d-4a5b-bc81-e373a4056844_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC210WW32X0</t>
+  </si>
+  <si>
+    <t>TECO KALA Spot 2x10W 212x100x103 32° 2700K Ra90 dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095019298</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/4a2d7364-0cc7-fd4c-b445-adb0f5de7165</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/4a2d7364-0cc7-fd4c-b445-adb0f5de7165/f1beefbc-23dd-4b97-b780-5e04359a54ec_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC211R04102700K</t>
+  </si>
+  <si>
+    <t>(AS)Rechteckiger Sockel  + NAULA  SPOT 360x50x40  Brons+Schwarz 2x9W Dim</t>
+  </si>
+  <si>
+    <t>5415095053063</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e1a1336e-c00c-244d-9d48-411b547b8400</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e1a1336e-c00c-244d-9d48-411b547b8400/be79af15-1c74-48ad-8353-c1c67a671c23_720.png</t>
+  </si>
+  <si>
+    <t>TLC211R04103000K</t>
+  </si>
+  <si>
+    <t>(AS)Rechteckiger Sockel  + NAULA  SPOT 360x50x40  2x9W Dim</t>
+  </si>
+  <si>
+    <t>5415095053070</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a4bb70e0-997d-e54f-8e20-5ac61527d4d5</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a4bb70e0-997d-e54f-8e20-5ac61527d4d5/047e50f0-6b17-42fc-b7aa-e65375248920_720.png</t>
+  </si>
+  <si>
+    <t>TLC220B7502700K</t>
+  </si>
+  <si>
+    <t>(AS)Quadratischer Sockel 160x160x35 + NAULA SPOT 2x9W dim. Schw.</t>
+  </si>
+  <si>
+    <t>5415095053223</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/3395c9cc-f523-0747-8afe-4b6235801fd7</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/3395c9cc-f523-0747-8afe-4b6235801fd7/4dd587ed-ae94-44a1-b6bc-9849c3702f0c_720.png</t>
+  </si>
+  <si>
+    <t>TLC220B7503000K</t>
+  </si>
+  <si>
+    <t>5415095053230</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c5d9e7e3-abb1-f547-8aed-443cfe393fee</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/c5d9e7e3-abb1-f547-8aed-443cfe393fee/3260414a-92b5-45d7-a99b-88f9bcd5e80c_720.png</t>
+  </si>
+  <si>
+    <t>TLC220W7502700K</t>
+  </si>
+  <si>
+    <t>(AS)Quadratischer Sockel 160x160x35 + NAULA SPOT 2x9W dim.Weib</t>
+  </si>
+  <si>
+    <t>5415095055159</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/f3105200-5022-2b4e-8235-11c3854f7321</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/f3105200-5022-2b4e-8235-11c3854f7321/c42d2d25-9264-4444-b9a7-131b3564cc73_720.png</t>
+  </si>
+  <si>
+    <t>TLC220W7503000K</t>
+  </si>
+  <si>
+    <t>5415095055166</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/96a713f8-8446-654f-a376-fb411cbe7170</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/96a713f8-8446-654f-a376-fb411cbe7170/99a0471b-407b-4e75-835c-d4f54ae0d415_720.png</t>
+  </si>
+  <si>
+    <t>TLC220XB0DSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Linearer Sockel 3355x50x40 2x10W dim. Schwarz</t>
+  </si>
+  <si>
+    <t>5415095020836</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/ee94e6c3-3336-b74d-9f6c-69852908fc10</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ee94e6c3-3336-b74d-9f6c-69852908fc10/11a61aa1-4a9f-4af3-bd91-b53e7c34b485_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC220XBEDSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Linearer Sockel Sym. 335x50x40 2x10W dim. Schwarz</t>
+  </si>
+  <si>
+    <t>5415095020850</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/1c1f1d71-5fb9-5a40-b0ec-c268efe39656</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/1c1f1d71-5fb9-5a40-b0ec-c268efe39656/d004fdae-df26-490c-8b4c-5e6ab270ae39_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC220XBQDSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Quadratischer Sockel 160x160x35 2x10W dim. Schw.</t>
+  </si>
+  <si>
+    <t>5415095020874</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/f177e085-5450-a544-9c11-d244bc78ae5c</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/f177e085-5450-a544-9c11-d244bc78ae5c/303bc1f2-72d2-45fc-9a3c-8e0fc6b1de62_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC220XE0DSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA rechteckiger Sockel  335x50x40 Bronze 2x10W Dim</t>
+  </si>
+  <si>
+    <t>5415095041022</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a7a8f008-447d-9245-903a-021ed1e4600e</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a7a8f008-447d-9245-903a-021ed1e4600e/a77d335a-5252-40e3-bef4-97728652d3d0_720.png</t>
+  </si>
+  <si>
+    <t>TLC220XW0DSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Linearer Sockel Asym. 335x50x40 2x10W dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095020843</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a499ef68-36e6-db4f-8d90-acdac6a358d0</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a499ef68-36e6-db4f-8d90-acdac6a358d0/9fff1cc1-6ac7-4a4d-8a68-cf43b7842bdc_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC220XWEDSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Linearer Sockel Sym. 360x50x40  2x10W dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095020867</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b6cd0b50-6933-d441-8c0b-c1e3cc552a13</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b6cd0b50-6933-d441-8c0b-c1e3cc552a13/abf1fb63-16b0-4ee6-a113-469738383e0e_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC220XWQDSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Quadratischer Sockel 160x160x35 2x10W dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095020881</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/6702e630-8060-8149-a20c-05c953a1f58a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/6702e630-8060-8149-a20c-05c953a1f58a/1c938b9f-ea39-4dbc-8e7b-19931b12b1a0_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC250B00SR</t>
+  </si>
+  <si>
+    <t>Wahl TECO OZI Abschlussring Schwarz</t>
+  </si>
+  <si>
+    <t>5415095042012</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/d84728f8-bc33-1d46-9a91-13f893189c68</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/d84728f8-bc33-1d46-9a91-13f893189c68/c2f64d0b-e6af-45b9-b036-7054f831f4a5_720.JPG</t>
+  </si>
+  <si>
+    <t>TLC250G00SR</t>
+  </si>
+  <si>
+    <t>Wahl TECO OZI Abschlussring Gold</t>
+  </si>
+  <si>
+    <t>5415095041954</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/5d83401c-dbc7-b848-b7bd-6cb31c01fa4a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/5d83401c-dbc7-b848-b7bd-6cb31c01fa4a/780dd4d9-4197-4075-b642-1f43a178248f_720.png</t>
+  </si>
+  <si>
+    <t>TLC250W00SR</t>
+  </si>
+  <si>
+    <t>Wahl TECO OZI Abschlussring Weiß</t>
+  </si>
+  <si>
+    <t>5415095042029</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/6db05b99-fc7e-d241-837d-e5316981f434</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/6db05b99-fc7e-d241-837d-e5316981f434/92c05e9e-a5d6-42b7-b705-94ef05020a36_720.JPG</t>
+  </si>
+  <si>
+    <t>TLC330B4002700K</t>
+  </si>
+  <si>
+    <t>(AS)Runder Sockel 260x37 + NAULA 3x9W dim. Schwarz</t>
+  </si>
+  <si>
+    <t>5415095052981</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/22532c59-3854-4347-b372-623aac691bd1</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/22532c59-3854-4347-b372-623aac691bd1/881e47d0-29ca-420f-9f57-ecbe9327e9e3_720.png</t>
+  </si>
+  <si>
+    <t>TLC330B4003000K</t>
+  </si>
+  <si>
+    <t>5415095052998</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/fb26f44c-f8a1-7349-b10e-5bc1bce59f1f</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/fb26f44c-f8a1-7349-b10e-5bc1bce59f1f/a0e01ec5-d05e-476a-8291-98adc07fe229_720.png</t>
+  </si>
+  <si>
+    <t>TLC330B402700K</t>
+  </si>
+  <si>
+    <t>(ASRechteckiger Sockel 1150x50x40 + NAULA 3x9W Sym dim. S.</t>
+  </si>
+  <si>
+    <t>5415095053155</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/7cd6b753-5f5e-2d48-9a99-e9f27cb6fa51</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/7cd6b753-5f5e-2d48-9a99-e9f27cb6fa51/7b7afff8-bd49-4577-998b-ae56fdfb1227_720.png</t>
+  </si>
+  <si>
+    <t>TLC330B403000K</t>
+  </si>
+  <si>
+    <t>5415095053162</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/8f2143df-dd12-c24b-9e7c-150476575795</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/8f2143df-dd12-c24b-9e7c-150476575795/f0ef77ef-2c4b-4037-81c2-d140b1591fe1_720.png</t>
+  </si>
+  <si>
+    <t>TLC330B4102700K</t>
+  </si>
+  <si>
+    <t>(ASLinearer Sockel Sym. 560x50x40 + NAULA SPOT 3x9W dim.</t>
+  </si>
+  <si>
+    <t>5415095053124</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/773ae173-efae-c142-b5d6-f7fcd61aef39</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/773ae173-efae-c142-b5d6-f7fcd61aef39/7bba9bf8-6c51-47b3-b6bf-fd415a7ac138_720.png</t>
+  </si>
+  <si>
+    <t>TLC330B4103000K</t>
+  </si>
+  <si>
+    <t>5415095053131</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a49791b3-830b-9e48-8a77-a7e60de98bb5</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a49791b3-830b-9e48-8a77-a7e60de98bb5/a6c77f56-d3e3-45ad-b4ad-df3063baa686_720.png</t>
+  </si>
+  <si>
+    <t>TLC330B6102700K</t>
+  </si>
+  <si>
+    <t>5415095055142</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e3e1788e-9ff2-2840-81b0-98d50e11f276</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e3e1788e-9ff2-2840-81b0-98d50e11f276/a40c6030-a925-4212-8b81-55e5c40ec219_720.png</t>
+  </si>
+  <si>
+    <t>TLC330B6103000K</t>
+  </si>
+  <si>
+    <t>5415095053148</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c41094ae-bf9c-694c-9e68-3521f74ce72e</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/c41094ae-bf9c-694c-9e68-3521f74ce72e/9b884274-7792-4404-aa12-dc1a4dddfd21_720.png</t>
+  </si>
+  <si>
+    <t>TLC330B7502700K</t>
+  </si>
+  <si>
+    <t>(AS)Linearer Sockel Asym. 560x50x40 + NAULA SPOT 3x9W dim. Sch.</t>
+  </si>
+  <si>
+    <t>5415095053100</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/738f40c6-f6e0-3e47-8dd7-44774e7cf235</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/738f40c6-f6e0-3e47-8dd7-44774e7cf235/f56d22b2-18af-4318-bbc9-8d95c1dcbbdd_720.png</t>
+  </si>
+  <si>
+    <t>TLC330B7503000K</t>
+  </si>
+  <si>
+    <t>5415095053117</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/1f815e8a-bc4b-a145-9ec6-6bece51eacf1</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/1f815e8a-bc4b-a145-9ec6-6bece51eacf1/ff120880-2422-427f-bb94-be098bf9c74d_720.png</t>
+  </si>
+  <si>
+    <t>TLC330E6102700K</t>
+  </si>
+  <si>
+    <t>(AS)Rechteckiger Sockel  560x50x40 + NAULA SPOT Brons+Schwarz 3x9W Dim</t>
+  </si>
+  <si>
+    <t>5415095053087</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/4f2fc2a6-3d48-044a-9777-1055fb5883b4</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/4f2fc2a6-3d48-044a-9777-1055fb5883b4/70a02887-bf37-4911-bc65-e2f0050d6a26_720.png</t>
+  </si>
+  <si>
+    <t>TLC330E6103000K</t>
+  </si>
+  <si>
+    <t>(AS)Rechteckiger Sockel  560x50x40 + NAULA SPOT Brons+Schwarz  3x9W Dim</t>
+  </si>
+  <si>
+    <t>5415095053094</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/265df1cc-f854-f04d-b43c-a53b39549238</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/265df1cc-f854-f04d-b43c-a53b39549238/5feb80ca-6a9e-4ad2-99f4-02d171cf9a19_720.png</t>
+  </si>
+  <si>
+    <t>TLC330W4002700K</t>
+  </si>
+  <si>
+    <t>(AS)Runder Sockel 260x37 + NAULA 3x9W dim.Weib</t>
+  </si>
+  <si>
+    <t>5415095053001</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/4453af1b-0ab4-1c4d-b614-f9444edbb2bc</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/4453af1b-0ab4-1c4d-b614-f9444edbb2bc/5996c280-947e-4505-9512-54431cfe14d2_720.png</t>
+  </si>
+  <si>
+    <t>TLC330W4003000K</t>
+  </si>
+  <si>
+    <t>(ASRunder Sockel 260x37 + NAULA 3x9W dim.Weib</t>
+  </si>
+  <si>
+    <t>5415095053018</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/f8936e46-f11e-e04f-8aab-13065515fd3c</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/f8936e46-f11e-e04f-8aab-13065515fd3c/3385a704-8623-49d0-a232-c9c5723ef5b3_720.png</t>
+  </si>
+  <si>
+    <t>TLC330W402700K</t>
+  </si>
+  <si>
+    <t>(ASRechteckiger Sockel 1150x50x40 + NAULA 3x9W Sym dim. Weib</t>
+  </si>
+  <si>
+    <t>5415095055128</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/ec704f74-e057-c24f-a1c1-d6c1dd0accaf</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ec704f74-e057-c24f-a1c1-d6c1dd0accaf/5413d0ac-cb60-4380-9245-f10231688176_720.png</t>
+  </si>
+  <si>
+    <t>TLC330W403000K</t>
+  </si>
+  <si>
+    <t>5415095055135</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/20d7a1b6-66bc-d54d-990c-f6f1ba7cf36c</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/20d7a1b6-66bc-d54d-990c-f6f1ba7cf36c/f5f6db78-8e30-42d3-ba35-b692d9efe2e3_720.png</t>
+  </si>
+  <si>
+    <t>TLC330XB0DSR</t>
+  </si>
+  <si>
+    <t>TECO NAULA Runder Sockel 260x37 3x10W dim. Schwarz</t>
+  </si>
+  <si>
+    <t>5415095020935</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/34b2fa70-2ff2-384c-9955-c148c9d0b241</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/34b2fa70-2ff2-384c-9955-c148c9d0b241/b6ac152c-7ea4-4540-9955-60b76df1b35a_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC330XB0DSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Linearer Sockel Asym. 560x50x40 3x10W dim. Sch.</t>
+  </si>
+  <si>
+    <t>5415095020898</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/9cb57f2f-0d5b-d14f-9356-d6d49f881f34</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/9cb57f2f-0d5b-d14f-9356-d6d49f881f34/782ab800-5aa6-491f-831b-3517f5dc5a2e_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC330XBEDSL</t>
+  </si>
+  <si>
+    <t>TECO NAULA rechteckiger Sockel 1150x50x40 3x10W Sym dim. S.</t>
+  </si>
+  <si>
+    <t>5415095026203</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/32f94d32-c277-374a-bb31-1de02b2e6cdb</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/32f94d32-c277-374a-bb31-1de02b2e6cdb/2753b8eb-0c33-4b97-b6cf-6b26aa6ba0d0_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC330XBEDSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Linearer Sockel Sym. 560x50x40 3x10W dim. Schwarz</t>
+  </si>
+  <si>
+    <t>5415095020911</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/9394099a-1e28-d245-aa66-6f2f3777bed5</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/9394099a-1e28-d245-aa66-6f2f3777bed5/50f36e40-b874-472a-a085-beb41602d2fe_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC330XE0DSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA rechteckiger Sockel  560x50x40 Bronze 3x10W Dim</t>
+  </si>
+  <si>
+    <t>5415095041046</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/df056f35-e5d1-3142-aad4-fe995923f0a4</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/df056f35-e5d1-3142-aad4-fe995923f0a4/41e41fd3-f4b3-4551-9351-6ac050763632_720.png</t>
+  </si>
+  <si>
+    <t>TLC330XW0DSR</t>
+  </si>
+  <si>
+    <t>TECO NAULA Runder Sockel 260x37 3x10W dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095020942</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e4aab6fa-0284-6744-979e-32fa5214e5db</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e4aab6fa-0284-6744-979e-32fa5214e5db/684ca60a-c41b-46a4-905c-77d1ef52e945_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC330XW0DSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Linearer Sockel Asym. 560x50x40 3x10W dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095020904</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/96693f74-9b2c-7f49-9d1f-add81e3a04ac</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/96693f74-9b2c-7f49-9d1f-add81e3a04ac/9d968f89-090b-4d10-8703-b2ad8b154a6a_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC330XWEDSL</t>
+  </si>
+  <si>
+    <t>TECO NAULA rechteckiger Sockel 1150x50x40 3x10W Sym dim. W.</t>
+  </si>
+  <si>
+    <t>5415095026210</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e8fe5bea-6089-a149-aeb6-5d648be254f5</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e8fe5bea-6089-a149-aeb6-5d648be254f5/1fc58f15-9782-446c-92c8-78183cedecbc_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC330XWEDSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Linearer Sockel Sym. 560x50x40 3x10W dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095020928</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b9a1a617-0e5e-f64b-a9a8-5b10ab982644</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b9a1a617-0e5e-f64b-a9a8-5b10ab982644/12241bd1-e2a1-4d79-a3f4-a9c70f581be6_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC400WB34S4</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel.Schnitt 9W 2700K Ra90 Dim. 34° 40x400 S.</t>
+  </si>
+  <si>
+    <t>5415095041176</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0e931259-8074-5745-a301-dfe10672b741</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0e931259-8074-5745-a301-dfe10672b741/561921c6-087c-46e1-885f-f8dee78ddf8d_720.png</t>
+  </si>
+  <si>
+    <t>TLC400WB34S5</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel.Schnitt 9W 3000K Ra90 Dim. 34° 40x400 S.</t>
+  </si>
+  <si>
+    <t>5415095050512</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0daddb31-e2a3-3645-8d46-55da4eb4245a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0daddb31-e2a3-3645-8d46-55da4eb4245a/b34f1dc6-677a-47e6-9152-0dbb0d148730_720.png</t>
+  </si>
+  <si>
+    <t>TLC400WW34S4</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel.Schnitt 9W 2700K Ra90 Dim. 34° 40x400 W.</t>
+  </si>
+  <si>
+    <t>5415095050529</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/f7b81aa8-a25d-8c42-a92e-3f921fcc11df</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/f7b81aa8-a25d-8c42-a92e-3f921fcc11df/bb56ec0f-2d3d-47b5-87e6-3ffa38fb1dcb_720.png</t>
+  </si>
+  <si>
+    <t>TLC400WW34S5</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel.Schnitt 9W 3000K Ra90 Dim. 34° 40x400 W.</t>
+  </si>
+  <si>
+    <t>5415095041190</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e6988c89-b257-d241-945d-6270c0e611db</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e6988c89-b257-d241-945d-6270c0e611db/42920e56-a906-4a1f-9c2c-8b9ebc15ba41_720.png</t>
+  </si>
+  <si>
+    <t>TLC400XB00SR</t>
+  </si>
+  <si>
+    <t>Schwarzer Ring  40mm</t>
+  </si>
+  <si>
+    <t>5415095024223</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/932442dd-39c7-ce44-9366-f73916eb1ffa</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/932442dd-39c7-ce44-9366-f73916eb1ffa/42dfbf34-f89e-4f11-896f-bdac6d23ae70_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC400XBEXT0</t>
+  </si>
+  <si>
+    <t>TECO NAULA Schwarzer Verlängerungskabel für Pendel.  4m</t>
+  </si>
+  <si>
+    <t>1/220</t>
+  </si>
+  <si>
+    <t>5415095027941</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/7f779238-2948-4b4c-bd18-34645e65e7e2</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/7f779238-2948-4b4c-bd18-34645e65e7e2/765cbf15-bab3-4658-b34a-670f76229199_720.png</t>
+  </si>
+  <si>
+    <t>TLC400XG00SR</t>
+  </si>
+  <si>
+    <t>Goldener Ring 40mm</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>5415095020737</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e6c3155e-f89a-f743-ade6-e571ce80651f</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e6c3155e-f89a-f743-ade6-e571ce80651f/37334307-e14e-402b-b8b6-a77a57ae6c6b_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC400XT00SR</t>
+  </si>
+  <si>
+    <t>Transparenter Ring 40mm</t>
+  </si>
+  <si>
+    <t>5415095040872</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/64c3ac95-772e-2045-b0da-ef12cd1f49c2</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/64c3ac95-772e-2045-b0da-ef12cd1f49c2/069879aa-c0f5-4c2b-aa8e-35ba01262c1b_720.png</t>
+  </si>
+  <si>
+    <t>TLC400XW00SR</t>
+  </si>
+  <si>
+    <t>Weißer Ring  40mm</t>
+  </si>
+  <si>
+    <t>5415095020744</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/57928969-b05f-c04c-98f6-a64524ddbdc3</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/57928969-b05f-c04c-98f6-a64524ddbdc3/3fca55a1-6de0-41d2-9d15-adeb98cf1dcd_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC400XWEXT0</t>
+  </si>
+  <si>
+    <t>TECO NAULA Verlängerungskabel für Pendel.  4m W.</t>
+  </si>
+  <si>
+    <t>5415095027958</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b0b79658-533c-cd47-a434-b99330404f01</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/b0b79658-533c-cd47-a434-b99330404f01/45d9a66a-7825-47f2-8e7f-fac575d9389b_720.png</t>
+  </si>
+  <si>
+    <t>TLC400XX00SH</t>
+  </si>
+  <si>
+    <t>Wabe  40mm</t>
+  </si>
+  <si>
+    <t>5415095020775</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/8024ee98-a233-0a4f-afb3-6ef8610c70cb</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/8024ee98-a233-0a4f-afb3-6ef8610c70cb/47a31bdc-fb57-453b-881e-1f41cd91554f_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC405WB34S4</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel. 4,6W 2700K RA90 Dim S. 34° 26x400</t>
+  </si>
+  <si>
+    <t>5415095040834</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/8ca49c7a-d142-b147-8059-bf5173f3d4ed</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/8ca49c7a-d142-b147-8059-bf5173f3d4ed/73f25ac1-0708-4af3-a7bb-3b5af698157a_720.png</t>
+  </si>
+  <si>
+    <t>TLC405WB34S5</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel.  4,6W 3000K RA90 Dim S. 34° 26x400</t>
+  </si>
+  <si>
+    <t>5415095040797</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/d416c108-764e-6a40-a6ec-5f5d70a94e32</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/d416c108-764e-6a40-a6ec-5f5d70a94e32/77072299-7465-4684-bb5f-a1056a3ad7b9_720.png</t>
+  </si>
+  <si>
+    <t>TLC405WW34S4</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel. 4,6W 2700K RA90 Dim Weiß 34° 26x400</t>
+  </si>
+  <si>
+    <t>5415095040810</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/665dc0e7-613a-4442-9483-03cb7fad5cda</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/665dc0e7-613a-4442-9483-03cb7fad5cda/180c3f30-13c1-4543-8f26-5783df6cdcc5_720.png</t>
+  </si>
+  <si>
+    <t>TLC405WW34S5</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel. 4,6W 3000K RA90 Dim Weiß 34° 26x400</t>
+  </si>
+  <si>
+    <t>5415095040858</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/4c99466a-5d03-1647-a4c7-9bdd3e7b0a7b</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/4c99466a-5d03-1647-a4c7-9bdd3e7b0a7b/636fc221-e9b5-4818-a553-ef62987aab5d_720.png</t>
+  </si>
+  <si>
+    <t>TLC410DES1</t>
+  </si>
+  <si>
+    <t>Treiber OSRAM Dali  500mA TECO NAULA (1St.) + Zugentlastung</t>
+  </si>
+  <si>
+    <t>5415095043354</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a0815155-9358-ec44-acf3-9bc239aa3cf0</t>
+  </si>
+  <si>
+    <t>TLC410DES2</t>
+  </si>
+  <si>
+    <t>Treiber OSRAM Dali  500mA TECO NAULA (2St.) + Zugentlastung</t>
+  </si>
+  <si>
+    <t>5415095043361</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/49b5a8ca-ea94-ce45-adaa-380edf5926b1</t>
+  </si>
+  <si>
+    <t>TLC410DES3</t>
+  </si>
+  <si>
+    <t>Treiber OSRAM Dali  500mA TECO NAULA (3St.) + Zugentlastung</t>
+  </si>
+  <si>
+    <t>5415095043378</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/b5b05210-dd33-6745-b151-5bbd49e31163</t>
+  </si>
+  <si>
+    <t>TLC410DES4</t>
+  </si>
+  <si>
+    <t>Treiber OSRAM DALI 500mA TECO NAULA (3St.) -Zugentlast.</t>
+  </si>
+  <si>
+    <t>5415095043385</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c68eded7-c208-7f4f-a2b6-9bc0a92f3388</t>
+  </si>
+  <si>
+    <t>TLC410PHD2</t>
+  </si>
+  <si>
+    <t>Treiber 20W Dim 500mA für TECO NAULA</t>
+  </si>
+  <si>
+    <t>5415095050536</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/bff8f1e5-b1f5-164e-959e-5ade73bece07</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/bff8f1e5-b1f5-164e-959e-5ade73bece07/56e814ed-95b5-406b-94e6-2c143a3a36fc_720.png</t>
+  </si>
+  <si>
+    <t>TLC410PHD3</t>
+  </si>
+  <si>
+    <t>Treiber 30W Dim 500mA für TECO NAULA</t>
+  </si>
+  <si>
+    <t>5415095050574</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/4a863c34-89e4-784d-91eb-590e7a9e3190</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/4a863c34-89e4-784d-91eb-590e7a9e3190/5f67858f-8094-491e-93d1-ea535504bb6e_720.png</t>
+  </si>
+  <si>
+    <t>TLC410PHD4</t>
+  </si>
+  <si>
+    <t>Treiber 40W Dim 500mA für TECO NAULA</t>
+  </si>
+  <si>
+    <t>5415095050499</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/9abd3a01-e1ed-cc45-8966-5248e6bf2232</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/9abd3a01-e1ed-cc45-8966-5248e6bf2232/505dddd5-c22f-480a-89c2-a6c271ff6098_720.png</t>
+  </si>
+  <si>
+    <t>TLC410WB34DTW</t>
+  </si>
+  <si>
+    <t>TECO NAULA Spot 9W 1900-3000K Ra90 dim. 34° 40x105mm Schwarz</t>
+  </si>
+  <si>
+    <t>5415095052431</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/71d41699-5b20-d64c-bebe-8cf2bc8c4369</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/71d41699-5b20-d64c-bebe-8cf2bc8c4369/e8df2894-67bb-40d7-9249-8a2530409b8c_720.png</t>
+  </si>
+  <si>
+    <t>TLC410WB34S0</t>
+  </si>
+  <si>
+    <t>TECO NAULA Spot 9W 2700K Ra90 dim. 34° 40x105mm Schwarz</t>
+  </si>
+  <si>
+    <t>5415095020492</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/52726dba-a817-9d43-96e4-290b27de084c</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/52726dba-a817-9d43-96e4-290b27de084c/ada051db-d2de-4041-987c-ce4e3ffaf4ea_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC410WB34S1</t>
+  </si>
+  <si>
+    <t>TECO NAULA Spot 9W 3000K Ra90 dim. 34° 40x105mm Schwarz</t>
+  </si>
+  <si>
+    <t>5415095020508</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/e98c49de-d3e8-2140-a8d8-8b5b7f9d4fc9</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/e98c49de-d3e8-2140-a8d8-8b5b7f9d4fc9/3be3eac7-5f56-45d3-bd4e-6cfab353ec42_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC410WB34S2</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel.  9W 2700K Ra90 dim. 34° 40x250 S.</t>
+  </si>
+  <si>
+    <t>5415095020577</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/64684633-800a-8a4d-9b10-895b5968afba</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/64684633-800a-8a4d-9b10-895b5968afba/329d0860-b6de-4c92-bcf8-1e1b1ea376a3_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC410WB34S3</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel.  9W 3000K Ra90 dim. 34° 40x250 S.</t>
+  </si>
+  <si>
+    <t>5415095020584</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/ef404e56-6fb2-2a4d-ad85-4b681b3c340a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ef404e56-6fb2-2a4d-ad85-4b681b3c340a/dd7e4e66-8ad2-4142-87f1-0499aee950df_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC410WB34S4</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel. 9W 2700K Ra90 Dim. 34° 40x400 S.</t>
+  </si>
+  <si>
+    <t>5415095050543</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/da39e2ac-3937-8745-a90c-73b4b3317c87</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/da39e2ac-3937-8745-a90c-73b4b3317c87/8828e43e-e46a-4064-8d8e-484a6e46b53e_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC410WB34S5</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel. 9W 3000K Ra90 Dim. 34° 40x400 S.</t>
+  </si>
+  <si>
+    <t>5415095050550</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/4579ce7f-985e-cc4a-9f2a-e6b91261fa28</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/4579ce7f-985e-cc4a-9f2a-e6b91261fa28/9291846e-1fde-4235-bad4-82c3ab11d087_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC410WE34S0</t>
+  </si>
+  <si>
+    <t>TECO NAULA Spot 9W 2700K Ra90 Dim Br. 34° 40X105mm</t>
+  </si>
+  <si>
+    <t>5415095040896</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a0da5e5b-4565-2348-a1ee-b6e6d073a01c</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a0da5e5b-4565-2348-a1ee-b6e6d073a01c/fe930074-60a4-46c8-bb55-f5007a39b710_720.png</t>
+  </si>
+  <si>
+    <t>TLC410WE34S1</t>
+  </si>
+  <si>
+    <t>TECO NAULA Spot 9W 3000K Ra90 Dim Br. 34° 40X105mm</t>
+  </si>
+  <si>
+    <t>5415095040919</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/669f3989-a631-854f-aa52-7329b69dd785</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/669f3989-a631-854f-aa52-7329b69dd785/c4bbbe40-5ce9-4b63-8d6f-11eb13871959_720.png</t>
+  </si>
+  <si>
+    <t>TLC410WE34S2</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendelarm. 9W 2700K Ra90 Dim Br. 34° 40X250</t>
+  </si>
+  <si>
+    <t>5415095040933</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0be7280d-2a5a-dc45-bcdc-518f91f13b14</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0be7280d-2a5a-dc45-bcdc-518f91f13b14/e6799b74-b136-46be-9904-7964966835a1_720.png</t>
+  </si>
+  <si>
+    <t>TLC410WE34S3</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendelarm. 9W 3000K Ra90 Dim Br. 34° 40X250</t>
+  </si>
+  <si>
+    <t>5415095040957</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/1603d357-879c-c345-966f-78a14b0dd2eb</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/1603d357-879c-c345-966f-78a14b0dd2eb/42dbc913-63da-4341-8e66-f6150c921ec5_720.png</t>
+  </si>
+  <si>
+    <t>TLC410WE34S4</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendelarm. 9W 2700K Ra90 Dim Br. 34° 40X400</t>
+  </si>
+  <si>
+    <t>5415095040971</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/de159942-1f33-0248-a725-72c531488f1a</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/de159942-1f33-0248-a725-72c531488f1a/bfbba45f-e884-4e7e-a705-3c377e44d185_720.png</t>
+  </si>
+  <si>
+    <t>TLC410WE34S5</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendelarm. 9W 3000K Ra90 Dim Br.34° 40X400</t>
+  </si>
+  <si>
+    <t>5415095040995</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/7b72731c-2026-414c-84f9-e935246730bf</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/7b72731c-2026-414c-84f9-e935246730bf/3116907e-b492-429a-b64e-afcdc912af83_720.png</t>
+  </si>
+  <si>
+    <t>TLC410WW34DTW</t>
+  </si>
+  <si>
+    <t>TECO NAULA Spot 9W 1900-3000K Ra90 dim. 34° 40x105mm Weib</t>
+  </si>
+  <si>
+    <t>5415095052448</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c38ca253-979f-984c-b7e7-91fcc58ba6f0</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/c38ca253-979f-984c-b7e7-91fcc58ba6f0/f3f0d822-dfdb-44f2-883e-fb8e3fbdcb85_720.png</t>
+  </si>
+  <si>
+    <t>TLC410WW34S0</t>
+  </si>
+  <si>
+    <t>TECO NAULA Spot 9W 2700K Ra90 dim. 34° 40x105mm Weiß</t>
+  </si>
+  <si>
+    <t>5415095020515</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/6e6e292d-d170-ee45-8207-b64bb32bb320</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/6e6e292d-d170-ee45-8207-b64bb32bb320/aa8c70f2-49bf-46ef-8057-14d3a1e81b91_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC410WW34S1</t>
+  </si>
+  <si>
+    <t>TECO NAULA Spot 9W 3000K Ra90 dim. 34° 40x105mm Weiß</t>
+  </si>
+  <si>
+    <t>5415095020522</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/61b46f1c-0be5-a24d-ab3b-5393f546659d</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/61b46f1c-0be5-a24d-ab3b-5393f546659d/b4a4d1a4-50dc-41a0-a0f3-a8f8b1449697_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC410WW34S2</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel.  9W 2700K Ra90 dim. 34° 40x250 W.</t>
+  </si>
+  <si>
+    <t>5415095020591</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/d6e40134-4fe5-1342-bfed-cf8fb501f43d</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/d6e40134-4fe5-1342-bfed-cf8fb501f43d/ccd4fc0e-140b-439e-9ead-f1425973262c_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC410WW34S3</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel.  9W 3000K Ra90 dim. 34° 40x250 W.</t>
+  </si>
+  <si>
+    <t>5415095020607</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/2911a9ec-30da-f24e-962a-593e4d7f1dcd</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2911a9ec-30da-f24e-962a-593e4d7f1dcd/245c070c-b27f-41a4-a0a9-fbe811fd6697_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC410WW34S4</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel. 9W 2700K Ra90 Dim. 34° 40x400 W.</t>
+  </si>
+  <si>
+    <t>5415095050567</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/4cc7fd84-3711-0246-a19b-3c1627fd0523</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/4cc7fd84-3711-0246-a19b-3c1627fd0523/35ac285d-8ee9-4318-8513-250c2e76416d_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC410WW34S5</t>
+  </si>
+  <si>
+    <t>TECO NAULA Pendel. 9W 3000K Ra90 Dim. 34° 40x400 W.</t>
+  </si>
+  <si>
+    <t>5415095041718</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/0fe20be2-4f68-bd4c-a685-02484110de10</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/0fe20be2-4f68-bd4c-a685-02484110de10/69ba906c-3d22-4f32-8e6f-062e8b01fc90_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC440XBQDSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Quadratischer Sockel 320x160x35 4x10W dim. Sch.</t>
+  </si>
+  <si>
+    <t>5415095020959</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/c3586ec1-dbfa-4341-9925-c70f3fa709a5</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/c3586ec1-dbfa-4341-9925-c70f3fa709a5/7dd43a74-f974-4351-85ea-d1e6214bba44_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC440XWQDSS</t>
+  </si>
+  <si>
+    <t>TECO NAULA Quadratischer Sockel 320x160x35 4x10W dim. Weiß</t>
+  </si>
+  <si>
+    <t>5415095020966</t>
+  </si>
+  <si>
+    <t>https://teconex.eu/de/produit/a3f91599-f9e5-8941-96de-89c2371c5101</t>
+  </si>
+  <si>
+    <t>https://static.prod.teconex-demo.be/v5/articles/a3f91599-f9e5-8941-96de-89c2371c5101/f12b50d4-c7f9-479c-8a1f-13d2fa3bd4cb_720.jpg</t>
+  </si>
+  <si>
+    <t>TLC450W120V0</t>
+  </si>
+  <si>
+    <t>TECO ENIMA Deckenlampe 24+7W Up&amp;Down 45cm 3000K Ra90 dim. W.</t>
   </si>
   <si>
     <t>1/2</t>
   </si>
   <si>
-    <t>FIJI ROCK</t>
-[...4840 lines deleted...]
-  <si>
     <t>ENIMA</t>
   </si>
   <si>
     <t>5415095018796</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/8eca2223-1941-3d4d-ae22-74f7c537df94</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/8eca2223-1941-3d4d-ae22-74f7c537df94/cd940e83-9786-44fc-9633-6c9b62e87bbe_720.jpg</t>
   </si>
   <si>
     <t>TLC502WB32F0</t>
   </si>
   <si>
     <t>TECO OKANDO Spot 5x2W 2700K Ra90 dim. Schwarz</t>
   </si>
   <si>
     <t>OKANDO</t>
   </si>
   <si>
     <t>5415095019397</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/bbc9ad6f-dc27-3b48-97f4-1fd7ab4a9949</t>
@@ -11739,113 +11682,50 @@
   <si>
     <t>5415095039128</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/0debb5fb-1642-a84e-8955-ae0c75c7bd2a</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/0debb5fb-1642-a84e-8955-ae0c75c7bd2a/b4121194-c4c7-4720-a5f4-aebc875fe385_720.png</t>
   </si>
   <si>
     <t>TLUR76TR1000</t>
   </si>
   <si>
     <t>TECO LUMEO Verzinkte Querstange 1M für 2 Flutlichtmast Ø76</t>
   </si>
   <si>
     <t>5415095039135</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/dc0ae2cd-96c9-1845-9be0-137670918be6</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/dc0ae2cd-96c9-1845-9be0-137670918be6/bb66c442-625e-47d5-9e79-48e792efd6e5_720.png</t>
   </si>
   <si>
-    <t>TLY6040R000B</t>
-[...61 lines deleted...]
-  <si>
     <t>TLZ000B000LL</t>
   </si>
   <si>
     <t>TECO 3-Phasen-Schiene L-Konnektor links Schwarz</t>
   </si>
   <si>
     <t>1/25</t>
   </si>
   <si>
     <t>5415095017591</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/d3960617-b0d9-cf40-afed-45cabe899a97</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/d3960617-b0d9-cf40-afed-45cabe899a97/45e4c016-7b28-43c5-b5e1-1268d06152b5_720.jpg</t>
   </si>
   <si>
     <t>TLZ000B000LR</t>
   </si>
   <si>
     <t>TECO 3-Phasen-Schiene L-Konnektor rechts Schwarz</t>
   </si>
   <si>
     <t>5415095017614</t>
@@ -12453,99 +12333,99 @@
   <si>
     <t>TMATANTARES8MG</t>
   </si>
   <si>
     <t>Mast ANTARES 8M T60 Gegalvaniseerde</t>
   </si>
   <si>
     <t>MAT</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/0de58cd0-4f8c-714d-83a8-5ad0669f8622</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/0de58cd0-4f8c-714d-83a8-5ad0669f8622/98169855-eef8-4109-af20-e86153466fd3_720.jpg</t>
   </si>
   <si>
     <t>TMATANTARES8MRAL</t>
   </si>
   <si>
     <t>Mast ANTARES 8M T60 RAL STANDARD</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/2a43012d-cfde-3f4e-82a9-25395882ce2f</t>
   </si>
   <si>
-    <t>https://static.prod.teconex-demo.be/v5/articles/2a43012d-cfde-3f4e-82a9-25395882ce2f/98169855-eef8-4109-af20-e86153466fd3_720.jpg</t>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2a43012d-cfde-3f4e-82a9-25395882ce2f/fb525df6-1880-4b75-814e-241e91e5ff38_720.jpg</t>
   </si>
   <si>
     <t>TMATAURIGA4MG</t>
   </si>
   <si>
     <t>Mast AURIGA 4M T60 Gegalvaniseerde</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/f786778d-5569-2446-997d-7f1061147b4c</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/f786778d-5569-2446-997d-7f1061147b4c/3ff0cb68-5311-40d1-812f-df22ece53e4e_720.jpg</t>
   </si>
   <si>
     <t>TMATAURIGA4MRAL</t>
   </si>
   <si>
     <t>Mast AURIGA 4M T60 RAL STANDARD</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/ca5d6415-de3e-0342-a738-ad83ca66e7f2</t>
   </si>
   <si>
-    <t>https://static.prod.teconex-demo.be/v5/articles/ca5d6415-de3e-0342-a738-ad83ca66e7f2/3ff0cb68-5311-40d1-812f-df22ece53e4e_720.jpg</t>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ca5d6415-de3e-0342-a738-ad83ca66e7f2/6eb32008-317f-453f-a30a-3caa36a3a46c_720.jpg</t>
   </si>
   <si>
     <t>TMATAURIGA6MG</t>
   </si>
   <si>
     <t>Mast AURIGA 6M T60 Gegalvaniseerde</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/1351c212-9c32-5740-9fd6-15aa908c208c</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/1351c212-9c32-5740-9fd6-15aa908c208c/ee2f1e57-7841-437e-a374-8e5810fa0c4b_720.jpg</t>
   </si>
   <si>
     <t>TMATAURIGA6MRAL</t>
   </si>
   <si>
     <t>Mast AURIGA 6M T60 RAL STANDARD</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/85014bd5-a1bb-2747-866c-19edd5847d40</t>
   </si>
   <si>
-    <t>https://static.prod.teconex-demo.be/v5/articles/85014bd5-a1bb-2747-866c-19edd5847d40/ee2f1e57-7841-437e-a374-8e5810fa0c4b_720.jpg</t>
+    <t>https://static.prod.teconex-demo.be/v5/articles/85014bd5-a1bb-2747-866c-19edd5847d40/79c0355f-e788-4940-924c-5ba28c26632c_720.jpg</t>
   </si>
   <si>
     <t>TPL10W3SPLG</t>
   </si>
   <si>
     <t>StreetLlight SPL-G Asym.10W 1450lm DALI 3000K IP66</t>
   </si>
   <si>
     <t>SPLG</t>
   </si>
   <si>
     <t>https://teconex.eu/de/produit/1f29943b-61f2-7b4f-b648-5467ca1c6d40</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/1f29943b-61f2-7b4f-b648-5467ca1c6d40/132aebf6-d2cd-4612-bd84-436a8af1af84_720.png</t>
   </si>
   <si>
     <t>TRACKBOLB2700K</t>
   </si>
   <si>
     <t>(AS)TRACK NAULA Pendel. Kugel Ø100 10W 2700K Dim. Schwarz</t>
   </si>
   <si>
     <t>5415095053247</t>
   </si>
@@ -13628,56 +13508,56 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bf057777-3b47-b14e-a52c-1113870e361d" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bf057777-3b47-b14e-a52c-1113870e361d/7cf352ff-3bca-438c-8e28-5799df5f0efa_720.png" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fbc8a2ae-a6ec-4f49-8338-858f1b44dac6" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fbc8a2ae-a6ec-4f49-8338-858f1b44dac6/38494d85-c1bf-4a1b-81a7-69e5bbfaca2e_720.png" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5b64411a-4ba3-cb4c-92d7-2914dfe630fa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/33b7a3cb-66a5-6e4f-a5e9-084b9941b297" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/33b7a3cb-66a5-6e4f-a5e9-084b9941b297/20ec292b-6e5d-4ff5-bd5a-259858a1d12c_720.png" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ab742105-3425-fe4b-a76c-4a824e5c69c2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab742105-3425-fe4b-a76c-4a824e5c69c2/692fe713-0d9b-4aca-9f4f-3080a3b00897_720.png" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fc29851c-3758-1e47-8073-ffbc6a112061" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fc29851c-3758-1e47-8073-ffbc6a112061/c11cc95d-97a5-4ced-baf5-968dd0cf4d42_720.png" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bc9f59c7-660e-c84c-97d9-448588ac8b9a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bc9f59c7-660e-c84c-97d9-448588ac8b9a/501a4fd5-3b28-4fc2-9b14-56b60ac3e8bd_720.png" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/91d422a8-70b8-5941-af1e-11c84757f478" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/91d422a8-70b8-5941-af1e-11c84757f478/9fd74c0a-9b7a-4085-98c5-d8744ca03ce0_720.png" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/effe7fb1-b018-894c-b001-a1498b68e90c" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/effe7fb1-b018-894c-b001-a1498b68e90c/94ab263f-1dcc-450e-8079-284af4fd8506_720.jpg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/30796993-8030-ab43-9dd9-ba82e4503e6e" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/30796993-8030-ab43-9dd9-ba82e4503e6e/f38c614b-52c4-4c7d-96d7-26e0815ffb8a_720.png" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0c08fc42-9f19-a04f-a533-adcef442d5e3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0c08fc42-9f19-a04f-a533-adcef442d5e3/b5c6924e-9d79-4a10-9594-a2d8d596d713_720.png" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/12f28c18-58db-0f41-b536-b9a2fd7ce60e" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/12f28c18-58db-0f41-b536-b9a2fd7ce60e/1037e45e-fec0-48d3-8d1b-fde5a11dfde1_720.png" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fd34bf82-b528-2c48-908e-8b61e8f06e72" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd34bf82-b528-2c48-908e-8b61e8f06e72/14dd25e4-ad06-4fce-b50c-55509c2841a9_720.png" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d2e761c1-694f-c14c-ace0-460f5b06e4cd" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d2e761c1-694f-c14c-ace0-460f5b06e4cd/c192c83a-dee1-4efb-9258-efd41a2569be_720.jpg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ae37937a-a40f-b74b-99a0-35bb78640309" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ae37937a-a40f-b74b-99a0-35bb78640309/e2cc3454-df5c-4179-b54c-c875b25ba81e_720.png" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/186ee338-d989-3449-ab1b-6fb15b96713c" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/186ee338-d989-3449-ab1b-6fb15b96713c/e2cc3454-df5c-4179-b54c-c875b25ba81e_720.png" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4e9fa0f6-aa43-454a-96f2-cb3c55fd5a58" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4e9fa0f6-aa43-454a-96f2-cb3c55fd5a58/7317056f-1c10-4ad5-81aa-7b734c5631a1_720.png" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4663043c-8eca-ee40-9db5-e7adb50fa962" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4663043c-8eca-ee40-9db5-e7adb50fa962/3540524d-313b-4d87-ad2b-f36fc61e9c9e_720.png" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ab604591-3e47-284a-bff6-22a6ac4e7039" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab604591-3e47-284a-bff6-22a6ac4e7039/a81e9b16-5562-4aa3-a37e-5a9141ca7c97_720.png" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8bee722c-f2eb-2f4d-96d8-95eb1f4afade" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8bee722c-f2eb-2f4d-96d8-95eb1f4afade/f24ef434-c1f2-48ef-943c-d9620ce1ded2_720.png" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ffa7b501-c060-b24a-acf5-79c1f5722e36" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ffa7b501-c060-b24a-acf5-79c1f5722e36/a94790d8-d9bc-47fd-a194-12fd5ef58442_720.jpg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5a8893ea-bc25-f444-876c-c632a7803220" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a8893ea-bc25-f444-876c-c632a7803220/274e9f39-2f0d-4c43-9e69-21a57cd7607f_720.png" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6b3ea7bd-bd9f-2b49-9fae-02a9db7481ec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b3ea7bd-bd9f-2b49-9fae-02a9db7481ec/c26ac5c0-7520-4dbd-98b3-f9de468c2808_720.png" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/47485bdd-afd2-4c4f-a597-f3d582edc6d3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/47485bdd-afd2-4c4f-a597-f3d582edc6d3/1f0b6129-4a8b-4ca3-a64f-abfde0f24104_720.png" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bd7cfcd3-431e-d943-af31-49be56bcce62" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd7cfcd3-431e-d943-af31-49be56bcce62/0febd447-505d-4d33-b0af-11b3549c5435_720.png" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/27e24f49-0fd2-c448-b8ef-5f1bb0f210c2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/27e24f49-0fd2-c448-b8ef-5f1bb0f210c2/d672a959-16dd-4ee7-ab4a-982f8a2bdc59_720.png" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a3c43c31-4d17-194d-82e8-efbaf87002b0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3c43c31-4d17-194d-82e8-efbaf87002b0/b9bb8d94-b8d1-45bb-9b53-9c219908344c_720.png" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b22185e5-4fc2-df4e-96a1-df26e4facf70" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/057be465-8085-2b41-8161-9a9200863aac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/057be465-8085-2b41-8161-9a9200863aac/c16272b8-304f-4bed-bda6-77041652e3c5_720.jpg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/63a24b1e-7b64-7947-b68f-b03c5a03f8b8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/63a24b1e-7b64-7947-b68f-b03c5a03f8b8/043a2d74-fc9a-4135-9ebf-9315be7b0a46_720.png" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6824e020-a35d-5641-bd81-5dc015ac3fb9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6824e020-a35d-5641-bd81-5dc015ac3fb9/23320996-4156-4971-a1f2-38b734a0ecf9_720.jpg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/56ac6708-4e75-6843-a220-2e3ca257de11" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56ac6708-4e75-6843-a220-2e3ca257de11/45bd0ef8-5559-4b44-b53e-fe7a27bf094c_720.jpg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/349159a7-0677-2343-a543-983be7cb3d38" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/349159a7-0677-2343-a543-983be7cb3d38/5d4e592b-5b34-47df-b111-41b0c62897e1_720.jpg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dcf930c8-4b7c-af47-9aa0-58b5828489f9" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dcf930c8-4b7c-af47-9aa0-58b5828489f9/7d18497b-be32-4e59-ad89-0f5343cd5561_720.jpg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0065db06-b2a8-6540-b823-144181f771e9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0065db06-b2a8-6540-b823-144181f771e9/5617b3c3-7e46-4235-b4df-578c82e790fc_720.jpg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bf55a66f-74e5-a749-8ada-7d41ae62d039" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bf55a66f-74e5-a749-8ada-7d41ae62d039/d4362f3d-5435-497c-a709-3dee207dbbe7_720.jpg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4cb9a153-33c2-6046-9d5b-bf2dee52f706" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4cb9a153-33c2-6046-9d5b-bf2dee52f706/7ec3f720-3d84-4df1-a4de-b122ec03116e_720.jpg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4f45a7d1-3eab-1f44-9bf4-04625fd4dc6e" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4f45a7d1-3eab-1f44-9bf4-04625fd4dc6e/93f1e849-420b-41de-9233-5ee5e1f99fb8_720.jpg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ea47a86c-4e12-3840-9c7d-1326f9e36cb5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ea47a86c-4e12-3840-9c7d-1326f9e36cb5/65ffaf74-03cd-457f-bde2-416b938a560a_720.jpg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/41bdc278-8d84-9b40-8cfa-baa4f206766b" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41bdc278-8d84-9b40-8cfa-baa4f206766b/abcf1849-1041-42fb-a0f4-6e83ccf186d0_720.jpg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/82770b9c-7b71-f34f-9e6a-f5d5c5190dff" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/82770b9c-7b71-f34f-9e6a-f5d5c5190dff/f9d4fbf8-ee7b-4e3d-8663-fa6b4fcfd145_720.jpg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/98140b03-c396-af41-9572-002d699e8d83" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/98140b03-c396-af41-9572-002d699e8d83/a114cedc-6607-47ce-9782-14b168e73ccb_720.jpg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0184b0e2-c914-4748-9247-94767dfd7864" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0184b0e2-c914-4748-9247-94767dfd7864/032cd09f-f935-498c-a1bd-c0e39750fde9_720.jpg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/42e760d3-5455-1642-b64f-be271b182c51" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/42e760d3-5455-1642-b64f-be271b182c51/2cbb4002-3ef8-4f3f-b4f8-bc7a7ec21011_720.jpg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/404f449e-efc8-1443-afd8-76cfed4b42c7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/404f449e-efc8-1443-afd8-76cfed4b42c7/fe660dcf-df47-455d-ad3f-874afa5677d9_720.jpg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5568a86f-e936-f84d-90b1-85d4ad7d5c18" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5568a86f-e936-f84d-90b1-85d4ad7d5c18/3f07c0ea-d7eb-475b-9918-b0e706b35517_720.jpg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3a5d7d5c-4115-0a44-a976-4cf0a14f837e" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a5d7d5c-4115-0a44-a976-4cf0a14f837e/6d267608-5e3b-4689-adc9-fd5db0d6d0a9_720.jpg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9be11800-a0ff-d744-8ed5-87e30ab9d1e5" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9be11800-a0ff-d744-8ed5-87e30ab9d1e5/a6a618d2-a30b-455f-8b16-50c35b81c3e5_720.jpg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1204f7a3-86cb-824e-ab59-0b92c500512e" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1204f7a3-86cb-824e-ab59-0b92c500512e/fee116b9-2d67-4fb3-b87f-f1e11bae83a8_720.jpg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f0276fa6-f4cc-5548-a3e6-993b0759833a" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f0276fa6-f4cc-5548-a3e6-993b0759833a/c602fa68-c4d5-4d7f-9c56-073b8ee50c7b_720.jpg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bbb8eaca-d354-614c-8795-5090328dd4b0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbb8eaca-d354-614c-8795-5090328dd4b0/d471c401-c2a8-42bd-b252-3055348cd97b_720.jpg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f94759eb-9fce-dc41-a36c-0b345cd2c652" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f94759eb-9fce-dc41-a36c-0b345cd2c652/a5589eb5-64ce-41bd-b3be-aaaa1695ed28_720.jpg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/aa940a5e-364e-f14b-8018-e595f90e3440" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aa940a5e-364e-f14b-8018-e595f90e3440/5c09ef16-e35b-4964-a547-414dc7aecca5_720.jpg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/38546c45-1be5-0741-9914-c04b08fbdcf4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/38546c45-1be5-0741-9914-c04b08fbdcf4/8a41f284-ad45-442e-870a-bea2cc26b184_720.jpg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/90a20b94-9242-1d4d-80f4-60e5151d0558" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/90a20b94-9242-1d4d-80f4-60e5151d0558/b16a5ff3-69f5-4463-9cf0-506cd52c7fef_720.jpg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8fda4c34-2c62-6844-8560-d820690d7963" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8fda4c34-2c62-6844-8560-d820690d7963/cd86aacd-2798-4f2f-a4c5-c323923d6436_720.jpg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/64a9f253-b6a6-e84d-a13e-6c3cef816c08" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64a9f253-b6a6-e84d-a13e-6c3cef816c08/0de1869a-4009-4d07-84c7-9877373f20a2_720.jpg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f2879e7f-aecd-7d47-a156-5604b3f127ba" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f2879e7f-aecd-7d47-a156-5604b3f127ba/72656dd7-e868-4452-b248-50123ee07f85_720.jpg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d89c0418-4858-3140-b278-44f1adb84927" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d89c0418-4858-3140-b278-44f1adb84927/32b24afc-2303-4887-9ad0-73a336c83a53_720.jpg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/799c9bc0-fc97-904e-b95b-f54702009852" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/799c9bc0-fc97-904e-b95b-f54702009852/5f6c086f-7cc6-4eed-9727-646af5845d23_720.jpg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/64ce642b-30bd-bb44-b000-8e5dad40168c" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64ce642b-30bd-bb44-b000-8e5dad40168c/0dd4be8f-0ddd-4748-ac36-264c13318d31_720.jpg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ad69dd42-8326-cb44-881c-d00980c28052" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad69dd42-8326-cb44-881c-d00980c28052/d96762b9-8b1b-4f5f-bebc-2f488bc22f47_720.jpg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6c9b7f23-5e96-7d4d-b760-639543b7d86f" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c9b7f23-5e96-7d4d-b760-639543b7d86f/ae9a7f06-406e-4076-922c-a23770b6c6fb_720.jpg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9a336451-ad47-7f41-ad1b-9cf2ae04fefc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a336451-ad47-7f41-ad1b-9cf2ae04fefc/aea0f38d-4404-493f-8369-ae5ea7cb18b2_720.jpg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3a881407-8b34-0449-84be-b3aa18730c6b" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a881407-8b34-0449-84be-b3aa18730c6b/b5c2fa00-b2dd-41fb-915e-0b6bc18d7665_720.jpg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d4d32211-7487-134d-aece-0f2cfe2dfbb9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d4d32211-7487-134d-aece-0f2cfe2dfbb9/3dd26a63-7dca-4c5a-8578-054992bbc52d_720.jpg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3ae670aa-253b-0f40-8d9a-a4d55651bad5" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ae670aa-253b-0f40-8d9a-a4d55651bad5/b474d1e9-5921-41af-8725-6133f41afa30_720.png" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fd3d682b-8549-c74f-8eae-6d47214a0a17" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd3d682b-8549-c74f-8eae-6d47214a0a17/f80b5771-680f-404c-9a2f-929a8c5d1a91_720.png" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/718d6903-c795-c84a-931f-2ceb33e48270" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/718d6903-c795-c84a-931f-2ceb33e48270/bbd32ced-d85e-4545-99ff-222a84182ed2_720.png" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/598de504-cfab-3b41-8269-8ad000f58765" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/598de504-cfab-3b41-8269-8ad000f58765/fd30bbe0-a83d-4a1f-adfc-c3a964c35bcc_720.png" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/56613b9e-a420-f74d-acb6-8ef6c492d479" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56613b9e-a420-f74d-acb6-8ef6c492d479/971973d0-9eef-422b-a6e0-0256cef602c7_720.png" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4f953738-2c7d-e642-899c-597ac86f01ff" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4f953738-2c7d-e642-899c-597ac86f01ff/f25037ea-3e84-4443-a0f9-e5a4018f6eda_720.png" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/38360526-393f-2542-bf7e-4047582de759" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/38360526-393f-2542-bf7e-4047582de759/c97b4509-3b3b-4b79-ab9f-c4c535335d32_720.png" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a2445c88-d79b-ba4c-94c2-4b24274742a0" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a2445c88-d79b-ba4c-94c2-4b24274742a0/195492b6-83bf-4669-a43a-9d991633f1cf_720.png" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/71309a67-dea8-4e42-9dc2-65cf8b930f5a" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/71309a67-dea8-4e42-9dc2-65cf8b930f5a/37a29fea-a0b4-44ab-9d63-8d17ead863fc_720.png" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4ce13cda-0f31-b346-b210-3d9c609caa4a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4ce13cda-0f31-b346-b210-3d9c609caa4a/13f6916f-4e09-41a1-9660-46399b827665_720.png" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f4b7f054-3713-744c-a14b-934c8bfacd3e" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f4b7f054-3713-744c-a14b-934c8bfacd3e/1003b286-f886-4711-9e10-46d1dc4556e3_720.png" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1e556669-644a-c247-bf95-9a4d794931c9" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1e556669-644a-c247-bf95-9a4d794931c9/073659a6-bbfd-4394-aec7-a7d275f5f48c_720.png" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7f4b9b2b-22c3-2345-90d8-7d5c3e83477a" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f4b9b2b-22c3-2345-90d8-7d5c3e83477a/6cfc0813-af87-4b8d-987d-e7853e4685e9_720.png" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d06040d5-69ae-234e-9e12-94afabedca17" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d06040d5-69ae-234e-9e12-94afabedca17/ebda309b-2b5a-4bfb-99b1-b02a59a18a34_720.png" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4e7d7300-bec3-dc41-8725-11520342b9f4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4e7d7300-bec3-dc41-8725-11520342b9f4/6cfc0813-af87-4b8d-987d-e7853e4685e9_720.png" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c46f4b08-8a1f-894b-8ce1-b35499d914f9" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c46f4b08-8a1f-894b-8ce1-b35499d914f9/2d5893a4-c4e6-4e95-9579-536a25a90378_720.jpg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7d299d47-eaaa-8142-917f-d32c8768ebd0" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7d299d47-eaaa-8142-917f-d32c8768ebd0/a661fa59-44f1-40a2-9de7-23f97e481aad_720.png" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bd8c5a98-5a30-7f45-a0c3-1a0a827613bd" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd8c5a98-5a30-7f45-a0c3-1a0a827613bd/59ac8da3-72ce-4f1a-b18e-85d15c5dde7f_720.png" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5b1902ae-156a-8549-a1b7-a8207937e123" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5b1902ae-156a-8549-a1b7-a8207937e123/4b57447c-6eae-45e4-9533-ffecec68379a_720.png" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/59c6c430-8bbe-9442-8fca-8a3a42060d37" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/59c6c430-8bbe-9442-8fca-8a3a42060d37/0c105e72-8639-4f9f-b4ab-70c200561f41_720.png" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/572edd72-d7bf-4845-834f-cb059d314507" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/572edd72-d7bf-4845-834f-cb059d314507/22bd188f-4ca7-4f86-86af-6a3e220da277_720.png" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/17bb4421-07a8-3b43-a149-814af2a031a7" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17bb4421-07a8-3b43-a149-814af2a031a7/dddb1342-0030-451d-bd10-8489246b78c4_720.png" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bfc013af-cfbb-0147-a71a-cfacd5e10d9e" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bfc013af-cfbb-0147-a71a-cfacd5e10d9e/16cc117a-729c-4af2-8d31-3879c6b13d42_720.png" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2ecc8231-5531-a945-b16e-1c99d363fd10" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ecc8231-5531-a945-b16e-1c99d363fd10/7b11a764-644b-4482-a44e-a7aff630d0c2_720.png" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e424c33f-2b00-3546-a9d5-5c44948f450a" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e424c33f-2b00-3546-a9d5-5c44948f450a/509c3468-634a-487d-af07-205bdd451cf7_720.jpg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ba4a5588-18ca-a842-8b1b-5e27676ab002" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ba4a5588-18ca-a842-8b1b-5e27676ab002/8a28057e-04b1-43ff-b339-65f64c860f72_720.png" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/270b97fa-ae0d-1c41-907a-bdd3de7179a3" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/270b97fa-ae0d-1c41-907a-bdd3de7179a3/3dbf6d07-a8ba-47ea-be1b-ec1e18bd78d2_720.png" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e4e40d29-7e3e-c748-85a5-a0ceb1044841" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4e40d29-7e3e-c748-85a5-a0ceb1044841/d4ceba3e-1b3e-4adb-9c2c-40aa4022b2ba_720.png" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ad3338fc-e927-8747-98c7-923fead826e4" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad3338fc-e927-8747-98c7-923fead826e4/413c3bac-f95f-4096-b8e2-68143d0014bb_720.png" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6bc44e71-a950-e04a-9da0-1ec9c14fa469" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6bc44e71-a950-e04a-9da0-1ec9c14fa469/413c3bac-f95f-4096-b8e2-68143d0014bb_720.png" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5055aa6f-3285-d547-93d4-a66abb5c559c" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5055aa6f-3285-d547-93d4-a66abb5c559c/d7eefbfc-c0ed-4106-af4c-10f9ba22328a_720.png" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cf52d4db-3835-e147-a7b5-659c5bad42b5" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf52d4db-3835-e147-a7b5-659c5bad42b5/d7eefbfc-c0ed-4106-af4c-10f9ba22328a_720.png" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3fdd8062-cbb0-8148-b9c3-bc4cf3a7e9b3" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fdd8062-cbb0-8148-b9c3-bc4cf3a7e9b3/b14cb9b1-3bea-41e8-b190-5f24b41d8a37_720.png" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/56fa208f-3ce7-9445-9b02-c9ce44649969" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56fa208f-3ce7-9445-9b02-c9ce44649969/b14cb9b1-3bea-41e8-b190-5f24b41d8a37_720.png" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/de4e6c62-0115-284b-a6e6-e9d53046e402" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/de4e6c62-0115-284b-a6e6-e9d53046e402/e8140d45-31b1-4744-a23b-7b816527a12a_720.png" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4ad9b290-0a40-3142-99ea-add65dcf15d2" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4ad9b290-0a40-3142-99ea-add65dcf15d2/e8140d45-31b1-4744-a23b-7b816527a12a_720.png" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d42cf55c-9af8-9340-87ce-34cfbfb8e11f" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d42cf55c-9af8-9340-87ce-34cfbfb8e11f/f599acda-16ac-45ef-9f97-29cb77506231_720.jpg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9eb6d460-92ab-b243-bc9e-864fb3551aac" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9eb6d460-92ab-b243-bc9e-864fb3551aac/f599acda-16ac-45ef-9f97-29cb77506231_720.jpg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fd969184-2c4f-1a43-aee9-4af46b3e332e" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd969184-2c4f-1a43-aee9-4af46b3e332e/f5bb1206-fab4-4ccf-8946-42e260702733_720.png" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4defeeef-44fe-0640-bffb-794fd9536e6f" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4defeeef-44fe-0640-bffb-794fd9536e6f/f5bb1206-fab4-4ccf-8946-42e260702733_720.png" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c754ccc4-7ab1-3049-a9e8-bd4cb14c5eea" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c754ccc4-7ab1-3049-a9e8-bd4cb14c5eea/7f6d14c5-8c1a-4d71-8efe-2de0be660113_720.png" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ee0148ed-7180-9d4b-a98d-33bfd58bce0c" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee0148ed-7180-9d4b-a98d-33bfd58bce0c/7f6d14c5-8c1a-4d71-8efe-2de0be660113_720.png" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/72e7432b-07e4-7d4a-8bca-fabef4082bef" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/72e7432b-07e4-7d4a-8bca-fabef4082bef/945bc40a-c195-4a3d-bc8e-db610f5544fa_720.png" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8339d2fa-5a93-f948-878d-e21e824e28d2" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8339d2fa-5a93-f948-878d-e21e824e28d2/945bc40a-c195-4a3d-bc8e-db610f5544fa_720.png" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7b219fd7-c336-8f49-9209-7ff239bca1c5" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b219fd7-c336-8f49-9209-7ff239bca1c5/5a6260c1-45c8-4abb-9807-ac863a7e40e9_720.png" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5a6cc1b9-5e40-2744-b47a-28eb72b984e1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a6cc1b9-5e40-2744-b47a-28eb72b984e1/5a6260c1-45c8-4abb-9807-ac863a7e40e9_720.png" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b9d6114e-a6ff-a142-9e41-af3a19fe1b04" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b9d6114e-a6ff-a142-9e41-af3a19fe1b04/7f94ca1e-5df6-4221-b58f-a6de934f164b_720.jpg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/05dafc08-a0ae-2248-be3b-1b4283353795" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/05dafc08-a0ae-2248-be3b-1b4283353795/56c95c1c-25ef-4dc8-83ea-43530e7c43c2_720.jpg" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2b72c6c3-31e5-5e41-80ac-4b2adf3696be" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2b72c6c3-31e5-5e41-80ac-4b2adf3696be/206a8ac1-6662-4dbe-a178-d36fec19d6fa_720.png" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f46409a2-bd48-124c-8e7b-650618255d0d" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f46409a2-bd48-124c-8e7b-650618255d0d/6cc161a7-1768-41a6-a3c5-34dd0874c3dd_720.png" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5ff919c0-1f7f-0947-af82-d8c581258fd5" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5ff919c0-1f7f-0947-af82-d8c581258fd5/c7ade41e-a5ef-42d7-9686-f997c1d9af34_720.png" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7a6e3a85-c2a3-3e42-8300-130907b5e6a4" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a6e3a85-c2a3-3e42-8300-130907b5e6a4/2560d889-4533-4778-96ce-eafe1589a07b_720.png" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/766593a5-046e-2b47-84d5-dc37bbb8e83a" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/766593a5-046e-2b47-84d5-dc37bbb8e83a/daad0e39-d251-4c26-812f-d4518c413536_720.png" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/be11e1ee-9c9d-6349-88f3-ff8c09821f27" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/be11e1ee-9c9d-6349-88f3-ff8c09821f27/da02f98e-988b-422a-9463-e9997fa90f36_720.png" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1d7dd42f-323d-a84d-a613-bd12e007f361" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8c98c5fc-45ca-a04e-8c37-b5e6cf791922" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8c98c5fc-45ca-a04e-8c37-b5e6cf791922/63ad7a9b-6276-4187-8793-656a8320133c_720.png" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/991577e4-12bc-5348-8e2b-6c88012ba980" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/991577e4-12bc-5348-8e2b-6c88012ba980/d193b591-915e-4943-9602-fea4a38b8f26_720.png" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/24fd290f-ce14-0d40-b2f9-3c1e03881600" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/24fd290f-ce14-0d40-b2f9-3c1e03881600/b24da231-4c3f-4ae1-ba4f-a457e76df2b6_720.png" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f6ca4fbd-91a9-ee43-a509-4017c727e764" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/75d03c5d-ecc8-2b47-b0c4-16391a2244c6" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/75d03c5d-ecc8-2b47-b0c4-16391a2244c6/b1b31b6a-836e-4a80-9ffe-e3af3015602c_720.png" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d819e130-91ad-4f4c-b46e-76776caecf74" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d819e130-91ad-4f4c-b46e-76776caecf74/69f5913f-6a9d-446c-b366-4d513933f282_720.png" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/448a7e93-2846-7145-93c5-9f916f6fbacf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/448a7e93-2846-7145-93c5-9f916f6fbacf/20612bf2-325b-4d65-883a-cc14bfdd1e42_720.png" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5d7e2986-3367-6046-956d-242b5fb0d955" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d7e2986-3367-6046-956d-242b5fb0d955/2fc0e84e-36a5-4151-8146-76ffc786767a_720.png" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8596cadb-d09c-9042-9b0f-80fe6423e5e5" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8596cadb-d09c-9042-9b0f-80fe6423e5e5/fe1cf91b-401c-4073-b5a0-5be6b3d9e5ab_720.png" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e0f6a7b9-2bd2-f445-8102-927478e4375a" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e0f6a7b9-2bd2-f445-8102-927478e4375a/07e8a360-fc50-44f2-af67-5bcd406f9c98_720.png" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0d7c043c-9901-2c46-b93e-d6c88a613a2d" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d7c043c-9901-2c46-b93e-d6c88a613a2d/6863b1f0-a987-4020-ba47-623dec8e1151_720.png" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d24559ee-18d0-7e4c-8d94-1191dddbf903" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d24559ee-18d0-7e4c-8d94-1191dddbf903/3a2c785f-5a26-4b88-9d05-1ada714cf6bf_720.jpg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b28c16b0-5ed2-104e-9e6e-f3d3cf961d2f" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b28c16b0-5ed2-104e-9e6e-f3d3cf961d2f/a83930f6-1ac1-47d3-9047-b4a5a2dbd195_720.png" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/199cea3b-c228-7d4b-90ba-ce936ce3ef78" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/199cea3b-c228-7d4b-90ba-ce936ce3ef78/ae70c2de-e63b-4b7d-9d6a-110ef2e1020e_720.png" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/08018157-1abb-a04f-bd19-c74d90114ca7" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/08018157-1abb-a04f-bd19-c74d90114ca7/27c714d3-fdc6-4746-b79d-4dbd9a4ab03b_720.png" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/610e59bd-0fc3-9c45-ad77-8c2c25e19604" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/610e59bd-0fc3-9c45-ad77-8c2c25e19604/6e8793b2-0579-4d05-8f41-bc56fbe864e1_720.png" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/04a5f20c-78d9-b94e-b6f5-63c1ab845a87" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/04a5f20c-78d9-b94e-b6f5-63c1ab845a87/c11f5170-099e-4cf0-9d31-6fa223f1fa33_720.png" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2bec98b2-3474-2b4e-bfc5-2961f6f15172" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2bec98b2-3474-2b4e-bfc5-2961f6f15172/ac46e0a9-05eb-4002-95dd-946d08fe3010_720.png" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d97cb6eb-9168-2a4b-8464-a4fed4c336a1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d97cb6eb-9168-2a4b-8464-a4fed4c336a1/6cca293a-daf3-4917-af5e-2b42dd096ee7_720.png" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/52373b41-4e1e-a949-809f-2df4906235b7" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52373b41-4e1e-a949-809f-2df4906235b7/45317827-4f30-4ef4-94ba-09242a81dc55_720.jpg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3c53ea58-ae06-fc48-bff8-f84005d49fb5" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3c53ea58-ae06-fc48-bff8-f84005d49fb5/d66adf2f-9cd2-4099-9f22-f0bb33a57c4d_720.jpg" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e76de223-2089-5849-bfb4-939889a1e507" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e76de223-2089-5849-bfb4-939889a1e507/c28c924e-e030-482c-a120-f29acd6a4f7b_720.png" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/69bc444e-c9bb-274b-9e6f-51800d7a2058" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69bc444e-c9bb-274b-9e6f-51800d7a2058/eeeac4f1-fbc2-43bc-8e33-b02e66daf995_720.png" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a8224e83-3726-f543-b77a-913334ed684f" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a8224e83-3726-f543-b77a-913334ed684f/1e3a8cdd-10a5-485d-a50c-20467dc16728_720.png" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7c21e9c2-e639-f14b-b62d-d9c419895958" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7c21e9c2-e639-f14b-b62d-d9c419895958/b2350f68-70d2-4d43-96e6-00e145c64daf_720.png" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7f9556c3-c616-b443-83b0-acd6286d6ec9" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f9556c3-c616-b443-83b0-acd6286d6ec9/aa7054b9-ea60-4c35-8283-a483cdabb1e1_720.png" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/504c4544-7fc8-6142-bb79-e912fb9ef93e" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/504c4544-7fc8-6142-bb79-e912fb9ef93e/21b0cde7-605f-4db3-afee-05703ee2feb2_720.png" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7a31ea67-39a9-aa4b-8cc0-bc91ae8ce3e2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a31ea67-39a9-aa4b-8cc0-bc91ae8ce3e2/ce3c24dd-4e23-4246-afb1-1239303aa942_720.png" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bbf82090-f41c-ec43-8cfb-d994c4b795da" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbf82090-f41c-ec43-8cfb-d994c4b795da/a4d0cf41-f9c6-4919-b882-a35daef17ece_720.png" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/80966b65-67f1-7b49-91d6-7278aad5a2e8" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/80966b65-67f1-7b49-91d6-7278aad5a2e8/fb1d4ca9-8c11-4082-96a2-d9b55d4ce7f0_720.png" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2e25f12b-591a-864e-85a9-f0f0966618df" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2e25f12b-591a-864e-85a9-f0f0966618df/d292e10c-fd08-44b2-a01a-73f9808b26ed_720.JPG" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f968ca26-ed78-954a-9a86-d98555d5a2bd" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f968ca26-ed78-954a-9a86-d98555d5a2bd/f24f3ea8-3954-449c-b17c-d02619364432_720.png" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e32553a8-adcc-af4c-b384-9e4a19a69736" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e32553a8-adcc-af4c-b384-9e4a19a69736/93d7de10-0ac7-4f0f-b5f7-26a5a8f1c6b9_720.png" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d9c54838-19bf-394c-ac1e-5135309ae018" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d9c54838-19bf-394c-ac1e-5135309ae018/d49762c7-b0ee-46f2-a640-375014d6c350_720.png" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8ec11b60-e321-c54b-859b-d1623c995362" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ec11b60-e321-c54b-859b-d1623c995362/7617ee3c-9885-436e-acb2-fd241bf91505_720.png" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b3c3dccf-7557-464d-b87a-ed5cba219d5d" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b3c3dccf-7557-464d-b87a-ed5cba219d5d/da47f696-a81b-40ba-a8c2-1d1f334942cc_720.png" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/787daa26-2d94-824a-9a12-e3590b9129f8" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/787daa26-2d94-824a-9a12-e3590b9129f8/7f4719f4-e9dc-4b13-abc1-c27c35fb8466_720.png" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ce30e3c4-ab67-9244-b84e-f6b00fc2caa1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ce30e3c4-ab67-9244-b84e-f6b00fc2caa1/f30c031c-eeda-48e5-8f67-34e3cae8932a_720.png" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/34683c73-d26b-c845-9984-42eb445f3775" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/34683c73-d26b-c845-9984-42eb445f3775/3aa1c76b-5e35-4b73-83de-f06ce2ecbc92_720.png" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dc9e7239-e265-a044-adf3-f59442ba20d2" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc9e7239-e265-a044-adf3-f59442ba20d2/63330626-b31b-4826-ad28-f6aec4ed9ac4_720.png" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/921e451e-dd3d-8a49-bc35-ef8fdac199e3" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/921e451e-dd3d-8a49-bc35-ef8fdac199e3/e1ccf71d-bca2-4f73-bec1-c2ae730e5c8f_720.png" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9c554dcb-4592-a04f-94aa-511fa9f596fa" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9c554dcb-4592-a04f-94aa-511fa9f596fa/7d6cffe5-14b8-4c34-ade0-536c45b9d50e_720.jpg" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e8254663-b210-6444-81df-aa53b06db647" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a44de598-0a43-364c-856f-1a0e0819e794" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cc1f57b7-4d3b-574f-b362-6735b78e46b7" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cc1f57b7-4d3b-574f-b362-6735b78e46b7/c11c0ba7-6e16-410d-9404-fb327204302d_720.png" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a867e4c1-0916-c748-beb2-a66df088db93" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a867e4c1-0916-c748-beb2-a66df088db93/c652842e-e3f4-4e35-9635-7e877f980372_720.png" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2332a576-256a-d545-bee2-eb0e156f7f19" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2332a576-256a-d545-bee2-eb0e156f7f19/ab0f24d7-4535-499d-8232-f3175fe61858_720.png" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0e907c43-1909-e447-b650-611f8f2cba89" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e907c43-1909-e447-b650-611f8f2cba89/2c6cfd66-b9f3-4c18-b80c-8394411a0be2_720.png" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6ad3d0b9-7005-e44f-97d9-251cc09b3cc3" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6ad3d0b9-7005-e44f-97d9-251cc09b3cc3/fd679186-57f2-4690-a0de-4eb1a58a232f_720.png" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b53fd27b-b4a2-5842-8b03-3baae2e1d439" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b53fd27b-b4a2-5842-8b03-3baae2e1d439/58c0effe-ec42-4858-aac4-afe384d3f0d3_720.png" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a0f8e54c-1f8b-0d49-bc6d-08ce0bc166ae" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0f8e54c-1f8b-0d49-bc6d-08ce0bc166ae/a418d6b1-41c4-463e-acb6-a5c34a12a435_720.png" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2d050737-9c9e-9c4b-9fda-8eeba6c7cf54" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2d050737-9c9e-9c4b-9fda-8eeba6c7cf54/f597ab2f-2a5e-453c-98d1-0cc4602abfac_720.png" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/00d317a9-0d8a-5543-a5e2-b3df73c95fff" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/00d317a9-0d8a-5543-a5e2-b3df73c95fff/3b6fab14-18d0-4277-91e6-10eb9eda1210_720.png" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ad86a8a8-e206-9b4e-b496-71928d1bd28b" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad86a8a8-e206-9b4e-b496-71928d1bd28b/d2e412d2-65f7-4977-8b0d-3a5639b991bb_720.png" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e8f83011-dd16-0b4c-840b-806aa4ab88f2" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8f83011-dd16-0b4c-840b-806aa4ab88f2/340d3ae6-8d08-49f1-8bc9-0521271f24e6_720.png" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3ee0afe1-2b32-d84b-82c6-226793bf7ebd" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ee0afe1-2b32-d84b-82c6-226793bf7ebd/33387f7e-9cdc-4b3c-9641-5a29e9977897_720.jpg" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6cf2266a-0011-9e47-827a-1d058bfd6fd7" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6cf2266a-0011-9e47-827a-1d058bfd6fd7/eb099ad7-6799-4be9-9d74-43db70c1277d_720.jpg" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/542160cf-94c1-774f-b630-619349a26444" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/542160cf-94c1-774f-b630-619349a26444/c1523951-b404-417b-8b17-3b834e1e3091_720.png" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/eda427aa-138e-e643-a29e-35a0b12f2134" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/eda427aa-138e-e643-a29e-35a0b12f2134/478552d2-e9f6-47e3-82af-154c4f935218_720.png" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1d5dae83-b40b-2549-b5ac-d0bab59bce08" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1d5dae83-b40b-2549-b5ac-d0bab59bce08/e3daafc3-e5cb-456c-a10d-82ea6549ec2f_720.png" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3ab2d302-8524-4b4a-862d-054530a201b2" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bd906c5f-5fb7-3646-b7d5-c0c22301add9" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd906c5f-5fb7-3646-b7d5-c0c22301add9/135e2ba3-5be7-4397-a1d8-38732685eee1_720.png" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/30594430-d4bc-6d4d-bd0c-cee028ec0e17" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/30594430-d4bc-6d4d-bd0c-cee028ec0e17/7635b4f4-2432-42ac-b88f-beb96e4e1b89_720.jpg" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4e1f3d2a-9c49-3742-aad1-3be0a8759646" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4e1f3d2a-9c49-3742-aad1-3be0a8759646/d7c2e2ca-d14c-420f-b5bf-f0e773e5efb2_720.jpg" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/20b197ab-44be-7b40-86d1-b7c9aed832b6" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/20b197ab-44be-7b40-86d1-b7c9aed832b6/d35787af-78d1-44ab-875c-5e68fd175aec_720.png" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/247f5f17-a9f8-7744-930c-e815b712b003" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/247f5f17-a9f8-7744-930c-e815b712b003/607e2eb5-ca2c-4fe4-a73f-604728aeacf9_720.png" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9b1b196f-2adb-374b-bc3f-6148f3598c06" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9b1b196f-2adb-374b-bc3f-6148f3598c06/778a274f-3886-41e7-a3fe-7b9a52373b99_720.jpg" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8b232d54-3f7f-0d48-ad0f-751d249aa0ca" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8b232d54-3f7f-0d48-ad0f-751d249aa0ca/71e42c9d-17c4-4e1f-a175-d39b9b769dad_720.jpg" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/316c797f-88bb-0046-9e42-d44cba0fb437" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/316c797f-88bb-0046-9e42-d44cba0fb437/f3d37fc0-ad01-4266-ad51-655f8c6c0a19_720.jpg" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2ac25543-3039-9a44-a1e5-f807260ebe93" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ac25543-3039-9a44-a1e5-f807260ebe93/9e24a381-2fdc-41ad-9f35-0ec628771e64_720.png" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ca006a31-acd9-8143-9e85-38c3070039ee" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ca006a31-acd9-8143-9e85-38c3070039ee/61c0cee7-b835-4907-bbab-a47c7bfe96c3_720.jpg" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e5af0ffb-6fba-b24c-a9ba-1395930710d2" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e5af0ffb-6fba-b24c-a9ba-1395930710d2/b8ae92a9-8f75-4e11-ac7f-a1d739263bdd_720.png" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3ba181ce-5848-ef4c-bbd8-9cee0fb93b64" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ba181ce-5848-ef4c-bbd8-9cee0fb93b64/b3556c0e-80e6-4cc8-b3ba-06a8d9cee693_720.jpg" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/97f159b5-4734-7449-ac6c-31b0f7781814" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/97f159b5-4734-7449-ac6c-31b0f7781814/9c3f55c3-9bae-40ac-a1f9-8cf07e81e758_720.png" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a4706274-48ff-4641-b448-9bb3b8457aa7" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a4706274-48ff-4641-b448-9bb3b8457aa7/f89f81a0-1b12-4616-a47d-a0eb8bd18e41_720.jpg" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d912a79d-a0dd-8247-8828-c9582117a053" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d912a79d-a0dd-8247-8828-c9582117a053/a9f0183e-9c3a-4eea-aace-93d26d45819f_720.png" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/88862d6a-cc8f-8241-9465-7e30b433a4f2" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/88862d6a-cc8f-8241-9465-7e30b433a4f2/fe0b6dc7-b3dd-4ce4-9355-ec61e5fea5ac_720.jpg" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7f1aa593-e3cc-9949-a310-0a7ae54f617e" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f1aa593-e3cc-9949-a310-0a7ae54f617e/ed60b2fe-819b-486f-90c0-02e86dff22a6_720.jpg" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/09c859d5-1ae3-f64a-b79b-e880b82db491" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/09c859d5-1ae3-f64a-b79b-e880b82db491/ed7e52f5-9d97-4346-b43c-686bfc0b923c_720.jpg" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fc5d57f1-8e48-a240-a8c0-d30aa9287da2" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fc5d57f1-8e48-a240-a8c0-d30aa9287da2/0ddf7dcc-47cd-4559-a70c-1dfef3c13c54_720.jpg" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4df447e1-df45-694c-a40c-a2313167c7bb" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4df447e1-df45-694c-a40c-a2313167c7bb/2cf8ce06-9d74-4066-bfbe-2951ae1967fc_720.jpg" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8329c249-9e59-554e-9aca-bcd861fe0209" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8329c249-9e59-554e-9aca-bcd861fe0209/157d078f-15a8-40f2-9ddb-7b7477bdf278_720.jpg" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/39f54fcd-cfc8-fb4a-863b-56af335e8633" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/39f54fcd-cfc8-fb4a-863b-56af335e8633/982a26a1-ca6b-4d51-b179-c207f68832cd_720.jpg" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fb3f225f-996e-594f-a6d0-6308e7b8d3e0" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb3f225f-996e-594f-a6d0-6308e7b8d3e0/f81c7994-d123-4cf4-8f9f-6840e616ac6e_720.jpg" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a10f785a-898e-e84d-9746-ff7c414284b0" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a10f785a-898e-e84d-9746-ff7c414284b0/898a6991-8963-4d38-b63e-540dbd239b3e_720.JPG" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8c7a1b51-fce5-c444-a9d6-3d19423199b7" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8c7a1b51-fce5-c444-a9d6-3d19423199b7/22aa2836-c067-4717-96bb-220314b1440a_720.jpg" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8e95df93-c63a-5d44-b2e5-116de055f5db" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8e95df93-c63a-5d44-b2e5-116de055f5db/037f384a-e09b-46ac-8605-284bfab15919_720.jpg" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/168bde18-06ee-404a-8d21-97f4b3fcc0a2" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/168bde18-06ee-404a-8d21-97f4b3fcc0a2/8b19f77f-a018-4aac-9613-e5cdc63f7958_720.png" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f090fca8-83d4-d14a-9f11-b6d29ff15e2d" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f090fca8-83d4-d14a-9f11-b6d29ff15e2d/07ec968c-4cf6-42e3-80de-4aeecd1cd38f_720.png" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b05cef48-6893-3f4f-a865-fa41a710658a" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b05cef48-6893-3f4f-a865-fa41a710658a/86229451-f076-4e48-b71f-a5b16991b0d1_720.png" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d5403f18-ccc8-8e43-aa34-ce3cf2c3bdd1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d5403f18-ccc8-8e43-aa34-ce3cf2c3bdd1/6a35314a-8a62-420a-a1c2-b0f4c41c713a_720.png" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/80bc3ac7-6b17-e846-97d7-ff31517dc74e" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fed1d8b5-d5ea-8244-ad85-8bf0053c00ed" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fed1d8b5-d5ea-8244-ad85-8bf0053c00ed/0e6e0208-3c8f-4e77-b6db-446ed9023a6b_720.png" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/37096d05-44c0-7242-818d-c161ecfdc9fa" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/37096d05-44c0-7242-818d-c161ecfdc9fa/b9a0e798-4a92-48e8-8336-d8e9449c1256_720.png" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0b3f8808-15fe-9b42-b30d-038552c39bd3" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/26fab365-1b6c-c94f-ac4d-0c7f899e33ef" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d55525f0-3774-2844-bf8a-fd80ce6226d4" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/25bc1521-c37a-2b4b-8039-d7baac75ea34" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/25bc1521-c37a-2b4b-8039-d7baac75ea34/ff7a63ff-eaba-479a-a6ad-7e11f87b2c4f_720.png" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b5b6349f-7848-3341-aaeb-1bff2692ea34" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5b6349f-7848-3341-aaeb-1bff2692ea34/7c052d5e-8e77-4798-91d3-eaca70a81d43_720.png" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d9105f3e-3466-3e46-8274-330169dc1edd" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d9105f3e-3466-3e46-8274-330169dc1edd/6268243d-67df-4da8-883d-29a4d4767d9f_720.png" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4794ccf6-27f3-5c48-8998-2fe23ebb6c59" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4794ccf6-27f3-5c48-8998-2fe23ebb6c59/27362500-4590-4831-a0ab-473d5951c947_720.jpg" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e172da39-a34c-8240-bf2e-8eb438bf6a52" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e172da39-a34c-8240-bf2e-8eb438bf6a52/fc42999f-ead3-4d7c-9a00-8a0b096fb8d4_720.jpg" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b984feb3-964b-934c-bba9-d9782b8b0f1b" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b984feb3-964b-934c-bba9-d9782b8b0f1b/a720d762-e76e-42d9-9712-c6956975aff5_720.jpg" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/75889529-a887-c34f-8c52-6b1577cc9b72" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/75889529-a887-c34f-8c52-6b1577cc9b72/beb6065f-cb73-46b1-9c8d-87c081e7f5c7_720.jpg" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a0f08dee-b301-ec4d-a18b-d3510c491fd0" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0f08dee-b301-ec4d-a18b-d3510c491fd0/0663ba3f-a99a-4fb8-9d00-64060beab66b_720.jpg" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/10199b67-b17b-ec42-804d-34ac6f615f80" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/10199b67-b17b-ec42-804d-34ac6f615f80/2179417d-9824-41c5-82b7-154cbe520469_720.jpg" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d665da8e-9754-a442-aa49-608c28a9d226" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d665da8e-9754-a442-aa49-608c28a9d226/2567d54e-bb1c-4a2d-bc00-2dde94d9f01a_720.jpg" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6fb24e6c-e73f-7a4b-bf8c-2bf7bff0ca18" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6fb24e6c-e73f-7a4b-bf8c-2bf7bff0ca18/0025c4bf-943f-4311-a481-6baa8ee021e1_720.jpg" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/52074a33-e3c6-464b-a647-254edafc4176" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52074a33-e3c6-464b-a647-254edafc4176/a9e848fc-b11c-4e11-b79d-c4449cf04bc0_720.jpg" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/78978dcd-3bd0-bc47-8750-8bf146e097d9" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/78978dcd-3bd0-bc47-8750-8bf146e097d9/1b2949b6-57f0-4376-897e-fa356b402706_720.png" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d5e3570f-7f6c-4544-8eff-e613c39885f4" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d5e3570f-7f6c-4544-8eff-e613c39885f4/3b9c3e3c-779e-48fc-b454-4425901fd39d_720.png" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2ca4ae4d-bc08-8f47-ad18-71bcb714e21a" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ca4ae4d-bc08-8f47-ad18-71bcb714e21a/9f06ea34-8d6f-4a6e-be36-a7265ac5e936_720.png" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f7680573-22f2-9a4f-a817-e11989802c25" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f7680573-22f2-9a4f-a817-e11989802c25/7d9da045-70db-40a6-95ad-6d2e4e1383b1_720.jpg" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e4b15305-b5b3-7442-abef-7a630aecb5b0" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4b15305-b5b3-7442-abef-7a630aecb5b0/3a68f8d7-baea-4553-bbb4-5810e5ba0db3_720.jpg" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d19cb67a-c420-884e-bef2-3c64bc1324ae" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d19cb67a-c420-884e-bef2-3c64bc1324ae/869318ab-395f-4435-8c8f-a3539e38d668_720.png" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fde1733f-9d05-b34f-bc6b-c21c842405bb" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fde1733f-9d05-b34f-bc6b-c21c842405bb/0e0b8eab-5b4e-414a-9733-230cf2d18e84_720.png" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/010a749d-763b-ab48-b2a3-7e538c589282" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/010a749d-763b-ab48-b2a3-7e538c589282/8d5b223c-d59e-4af2-831d-a409a9fa5025_720.png" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/892afdcf-d479-0142-ab3d-da2fa49abb49" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/892afdcf-d479-0142-ab3d-da2fa49abb49/aa07017e-c1e1-4b5d-9eea-355e57ebf589_720.png" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a0218d1e-0ead-b147-85bb-7271d40e7fd1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0218d1e-0ead-b147-85bb-7271d40e7fd1/30bd5e1a-f0b6-4295-b22e-7282a3f85aa0_720.JPG" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0da03c8f-a591-754a-a90b-a8edcfd44dc8" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0da03c8f-a591-754a-a90b-a8edcfd44dc8/136103cb-04f7-493a-a85b-f56352891e5c_720.jpg" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cb424ba7-4463-5144-a647-a97a96d154cc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cb424ba7-4463-5144-a647-a97a96d154cc/bd066925-737f-46c2-8433-fa616c92dbea_720.JPG" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/257ef49d-7e7d-7e4d-aa9b-f6958f2b0c77" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/257ef49d-7e7d-7e4d-aa9b-f6958f2b0c77/d3055be2-9415-4891-8838-1b42fa644ba1_720.jpg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/17190e15-4f29-cc4a-a50a-b0b4cd68ed51" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17190e15-4f29-cc4a-a50a-b0b4cd68ed51/ce85fed6-a48c-4d05-9605-1abfc3e210fe_720.png" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/baa49e60-85bf-a24f-a8b5-a1194dcbbfff" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/baa49e60-85bf-a24f-a8b5-a1194dcbbfff/0b630a2a-8904-4d08-9091-9bf80248d00c_720.png" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3d129c39-f838-d64f-a73d-f6d05f6c5fb2" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3d129c39-f838-d64f-a73d-f6d05f6c5fb2/23a18ebb-d860-4442-88ca-167bc151a03b_720.JPG" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dfe4906c-78b7-ac47-a774-e428ce3d610c" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dfe4906c-78b7-ac47-a774-e428ce3d610c/6ad3542d-1ea2-4048-a722-df60da3c6a2d_720.png" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/974aedff-0ee7-c64c-a974-b1733385b457" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/974aedff-0ee7-c64c-a974-b1733385b457/3c33d988-3580-4661-a8d1-ed999066e895_720.png" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b23c8c26-7525-7646-8174-11e51a05a831" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b23c8c26-7525-7646-8174-11e51a05a831/e5671dd0-9c76-4667-9acb-0488c456ebb0_720.png" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d80bfebf-6af5-604d-813d-4477c5a448f3" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d80bfebf-6af5-604d-813d-4477c5a448f3/1872cbcd-3115-466d-863c-6ed321ec460b_720.png" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4dcd268a-5fb9-fb47-bad2-df94a3d4cb19" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4dcd268a-5fb9-fb47-bad2-df94a3d4cb19/670972cf-07ff-4b19-8c09-dfe863dbf53d_720.png" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/11db0c94-8a84-7749-9403-54a1751b3481" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/11db0c94-8a84-7749-9403-54a1751b3481/12165c50-6319-42ba-a7b7-7f6fcac9ac53_720.png" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7fff1bbc-079b-a744-a3ae-07a7880b22ac" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7fff1bbc-079b-a744-a3ae-07a7880b22ac/9d2dbf36-c24b-47ff-a4b3-a49f96389f35_720.png" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4bc1e0b1-5fbd-2f4c-8b99-297b27521458" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4bc1e0b1-5fbd-2f4c-8b99-297b27521458/e9299a95-4bf4-4123-b99d-f4f862a23e31_720.png" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3fe0f6cf-b511-9049-bd4c-f068bb019303" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fe0f6cf-b511-9049-bd4c-f068bb019303/21ed92da-564d-4390-b665-66e7677ab97b_720.png" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/73cff146-e8c8-da46-b5f2-e15d4d6752ae" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/73cff146-e8c8-da46-b5f2-e15d4d6752ae/ead56434-c452-40dc-a82c-527298d04cb5_720.png" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/eda08e87-3f15-b24c-a14e-511993f6b4eb" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/eda08e87-3f15-b24c-a14e-511993f6b4eb/92afd6b8-21ad-473b-9e21-1f6586d31f5f_720.png" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9559fc94-25a7-9344-b496-3701945470e1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9559fc94-25a7-9344-b496-3701945470e1/8c7f6065-3e76-41b9-98bf-f9684376c297_720.png" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/13d5da37-fa9f-df43-8524-118452d17000" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/13d5da37-fa9f-df43-8524-118452d17000/bcf073bb-e43c-4a0f-a742-f5948e680b3e_720.png" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bac39709-3a2c-8141-971a-b1a5193a9726" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bac39709-3a2c-8141-971a-b1a5193a9726/64aa2485-d691-4d10-8c9a-77a64a5b2302_720.png" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/26fd6ad0-911f-2640-9eaf-48e4e8d7f943" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/26fd6ad0-911f-2640-9eaf-48e4e8d7f943/77431c68-e56b-4a01-95e3-44d8ba7407be_720.png" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/841b067f-02f2-aa40-9fe7-feb1865ba0a4" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/841b067f-02f2-aa40-9fe7-feb1865ba0a4/1221015f-2ab1-4588-b260-6385402398f2_720.png" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5e53b4f1-6a89-584c-8fc7-bb49629f9a64" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5e53b4f1-6a89-584c-8fc7-bb49629f9a64/4c52ab74-940e-45b9-86a5-a491ae2893a6_720.jpg" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3fb8fac8-f213-b845-8965-5276d8920696" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fb8fac8-f213-b845-8965-5276d8920696/e3a2089b-b456-4f23-b821-188f56bc54a9_720.png" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7afd47fc-fee5-594a-84a0-e9f8d174d07c" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7afd47fc-fee5-594a-84a0-e9f8d174d07c/c0c545d3-ca6f-4f3f-a3af-591f6965af6e_720.png" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c17d65ae-edf7-6245-bd77-5ea63fe95180" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c17d65ae-edf7-6245-bd77-5ea63fe95180/e3a2089b-b456-4f23-b821-188f56bc54a9_720.png" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/23d07da7-5ce2-3b41-ae0c-e9df95c6bc9d" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/23d07da7-5ce2-3b41-ae0c-e9df95c6bc9d/c0c545d3-ca6f-4f3f-a3af-591f6965af6e_720.png" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2cef9908-d0df-6d43-9c0b-a9a13c857abf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2cef9908-d0df-6d43-9c0b-a9a13c857abf/b78ae1e2-b699-4a0d-9580-11cc6e42facc_720.png" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3e3e1c35-d01a-5e4f-9a46-95efd7f414e8" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3e3e1c35-d01a-5e4f-9a46-95efd7f414e8/72f09cc7-8187-4e91-9b9a-475d9fe4c8d0_720.png" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bced193f-741d-8e47-aeff-e335b5184a20" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bced193f-741d-8e47-aeff-e335b5184a20/bf367979-e043-4ca3-97fe-7928687207fe_720.png" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8d1b4a79-c6b8-464a-9d5d-f758c3bbfbe2" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8d1b4a79-c6b8-464a-9d5d-f758c3bbfbe2/ab81c742-dc24-413a-b428-8366b67e6c83_720.png" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/55e12a3a-f9bc-f64b-bb90-4a87faf02d36" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/55e12a3a-f9bc-f64b-bb90-4a87faf02d36/1be80ea3-255b-41d6-aed9-37b633da3dcf_720.png" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6ca3fed4-154d-5a41-9055-f4513510df25" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6ca3fed4-154d-5a41-9055-f4513510df25/32001009-5571-4fc4-83c4-6d72bef06cde_720.png" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e3084e44-dce9-da46-9608-bef8c3ae2618" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3084e44-dce9-da46-9608-bef8c3ae2618/1be80ea3-255b-41d6-aed9-37b633da3dcf_720.png" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1b7b8ea4-57e5-664b-9589-8baa0b328825" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1b7b8ea4-57e5-664b-9589-8baa0b328825/8929f579-30aa-4800-9478-11f8efd857b8_720.png" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e4c21004-3598-af47-9270-2d7ea5dff67e" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4c21004-3598-af47-9270-2d7ea5dff67e/007cead7-96be-4561-b7a8-4812d82c1ddf_720.png" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/61ef7054-09b2-9948-96bb-20f97740ff32" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/61ef7054-09b2-9948-96bb-20f97740ff32/1ec8db4c-a298-4664-8597-840e48e252f2_720.png" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fa293159-def7-1540-9a18-f9b987b80ce2" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fa293159-def7-1540-9a18-f9b987b80ce2/331ecee3-8918-4e51-b09d-cf7d43ebca23_720.jpg" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/63fb9369-4367-d243-9421-36812c9facdc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/63fb9369-4367-d243-9421-36812c9facdc/94a5ec4f-386c-4dd0-bedc-aedea422cc6c_720.jpg" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5f0026fc-5fed-4e45-a043-26f6f379e342" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5f0026fc-5fed-4e45-a043-26f6f379e342/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fd36ed9d-547d-9643-a9c3-6d7909e1f994" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd36ed9d-547d-9643-a9c3-6d7909e1f994/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/48efff75-491c-7341-8977-0cd9e8a7801a" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/48efff75-491c-7341-8977-0cd9e8a7801a/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ab613dca-8ecd-c644-9e09-931569608af8" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab613dca-8ecd-c644-9e09-931569608af8/8a1a2203-c0be-4407-a795-b373acba6610_720.png" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/77c52340-3ddc-604f-b6d7-0bd681d21ed0" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/77c52340-3ddc-604f-b6d7-0bd681d21ed0/8a1a2203-c0be-4407-a795-b373acba6610_720.png" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c9208dec-7449-0241-a01d-d42365b990f2" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9208dec-7449-0241-a01d-d42365b990f2/1da6f2c1-4b0c-40ce-923b-f5ccd60189e6_720.png" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/69bfbdf2-c753-2045-a7f2-8370ce802f40" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69bfbdf2-c753-2045-a7f2-8370ce802f40/60f9fd9b-44f0-4373-9985-1cffef6b2110_720.jpg" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d4992d0f-15b7-8444-85ab-160c567a4c52" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d4992d0f-15b7-8444-85ab-160c567a4c52/fb44929e-981d-42a0-8e65-801c519e2c10_720.jpg" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/19ac255e-37d3-4d4e-b1de-e4929c4eda78" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/19ac255e-37d3-4d4e-b1de-e4929c4eda78/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/05cd30ad-4ced-db42-a671-b53dd2ad1072" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/05cd30ad-4ced-db42-a671-b53dd2ad1072/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b35b14af-f0be-d143-b041-75907835c2a1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b35b14af-f0be-d143-b041-75907835c2a1/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cc592f3d-c266-1640-bda3-06cc24df5b25" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cc592f3d-c266-1640-bda3-06cc24df5b25/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0b478b85-b1ee-d847-ad77-5006fb4019be" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0b478b85-b1ee-d847-ad77-5006fb4019be/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0be863e4-5829-f84d-b565-aefd945f47c7" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0be863e4-5829-f84d-b565-aefd945f47c7/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5695e851-dc17-9448-96fe-da479ce17e43" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5695e851-dc17-9448-96fe-da479ce17e43/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0dfc1f51-f59e-4d4f-bb04-00b62c8b363f" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0dfc1f51-f59e-4d4f-bb04-00b62c8b363f/f77e68bc-f09e-4835-9008-d50298171960_720.png" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/12e1efd2-37b0-c448-b862-0b7b2484bed8" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/12e1efd2-37b0-c448-b862-0b7b2484bed8/8e55a59e-70ea-44e4-9ece-89a6be39b3fe_720.png" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/58a66542-9453-fb41-8534-14c22f456190" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/58a66542-9453-fb41-8534-14c22f456190/ecb03f19-8c7d-415c-9f9f-f6d17b31ffc4_720.png" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6b10fc33-7ccf-ed4d-bf0a-24a5382b6af4" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b10fc33-7ccf-ed4d-bf0a-24a5382b6af4/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c9bcd2fc-960b-f947-bb61-6f54076ed4e0" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9bcd2fc-960b-f947-bb61-6f54076ed4e0/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/71dde2ff-17d6-c347-b5e4-473df7991b02" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/71dde2ff-17d6-c347-b5e4-473df7991b02/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9b4247b6-ab4e-404a-982a-5d6e2ffa48c4" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9b4247b6-ab4e-404a-982a-5d6e2ffa48c4/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5be51143-1f7b-4340-a72e-b1e32ba49f38" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5be51143-1f7b-4340-a72e-b1e32ba49f38/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e0177207-fca1-8047-8573-54dafea301ec" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e0177207-fca1-8047-8573-54dafea301ec/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/46f8f220-5b11-de46-a5fa-13eece976b79" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/46f8f220-5b11-de46-a5fa-13eece976b79/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a8ccd941-01aa-1f41-a3de-318c8b709368" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a8ccd941-01aa-1f41-a3de-318c8b709368/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/aee0be4d-1a51-7449-b3df-458cbfbaea41" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aee0be4d-1a51-7449-b3df-458cbfbaea41/f77e68bc-f09e-4835-9008-d50298171960_720.png" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b317f80b-923b-d143-8f9d-05ea2432765c" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b317f80b-923b-d143-8f9d-05ea2432765c/8e55a59e-70ea-44e4-9ece-89a6be39b3fe_720.png" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a1ec8ede-6317-3246-8066-a14bf833ea28" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a1ec8ede-6317-3246-8066-a14bf833ea28/ecb03f19-8c7d-415c-9f9f-f6d17b31ffc4_720.png" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a077bdfb-7b4b-d244-b4a9-f0e7ca5d6218" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a077bdfb-7b4b-d244-b4a9-f0e7ca5d6218/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a16a5874-437a-2249-b5e9-24e258e942b6" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a16a5874-437a-2249-b5e9-24e258e942b6/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1e76d809-5395-3740-b12a-b28aa65c48cf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1e76d809-5395-3740-b12a-b28aa65c48cf/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/28f0350b-aecc-2f4c-97e6-ec6ab7344be0" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/28f0350b-aecc-2f4c-97e6-ec6ab7344be0/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8a3916c9-e9dd-a542-a4a4-57e259a48eb5" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8a3916c9-e9dd-a542-a4a4-57e259a48eb5/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/48f0c6c0-0b65-8f49-a565-84f06e928fd2" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/48f0c6c0-0b65-8f49-a565-84f06e928fd2/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/925131a0-5b2a-1f47-aff8-f8d0bc58f399" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/925131a0-5b2a-1f47-aff8-f8d0bc58f399/ee0eab97-05c0-463b-a83b-155ffdd0505a_720.png" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/70125764-a5f0-b94c-b6f1-3d9ac4690221" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cf037c76-5da5-3043-9163-9b277f407904" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf037c76-5da5-3043-9163-9b277f407904/03719694-49ca-41f2-94a1-a7c864ce83b7_720.png" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/be26e803-ffaa-cd4e-968c-2aba26d967eb" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/be26e803-ffaa-cd4e-968c-2aba26d967eb/dd636c19-4d3a-4c7c-b78a-8cb9f4f7000f_720.png" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b21fd3c8-88cf-d44b-a470-a57eca581bd4" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b21fd3c8-88cf-d44b-a470-a57eca581bd4/ee0eab97-05c0-463b-a83b-155ffdd0505a_720.png" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/55bed36f-8195-0b47-94c0-258ac8ded974" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dc395839-84d1-ce4f-9451-7c7c70ff48ed" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc395839-84d1-ce4f-9451-7c7c70ff48ed/03719694-49ca-41f2-94a1-a7c864ce83b7_720.png" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4b109569-e6ce-b046-9eb1-e7ec31f1556a" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4b109569-e6ce-b046-9eb1-e7ec31f1556a/dd636c19-4d3a-4c7c-b78a-8cb9f4f7000f_720.png" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6b121b82-b008-d148-8172-149104a7cf51" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b121b82-b008-d148-8172-149104a7cf51/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/549b6e8c-1599-7c40-96f1-7e5d0c3be16f" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/549b6e8c-1599-7c40-96f1-7e5d0c3be16f/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/23fd1837-f4ce-fe48-b511-4fd5869764fe" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/23fd1837-f4ce-fe48-b511-4fd5869764fe/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c6b4da0d-3a44-b842-8a6a-9f3bcd9f5888" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c6b4da0d-3a44-b842-8a6a-9f3bcd9f5888/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6494e73e-bdb6-ae41-9ab1-f81155db3386" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6494e73e-bdb6-ae41-9ab1-f81155db3386/45d070cf-e098-4c5b-a0ee-958858f7bb9d_720.png" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/584f3bcb-4b6a-234f-856c-07b3c7939a68" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/584f3bcb-4b6a-234f-856c-07b3c7939a68/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/598ddcfe-eda0-1a45-80d9-9d11dd50d0ed" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/598ddcfe-eda0-1a45-80d9-9d11dd50d0ed/9bc621cb-34f6-4058-91b6-c0beaa660fcb_720.png" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e08407f0-db9a-ed4c-af1d-51ca6ce5d294" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e08407f0-db9a-ed4c-af1d-51ca6ce5d294/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5a92420f-b3cd-5949-86c3-8837bfe325c3" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a92420f-b3cd-5949-86c3-8837bfe325c3/c20fbff7-abbc-4f66-929c-6cba2e5ff81b_720.png" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/83206a9d-a195-f448-896d-419eddc5b39c" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/83206a9d-a195-f448-896d-419eddc5b39c/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b74efedd-4dd7-f345-8329-7d37f8e48e01" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b74efedd-4dd7-f345-8329-7d37f8e48e01/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/95b3a70a-3b47-bc4e-b1f0-96139d44bcca" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/95b3a70a-3b47-bc4e-b1f0-96139d44bcca/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2db9f3ad-3e4c-a648-8abf-3358246508b4" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2db9f3ad-3e4c-a648-8abf-3358246508b4/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/02bcac7a-fdc6-7e4e-95c9-0a897b3ae09d" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/02bcac7a-fdc6-7e4e-95c9-0a897b3ae09d/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cf55e8af-1263-9244-b1b8-9c1a642e4139" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf55e8af-1263-9244-b1b8-9c1a642e4139/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/19cd03da-b4a8-ce47-8888-3b6f722b6f80" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/19cd03da-b4a8-ce47-8888-3b6f722b6f80/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b5062904-3275-9748-9050-ad7ede21b5f7" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5062904-3275-9748-9050-ad7ede21b5f7/45d070cf-e098-4c5b-a0ee-958858f7bb9d_720.png" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/300b32d6-5cc0-9a49-a66f-1884bca29915" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/300b32d6-5cc0-9a49-a66f-1884bca29915/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d198cdd6-ea63-4042-a48a-80f5ab05d6d6" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d198cdd6-ea63-4042-a48a-80f5ab05d6d6/9bc621cb-34f6-4058-91b6-c0beaa660fcb_720.png" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/93943ee8-8527-194b-be49-bf8e074052a6" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/93943ee8-8527-194b-be49-bf8e074052a6/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/165676f0-5917-a14b-b878-211c422e0e29" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/165676f0-5917-a14b-b878-211c422e0e29/c20fbff7-abbc-4f66-929c-6cba2e5ff81b_720.png" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/60dc4e75-4093-6542-9c12-9110d8ca7840" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/60dc4e75-4093-6542-9c12-9110d8ca7840/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/80c0b13f-1569-654a-bf97-c858dfdb9037" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/80c0b13f-1569-654a-bf97-c858dfdb9037/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/40f87553-c8dc-294f-b71d-82b077ce9d9e" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/40f87553-c8dc-294f-b71d-82b077ce9d9e/37993f43-c405-4d54-a062-65ece9bba7ad_720.png" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/92a0361c-2bbb-4943-8f41-570117b3d58e" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/92a0361c-2bbb-4943-8f41-570117b3d58e/37993f43-c405-4d54-a062-65ece9bba7ad_720.png" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/56f288ba-672e-6f47-9d39-b7ee34171d78" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56f288ba-672e-6f47-9d39-b7ee34171d78/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b05c63a0-1ec3-694e-8b16-596388c97406" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b05c63a0-1ec3-694e-8b16-596388c97406/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/402cabcd-7dda-c343-bf05-2c91e4828a6d" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/402cabcd-7dda-c343-bf05-2c91e4828a6d/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/77e34b67-fdef-9147-aa63-a0fb93d6ea8d" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/77e34b67-fdef-9147-aa63-a0fb93d6ea8d/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9685ccf4-e4a1-a243-b288-eb0e3cea6ea6" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9685ccf4-e4a1-a243-b288-eb0e3cea6ea6/8a0a625b-6568-4f82-9f0f-a29351fc8cbb_720.png" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e19790a4-6b1b-b148-823f-0874c946fe91" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e19790a4-6b1b-b148-823f-0874c946fe91/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fdac877c-6d13-5f42-8b68-e7020c369c70" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fdac877c-6d13-5f42-8b68-e7020c369c70/f7f6c1e4-8e9b-417e-9e69-c9a06faa22c1_720.png" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2633e4e2-b6c7-fc42-ad1d-86a924495a58" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2633e4e2-b6c7-fc42-ad1d-86a924495a58/8ea366fc-1da2-4325-a786-387812b526d0_720.jpg" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0d74043d-575d-6946-89e9-392bb89e0935" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d74043d-575d-6946-89e9-392bb89e0935/306155ff-f5c0-4fdd-bb01-e5dcd874690b_720.png" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/78666491-7f63-654f-a716-1f68da7e5d2e" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/78666491-7f63-654f-a716-1f68da7e5d2e/2b25c682-566f-4f8b-a044-c1c51bfe4655_720.jpg" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c684a9e4-5513-fc42-8b2d-6fd5ca0281be" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c684a9e4-5513-fc42-8b2d-6fd5ca0281be/f732030b-2475-48ee-8480-5c838a893e4a_720.png" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c9ef22d4-87e3-d54d-8dde-9f87101ed3ee" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9ef22d4-87e3-d54d-8dde-9f87101ed3ee/013cf8fd-55b4-4ad0-aea6-18873516bd24_720.png" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d21ead7e-8226-5f4c-ba7b-58826b678ba6" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d21ead7e-8226-5f4c-ba7b-58826b678ba6/419c0b41-89bf-4262-8e25-fa6f8ecec9c1_720.png" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1c6f2ee5-fedc-2e4c-828b-9ccfa51826bc" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1c6f2ee5-fedc-2e4c-828b-9ccfa51826bc/c2760da6-bca7-486c-9264-da026a3b83f8_720.png" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8ceb0d93-733a-b54b-815d-33385545c379" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ceb0d93-733a-b54b-815d-33385545c379/c2acca7c-6622-4794-8cfd-5a041e90a026_720.png" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6d36e78a-92c1-7149-8054-b95eea46cffa" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6d36e78a-92c1-7149-8054-b95eea46cffa/35f9137d-8fd6-4a90-8ee2-246df66bb0ad_720.png" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4ed3940a-6f18-9144-9beb-b4058d6d08ba" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4ed3940a-6f18-9144-9beb-b4058d6d08ba/1a4ea0aa-99ad-4f0b-8723-f89129fc126d_720.png" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7f750628-be02-d844-a497-a952fd3f27b9" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f750628-be02-d844-a497-a952fd3f27b9/937e4aa1-1776-400c-9eb5-2e2aed3f8390_720.png" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1f91cddf-2594-6245-b294-105515c65a6d" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1f91cddf-2594-6245-b294-105515c65a6d/f7f61076-7bf6-44e2-baa8-17a9ad1c1d64_720.png" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6294ff1c-4511-2147-b497-02c8caf03039" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6294ff1c-4511-2147-b497-02c8caf03039/ab26f456-8a9a-4c16-8247-4f7d97fcf6b6_720.png" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6bbefa89-f831-424b-b4cd-1e16aa9c76d1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6bbefa89-f831-424b-b4cd-1e16aa9c76d1/ca13c0ba-1f82-4442-ae04-c4daa985d9e8_720.png" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3013f5db-43a3-084d-b607-a5cf9ba842cd" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3013f5db-43a3-084d-b607-a5cf9ba842cd/cf083577-bb21-465b-9c65-37b7e601a528_720.png" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/03f05c4c-6c38-5747-b87c-d0887fc54bf6" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/03f05c4c-6c38-5747-b87c-d0887fc54bf6/377ee614-5197-4ff5-b2a2-9f3561feff0c_720.png" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/54f13da5-ced5-7646-8ebc-134ad87e25ec" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/54f13da5-ced5-7646-8ebc-134ad87e25ec/1bb2bbdb-c8c1-4549-bbe3-dbd2cb0a485c_720.png" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ed9092fc-92c2-d34c-93a3-d86ea4da9a41" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ed9092fc-92c2-d34c-93a3-d86ea4da9a41/fa8f5759-8637-4a0b-8133-510d95d4f50c_720.png" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/104f07fb-09f7-0848-827b-4b46004ba64a" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/104f07fb-09f7-0848-827b-4b46004ba64a/22e0f8c5-276c-42b2-ae2c-3416750c7958_720.png" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d58fc7bc-9118-8740-849f-a84b726f689c" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d58fc7bc-9118-8740-849f-a84b726f689c/b17f5b80-0d04-4601-94d7-511b03ea43e4_720.png" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/25f59d21-29ef-224a-85e4-a6d39ac4f31a" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/25f59d21-29ef-224a-85e4-a6d39ac4f31a/3ccadf9e-c20d-442a-85ce-305c09a35f62_720.png" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/880bdc5c-d457-224a-b641-dd41e3cfb3a9" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/880bdc5c-d457-224a-b641-dd41e3cfb3a9/40f2fe9c-d16a-40d6-a005-9ab14d633b06_720.jpg" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/edb8b249-2603-c148-af4c-c6c3eb402084" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/edb8b249-2603-c148-af4c-c6c3eb402084/5d935b1f-e356-4353-b979-89db2697e019_720.jpg" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2580868c-2c50-c040-b26c-b3f6abdbd5d2" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2580868c-2c50-c040-b26c-b3f6abdbd5d2/688261c2-dbaa-478b-943a-9f96d28aef3b_720.png" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0ec3a7c3-09b2-b94a-8c7b-0730d2946ab5" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0ec3a7c3-09b2-b94a-8c7b-0730d2946ab5/d1e776d9-5860-4ed8-85c4-6c9a0e636d19_720.jpg" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/acffa093-e4d6-4446-a3d1-34e3d86cf856" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/acffa093-e4d6-4446-a3d1-34e3d86cf856/b5fb96ac-2f49-4b57-8952-e250c7cfc33c_720.png" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/22b95c9d-6ba0-8646-b6de-f41f0f166527" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/22b95c9d-6ba0-8646-b6de-f41f0f166527/88a4c0c8-9852-4255-89ce-1624cf4cfdcc_720.png" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e8a5622c-8bb1-1140-8c6e-69698ff2a262" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8a5622c-8bb1-1140-8c6e-69698ff2a262/e3bf603c-da02-470a-9f95-936e40abf97b_720.png" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e88191f2-235b-9347-a9c7-5ff0f2f94d7d" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e88191f2-235b-9347-a9c7-5ff0f2f94d7d/d1aaa57a-aa80-4cdb-b4ca-f07a0a89ba30_720.jpg" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ce735cc4-d54e-9749-baca-7583737faf01" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ce735cc4-d54e-9749-baca-7583737faf01/aec6b42a-bec4-40ce-8716-e3244aa87545_720.png" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/75b72be0-6e6f-9043-859b-988c9e30e5b1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/75b72be0-6e6f-9043-859b-988c9e30e5b1/2bf8e40f-ad62-476d-abec-73363df6df68_720.png" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/87896fb0-c316-2840-85bc-b4b3e42fb549" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/87896fb0-c316-2840-85bc-b4b3e42fb549/239ffcbb-0d1a-4231-9ff6-a190987ee675_720.png" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0eba2aaa-923f-bf46-8c1e-7aa06d4fca3c" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0eba2aaa-923f-bf46-8c1e-7aa06d4fca3c/02e9dc7c-566b-431d-b89e-f72b4a66876e_720.png" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ef71fbe3-95ae-6c42-ab0b-ce5548aaaa05" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ef71fbe3-95ae-6c42-ab0b-ce5548aaaa05/d9562632-a4e5-4e19-adf6-1749be240afa_720.png" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/47af023c-43cb-f745-af3a-b9fa4529f057" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/47af023c-43cb-f745-af3a-b9fa4529f057/a222024f-157a-433d-8f1a-20c34f686c8e_720.png" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7dd3ddcd-a5a9-8d48-ae21-63ee4b9ba9d7" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7dd3ddcd-a5a9-8d48-ae21-63ee4b9ba9d7/fa34242e-eee6-4706-9a58-abf74c753036_720.png" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6d86df3b-5c1e-4542-a7df-5c89f3bd4ce1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6d86df3b-5c1e-4542-a7df-5c89f3bd4ce1/e17e01d1-d454-499d-ac48-10c51889d285_720.png" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ee21b621-5ea0-fa4f-b601-7fce403d616a" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee21b621-5ea0-fa4f-b601-7fce403d616a/c4657936-8c5e-43e9-bcad-fbfd58e4960c_720.png" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9ce59f15-132f-2840-9d31-41153973e56f" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9ce59f15-132f-2840-9d31-41153973e56f/43d4df5b-22b5-4a21-ba37-8ec6800a956a_720.png" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c9660929-b13a-b34c-89b4-88234d287ec8" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9660929-b13a-b34c-89b4-88234d287ec8/3ef147c2-c110-43f9-a1c4-9702ace24980_720.png" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/579db1eb-430b-8a4e-a9c4-1f18d2945cc4" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/579db1eb-430b-8a4e-a9c4-1f18d2945cc4/2ce4c0f5-658f-48e6-9d99-a304fe1eeeab_720.jpg" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/68164110-73b4-0e4e-a405-f142f2f751df" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/68164110-73b4-0e4e-a405-f142f2f751df/08295a6b-18b9-4271-8b2a-80ec185091b7_720.png" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d2d0dc04-c949-4f47-ac66-b323f5c97b34" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d2d0dc04-c949-4f47-ac66-b323f5c97b34/0c695c27-b223-4c57-acab-51e5f626c913_720.png" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b5b4b98c-3108-d443-9579-fae64964676c" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5b4b98c-3108-d443-9579-fae64964676c/ccb64414-a173-424c-b5d0-9f913cbe75a1_720.jpg" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2f0eb525-56e6-4546-9b8a-46b2c6edf032" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2f0eb525-56e6-4546-9b8a-46b2c6edf032/96027172-1908-4231-9591-87ed23a8c96a_720.png" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f3fa08ca-33f6-8246-843e-11df8a1315e1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f3fa08ca-33f6-8246-843e-11df8a1315e1/a87795cd-8a68-48f1-b175-39d9ca49bf33_720.png" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/662c1cfc-fc3b-2c40-b118-4cc436066341" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/662c1cfc-fc3b-2c40-b118-4cc436066341/a7beb85b-fa86-4c99-8ea3-252c0133aa79_720.jpg" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9a6462f7-eed8-bc49-b8c7-ca491e73b94f" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a6462f7-eed8-bc49-b8c7-ca491e73b94f/c7460cb1-107d-4ac1-b41e-bc9159347e12_720.jpg" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5bbafb87-1150-9448-bdef-41d140b6fa83" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5bbafb87-1150-9448-bdef-41d140b6fa83/a1a6120b-cd4e-4fc4-b84a-5566bb0c799b_720.jpg" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/51f3b461-320f-3544-a5ad-95a219adb8d2" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/51f3b461-320f-3544-a5ad-95a219adb8d2/0d2463db-331c-4933-86c6-21d5cc906900_720.png" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/52b5d661-a366-3a40-9e7e-5c1bd3b14a16" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52b5d661-a366-3a40-9e7e-5c1bd3b14a16/d8d34c00-7bb8-456c-b9d0-7baddf2fc92f_720.jpg" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/457aa5fd-da9c-0b45-b6a9-0c20e210b2ca" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/457aa5fd-da9c-0b45-b6a9-0c20e210b2ca/b394393e-401a-461d-a545-fdc5f69b18b5_720.png" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/083d0edc-eb2a-1a4c-9ae1-342f5523d13f" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/083d0edc-eb2a-1a4c-9ae1-342f5523d13f/581e2041-0c16-4ce5-802b-881e781fed78_720.png" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1092a768-264f-2c4b-a140-70dcb2b65f9a" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1092a768-264f-2c4b-a140-70dcb2b65f9a/b9b73ea1-d3d8-41b3-84fa-a24a801a98d6_720.png" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9fd50e29-9cdd-be42-b3bb-cb9dde2b5cf6" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9fd50e29-9cdd-be42-b3bb-cb9dde2b5cf6/dd6b8990-aac3-4c6f-8269-3f7300fcbc6a_720.png" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/042b18b6-5053-3746-b6bd-f9ada7a328b9" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/042b18b6-5053-3746-b6bd-f9ada7a328b9/3da1bc8a-3a64-496c-b90a-5da8befb390e_720.png" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/912335e8-9064-424e-9e1f-df0295943cba" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/912335e8-9064-424e-9e1f-df0295943cba/35668d0e-188b-4ff7-84d3-51e99f659fad_720.png" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d62a8e62-ddf6-a541-ace8-4d743f429dcb" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d62a8e62-ddf6-a541-ace8-4d743f429dcb/fad82aae-32a8-47ba-8060-3ff3ae57204a_720.png" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b481e878-8a0d-5241-b087-9972826e13cd" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b481e878-8a0d-5241-b087-9972826e13cd/194853a4-c304-4a60-8fec-a54ee6fd048e_720.png" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ccfe284d-b075-b841-ad84-ea4156f2363f" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ccfe284d-b075-b841-ad84-ea4156f2363f/6ed973f0-b092-4eb8-a337-f2716f8ecac8_720.png" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/65c01e46-b518-8f4e-9962-0c42d8547571" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/65c01e46-b518-8f4e-9962-0c42d8547571/af029ebf-2dbe-4c83-bf55-174a02294734_720.png" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/540d9adb-c385-e841-b063-8fd946465498" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/540d9adb-c385-e841-b063-8fd946465498/56f86db6-c536-438a-844b-bec0829c0379_720.png" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3fad22a0-1a3e-c743-b1d3-74f1d9abeadc" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fad22a0-1a3e-c743-b1d3-74f1d9abeadc/063a882f-9ead-4f52-844d-3702c2dede5f_720.png" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/15899b9b-8e8f-d24b-82e4-e7fcdcf1d514" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/15899b9b-8e8f-d24b-82e4-e7fcdcf1d514/b3cf1414-95fb-4ccb-b4c6-f745995bd6a0_720.png" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/efbc6cd0-57ec-de4d-b56a-65eb1fbf34d4" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/efbc6cd0-57ec-de4d-b56a-65eb1fbf34d4/33b2a6e3-1f8b-45d4-b989-a30246d96397_720.png" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0e0a74e7-8fde-6347-8131-142c089066c0" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e0a74e7-8fde-6347-8131-142c089066c0/2e3448ef-5a39-47dd-b05e-d7086784edbb_720.png" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f565c0cc-5e98-4e41-9b4b-b97a5eb74748" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f565c0cc-5e98-4e41-9b4b-b97a5eb74748/916eb0cb-13af-4ea8-a71a-6eae63d6f8a9_720.png" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/264cdee8-97fe-2046-a863-f58616ca1274" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/264cdee8-97fe-2046-a863-f58616ca1274/6cc37b17-d105-4b18-ab29-cfbcf74b754e_720.png" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0d0b87d5-4bb7-3e4f-a3bb-a0683bb36244" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d0b87d5-4bb7-3e4f-a3bb-a0683bb36244/245ff5fb-36c7-40d5-82df-d3db02d91451_720.png" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ffa7debe-e279-8144-ac41-37b4b6f6c490" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ffa7debe-e279-8144-ac41-37b4b6f6c490/58ee754a-f6a7-4b75-8694-8aceaccfb3a8_720.png" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4969de00-dee5-4448-bf16-f3e91d862c31" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4969de00-dee5-4448-bf16-f3e91d862c31/9dbb28fa-3049-4e1e-a6b3-639ac53fb9dc_720.png" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ac4b50c1-f056-3d4d-84ce-62cc2e21101e" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ac4b50c1-f056-3d4d-84ce-62cc2e21101e/9c981deb-4c5d-4063-8072-3ae8f3c0638a_720.png" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7121d5a7-8b9f-3045-9e10-439ccb25eb50" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7121d5a7-8b9f-3045-9e10-439ccb25eb50/9f6a0aeb-f7d9-4ac3-9171-678599f77bd6_720.png" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/229cca79-2e0a-664c-8c31-5b5d86282061" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/229cca79-2e0a-664c-8c31-5b5d86282061/5a446788-0f69-4d41-b657-bdb9490c30d6_720.png" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a7c049f6-8fe2-cb4a-9f10-f3993b559679" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a7c049f6-8fe2-cb4a-9f10-f3993b559679/f13227d2-4fb8-49aa-8c88-36aabe7a9657_720.png" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9cb2a59d-763c-3841-a2cc-5701d6ab4495" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d4cc8578-a1a9-1b42-b446-ec798ca2a036" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/43a486f1-40cb-ff45-839f-5fee1dbff767" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/43a486f1-40cb-ff45-839f-5fee1dbff767/1a7aea01-5815-445d-8836-545e1747650e_720.png" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ed25b948-b49b-8c4d-9bd9-554a431d49bd" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ed25b948-b49b-8c4d-9bd9-554a431d49bd/2ae7f8ca-32d2-4d65-9730-73583415e5e4_720.png" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a3ad62be-a56f-5944-9fad-0e4f9fa9c047" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3ad62be-a56f-5944-9fad-0e4f9fa9c047/2c932806-e3ab-4759-90ff-9172db8397c3_720.png" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c4ce7645-0244-d741-a4ac-3aaf6fdf84f8" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c4ce7645-0244-d741-a4ac-3aaf6fdf84f8/f24471a6-3a8a-4cf8-883f-0d4594c1e53e_720.png" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7528de37-1199-444d-b868-32ffedbcbb4a" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7528de37-1199-444d-b868-32ffedbcbb4a/6253c947-771b-4504-800c-5bd4d11544f4_720.png" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c3bea16a-312b-d442-98c7-72ead25af854" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c3bea16a-312b-d442-98c7-72ead25af854/1d228d7e-0b52-44a4-bcfc-105b46e27c22_720.png" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e686e90a-4725-e04b-bf2b-875d67f2e589" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e686e90a-4725-e04b-bf2b-875d67f2e589/c2a9ba4e-4bb8-46a7-9e6c-d68cbae13785_720.png" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8f03989c-1ef0-b94f-84ac-8bd769d35d68" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f03989c-1ef0-b94f-84ac-8bd769d35d68/039c2eff-d917-480a-9960-e57b24473948_720.png" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c64426db-8c38-cc44-8631-6d21f9efb483" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c64426db-8c38-cc44-8631-6d21f9efb483/2b32f51d-4a1e-4153-a924-d940a2365740_720.png" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d2c5afc5-c573-f145-aec7-4f10732bcfef" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d2c5afc5-c573-f145-aec7-4f10732bcfef/801377eb-172c-4028-a566-c72f6de23f40_720.png" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8869a2d2-69e6-cf46-bc50-d2178b13aeaf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8869a2d2-69e6-cf46-bc50-d2178b13aeaf/068ec3da-d644-4163-bcd1-1caf1534edb1_720.png" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bbf7af0a-56c6-8e4b-8ccd-236cf94f73f9" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbf7af0a-56c6-8e4b-8ccd-236cf94f73f9/6ac85d9c-7d11-4d40-a380-b8b1630d07b7_720.png" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1cb884e0-5c71-c74f-a9a7-d07f53565037" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1cb884e0-5c71-c74f-a9a7-d07f53565037/7c2307dd-4ce1-4b75-b99b-9e650f3a6cca_720.png" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/141ce007-1ee3-a840-9aec-2ab428189493" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/141ce007-1ee3-a840-9aec-2ab428189493/94bf31da-0ad5-4d0e-b8dd-d067ea878295_720.png" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7b615b5e-0cf6-ed47-8579-ef3f7a4168e1" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b615b5e-0cf6-ed47-8579-ef3f7a4168e1/7f4f82e8-85ad-4215-9f70-dc5003d51109_720.png" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/265f9e1e-b158-094e-8cb9-ec71eae3c2c1" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/265f9e1e-b158-094e-8cb9-ec71eae3c2c1/4f1c5b86-204e-4455-a082-af0b19a64d22_720.png" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/034049b5-f1ff-0244-b28b-b4d546e90e52" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/034049b5-f1ff-0244-b28b-b4d546e90e52/a06c4a2f-2f1e-4f02-8944-a9513b58108b_720.png" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3b7a3961-0508-d349-94a9-52d456d8ce14" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3b7a3961-0508-d349-94a9-52d456d8ce14/1a05e7fb-7089-4dc6-a600-2462521cd9b0_720.png" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ca1b0596-bdc1-e84c-99db-fc16363b3253" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ca1b0596-bdc1-e84c-99db-fc16363b3253/e6e57352-dac7-4c9e-989b-10355ee21ed7_720.png" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2db4a225-3d71-ec45-88b2-f3a1c695a1e4" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2db4a225-3d71-ec45-88b2-f3a1c695a1e4/5bbfc881-ebf4-4315-a19c-e087dd1bf840_720.png" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b09b07af-e894-cf44-9fb4-39c2f9178a25" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b09b07af-e894-cf44-9fb4-39c2f9178a25/a3603552-9474-4ead-b1d6-11115f2b34b6_720.png" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2ae7002b-6d04-d24a-9beb-f58700a47afd" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ae7002b-6d04-d24a-9beb-f58700a47afd/c5021ae3-3785-4037-a788-b08e2989555b_720.png" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a5d7b214-2523-4c42-b630-a54d42b6fd0b" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a5d7b214-2523-4c42-b630-a54d42b6fd0b/7bfef95b-1e03-42bf-9fe3-056ce12608fe_720.png" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/aa402ac4-6443-eb4a-9b44-295344e770c3" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aa402ac4-6443-eb4a-9b44-295344e770c3/7acdd4f6-8cb4-4d75-867d-e07440178c1c_720.png" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a29b766c-c898-7248-a2cc-93fedd2f5de5" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a29b766c-c898-7248-a2cc-93fedd2f5de5/160763c5-ca83-49a1-8c25-59feff566bee_720.png" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1b10b33f-bc38-3b47-adbd-403ba44de148" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1b10b33f-bc38-3b47-adbd-403ba44de148/5d86c493-7dcc-4fdc-b006-9a186aaf073e_720.jpg" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c65db7a9-fd0f-a846-aaee-baf67aa5d783" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c65db7a9-fd0f-a846-aaee-baf67aa5d783/8a69a2c8-4bfd-4531-a28c-d3dcac359d5c_720.jpg" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d257316b-3942-5048-a4af-ace375b430ba" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d257316b-3942-5048-a4af-ace375b430ba/3e791c3e-9315-4d50-b6c8-82410ae5f71b_720.jpg" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/19500c25-c8cd-514e-8e7b-4168f689aacd" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/19500c25-c8cd-514e-8e7b-4168f689aacd/e1a65fe9-7201-4c6e-8bae-8e06bc6dd958_720.jpg" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b40dfae7-c034-c24c-b3bd-4401479186b6" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b40dfae7-c034-c24c-b3bd-4401479186b6/7e4d03f3-6cdf-4f42-acda-11953bd99319_720.png" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7f44a521-ba23-6142-aeb7-e78221f41a7a" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f44a521-ba23-6142-aeb7-e78221f41a7a/29f27f2c-ed7d-49cf-b2da-99049dd80072_720.png" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a928712d-2435-ce40-a6a5-4e6153449907" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a928712d-2435-ce40-a6a5-4e6153449907/661267ee-3399-4f7a-965d-8fb22f6c5872_720.png" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bfbce03f-7448-624f-af28-a5a9f07e2e03" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bfbce03f-7448-624f-af28-a5a9f07e2e03/c70e3401-f20e-4900-ad33-b901c623d588_720.jpg" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b21dc6e5-14ed-7d46-9744-c043d58835de" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b21dc6e5-14ed-7d46-9744-c043d58835de/fcc211cc-6622-45e9-b112-0123c614ff00_720.png" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5d00072a-dc00-a746-8760-76c6f4ebf530" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d00072a-dc00-a746-8760-76c6f4ebf530/d24c5c1c-7047-4621-8339-72c401b0b602_720.jpg" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3a1c0e08-f81a-1f46-9bf3-67c31afe7e18" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a1c0e08-f81a-1f46-9bf3-67c31afe7e18/16873fdd-3949-4ffa-936f-4462a8d3c154_720.png" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b0f06da2-299f-b747-91f6-b842ca15487b" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b0f06da2-299f-b747-91f6-b842ca15487b/72a94d8d-1064-46f8-8400-ac97f718d39f_720.jpg" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9e930a7d-502b-154e-9688-68442d1b9d09" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9e930a7d-502b-154e-9688-68442d1b9d09/0758d380-e8f5-4b6e-9796-5667710701db_720.jpg" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a5d168d9-79b5-d746-a74e-d5b0ea0889cb" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a5d168d9-79b5-d746-a74e-d5b0ea0889cb/2556ca1a-0f49-45d6-8ee9-05a98a2af2a5_720.jpg" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b5e64072-04dd-1d40-8bf2-ac5316179e41" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5e64072-04dd-1d40-8bf2-ac5316179e41/76f2a400-dae1-42d4-a70e-34a777fd2d48_720.jpg" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b8f473e9-655f-164f-a15e-3c320613d5a1" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b8f473e9-655f-164f-a15e-3c320613d5a1/b15e3ae0-ba4b-4ca3-ac03-aadc010408f3_720.png" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d4acc100-efd0-3648-9013-8d3ff446534f" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d4acc100-efd0-3648-9013-8d3ff446534f/08637e6a-b8b6-432b-ac49-33d5d3c6767d_720.png" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/55e98873-e009-9b4a-beb3-8b277274d4f3" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/55e98873-e009-9b4a-beb3-8b277274d4f3/3b9222bb-b25a-47e4-b9f1-81f6c1a86b92_720.png" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5481cdec-38f9-f94c-8077-2d302fbaaf11" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5481cdec-38f9-f94c-8077-2d302fbaaf11/b453c181-9109-4bae-95d7-a543dd35a369_720.png" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e94dd5b4-67f5-154d-86b3-9a80d5cf7bce" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e94dd5b4-67f5-154d-86b3-9a80d5cf7bce/948ecf9d-f77f-4b4d-be2a-2c7c99de3a38_720.png" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/746cb3bb-b1fd-8648-a21d-266d2e4df427" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/746cb3bb-b1fd-8648-a21d-266d2e4df427/911a3370-7667-49a3-bc9b-a5ae4cf8267d_720.png" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4c2f4815-91f3-5b40-b6f2-cc9b10d1fb53" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4c2f4815-91f3-5b40-b6f2-cc9b10d1fb53/f4f5fa4f-9fca-4742-9187-81254a6d7b13_720.png" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5a2b2991-834d-7d4b-b692-365aedfa9e4b" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a2b2991-834d-7d4b-b692-365aedfa9e4b/bb881f0f-c9ec-46cd-95eb-0c736cb814b5_720.png" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0e282afd-1b37-c248-9e61-02cef25bb587" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e282afd-1b37-c248-9e61-02cef25bb587/ec9cea56-de8a-4390-b9a1-1ca403bab4e0_720.png" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dbf48446-8001-3442-9b7f-267c4a7b31ec" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dbf48446-8001-3442-9b7f-267c4a7b31ec/199098d2-30f1-4010-8557-3c5fa5fc9997_720.jpg" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/15189f6d-10be-f34e-bd24-9c49cce96171" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/15189f6d-10be-f34e-bd24-9c49cce96171/46ceacd9-c81e-4207-ba4e-e8ece81c1c30_720.png" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/14dcc833-1f6a-4440-848f-ddf7b0a12c09" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/14dcc833-1f6a-4440-848f-ddf7b0a12c09/6bc1752e-9949-4c99-a94b-14da47d7d822_720.jpg" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ab971aea-6983-1743-8716-9ca5960df05b" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab971aea-6983-1743-8716-9ca5960df05b/096f9271-80ca-4868-a288-74d314ab3704_720.png" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3fab601f-e78a-3f45-81ef-54fe6e7476ae" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fab601f-e78a-3f45-81ef-54fe6e7476ae/31a76d12-b64f-454b-89e0-5fa68158fbb6_720.jpg" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a58af276-3fce-124b-945c-e5e23ff97628" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a58af276-3fce-124b-945c-e5e23ff97628/01b3709e-6274-4eb0-9e85-d89e86056b58_720.png" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1e9516ab-aab4-f34e-bbac-d4390df3ccc2" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1e9516ab-aab4-f34e-bbac-d4390df3ccc2/cd9cf382-1640-4108-ba12-864aeb580b5f_720.png" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8b715b8b-d091-754a-838e-72f70a16d4e8" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8b715b8b-d091-754a-838e-72f70a16d4e8/d35eb7da-5cde-48e1-bd64-1f043584af3d_720.png" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9f749833-9512-e348-8ef2-da664044c745" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9f749833-9512-e348-8ef2-da664044c745/db6d7c87-ea2a-424a-8e03-7819ff0ab3b1_720.png" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cd4b2148-0bc2-3740-9f53-277dd9948661" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cd4b2148-0bc2-3740-9f53-277dd9948661/c645e50b-467c-4195-aa69-48191e5769de_720.jpg" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/55fd25de-4f91-c740-bb6f-7a276cef8608" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/55fd25de-4f91-c740-bb6f-7a276cef8608/4c977c3f-e2fc-477d-9f60-a18b7d074eaf_720.png" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e5b68bfe-ec26-7f4d-bacb-9a5f6d81c402" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e5b68bfe-ec26-7f4d-bacb-9a5f6d81c402/bd77815a-e871-4073-bf5a-caf9492ba6c2_720.jpg" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/69b97409-bb8f-044d-9303-7a62487bd5fe" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69b97409-bb8f-044d-9303-7a62487bd5fe/495ed3e8-ee5e-4f9b-b768-762c1afa4e37_720.jpg" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/42b66a6d-09f8-a848-9bd1-1c203e6502cb" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/42b66a6d-09f8-a848-9bd1-1c203e6502cb/3620d82d-3543-45e2-837f-5322080a734f_720.jpg" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0125d8e6-3fbd-5641-aa9a-70c86ec5415a" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0125d8e6-3fbd-5641-aa9a-70c86ec5415a/4eefb323-3a12-43b6-944b-88b98e6c5e75_720.jpg" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/85ba5d75-9fb8-9146-8df4-637150852ef9" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/85ba5d75-9fb8-9146-8df4-637150852ef9/564c3270-2c3f-428e-bc18-a4db97d4c58b_720.jpg" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bc66d47c-f57c-504d-b0be-41f5da1cb843" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bc66d47c-f57c-504d-b0be-41f5da1cb843/54546e5c-0090-4b0b-b8f0-804458bc45ed_720.jpg" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0f6fea75-a5b1-2546-9918-ca561a4a68ce" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0f6fea75-a5b1-2546-9918-ca561a4a68ce/5106ef4a-970e-4b34-9108-46766565e367_720.jpg" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2036a83f-d6fb-3643-9fff-00662f9daa66" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2036a83f-d6fb-3643-9fff-00662f9daa66/35f6f990-45d1-48f1-bd8d-006fc3cd5576_720.png" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1a77d3d2-c496-8246-befd-5ae659657fea" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1a77d3d2-c496-8246-befd-5ae659657fea/9fc75823-147b-48ac-95a6-d482fd2ed8bc_720.png" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7fafb6c6-f31f-214f-9062-28e106d27f2a" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7fafb6c6-f31f-214f-9062-28e106d27f2a/67bba5e9-12e9-40e8-b2d7-a6c557bb4bd3_720.png" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dcd81778-fa6d-064b-866b-56689e46683f" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dcd81778-fa6d-064b-866b-56689e46683f/b17e353e-ecc7-422e-a44e-a1ed275dfb7f_720.png" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/46326fb3-11f0-244f-922d-147dc086ad18" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/46326fb3-11f0-244f-922d-147dc086ad18/7a32d4db-ac68-48e1-bfbc-b6700ad95868_720.png" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2a3b4c30-5734-f042-b153-a1953ec43386" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a3b4c30-5734-f042-b153-a1953ec43386/ae566bca-0917-42ef-869a-d8397ea8d6f4_720.png" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2dc70bc4-67ec-e74e-a808-2791002ea770" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2dc70bc4-67ec-e74e-a808-2791002ea770/91b8df7f-b630-4545-bffb-502418d2884f_720.png" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6a0db4ee-72f4-764d-8609-aab90f0bc42a" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6a0db4ee-72f4-764d-8609-aab90f0bc42a/d11630ea-e6b3-4a9b-9641-2c5282b07a40_720.png" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/58df029b-b2dc-7a40-a206-d74cf5b1bb42" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/58df029b-b2dc-7a40-a206-d74cf5b1bb42/5c04f454-c918-421a-9ac1-46c498d38687_720.jpg" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e8b0930a-0822-b14d-8a94-e83f45bece2f" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8b0930a-0822-b14d-8a94-e83f45bece2f/8ac6321f-f44e-44db-90c0-edaf4e9f0ded_720.jpg" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4454e1e0-c5a1-634f-ab31-1e174fbfb9ac" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4454e1e0-c5a1-634f-ab31-1e174fbfb9ac/94838961-09c4-4523-81e4-40875231396c_720.jpg" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/97724ca7-b089-cb49-873c-39f462f0ca21" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/97724ca7-b089-cb49-873c-39f462f0ca21/28c45b4c-e352-480c-8fbf-2fd8e8bef63f_720.jpg" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e3624e70-be09-704a-9bd0-43ba03403484" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3624e70-be09-704a-9bd0-43ba03403484/727db9ff-eb99-4b58-9356-fd06f0ca6097_720.jpg" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/87e53f07-4149-6d46-b695-c8828c9468f7" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/87e53f07-4149-6d46-b695-c8828c9468f7/aa8510cf-5304-43ce-affa-9c48c416c63d_720.jpg" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2b5bf4fd-57c2-ee4a-86d1-d4921ba76527" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2b5bf4fd-57c2-ee4a-86d1-d4921ba76527/ea5e86e6-4c97-4eb0-bbf5-53eba9bf91c1_720.jpg" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/07d37ba3-6edd-f244-a1d6-9ec824e7ca18" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/07d37ba3-6edd-f244-a1d6-9ec824e7ca18/7bfa5479-ebaa-498a-aea0-d4f31a776769_720.jpg" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4527c8b8-1fe9-7c41-85f7-f667564ee342" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4527c8b8-1fe9-7c41-85f7-f667564ee342/9f5d0c79-82b6-497a-944b-7a0173dbf453_720.jpg" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b1ed44db-5392-3a42-b92a-7d14dba232b1" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b1ed44db-5392-3a42-b92a-7d14dba232b1/f4ca13e1-1bb9-4242-b2f5-05a3919ae982_720.jpg" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/52827ce9-24ea-fe48-a94b-8d5ec55a64e8" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52827ce9-24ea-fe48-a94b-8d5ec55a64e8/7b2a3b84-fdc0-4cf5-968f-51e1dc6e98c3_720.jpg" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/301e02ae-3c05-be40-81f1-c7964b86e310" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/301e02ae-3c05-be40-81f1-c7964b86e310/ff8f848d-a397-4dc5-b17c-71d3dfe01d38_720.jpg" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2b37c426-311f-6c49-af34-199c3cdaaaa3" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2b37c426-311f-6c49-af34-199c3cdaaaa3/ae6a2726-ca0a-4d1e-b91d-01d9ad7d21d0_720.jpg" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/00c106e0-9a2f-d44c-88c8-16a06e783533" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/00c106e0-9a2f-d44c-88c8-16a06e783533/0c66b623-f7e4-4d1d-8c10-e7f70a02283e_720.jpg" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1967fe37-5509-8c45-85ca-8df2ebc7949c" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1967fe37-5509-8c45-85ca-8df2ebc7949c/6dc34b39-abc3-4a8d-b1da-2781a9dcf441_720.jpg" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cfe0f35c-7b2b-da46-b939-7b087ad1fed0" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cfe0f35c-7b2b-da46-b939-7b087ad1fed0/392fe6c8-c04d-4a5b-bc81-e373a4056844_720.jpg" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4a2d7364-0cc7-fd4c-b445-adb0f5de7165" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4a2d7364-0cc7-fd4c-b445-adb0f5de7165/f1beefbc-23dd-4b97-b780-5e04359a54ec_720.jpg" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e1a1336e-c00c-244d-9d48-411b547b8400" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e1a1336e-c00c-244d-9d48-411b547b8400/be79af15-1c74-48ad-8353-c1c67a671c23_720.png" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a4bb70e0-997d-e54f-8e20-5ac61527d4d5" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a4bb70e0-997d-e54f-8e20-5ac61527d4d5/047e50f0-6b17-42fc-b7aa-e65375248920_720.png" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3395c9cc-f523-0747-8afe-4b6235801fd7" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3395c9cc-f523-0747-8afe-4b6235801fd7/4dd587ed-ae94-44a1-b6bc-9849c3702f0c_720.png" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c5d9e7e3-abb1-f547-8aed-443cfe393fee" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c5d9e7e3-abb1-f547-8aed-443cfe393fee/3260414a-92b5-45d7-a99b-88f9bcd5e80c_720.png" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f3105200-5022-2b4e-8235-11c3854f7321" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f3105200-5022-2b4e-8235-11c3854f7321/c42d2d25-9264-4444-b9a7-131b3564cc73_720.png" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/96a713f8-8446-654f-a376-fb411cbe7170" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/96a713f8-8446-654f-a376-fb411cbe7170/99a0471b-407b-4e75-835c-d4f54ae0d415_720.png" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ee94e6c3-3336-b74d-9f6c-69852908fc10" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee94e6c3-3336-b74d-9f6c-69852908fc10/11a61aa1-4a9f-4af3-bd91-b53e7c34b485_720.jpg" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1c1f1d71-5fb9-5a40-b0ec-c268efe39656" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1c1f1d71-5fb9-5a40-b0ec-c268efe39656/d004fdae-df26-490c-8b4c-5e6ab270ae39_720.jpg" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f177e085-5450-a544-9c11-d244bc78ae5c" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f177e085-5450-a544-9c11-d244bc78ae5c/303bc1f2-72d2-45fc-9a3c-8e0fc6b1de62_720.jpg" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a7a8f008-447d-9245-903a-021ed1e4600e" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a7a8f008-447d-9245-903a-021ed1e4600e/a77d335a-5252-40e3-bef4-97728652d3d0_720.png" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a499ef68-36e6-db4f-8d90-acdac6a358d0" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a499ef68-36e6-db4f-8d90-acdac6a358d0/9fff1cc1-6ac7-4a4d-8a68-cf43b7842bdc_720.jpg" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b6cd0b50-6933-d441-8c0b-c1e3cc552a13" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b6cd0b50-6933-d441-8c0b-c1e3cc552a13/abf1fb63-16b0-4ee6-a113-469738383e0e_720.jpg" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6702e630-8060-8149-a20c-05c953a1f58a" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6702e630-8060-8149-a20c-05c953a1f58a/1c938b9f-ea39-4dbc-8e7b-19931b12b1a0_720.jpg" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d84728f8-bc33-1d46-9a91-13f893189c68" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d84728f8-bc33-1d46-9a91-13f893189c68/c2f64d0b-e6af-45b9-b036-7054f831f4a5_720.JPG" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5d83401c-dbc7-b848-b7bd-6cb31c01fa4a" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d83401c-dbc7-b848-b7bd-6cb31c01fa4a/780dd4d9-4197-4075-b642-1f43a178248f_720.png" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6db05b99-fc7e-d241-837d-e5316981f434" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6db05b99-fc7e-d241-837d-e5316981f434/92c05e9e-a5d6-42b7-b705-94ef05020a36_720.JPG" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/22532c59-3854-4347-b372-623aac691bd1" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/22532c59-3854-4347-b372-623aac691bd1/881e47d0-29ca-420f-9f57-ecbe9327e9e3_720.png" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fb26f44c-f8a1-7349-b10e-5bc1bce59f1f" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb26f44c-f8a1-7349-b10e-5bc1bce59f1f/a0e01ec5-d05e-476a-8291-98adc07fe229_720.png" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7cd6b753-5f5e-2d48-9a99-e9f27cb6fa51" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7cd6b753-5f5e-2d48-9a99-e9f27cb6fa51/7b7afff8-bd49-4577-998b-ae56fdfb1227_720.png" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8f2143df-dd12-c24b-9e7c-150476575795" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f2143df-dd12-c24b-9e7c-150476575795/f0ef77ef-2c4b-4037-81c2-d140b1591fe1_720.png" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/773ae173-efae-c142-b5d6-f7fcd61aef39" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/773ae173-efae-c142-b5d6-f7fcd61aef39/7bba9bf8-6c51-47b3-b6bf-fd415a7ac138_720.png" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a49791b3-830b-9e48-8a77-a7e60de98bb5" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a49791b3-830b-9e48-8a77-a7e60de98bb5/a6c77f56-d3e3-45ad-b4ad-df3063baa686_720.png" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e3e1788e-9ff2-2840-81b0-98d50e11f276" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3e1788e-9ff2-2840-81b0-98d50e11f276/a40c6030-a925-4212-8b81-55e5c40ec219_720.png" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c41094ae-bf9c-694c-9e68-3521f74ce72e" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c41094ae-bf9c-694c-9e68-3521f74ce72e/9b884274-7792-4404-aa12-dc1a4dddfd21_720.png" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/738f40c6-f6e0-3e47-8dd7-44774e7cf235" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/738f40c6-f6e0-3e47-8dd7-44774e7cf235/f56d22b2-18af-4318-bbc9-8d95c1dcbbdd_720.png" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1f815e8a-bc4b-a145-9ec6-6bece51eacf1" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1f815e8a-bc4b-a145-9ec6-6bece51eacf1/ff120880-2422-427f-bb94-be098bf9c74d_720.png" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4f2fc2a6-3d48-044a-9777-1055fb5883b4" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4f2fc2a6-3d48-044a-9777-1055fb5883b4/70a02887-bf37-4911-bc65-e2f0050d6a26_720.png" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/265df1cc-f854-f04d-b43c-a53b39549238" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/265df1cc-f854-f04d-b43c-a53b39549238/5feb80ca-6a9e-4ad2-99f4-02d171cf9a19_720.png" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4453af1b-0ab4-1c4d-b614-f9444edbb2bc" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4453af1b-0ab4-1c4d-b614-f9444edbb2bc/5996c280-947e-4505-9512-54431cfe14d2_720.png" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f8936e46-f11e-e04f-8aab-13065515fd3c" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f8936e46-f11e-e04f-8aab-13065515fd3c/3385a704-8623-49d0-a232-c9c5723ef5b3_720.png" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ec704f74-e057-c24f-a1c1-d6c1dd0accaf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ec704f74-e057-c24f-a1c1-d6c1dd0accaf/5413d0ac-cb60-4380-9245-f10231688176_720.png" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/20d7a1b6-66bc-d54d-990c-f6f1ba7cf36c" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/20d7a1b6-66bc-d54d-990c-f6f1ba7cf36c/f5f6db78-8e30-42d3-ba35-b692d9efe2e3_720.png" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/34b2fa70-2ff2-384c-9955-c148c9d0b241" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/34b2fa70-2ff2-384c-9955-c148c9d0b241/b6ac152c-7ea4-4540-9955-60b76df1b35a_720.jpg" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9cb57f2f-0d5b-d14f-9356-d6d49f881f34" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9cb57f2f-0d5b-d14f-9356-d6d49f881f34/782ab800-5aa6-491f-831b-3517f5dc5a2e_720.jpg" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/32f94d32-c277-374a-bb31-1de02b2e6cdb" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/32f94d32-c277-374a-bb31-1de02b2e6cdb/2753b8eb-0c33-4b97-b6cf-6b26aa6ba0d0_720.jpg" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9394099a-1e28-d245-aa66-6f2f3777bed5" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9394099a-1e28-d245-aa66-6f2f3777bed5/50f36e40-b874-472a-a085-beb41602d2fe_720.jpg" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/df056f35-e5d1-3142-aad4-fe995923f0a4" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/df056f35-e5d1-3142-aad4-fe995923f0a4/41e41fd3-f4b3-4551-9351-6ac050763632_720.png" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e4aab6fa-0284-6744-979e-32fa5214e5db" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4aab6fa-0284-6744-979e-32fa5214e5db/684ca60a-c41b-46a4-905c-77d1ef52e945_720.jpg" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/96693f74-9b2c-7f49-9d1f-add81e3a04ac" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/96693f74-9b2c-7f49-9d1f-add81e3a04ac/9d968f89-090b-4d10-8703-b2ad8b154a6a_720.jpg" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e8fe5bea-6089-a149-aeb6-5d648be254f5" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8fe5bea-6089-a149-aeb6-5d648be254f5/1fc58f15-9782-446c-92c8-78183cedecbc_720.jpg" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b9a1a617-0e5e-f64b-a9a8-5b10ab982644" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b9a1a617-0e5e-f64b-a9a8-5b10ab982644/12241bd1-e2a1-4d79-a3f4-a9c70f581be6_720.jpg" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0e931259-8074-5745-a301-dfe10672b741" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e931259-8074-5745-a301-dfe10672b741/561921c6-087c-46e1-885f-f8dee78ddf8d_720.png" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0daddb31-e2a3-3645-8d46-55da4eb4245a" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0daddb31-e2a3-3645-8d46-55da4eb4245a/b34f1dc6-677a-47e6-9152-0dbb0d148730_720.png" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f7b81aa8-a25d-8c42-a92e-3f921fcc11df" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f7b81aa8-a25d-8c42-a92e-3f921fcc11df/bb56ec0f-2d3d-47b5-87e6-3ffa38fb1dcb_720.png" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e6988c89-b257-d241-945d-6270c0e611db" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e6988c89-b257-d241-945d-6270c0e611db/42920e56-a906-4a1f-9c2c-8b9ebc15ba41_720.png" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/932442dd-39c7-ce44-9366-f73916eb1ffa" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/932442dd-39c7-ce44-9366-f73916eb1ffa/42dfbf34-f89e-4f11-896f-bdac6d23ae70_720.jpg" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7f779238-2948-4b4c-bd18-34645e65e7e2" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f779238-2948-4b4c-bd18-34645e65e7e2/765cbf15-bab3-4658-b34a-670f76229199_720.png" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e6c3155e-f89a-f743-ade6-e571ce80651f" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e6c3155e-f89a-f743-ade6-e571ce80651f/37334307-e14e-402b-b8b6-a77a57ae6c6b_720.jpg" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/64c3ac95-772e-2045-b0da-ef12cd1f49c2" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64c3ac95-772e-2045-b0da-ef12cd1f49c2/069879aa-c0f5-4c2b-aa8e-35ba01262c1b_720.png" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/57928969-b05f-c04c-98f6-a64524ddbdc3" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/57928969-b05f-c04c-98f6-a64524ddbdc3/3fca55a1-6de0-41d2-9d15-adeb98cf1dcd_720.jpg" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b0b79658-533c-cd47-a434-b99330404f01" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b0b79658-533c-cd47-a434-b99330404f01/45d9a66a-7825-47f2-8e7f-fac575d9389b_720.png" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8024ee98-a233-0a4f-afb3-6ef8610c70cb" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8024ee98-a233-0a4f-afb3-6ef8610c70cb/47a31bdc-fb57-453b-881e-1f41cd91554f_720.jpg" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8ca49c7a-d142-b147-8059-bf5173f3d4ed" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ca49c7a-d142-b147-8059-bf5173f3d4ed/73f25ac1-0708-4af3-a7bb-3b5af698157a_720.png" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d416c108-764e-6a40-a6ec-5f5d70a94e32" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d416c108-764e-6a40-a6ec-5f5d70a94e32/77072299-7465-4684-bb5f-a1056a3ad7b9_720.png" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/665dc0e7-613a-4442-9483-03cb7fad5cda" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/665dc0e7-613a-4442-9483-03cb7fad5cda/180c3f30-13c1-4543-8f26-5783df6cdcc5_720.png" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4c99466a-5d03-1647-a4c7-9bdd3e7b0a7b" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4c99466a-5d03-1647-a4c7-9bdd3e7b0a7b/636fc221-e9b5-4818-a553-ef62987aab5d_720.png" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a0815155-9358-ec44-acf3-9bc239aa3cf0" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/49b5a8ca-ea94-ce45-adaa-380edf5926b1" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b5b05210-dd33-6745-b151-5bbd49e31163" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c68eded7-c208-7f4f-a2b6-9bc0a92f3388" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bff8f1e5-b1f5-164e-959e-5ade73bece07" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bff8f1e5-b1f5-164e-959e-5ade73bece07/56e814ed-95b5-406b-94e6-2c143a3a36fc_720.png" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4a863c34-89e4-784d-91eb-590e7a9e3190" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4a863c34-89e4-784d-91eb-590e7a9e3190/5f67858f-8094-491e-93d1-ea535504bb6e_720.png" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9abd3a01-e1ed-cc45-8966-5248e6bf2232" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9abd3a01-e1ed-cc45-8966-5248e6bf2232/505dddd5-c22f-480a-89c2-a6c271ff6098_720.png" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/71d41699-5b20-d64c-bebe-8cf2bc8c4369" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/71d41699-5b20-d64c-bebe-8cf2bc8c4369/e8df2894-67bb-40d7-9249-8a2530409b8c_720.png" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/52726dba-a817-9d43-96e4-290b27de084c" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52726dba-a817-9d43-96e4-290b27de084c/ada051db-d2de-4041-987c-ce4e3ffaf4ea_720.jpg" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e98c49de-d3e8-2140-a8d8-8b5b7f9d4fc9" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e98c49de-d3e8-2140-a8d8-8b5b7f9d4fc9/3be3eac7-5f56-45d3-bd4e-6cfab353ec42_720.jpg" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/64684633-800a-8a4d-9b10-895b5968afba" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64684633-800a-8a4d-9b10-895b5968afba/329d0860-b6de-4c92-bcf8-1e1b1ea376a3_720.jpg" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ef404e56-6fb2-2a4d-ad85-4b681b3c340a" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ef404e56-6fb2-2a4d-ad85-4b681b3c340a/dd7e4e66-8ad2-4142-87f1-0499aee950df_720.jpg" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/da39e2ac-3937-8745-a90c-73b4b3317c87" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/da39e2ac-3937-8745-a90c-73b4b3317c87/8828e43e-e46a-4064-8d8e-484a6e46b53e_720.jpg" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4579ce7f-985e-cc4a-9f2a-e6b91261fa28" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4579ce7f-985e-cc4a-9f2a-e6b91261fa28/9291846e-1fde-4235-bad4-82c3ab11d087_720.jpg" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a0da5e5b-4565-2348-a1ee-b6e6d073a01c" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0da5e5b-4565-2348-a1ee-b6e6d073a01c/fe930074-60a4-46c8-bb55-f5007a39b710_720.png" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/669f3989-a631-854f-aa52-7329b69dd785" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/669f3989-a631-854f-aa52-7329b69dd785/c4bbbe40-5ce9-4b63-8d6f-11eb13871959_720.png" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0be7280d-2a5a-dc45-bcdc-518f91f13b14" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0be7280d-2a5a-dc45-bcdc-518f91f13b14/e6799b74-b136-46be-9904-7964966835a1_720.png" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1603d357-879c-c345-966f-78a14b0dd2eb" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1603d357-879c-c345-966f-78a14b0dd2eb/42dbc913-63da-4341-8e66-f6150c921ec5_720.png" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/de159942-1f33-0248-a725-72c531488f1a" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/de159942-1f33-0248-a725-72c531488f1a/bfbba45f-e884-4e7e-a705-3c377e44d185_720.png" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7b72731c-2026-414c-84f9-e935246730bf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b72731c-2026-414c-84f9-e935246730bf/3116907e-b492-429a-b64e-afcdc912af83_720.png" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c38ca253-979f-984c-b7e7-91fcc58ba6f0" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c38ca253-979f-984c-b7e7-91fcc58ba6f0/f3f0d822-dfdb-44f2-883e-fb8e3fbdcb85_720.png" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6e6e292d-d170-ee45-8207-b64bb32bb320" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6e6e292d-d170-ee45-8207-b64bb32bb320/aa8c70f2-49bf-46ef-8057-14d3a1e81b91_720.jpg" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/61b46f1c-0be5-a24d-ab3b-5393f546659d" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/61b46f1c-0be5-a24d-ab3b-5393f546659d/b4a4d1a4-50dc-41a0-a0f3-a8f8b1449697_720.jpg" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d6e40134-4fe5-1342-bfed-cf8fb501f43d" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d6e40134-4fe5-1342-bfed-cf8fb501f43d/ccd4fc0e-140b-439e-9ead-f1425973262c_720.jpg" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2911a9ec-30da-f24e-962a-593e4d7f1dcd" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2911a9ec-30da-f24e-962a-593e4d7f1dcd/245c070c-b27f-41a4-a0a9-fbe811fd6697_720.jpg" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4cc7fd84-3711-0246-a19b-3c1627fd0523" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4cc7fd84-3711-0246-a19b-3c1627fd0523/35ac285d-8ee9-4318-8513-250c2e76416d_720.jpg" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0fe20be2-4f68-bd4c-a685-02484110de10" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0fe20be2-4f68-bd4c-a685-02484110de10/69ba906c-3d22-4f32-8e6f-062e8b01fc90_720.jpg" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c3586ec1-dbfa-4341-9925-c70f3fa709a5" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c3586ec1-dbfa-4341-9925-c70f3fa709a5/7dd43a74-f974-4351-85ea-d1e6214bba44_720.jpg" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a3f91599-f9e5-8941-96de-89c2371c5101" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3f91599-f9e5-8941-96de-89c2371c5101/f12b50d4-c7f9-479c-8a1f-13d2fa3bd4cb_720.jpg" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8eca2223-1941-3d4d-ae22-74f7c537df94" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8eca2223-1941-3d4d-ae22-74f7c537df94/cd940e83-9786-44fc-9633-6c9b62e87bbe_720.jpg" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bbc9ad6f-dc27-3b48-97f4-1fd7ab4a9949" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbc9ad6f-dc27-3b48-97f4-1fd7ab4a9949/669ce884-d953-42e6-b449-6e96fd6a2378_720.jpg" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/76effae8-cf0f-6d4f-89e5-8083207741de" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/76effae8-cf0f-6d4f-89e5-8083207741de/728c0e68-d1b3-4eb4-850b-3ddd3b1ffa86_720.jpg" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c41049ef-157c-9f48-a1f7-85bbb9c852e0" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c41049ef-157c-9f48-a1f7-85bbb9c852e0/1101d43a-123d-4d29-a54e-1e7a69197943_720.jpg" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a6cd570d-9393-3a44-8657-5eb5eade6d9c" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a6cd570d-9393-3a44-8657-5eb5eade6d9c/8704d794-9c61-458b-bbdd-8de31ad66b28_720.png" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0a16a669-041c-5741-9ec3-0e4f125cff9a" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0a16a669-041c-5741-9ec3-0e4f125cff9a/51cb3337-976f-4403-bd19-9a6fc09853b9_720.png" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9c11e8db-ca83-9447-907a-cca957be28e1" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9c11e8db-ca83-9447-907a-cca957be28e1/d9688a54-21c8-4e35-b372-c43784fca95a_720.png" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/05e9aaf3-9d71-884d-be59-580f4e70feb6" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/05e9aaf3-9d71-884d-be59-580f4e70feb6/df30a3c0-6761-4e1c-81a9-7af847e638e9_720.png" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/93d7ffe6-f79e-fd4a-9314-18845a1f0a5a" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/93d7ffe6-f79e-fd4a-9314-18845a1f0a5a/b2c7a8bc-843d-4a25-8a9c-067a433f0930_720.png" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b1e69c47-55fb-8241-a431-dd8e35542100" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b1e69c47-55fb-8241-a431-dd8e35542100/0f3cd07a-4231-4ce7-8710-8c6c649efb29_720.png" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1a93813d-14d7-2048-bf08-55d5e9fbf911" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1a93813d-14d7-2048-bf08-55d5e9fbf911/31eec32d-f3a5-4eaf-ba1c-6a0dca7d5ab0_720.jpg" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/93fa715d-75c2-5241-9b5b-da43e53ddf0e" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/93fa715d-75c2-5241-9b5b-da43e53ddf0e/4eb094ed-163b-4e50-93c4-e7c085baa442_720.jpg" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/79dd82db-854a-3846-a0cb-b28e502ccb48" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/79dd82db-854a-3846-a0cb-b28e502ccb48/13cb23f0-9f7f-4449-af7a-cd754e9e72da_720.jpg" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d298568a-38de-1441-930d-2312ffae4f83" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d298568a-38de-1441-930d-2312ffae4f83/b9fdbbf5-d599-40f1-bafb-0d0836e85de7_720.jpg" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9ed5be1f-82ff-8442-86bb-6d1b1daaf009" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9ed5be1f-82ff-8442-86bb-6d1b1daaf009/b90deb82-c006-4b2b-9176-c8fbabb41c81_720.png" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cc3e77e1-7b81-934c-8264-6338109bb0e9" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cc3e77e1-7b81-934c-8264-6338109bb0e9/1c69ad82-8703-46a7-a581-99d7fb43e62c_720.jpg" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ee097f82-b7ee-a14a-a93d-d01252a04ec2" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee097f82-b7ee-a14a-a93d-d01252a04ec2/c7383a6c-d89f-490f-88ee-25399d900814_720.jpg" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/30ba802b-2606-c644-a000-ba08ce183a0f" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/30ba802b-2606-c644-a000-ba08ce183a0f/48ebbde7-d8a8-4609-8fb1-5f8e8e7839f1_720.png" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c2da4f4e-807c-b140-a188-befda28bba03" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c2da4f4e-807c-b140-a188-befda28bba03/4b5f9d46-845c-4791-85de-2b74c56b9c44_720.png" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/78532f72-2329-4a4d-9694-467f97eb2253" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/78532f72-2329-4a4d-9694-467f97eb2253/e3ebe5d3-9dea-4287-80b5-2b3fc20ecc0d_720.png" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/74db9bd9-06f4-2541-8784-d91407a78000" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/74db9bd9-06f4-2541-8784-d91407a78000/aea529dd-4c4f-41a5-9b35-0aa00e4c40a4_720.png" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/438460ed-388a-ac47-b303-7b9c9f213c1c" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/438460ed-388a-ac47-b303-7b9c9f213c1c/742fa83f-942c-40dc-b142-6d0909aa8866_720.jpg" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8c3f11f0-4282-054e-a1a4-17bb5e386f5e" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8c3f11f0-4282-054e-a1a4-17bb5e386f5e/f4943393-4b7d-48ca-9f2a-a6fa0733b406_720.jpg" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4df6bb1a-7e61-6a47-a0fc-b948932226fb" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4df6bb1a-7e61-6a47-a0fc-b948932226fb/67e76f38-cebe-44d1-8322-59ca06fcac7c_720.jpg" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/353a7c25-0566-8c4c-a715-7dabdafe4049" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/353a7c25-0566-8c4c-a715-7dabdafe4049/9a150703-b832-4646-a901-dfde5009b0c1_720.jpg" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4914f17a-a0d5-e845-a362-ac3a45aa1908" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4914f17a-a0d5-e845-a362-ac3a45aa1908/51d81c2b-3bf5-43b5-a8f8-3683ec0852a2_720.png" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c8790b24-df6c-a343-84c5-27d19b6c74ac" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c8790b24-df6c-a343-84c5-27d19b6c74ac/ae959bc8-81d1-4a23-a23a-5689c06f0b54_720.png" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/002dd7c4-f27d-764d-9ad3-166ced743d3e" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/002dd7c4-f27d-764d-9ad3-166ced743d3e/c6aa4879-987c-49b0-995d-7145c88dcc9a_720.jpg" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/17ad0363-b892-394a-b389-a049e91112be" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17ad0363-b892-394a-b389-a049e91112be/c2a7cfcb-a24d-4e6c-831a-1d9ec6aec15a_720.jpg" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/796e8912-3ea9-a148-8436-e6db7f12e2d1" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/796e8912-3ea9-a148-8436-e6db7f12e2d1/0a702686-692a-4ea6-8a2b-b4608a1b9c59_720.jpg" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1bb8e240-deda-1a4c-bc55-7206568d62f9" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1bb8e240-deda-1a4c-bc55-7206568d62f9/46c0f771-48a5-4544-975c-3baddb800c4d_720.jpg" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/07c3ea1a-215f-974b-ada3-d94ae9ac985d" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/07c3ea1a-215f-974b-ada3-d94ae9ac985d/bd4dbc02-0e0f-4892-b60a-704b584a48de_720.png" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f5c1971f-ba1f-1240-8db8-9ddddd3e0ef1" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f5c1971f-ba1f-1240-8db8-9ddddd3e0ef1/558b58e8-1cb8-4ce6-aeab-758d6b15423c_720.png" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3c11ce8b-d38a-b947-b778-fb6c0e859371" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3c11ce8b-d38a-b947-b778-fb6c0e859371/37997b77-40d8-477a-8f2f-c97c4f00e4b8_720.png" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d504cb68-cea4-0743-b2ea-12d93b388d46" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d504cb68-cea4-0743-b2ea-12d93b388d46/a4878c0f-ebcb-4374-b527-ebd0cb916438_720.png" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c3e62955-4286-7346-b3b6-352b02605ba1" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c3e62955-4286-7346-b3b6-352b02605ba1/3ae4dbdd-68a4-43c5-bb4f-f2290e09252a_720.png" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8cb457d2-8053-7c43-9a3c-14a8c54edc04" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8cb457d2-8053-7c43-9a3c-14a8c54edc04/8e5be662-1823-4acb-931c-ba3a24c487d6_720.png" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c2bc8824-b1b8-0d4d-95f1-c05681a6ace2" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c2bc8824-b1b8-0d4d-95f1-c05681a6ace2/f8649283-4e83-4e3e-84bb-ab9243b3ff21_720.png" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/425d4325-5f9b-0042-82cb-443d6a9359a6" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/425d4325-5f9b-0042-82cb-443d6a9359a6/fe2e8b2c-c0f0-4967-a96c-e354ae84755d_720.png" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dca0ca39-de78-b746-90e3-bd43c94b34b3" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dca0ca39-de78-b746-90e3-bd43c94b34b3/9d1d41c5-3b64-4d42-a88b-ff93ba54fa58_720.png" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0e305ca6-4d94-9943-b37e-a3ceae94d143" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e305ca6-4d94-9943-b37e-a3ceae94d143/cd814e83-6482-4d0d-bbe0-256ff5f4bc98_720.png" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dfe3c1a5-bc04-ce44-a68f-6faf8e2544b6" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dfe3c1a5-bc04-ce44-a68f-6faf8e2544b6/29ffabb8-9d23-4a51-b31b-8fc7563938fd_720.png" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f8169d76-14e0-0c49-a838-33f4af033050" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f8169d76-14e0-0c49-a838-33f4af033050/27b2dff7-10da-4b01-a727-2e47f2855eda_720.png" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/65a1e32f-1b8d-c94a-9b41-cbcd5759e632" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/65a1e32f-1b8d-c94a-9b41-cbcd5759e632/fcd5bf2c-9f9a-4db4-91eb-d029d5a8bdd6_720.png" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/295292e9-52ba-3b4a-b87a-d67716ef7521" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/295292e9-52ba-3b4a-b87a-d67716ef7521/e63acc78-4a85-4417-a22a-d0c3e0680abf_720.png" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/303b2996-7059-a748-b277-2510df448bbf" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/303b2996-7059-a748-b277-2510df448bbf/65a709e6-46a7-4d07-aba0-58f323a57089_720.png" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/59df6708-bac4-1649-9843-2c7cd2898afd" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/59df6708-bac4-1649-9843-2c7cd2898afd/c276d674-6b0d-4910-b91b-b2d9dbd330c0_720.png" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9b29a119-fb2c-234e-abf5-4b87b071bb7c" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9b29a119-fb2c-234e-abf5-4b87b071bb7c/afd07332-ed74-4e77-b8d6-61f7c63b15b1_720.png" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4d4db21f-def6-424a-84d1-e3716771a3ba" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4d4db21f-def6-424a-84d1-e3716771a3ba/5da06c19-d49e-46f5-b02f-aadd4ddf1125_720.png" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5d00b616-def3-514b-8f70-dcf51c5b5254" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d00b616-def3-514b-8f70-dcf51c5b5254/370dd4e5-4653-4fe4-9a2a-3961a5c0c413_720.png" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3832349d-cab3-4c44-82ad-73aad7a0b666" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3832349d-cab3-4c44-82ad-73aad7a0b666/093e8f19-8b02-4c7d-9aaa-9dba07b6c473_720.png" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2458e3ba-17f2-e64a-81b1-06587da09700" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2458e3ba-17f2-e64a-81b1-06587da09700/d203ddd0-dde1-41fa-a6b8-6309a3426141_720.jpg" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c1714d92-ce1a-6c46-891b-820cef0ea9d3" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c1714d92-ce1a-6c46-891b-820cef0ea9d3/04dc70c3-3c3b-4739-973f-3076d0c48158_720.jpg" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/26623b1f-642e-e843-8ac4-6df5d9d5a222" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/26623b1f-642e-e843-8ac4-6df5d9d5a222/0f74a03c-cb4d-4b21-b124-1ee83d6ba271_720.jpg" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5e66fb3f-d1bd-7e45-9305-32d1ddf431f1" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5e66fb3f-d1bd-7e45-9305-32d1ddf431f1/579736b2-f492-416a-b6ce-bad1b1354728_720.png" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e3b3cf3e-5318-df40-9e3e-cb4dd3e597cf" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3b3cf3e-5318-df40-9e3e-cb4dd3e597cf/d8937f30-7ec1-42a3-925c-429fcfe80bc7_720.jpg" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cf3518ec-42e6-8841-8e10-32b3f8450fd7" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf3518ec-42e6-8841-8e10-32b3f8450fd7/d8937f30-7ec1-42a3-925c-429fcfe80bc7_720.jpg" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9f4760e2-d17c-9a42-81ba-7042126347dc" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9f4760e2-d17c-9a42-81ba-7042126347dc/e0fbfb0e-8a50-4d01-bf86-703aa76d584e_720.PNG" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fc29635a-08db-f846-bdb0-12d48ac5a4c7" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fc29635a-08db-f846-bdb0-12d48ac5a4c7/6f9158b3-d37d-4395-a5d3-71d46b0b7e84_720.jpg" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/25916e7f-7c20-3c44-9848-b3d7d07c502e" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/25916e7f-7c20-3c44-9848-b3d7d07c502e/023b6c1e-7001-424d-811e-f5e72f401fd4_720.jpg" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b59dfd42-0fd2-7e4c-aa28-cbf079990977" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b59dfd42-0fd2-7e4c-aa28-cbf079990977/30da7d71-7630-423f-8783-4d9c2d97551f_720.png" TargetMode="External"/><Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3b3d3af7-1667-2b4b-b728-14bcee90f4f3" TargetMode="External"/><Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3b3d3af7-1667-2b4b-b728-14bcee90f4f3/2e762a65-7619-4f40-9072-1eaf67dce4fd_720.png" TargetMode="External"/><Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1bda9d98-e43e-224a-9d75-ff468b1765d3" TargetMode="External"/><Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1bda9d98-e43e-224a-9d75-ff468b1765d3/84745d79-122e-4da7-9ea6-76b673e1a3a2_720.png" TargetMode="External"/><Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d87e4ed2-959f-ea42-8c55-40caff4252e9" TargetMode="External"/><Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d87e4ed2-959f-ea42-8c55-40caff4252e9/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6c7cba32-333b-a843-85b3-96cc4d8fdb14" TargetMode="External"/><Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c7cba32-333b-a843-85b3-96cc4d8fdb14/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/877c70e6-dc81-5b46-b168-b562ae748eb0" TargetMode="External"/><Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/877c70e6-dc81-5b46-b168-b562ae748eb0/0fcdbeb6-659a-440c-96f9-dc28f43f0b8c_720.png" TargetMode="External"/><Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5e64137c-4090-964b-85a7-237184bdc7a6" TargetMode="External"/><Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5e64137c-4090-964b-85a7-237184bdc7a6/9a07e877-c770-4680-8103-f80ce510082a_720.png" TargetMode="External"/><Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/028d0546-d30b-7b47-af12-ca6e95c7e272" TargetMode="External"/><Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/028d0546-d30b-7b47-af12-ca6e95c7e272/e5d59e80-c408-4490-ba1a-29ad47247d56_720.png" TargetMode="External"/><Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/369779dd-2d6e-9242-860d-7e14bba129a7" TargetMode="External"/><Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/369779dd-2d6e-9242-860d-7e14bba129a7/e8fedebd-562d-4365-bb58-6c304b1e7bd8_720.png" TargetMode="External"/><Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a1c7d1bb-165d-ad40-967b-8face9875795" TargetMode="External"/><Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a1c7d1bb-165d-ad40-967b-8face9875795/12462a86-e33a-4e2c-8c6d-68065f7872d2_720.png" TargetMode="External"/><Relationship Id="rId1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bfc656d4-cf2c-8d48-955e-12983219110c" TargetMode="External"/><Relationship Id="rId1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bfc656d4-cf2c-8d48-955e-12983219110c/af967f04-9a05-4129-b5d6-503633fff3aa_720.png" TargetMode="External"/><Relationship Id="rId1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f9785e8e-755f-904e-b84a-436cbfb00312" TargetMode="External"/><Relationship Id="rId1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f9785e8e-755f-904e-b84a-436cbfb00312/4d02ed24-7251-4ed1-8e52-18ca71bc3859_720.png" TargetMode="External"/><Relationship Id="rId1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2eca6db8-7809-324a-b717-215d9499e780" TargetMode="External"/><Relationship Id="rId1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2eca6db8-7809-324a-b717-215d9499e780/472ae1be-f7f2-4490-9ec5-f9a02c082546_720.png" TargetMode="External"/><Relationship Id="rId1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9f6fad31-50ff-f546-82b7-c63effa6ad82" TargetMode="External"/><Relationship Id="rId1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9f6fad31-50ff-f546-82b7-c63effa6ad82/548b04af-21c9-4117-a713-c9901f5bbc4a_720.png" TargetMode="External"/><Relationship Id="rId1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a98c69bf-4212-de40-8c0b-58ab44cfaff4" TargetMode="External"/><Relationship Id="rId1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a98c69bf-4212-de40-8c0b-58ab44cfaff4/31c5c390-a617-4ee8-b088-3d742a1f9bd7_720.png" TargetMode="External"/><Relationship Id="rId1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/df7b3133-5040-8047-92f2-bd3152533ed0" TargetMode="External"/><Relationship Id="rId1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/df7b3133-5040-8047-92f2-bd3152533ed0/992cfa1d-e165-4ebe-ac2e-b1b9b80a5ba4_720.jpg" TargetMode="External"/><Relationship Id="rId1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/321b66c3-2ed6-c846-940a-2309f2eb3447" TargetMode="External"/><Relationship Id="rId1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/321b66c3-2ed6-c846-940a-2309f2eb3447/bf58ec76-25f4-4707-b2e4-3fcb4cf60254_720.jpg" TargetMode="External"/><Relationship Id="rId1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/89627793-c4b4-0a4f-92f2-21705b81ba99" TargetMode="External"/><Relationship Id="rId1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/89627793-c4b4-0a4f-92f2-21705b81ba99/ede8ce7d-d508-4f99-b6dc-c830dc15e40f_720.jpg" TargetMode="External"/><Relationship Id="rId1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2aab32ce-eb84-a14b-bf47-9b123e9b5f82" TargetMode="External"/><Relationship Id="rId1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2aab32ce-eb84-a14b-bf47-9b123e9b5f82/742eb95f-7760-4ead-b048-6bc6ab88e8ef_720.png" TargetMode="External"/><Relationship Id="rId1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/21de5cb4-5771-0042-aa3d-7741edf2a5f7" TargetMode="External"/><Relationship Id="rId1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/21de5cb4-5771-0042-aa3d-7741edf2a5f7/4307fe4d-0e96-4448-a531-6ec756650ae5_720.jpg" TargetMode="External"/><Relationship Id="rId1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/391a4559-0207-6045-9278-8db9319e425c" TargetMode="External"/><Relationship Id="rId1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/391a4559-0207-6045-9278-8db9319e425c/3da06749-b0e2-46bf-8487-3f68d90cfe41_720.png" TargetMode="External"/><Relationship Id="rId1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/520a4151-e0ee-a24f-bc34-bf7dc61aff0c" TargetMode="External"/><Relationship Id="rId1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/520a4151-e0ee-a24f-bc34-bf7dc61aff0c/4307fe4d-0e96-4448-a531-6ec756650ae5_720.jpg" TargetMode="External"/><Relationship Id="rId1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3a4f0cf3-929d-ad49-83bb-60983a8d4c7f" TargetMode="External"/><Relationship Id="rId1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a4f0cf3-929d-ad49-83bb-60983a8d4c7f/3da06749-b0e2-46bf-8487-3f68d90cfe41_720.png" TargetMode="External"/><Relationship Id="rId1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0d453e44-511f-a647-a043-b35c27787a1a" TargetMode="External"/><Relationship Id="rId1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d453e44-511f-a647-a043-b35c27787a1a/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3fa694f9-d83c-b44c-bda9-a4294482e2ab" TargetMode="External"/><Relationship Id="rId1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fa694f9-d83c-b44c-bda9-a4294482e2ab/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/904e99d5-3f87-1d41-81a0-bc8bbed61649" TargetMode="External"/><Relationship Id="rId1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/904e99d5-3f87-1d41-81a0-bc8bbed61649/db98cb8d-a5f0-455e-a348-532bae2ea353_720.png" TargetMode="External"/><Relationship Id="rId1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/046cf71a-147e-8c4d-8166-13b5906e31b7" TargetMode="External"/><Relationship Id="rId1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/046cf71a-147e-8c4d-8166-13b5906e31b7/e0fc2564-d1cd-4be0-9ffb-fcb2f6fb25e1_720.png" TargetMode="External"/><Relationship Id="rId1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b26a1053-5504-5042-96a8-ae57a9b59d03" TargetMode="External"/><Relationship Id="rId1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b26a1053-5504-5042-96a8-ae57a9b59d03/0ebe0ef4-5a13-42c4-9018-61243e433bfe_720.png" TargetMode="External"/><Relationship Id="rId1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/147e65c7-9029-5642-b817-eac0fa92b919" TargetMode="External"/><Relationship Id="rId1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/147e65c7-9029-5642-b817-eac0fa92b919/3d474671-696b-49d5-8bc4-c166012161b1_720.png" TargetMode="External"/><Relationship Id="rId1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/307af5f2-7d44-ad4c-af8e-65be9b624353" TargetMode="External"/><Relationship Id="rId1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/307af5f2-7d44-ad4c-af8e-65be9b624353/a758402d-3a29-4a96-a479-9b998d8a829d_720.png" TargetMode="External"/><Relationship Id="rId1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e5ae2669-f3d9-c24b-ac72-cf94c68cf1c7" TargetMode="External"/><Relationship Id="rId1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e5ae2669-f3d9-c24b-ac72-cf94c68cf1c7/306c3962-6e4a-4418-96b5-9adbba3c00cc_720.png" TargetMode="External"/><Relationship Id="rId1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8dad5284-a90a-4148-9cc3-615521a1249d" TargetMode="External"/><Relationship Id="rId1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8dad5284-a90a-4148-9cc3-615521a1249d/3286a937-6b10-4b01-b547-370b488ef1a2_720.png" TargetMode="External"/><Relationship Id="rId1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d8542770-e61e-4548-bde4-76c7fbd52594" TargetMode="External"/><Relationship Id="rId1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d8542770-e61e-4548-bde4-76c7fbd52594/2e02388f-43e8-4e18-9fe9-1e3ec25dcddc_720.png" TargetMode="External"/><Relationship Id="rId1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0f64df36-7a9a-854f-b0d3-10ce416dc218" TargetMode="External"/><Relationship Id="rId1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0f64df36-7a9a-854f-b0d3-10ce416dc218/7d32cb3f-2669-4792-a790-5ab508924bbe_720.png" TargetMode="External"/><Relationship Id="rId1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/53c944f0-1983-c94a-b4d6-3d8b1f8b63e5" TargetMode="External"/><Relationship Id="rId1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/53c944f0-1983-c94a-b4d6-3d8b1f8b63e5/79b66ef8-4edd-4618-a8d3-b6e9dadbf63e_720.png" TargetMode="External"/><Relationship Id="rId1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9da3a9d1-23b8-0048-af02-cf5673b1e8a7" TargetMode="External"/><Relationship Id="rId1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9da3a9d1-23b8-0048-af02-cf5673b1e8a7/f0892ded-0791-4103-b25c-cdbf9c2978ae_720.png" TargetMode="External"/><Relationship Id="rId1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/621cbe3a-1320-5041-b514-f2a065337918" TargetMode="External"/><Relationship Id="rId1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/621cbe3a-1320-5041-b514-f2a065337918/6be80075-fee5-4844-aa4f-c548af46d885_720.png" TargetMode="External"/><Relationship Id="rId1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4b51c31e-7c73-8e49-a3e6-673587ab1b92" TargetMode="External"/><Relationship Id="rId1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4b51c31e-7c73-8e49-a3e6-673587ab1b92/19b2f0f5-7596-4c74-aa37-d91f22c95659_720.png" TargetMode="External"/><Relationship Id="rId1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5758c1bd-f050-ef4d-b2d2-b48155c5cb16" TargetMode="External"/><Relationship Id="rId1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5758c1bd-f050-ef4d-b2d2-b48155c5cb16/f0f5a02f-3a2b-4139-adf0-d1af457740ea_720.png" TargetMode="External"/><Relationship Id="rId1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5706cd51-8c7a-a849-b2f4-1f861a424f37" TargetMode="External"/><Relationship Id="rId1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5706cd51-8c7a-a849-b2f4-1f861a424f37/eca02086-1b24-437e-b70b-f11882a45fe4_720.jpg" TargetMode="External"/><Relationship Id="rId1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d76305bd-4cb0-e147-8733-1ff2586a669f" TargetMode="External"/><Relationship Id="rId1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d76305bd-4cb0-e147-8733-1ff2586a669f/38be4d91-f320-42c5-9ce2-7ca9c88dcc9b_720.jpg" TargetMode="External"/><Relationship Id="rId1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e88321f2-126f-d349-a308-268da0d5f68f" TargetMode="External"/><Relationship Id="rId1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e88321f2-126f-d349-a308-268da0d5f68f/2e04aad9-fd18-47a1-aa84-8f40cf7b8b31_720.jpg" TargetMode="External"/><Relationship Id="rId1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c6cd1107-ab5b-8744-9f24-ba91fbdd741d" TargetMode="External"/><Relationship Id="rId1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c6cd1107-ab5b-8744-9f24-ba91fbdd741d/13dd9999-cea6-4019-8f61-9e8ba405c97b_720.jpg" TargetMode="External"/><Relationship Id="rId1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/16e2fab8-1d3d-e04f-8feb-85b7f75c1dad" TargetMode="External"/><Relationship Id="rId1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/16e2fab8-1d3d-e04f-8feb-85b7f75c1dad/cabd87c1-f90c-4333-8862-d4fdd7f4f34e_720.png" TargetMode="External"/><Relationship Id="rId1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/794c6d8b-46a6-2843-bcc6-e5cf3d0f7ad6" TargetMode="External"/><Relationship Id="rId1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/794c6d8b-46a6-2843-bcc6-e5cf3d0f7ad6/a49b45fd-fe24-4653-96f4-7902d8f76aaa_720.jpg" TargetMode="External"/><Relationship Id="rId1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/26c8f1e1-471e-3444-bb18-801265e004d2" TargetMode="External"/><Relationship Id="rId1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/26c8f1e1-471e-3444-bb18-801265e004d2/f8fa6f82-5a9f-4060-b7e8-15d7a7e05f45_720.png" TargetMode="External"/><Relationship Id="rId1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/388347f1-8be5-a144-a9e9-14da4792e8fc" TargetMode="External"/><Relationship Id="rId1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/388347f1-8be5-a144-a9e9-14da4792e8fc/f8fa6f82-5a9f-4060-b7e8-15d7a7e05f45_720.png" TargetMode="External"/><Relationship Id="rId1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b0c5e198-5f4b-4848-8a7a-882a6bc6e0ca" TargetMode="External"/><Relationship Id="rId1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b0c5e198-5f4b-4848-8a7a-882a6bc6e0ca/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/98fc5ecd-130d-d546-a86a-49465a6338f2" TargetMode="External"/><Relationship Id="rId1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/98fc5ecd-130d-d546-a86a-49465a6338f2/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8528975a-6cd8-204e-acbc-68b97fd272cb" TargetMode="External"/><Relationship Id="rId1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8528975a-6cd8-204e-acbc-68b97fd272cb/cb60b932-ad68-4de9-9f44-4c8274b2a754_720.png" TargetMode="External"/><Relationship Id="rId1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6f7e3409-ef24-9243-a840-b46caa290198" TargetMode="External"/><Relationship Id="rId1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6f7e3409-ef24-9243-a840-b46caa290198/e0a08163-9f73-4621-9caf-f202e8e0431a_720.png" TargetMode="External"/><Relationship Id="rId1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/39717af3-3e4c-b94e-aa36-2834cd2b3f42" TargetMode="External"/><Relationship Id="rId1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/39717af3-3e4c-b94e-aa36-2834cd2b3f42/cb09adce-f6f9-4a0b-a190-a0bfc97672e1_720.png" TargetMode="External"/><Relationship Id="rId1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/788b2e69-bcd0-e241-8bf9-efb59ba3ab8b" TargetMode="External"/><Relationship Id="rId1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/788b2e69-bcd0-e241-8bf9-efb59ba3ab8b/502afd30-575a-460c-b1b5-909d9b6164a3_720.png" TargetMode="External"/><Relationship Id="rId1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fb9efb9b-5b9b-2d4a-a672-6de593abac58" TargetMode="External"/><Relationship Id="rId1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb9efb9b-5b9b-2d4a-a672-6de593abac58/64e85237-f907-41ec-9689-bc26b7859446_720.png" TargetMode="External"/><Relationship Id="rId1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f974770a-e800-644d-8386-f80eb8aa1c30" TargetMode="External"/><Relationship Id="rId1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f974770a-e800-644d-8386-f80eb8aa1c30/00c1cf2a-0f5f-4ce6-98c6-2f15efe3e8cf_720.png" TargetMode="External"/><Relationship Id="rId1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2a5001f6-aac9-0c4a-8b51-b1573f531f42" TargetMode="External"/><Relationship Id="rId1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a5001f6-aac9-0c4a-8b51-b1573f531f42/d183b1be-8d27-4217-a374-7c86f71dc0ec_720.png" TargetMode="External"/><Relationship Id="rId1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f9e3fd8c-7be0-f546-b668-4007f4555dff" TargetMode="External"/><Relationship Id="rId1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7322f4f5-4a98-9c4f-9409-b1644a0fe23f" TargetMode="External"/><Relationship Id="rId1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d3e2702a-0960-d449-a82a-56b9e1e5c4fa" TargetMode="External"/><Relationship Id="rId1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/571ad5fe-b209-0843-b3f1-87b62b39c183" TargetMode="External"/><Relationship Id="rId1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a01ad40e-2ce5-3740-863a-6d4d4f2e0ee7" TargetMode="External"/><Relationship Id="rId1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a01ad40e-2ce5-3740-863a-6d4d4f2e0ee7/be2f6854-344a-403b-ab83-95f9485b6da3_720.png" TargetMode="External"/><Relationship Id="rId1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0175188a-00d9-9e4c-943d-a3be938af702" TargetMode="External"/><Relationship Id="rId1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0175188a-00d9-9e4c-943d-a3be938af702/808afee7-0e92-4910-aae4-c655975d7ed8_720.png" TargetMode="External"/><Relationship Id="rId1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8cd0e68f-2151-f647-8a38-249ece148803" TargetMode="External"/><Relationship Id="rId1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8cd0e68f-2151-f647-8a38-249ece148803/67872cc7-0738-4947-be16-a6bc18e9b9fe_720.png" TargetMode="External"/><Relationship Id="rId1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/242f6cd3-8235-0d40-aede-a7504459b404" TargetMode="External"/><Relationship Id="rId1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/242f6cd3-8235-0d40-aede-a7504459b404/ca3f78fd-c1c6-4fd7-bc29-30aa5b8ac692_720.jpg" TargetMode="External"/><Relationship Id="rId1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0000d9a8-5222-7648-b38b-8b3cd58210ec" TargetMode="External"/><Relationship Id="rId1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0000d9a8-5222-7648-b38b-8b3cd58210ec/1feeaafb-601b-470b-af36-eb6cc9084a42_720.jpg" TargetMode="External"/><Relationship Id="rId1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e53d66f1-74d0-c245-89ce-e009e1999bcb" TargetMode="External"/><Relationship Id="rId1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e53d66f1-74d0-c245-89ce-e009e1999bcb/4c17a3bc-d8c3-489b-b754-9844f292d6a7_720.png" TargetMode="External"/><Relationship Id="rId1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/28c04038-5574-1149-b80b-3da1fe22afb4" TargetMode="External"/><Relationship Id="rId1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/28c04038-5574-1149-b80b-3da1fe22afb4/4c17a3bc-d8c3-489b-b754-9844f292d6a7_720.png" TargetMode="External"/><Relationship Id="rId1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f4b234d6-74b8-7e4b-9659-cbfe390654f0" TargetMode="External"/><Relationship Id="rId1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/14568a17-f2ca-4f4d-9295-67725e5a6919" TargetMode="External"/><Relationship Id="rId1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/14568a17-f2ca-4f4d-9295-67725e5a6919/4018a3b2-b074-4d82-99f3-cf68c71e9ddd_720.png" TargetMode="External"/><Relationship Id="rId1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c91e24a6-c2d3-4041-a2af-2e19e9efbca6" TargetMode="External"/><Relationship Id="rId1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c91e24a6-c2d3-4041-a2af-2e19e9efbca6/4018a3b2-b074-4d82-99f3-cf68c71e9ddd_720.png" TargetMode="External"/><Relationship Id="rId1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/41dfec42-b821-ea49-aee9-fba464c6617e" TargetMode="External"/><Relationship Id="rId1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41dfec42-b821-ea49-aee9-fba464c6617e/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/410eb387-7877-b245-914b-5fa06d7b3b07" TargetMode="External"/><Relationship Id="rId1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/410eb387-7877-b245-914b-5fa06d7b3b07/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3394ed4a-35ba-b441-85f2-a20ff8dc26a6" TargetMode="External"/><Relationship Id="rId1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3394ed4a-35ba-b441-85f2-a20ff8dc26a6/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png" TargetMode="External"/><Relationship Id="rId1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cf308fd4-f63b-6146-a3d8-fa554314fd2c" TargetMode="External"/><Relationship Id="rId1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf308fd4-f63b-6146-a3d8-fa554314fd2c/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/81ec5373-05f5-c94a-bb22-f2dc6a35b1c9" TargetMode="External"/><Relationship Id="rId1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/81ec5373-05f5-c94a-bb22-f2dc6a35b1c9/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/00c037c8-6e71-3943-90f9-f14e6b6b6af0" TargetMode="External"/><Relationship Id="rId1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/00c037c8-6e71-3943-90f9-f14e6b6b6af0/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8ce2e224-ea5e-b142-9f78-413f5b412cb1" TargetMode="External"/><Relationship Id="rId1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ce2e224-ea5e-b142-9f78-413f5b412cb1/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png" TargetMode="External"/><Relationship Id="rId1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/872f0cfc-b399-7143-b055-5a116dcb69d3" TargetMode="External"/><Relationship Id="rId1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/872f0cfc-b399-7143-b055-5a116dcb69d3/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d797b353-5ed7-5845-bd68-7725723149f6" TargetMode="External"/><Relationship Id="rId1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d797b353-5ed7-5845-bd68-7725723149f6/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png" TargetMode="External"/><Relationship Id="rId1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dcb546c1-6063-bd4c-a5a6-4d0592273af5" TargetMode="External"/><Relationship Id="rId1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dcb546c1-6063-bd4c-a5a6-4d0592273af5/07c9977c-bd08-402d-bd26-13a97c29812e_720.jpg" TargetMode="External"/><Relationship Id="rId1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/151d2c31-9027-4944-90e3-78045068acdd" TargetMode="External"/><Relationship Id="rId1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/151d2c31-9027-4944-90e3-78045068acdd/b00a2b66-1529-4273-b74d-4bf308271bbf_720.jpg" TargetMode="External"/><Relationship Id="rId1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/44bfebe1-e482-124a-b034-0141189ee2df" TargetMode="External"/><Relationship Id="rId1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/44bfebe1-e482-124a-b034-0141189ee2df/dc8a6421-ab14-405f-8b3a-3dc780382b2c_720.png" TargetMode="External"/><Relationship Id="rId1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/feab5069-6474-7047-9b93-4f4a6f316c93" TargetMode="External"/><Relationship Id="rId1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/feab5069-6474-7047-9b93-4f4a6f316c93/42952030-9b51-43f9-b44f-ef4749397c60_720.png" TargetMode="External"/><Relationship Id="rId1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/94d197bf-4361-4e43-a841-ad29e515f4d8" TargetMode="External"/><Relationship Id="rId1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/94d197bf-4361-4e43-a841-ad29e515f4d8/bee59a61-b13e-4278-a9d6-f9a9ec705ead_720.png" TargetMode="External"/><Relationship Id="rId1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/32a29c6a-c917-f447-a3eb-d2989204589d" TargetMode="External"/><Relationship Id="rId1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/32a29c6a-c917-f447-a3eb-d2989204589d/6d148bda-07c0-40a0-bc59-ae077c9e32e7_720.png" TargetMode="External"/><Relationship Id="rId1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2ca82556-7432-1349-bbbb-542add8339ed" TargetMode="External"/><Relationship Id="rId1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ca82556-7432-1349-bbbb-542add8339ed/a311af71-e208-4c0d-bff8-46cda29a351c_720.JPG" TargetMode="External"/><Relationship Id="rId1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2761fa47-8895-5446-b480-3250985440eb" TargetMode="External"/><Relationship Id="rId1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2761fa47-8895-5446-b480-3250985440eb/3b35ffea-7195-4562-b255-86715cfdf3db_720.jpg" TargetMode="External"/><Relationship Id="rId1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9a1aaa3d-152c-8841-b250-2c202b8d51d8" TargetMode="External"/><Relationship Id="rId1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a1aaa3d-152c-8841-b250-2c202b8d51d8/b8ba35e6-f7fc-4c63-ab84-9dbefd31aecd_720.png" TargetMode="External"/><Relationship Id="rId1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0e2cd72b-e074-454a-8a1c-601fcdf71012" TargetMode="External"/><Relationship Id="rId1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e2cd72b-e074-454a-8a1c-601fcdf71012/7e603c93-3385-4627-9701-0b46383f414e_720.jpg" TargetMode="External"/><Relationship Id="rId1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7b20ee63-e638-bb46-943b-c04f753cfde0" TargetMode="External"/><Relationship Id="rId1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b20ee63-e638-bb46-943b-c04f753cfde0/83b3c440-67e9-4503-93b2-e0792a4c57f0_720.jpg" TargetMode="External"/><Relationship Id="rId1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6c95702b-dbc1-a34a-a03d-dcd17134d140" TargetMode="External"/><Relationship Id="rId1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c95702b-dbc1-a34a-a03d-dcd17134d140/ff9b0b65-45d4-4c98-ae7b-e8dcec4a6b32_720.jpg" TargetMode="External"/><Relationship Id="rId1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1b6c4ee4-4f7f-da42-a6fc-204c3cfb215e" TargetMode="External"/><Relationship Id="rId1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1b6c4ee4-4f7f-da42-a6fc-204c3cfb215e/cbe451f4-3f54-4a64-81c8-b749fc4db0a5_720.JPG" TargetMode="External"/><Relationship Id="rId1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4230e9d2-5e25-3643-9845-9d2ee6d21d6e" TargetMode="External"/><Relationship Id="rId1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4230e9d2-5e25-3643-9845-9d2ee6d21d6e/ce071a6d-9e7a-4b7a-81bc-65a1dfafd622_720.jpg" TargetMode="External"/><Relationship Id="rId1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5ffb67ac-5cd4-f248-ba4a-65661ff52b04" TargetMode="External"/><Relationship Id="rId1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5ffb67ac-5cd4-f248-ba4a-65661ff52b04/15beef31-a9aa-4dbe-ab15-5397e3e8f8db_720.jpg" TargetMode="External"/><Relationship Id="rId1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7ff822fa-8468-c641-90f9-7676f4e3287d" TargetMode="External"/><Relationship Id="rId1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7ff822fa-8468-c641-90f9-7676f4e3287d/866c0580-14e8-4beb-9b5b-ec5d6e5c9493_720.jpg" TargetMode="External"/><Relationship Id="rId1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/358c7bcc-2f8a-1d49-b133-f0fb95439626" TargetMode="External"/><Relationship Id="rId1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/358c7bcc-2f8a-1d49-b133-f0fb95439626/179bcb25-e532-45cf-970d-3a457a884ac9_720.jpg" TargetMode="External"/><Relationship Id="rId1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/281e1aa2-9e8a-7b4e-8d46-a1aca5985853" TargetMode="External"/><Relationship Id="rId1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/281e1aa2-9e8a-7b4e-8d46-a1aca5985853/1f0fd0dd-4e02-421f-83c8-e2f5016a22f7_720.jpg" TargetMode="External"/><Relationship Id="rId1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/aa5e710b-8a4e-ce4a-a014-b09a8b1fc9f7" TargetMode="External"/><Relationship Id="rId1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aa5e710b-8a4e-ce4a-a014-b09a8b1fc9f7/4c1a275b-4d3b-47b6-8465-0676dc1dafcd_720.jpg" TargetMode="External"/><Relationship Id="rId1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/69d5ec96-fde7-0f4a-9121-220784ac8d46" TargetMode="External"/><Relationship Id="rId1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69d5ec96-fde7-0f4a-9121-220784ac8d46/f8c93e1d-291c-4528-961a-1af4a98789b4_720.jpg" TargetMode="External"/><Relationship Id="rId1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1fd4e21a-1254-d249-9af7-c1b1cb568e7d" TargetMode="External"/><Relationship Id="rId1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1fd4e21a-1254-d249-9af7-c1b1cb568e7d/70cbfda5-2c3a-414a-af43-a5968a166897_720.png" TargetMode="External"/><Relationship Id="rId1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f55cddf5-ff49-fa48-980b-c308ff5d4229" TargetMode="External"/><Relationship Id="rId1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f55cddf5-ff49-fa48-980b-c308ff5d4229/b9e8b1fa-fa20-487b-8edc-eb3cafdbae84_720.png" TargetMode="External"/><Relationship Id="rId1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0bd3e495-7630-9a44-8371-b92d7da3cece" TargetMode="External"/><Relationship Id="rId1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0bd3e495-7630-9a44-8371-b92d7da3cece/1d215bda-fa0b-4e63-9a88-2bb3c6d7f617_720.png" TargetMode="External"/><Relationship Id="rId1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bd9f333b-4eec-5449-9b9c-5aaeb59d0950" TargetMode="External"/><Relationship Id="rId1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd9f333b-4eec-5449-9b9c-5aaeb59d0950/62ec6127-66b0-4425-a98d-500280c3b9c0_720.jpg" TargetMode="External"/><Relationship Id="rId1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3b7384db-b96e-9b46-8bde-f12d47869ac7" TargetMode="External"/><Relationship Id="rId1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3b7384db-b96e-9b46-8bde-f12d47869ac7/9d1fabb6-d15e-4e98-ae4c-fec54c64aee2_720.jpg" TargetMode="External"/><Relationship Id="rId1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/17a080e1-a3f6-0a4b-98bb-94e7e4bf9e67" TargetMode="External"/><Relationship Id="rId1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17a080e1-a3f6-0a4b-98bb-94e7e4bf9e67/1c7dd7f9-ab27-4e5f-a2de-57b1fbac2929_720.png" TargetMode="External"/><Relationship Id="rId1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ce58e61c-92a5-4841-89c8-23da936aae21" TargetMode="External"/><Relationship Id="rId1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ce58e61c-92a5-4841-89c8-23da936aae21/42dc0c96-ffef-46a1-95ce-26ee81fed71c_720.png" TargetMode="External"/><Relationship Id="rId1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/34cb45ae-2543-3d4c-a219-41624bec26d3" TargetMode="External"/><Relationship Id="rId1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/34cb45ae-2543-3d4c-a219-41624bec26d3/0a1e8797-7466-4e7e-a576-496cd20e9ca2_720.png" TargetMode="External"/><Relationship Id="rId1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9e5662c7-8095-7247-98f2-8afa83c16426" TargetMode="External"/><Relationship Id="rId1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9e5662c7-8095-7247-98f2-8afa83c16426/289034a4-3de5-4e87-90d5-0da53d20c450_720.png" TargetMode="External"/><Relationship Id="rId1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/aeb6ef3d-e22e-8640-a4e4-1ce4eef41ec0" TargetMode="External"/><Relationship Id="rId1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aeb6ef3d-e22e-8640-a4e4-1ce4eef41ec0/185dbcdf-9aee-43ec-99a9-6d7c0c84a03a_720.png" TargetMode="External"/><Relationship Id="rId1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0debb5fb-1642-a84e-8955-ae0c75c7bd2a" TargetMode="External"/><Relationship Id="rId1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0debb5fb-1642-a84e-8955-ae0c75c7bd2a/b4121194-c4c7-4720-a5f4-aebc875fe385_720.png" TargetMode="External"/><Relationship Id="rId1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dc0ae2cd-96c9-1845-9be0-137670918be6" TargetMode="External"/><Relationship Id="rId1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc0ae2cd-96c9-1845-9be0-137670918be6/bb66c442-625e-47d5-9e79-48e792efd6e5_720.png" TargetMode="External"/><Relationship Id="rId1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/50da108a-6e4e-ef46-ad33-f1d8127e5653" TargetMode="External"/><Relationship Id="rId1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/50da108a-6e4e-ef46-ad33-f1d8127e5653/22d535b0-1fdf-4ba3-b271-cdb8df81a195_720.JPG" TargetMode="External"/><Relationship Id="rId1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e04d705d-78ea-454d-ad6b-75271c41bfe0" TargetMode="External"/><Relationship Id="rId1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e04d705d-78ea-454d-ad6b-75271c41bfe0/b7c5a846-7363-412d-9296-f9b2db0c83ef_720.jpg" TargetMode="External"/><Relationship Id="rId1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3609e420-8cf4-ea47-8dab-15195dde57da" TargetMode="External"/><Relationship Id="rId1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3609e420-8cf4-ea47-8dab-15195dde57da/72d00419-ed06-4df2-b963-c301e7df0d3b_720.JPG" TargetMode="External"/><Relationship Id="rId1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/601c59f3-c80d-b748-b3e0-83f7cbef3123" TargetMode="External"/><Relationship Id="rId1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/601c59f3-c80d-b748-b3e0-83f7cbef3123/9c594fb9-6763-4621-99bf-87da2b4ba8c2_720.jpg" TargetMode="External"/><Relationship Id="rId1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d3960617-b0d9-cf40-afed-45cabe899a97" TargetMode="External"/><Relationship Id="rId1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d3960617-b0d9-cf40-afed-45cabe899a97/45e4c016-7b28-43c5-b5e1-1268d06152b5_720.jpg" TargetMode="External"/><Relationship Id="rId1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/56d924d4-5d57-1443-bedc-059ae64ef1bc" TargetMode="External"/><Relationship Id="rId1546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56d924d4-5d57-1443-bedc-059ae64ef1bc/09ca5857-38bb-48f2-b222-256f01284c27_720.jpg" TargetMode="External"/><Relationship Id="rId1547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7a700e7f-88be-644b-9625-2d35c7052540" TargetMode="External"/><Relationship Id="rId1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a700e7f-88be-644b-9625-2d35c7052540/dedbe0ce-01d3-4b58-90bc-bff7451d65c0_720.jpg" TargetMode="External"/><Relationship Id="rId1549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d88e802b-579b-eb45-afba-e488b19fcc47" TargetMode="External"/><Relationship Id="rId1550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d88e802b-579b-eb45-afba-e488b19fcc47/dd129ef1-06e2-4e16-a919-b8c1daa5a537_720.jpg" TargetMode="External"/><Relationship Id="rId1551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a63e2875-6848-df43-802c-52814c949606" TargetMode="External"/><Relationship Id="rId1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a63e2875-6848-df43-802c-52814c949606/39c04947-bb1f-4347-9ac0-cc5139ec3197_720.jpg" TargetMode="External"/><Relationship Id="rId1553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2227fd63-9752-8a4b-834c-5e966947f04a" TargetMode="External"/><Relationship Id="rId1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2227fd63-9752-8a4b-834c-5e966947f04a/18ff6527-9ec3-4a73-98e3-02abfa27ec09_720.jpg" TargetMode="External"/><Relationship Id="rId1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8db19def-438f-0943-968f-25b71b8a0502" TargetMode="External"/><Relationship Id="rId1556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8db19def-438f-0943-968f-25b71b8a0502/f8550c3a-c375-4ec6-bc83-98e183bc4f87_720.jpg" TargetMode="External"/><Relationship Id="rId1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b92b1acf-62bc-2549-a879-d70c42deb7b8" TargetMode="External"/><Relationship Id="rId1558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b92b1acf-62bc-2549-a879-d70c42deb7b8/f036ad73-432f-4ab8-87e2-ebc5ff581769_720.jpg" TargetMode="External"/><Relationship Id="rId1559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cbc24836-5871-ea4e-b310-9a7f572b9ad5" TargetMode="External"/><Relationship Id="rId1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cbc24836-5871-ea4e-b310-9a7f572b9ad5/ae425776-ad20-4cec-9cf4-f9f393433b91_720.jpg" TargetMode="External"/><Relationship Id="rId1561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6c63e6fa-161d-914c-8641-bb07f906494a" TargetMode="External"/><Relationship Id="rId1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c63e6fa-161d-914c-8641-bb07f906494a/facb0661-5a9e-4033-b703-1110937483b6_720.png" TargetMode="External"/><Relationship Id="rId1563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1d89a290-c83f-b24f-a6f2-96aa123c7467" TargetMode="External"/><Relationship Id="rId1564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1d89a290-c83f-b24f-a6f2-96aa123c7467/92589d42-9e32-432b-a55e-18bc0706b7e6_720.jpg" TargetMode="External"/><Relationship Id="rId1565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/253989e5-9abb-2e44-8ee0-fcfb32c02b93" TargetMode="External"/><Relationship Id="rId1566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/253989e5-9abb-2e44-8ee0-fcfb32c02b93/e69ed5ae-6c06-4c02-b34a-91bc15ede6b8_720.jpg" TargetMode="External"/><Relationship Id="rId1567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e7bb21ec-cfc0-c243-b5a4-9e876185ee05" TargetMode="External"/><Relationship Id="rId1568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e7bb21ec-cfc0-c243-b5a4-9e876185ee05/9e512a07-4206-4112-8631-2ae76733b3ae_720.jpg" TargetMode="External"/><Relationship Id="rId1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fd3bfe52-34f6-8441-a675-28264506d044" TargetMode="External"/><Relationship Id="rId1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd3bfe52-34f6-8441-a675-28264506d044/86fdd53a-9f4c-4230-850a-852044fa47ad_720.jpg" TargetMode="External"/><Relationship Id="rId1571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/23c336eb-10de-0a4a-8ff5-a43c213e8d6b" TargetMode="External"/><Relationship Id="rId1572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/23c336eb-10de-0a4a-8ff5-a43c213e8d6b/68aa6a25-1cbc-4db9-883c-8ab72082cfa6_720.jpg" TargetMode="External"/><Relationship Id="rId1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8a824a2b-80cd-564c-9043-8581b2cb5fa7" TargetMode="External"/><Relationship Id="rId1574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8a824a2b-80cd-564c-9043-8581b2cb5fa7/67eaabd6-4ed0-444d-a2b1-d0de63cadc76_720.jpg" TargetMode="External"/><Relationship Id="rId1575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f5ab1107-b1e3-5449-96b6-ede818510ef4" TargetMode="External"/><Relationship Id="rId1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f5ab1107-b1e3-5449-96b6-ede818510ef4/0dd68fa2-368c-45ee-a87d-e0d1cf4b3d29_720.jpg" TargetMode="External"/><Relationship Id="rId1577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f2064033-eed3-a446-aa6e-553ae848e65b" TargetMode="External"/><Relationship Id="rId1578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f2064033-eed3-a446-aa6e-553ae848e65b/5dc85f08-6183-49be-bbed-a04f8d693e49_720.jpg" TargetMode="External"/><Relationship Id="rId1579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/abf0b574-6ae9-0846-a971-a72f71a5fd93" TargetMode="External"/><Relationship Id="rId1580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/abf0b574-6ae9-0846-a971-a72f71a5fd93/ddf5add7-5e14-4bec-866f-ccd064eafacf_720.jpg" TargetMode="External"/><Relationship Id="rId1581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5c3be218-1ace-2e46-b24a-2ecdc3988997" TargetMode="External"/><Relationship Id="rId1582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5c3be218-1ace-2e46-b24a-2ecdc3988997/542b8b17-1361-4662-862c-4141155146f0_720.jpg" TargetMode="External"/><Relationship Id="rId1583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ddec0337-d34a-9c40-be16-6d7fa9d64151" TargetMode="External"/><Relationship Id="rId1584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ddec0337-d34a-9c40-be16-6d7fa9d64151/a5db12c0-ef63-4ccf-8705-070d13496c7f_720.jpg" TargetMode="External"/><Relationship Id="rId1585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/83bdae15-de91-da44-8744-3fce2e9fd277" TargetMode="External"/><Relationship Id="rId1586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/83bdae15-de91-da44-8744-3fce2e9fd277/bc37da47-199e-4617-af19-93b024e460a9_720.jpg" TargetMode="External"/><Relationship Id="rId1587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/813dd1bf-0091-0a4c-9c7e-a989a23ab496" TargetMode="External"/><Relationship Id="rId1588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/813dd1bf-0091-0a4c-9c7e-a989a23ab496/0d910018-e04e-4381-95c8-4b8b0c1eb1b9_720.jpg" TargetMode="External"/><Relationship Id="rId1589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9a47d134-8df7-9b4c-a4ef-703a4f9d4280" TargetMode="External"/><Relationship Id="rId1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a47d134-8df7-9b4c-a4ef-703a4f9d4280/f41874e2-c5ed-4622-90c5-d26b69ec8491_720.jpg" TargetMode="External"/><Relationship Id="rId1591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f025027d-1d54-6043-9eb2-874fb0ec68fe" TargetMode="External"/><Relationship Id="rId1592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f025027d-1d54-6043-9eb2-874fb0ec68fe/fd607ae5-0699-4ef0-ae38-dc7522942cfa_720.jpg" TargetMode="External"/><Relationship Id="rId1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/467743cc-9a59-1b4f-a8b8-1c84e0efd96b" TargetMode="External"/><Relationship Id="rId1594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/467743cc-9a59-1b4f-a8b8-1c84e0efd96b/e35145a1-f4c5-48b9-87af-11673df1c6e5_720.jpg" TargetMode="External"/><Relationship Id="rId1595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/14aba7cc-faea-ee4b-8738-99299b0f43b9" TargetMode="External"/><Relationship Id="rId1596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/14aba7cc-faea-ee4b-8738-99299b0f43b9/7c4a8539-8c8f-4f16-8216-711df217953f_720.jpg" TargetMode="External"/><Relationship Id="rId1597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1588ab85-6590-4d49-8bbc-6a007377591d" TargetMode="External"/><Relationship Id="rId1598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1588ab85-6590-4d49-8bbc-6a007377591d/b711e628-2a80-4784-9d71-f6d4a5aa840b_720.jpg" TargetMode="External"/><Relationship Id="rId1599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/41e6fafc-cc52-bf40-909f-e0010bce2db3" TargetMode="External"/><Relationship Id="rId1600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41e6fafc-cc52-bf40-909f-e0010bce2db3/15b768b4-66e6-4616-b413-eb0cda12d540_720.jpg" TargetMode="External"/><Relationship Id="rId1601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cf890292-0328-8c45-83a1-8d7c4b556233" TargetMode="External"/><Relationship Id="rId1602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf890292-0328-8c45-83a1-8d7c4b556233/9e4bbc91-0260-4e29-b0e1-b9e0a9fced8c_720.jpg" TargetMode="External"/><Relationship Id="rId1603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cdb496e6-e2b1-2746-92ff-2e55cb5035a2" TargetMode="External"/><Relationship Id="rId1604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cdb496e6-e2b1-2746-92ff-2e55cb5035a2/0ed3c0be-853c-451b-99f1-1f6ca880fa9c_720.jpg" TargetMode="External"/><Relationship Id="rId1605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/aee7172c-85e0-ad49-b66a-37c71b9b57b1" TargetMode="External"/><Relationship Id="rId1606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aee7172c-85e0-ad49-b66a-37c71b9b57b1/39a012e7-ab4e-4c28-b939-e6bece119da8_720.png" TargetMode="External"/><Relationship Id="rId1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f0ded25e-2c01-994b-92b1-7035f6068825" TargetMode="External"/><Relationship Id="rId1608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f0ded25e-2c01-994b-92b1-7035f6068825/e9152754-732c-4046-858c-95a50625a430_720.png" TargetMode="External"/><Relationship Id="rId1609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/931d1b58-afb3-0d4e-8c2e-dcce131ee572" TargetMode="External"/><Relationship Id="rId1610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/931d1b58-afb3-0d4e-8c2e-dcce131ee572/9be2e770-97f5-47b3-978a-a6ca4afb66b4_720.jpg" TargetMode="External"/><Relationship Id="rId1611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e78310c6-76d3-2343-8d55-7b324e8e467f" TargetMode="External"/><Relationship Id="rId1612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e78310c6-76d3-2343-8d55-7b324e8e467f/6f6c4cd4-1f88-4587-abcb-21022047f4bb_720.png" TargetMode="External"/><Relationship Id="rId1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/27053f8f-2b30-9a44-a1ab-06c4e403b56b" TargetMode="External"/><Relationship Id="rId1614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/27053f8f-2b30-9a44-a1ab-06c4e403b56b/59ffa1da-9e97-4c57-ab23-0d2f46c37dc4_720.jpg" TargetMode="External"/><Relationship Id="rId1615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8621febd-7e74-f34c-a717-72ae7124bb0f" TargetMode="External"/><Relationship Id="rId1616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8621febd-7e74-f34c-a717-72ae7124bb0f/ea53be35-0109-4975-b783-2ac75305137b_720.png" TargetMode="External"/><Relationship Id="rId1617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/45bffc08-4430-ce47-b57b-5734fdc36fc2" TargetMode="External"/><Relationship Id="rId1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/45bffc08-4430-ce47-b57b-5734fdc36fc2/a84577b4-cab7-44eb-858e-a7ea38144259_720.jpg" TargetMode="External"/><Relationship Id="rId1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/41c1729a-b502-4346-b6f8-e6ac9b3f71e5" TargetMode="External"/><Relationship Id="rId1620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41c1729a-b502-4346-b6f8-e6ac9b3f71e5/4b7a52ce-a407-4eaa-b705-1f23879174ba_720.png" TargetMode="External"/><Relationship Id="rId1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a3aef714-7f56-694b-9ef1-d238eae077fe" TargetMode="External"/><Relationship Id="rId1622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3aef714-7f56-694b-9ef1-d238eae077fe/a84577b4-cab7-44eb-858e-a7ea38144259_720.jpg" TargetMode="External"/><Relationship Id="rId1623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/79b7e7f0-bd78-2f4c-9d63-d9f41fe5604f" TargetMode="External"/><Relationship Id="rId1624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/79b7e7f0-bd78-2f4c-9d63-d9f41fe5604f/7bd28dea-283a-4a5b-8384-270fff61bd40_720.png" TargetMode="External"/><Relationship Id="rId1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0de58cd0-4f8c-714d-83a8-5ad0669f8622" TargetMode="External"/><Relationship Id="rId1626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0de58cd0-4f8c-714d-83a8-5ad0669f8622/98169855-eef8-4109-af20-e86153466fd3_720.jpg" TargetMode="External"/><Relationship Id="rId1627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2a43012d-cfde-3f4e-82a9-25395882ce2f" TargetMode="External"/><Relationship Id="rId1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a43012d-cfde-3f4e-82a9-25395882ce2f/98169855-eef8-4109-af20-e86153466fd3_720.jpg" TargetMode="External"/><Relationship Id="rId1629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f786778d-5569-2446-997d-7f1061147b4c" TargetMode="External"/><Relationship Id="rId1630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f786778d-5569-2446-997d-7f1061147b4c/3ff0cb68-5311-40d1-812f-df22ece53e4e_720.jpg" TargetMode="External"/><Relationship Id="rId1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ca5d6415-de3e-0342-a738-ad83ca66e7f2" TargetMode="External"/><Relationship Id="rId1632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ca5d6415-de3e-0342-a738-ad83ca66e7f2/3ff0cb68-5311-40d1-812f-df22ece53e4e_720.jpg" TargetMode="External"/><Relationship Id="rId1633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1351c212-9c32-5740-9fd6-15aa908c208c" TargetMode="External"/><Relationship Id="rId1634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1351c212-9c32-5740-9fd6-15aa908c208c/ee2f1e57-7841-437e-a374-8e5810fa0c4b_720.jpg" TargetMode="External"/><Relationship Id="rId1635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/85014bd5-a1bb-2747-866c-19edd5847d40" TargetMode="External"/><Relationship Id="rId1636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/85014bd5-a1bb-2747-866c-19edd5847d40/ee2f1e57-7841-437e-a374-8e5810fa0c4b_720.jpg" TargetMode="External"/><Relationship Id="rId1637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1f29943b-61f2-7b4f-b648-5467ca1c6d40" TargetMode="External"/><Relationship Id="rId1638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1f29943b-61f2-7b4f-b648-5467ca1c6d40/132aebf6-d2cd-4612-bd84-436a8af1af84_720.png" TargetMode="External"/><Relationship Id="rId1639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9e556459-c860-5b48-8c0d-0cfb501da4bf" TargetMode="External"/><Relationship Id="rId1640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9e556459-c860-5b48-8c0d-0cfb501da4bf/0349062e-12f6-4149-a6c7-c969bb0af554_720.png" TargetMode="External"/><Relationship Id="rId1641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/534fec6a-0dea-c242-bcb3-e2ebe5d38d47" TargetMode="External"/><Relationship Id="rId1642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/534fec6a-0dea-c242-bcb3-e2ebe5d38d47/a49243b9-0870-41b9-9a3a-fb9668bdc679_720.png" TargetMode="External"/><Relationship Id="rId1643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2a170f34-e288-a848-8f22-e94a9c74c30d" TargetMode="External"/><Relationship Id="rId1644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a170f34-e288-a848-8f22-e94a9c74c30d/41ca9958-2558-498d-bcb6-27f54603c3f1_720.png" TargetMode="External"/><Relationship Id="rId1645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ccff608e-25b0-0143-9ed2-d0646de8400d" TargetMode="External"/><Relationship Id="rId1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ccff608e-25b0-0143-9ed2-d0646de8400d/787569b7-225e-41e5-bf6d-1192ca8775e9_720.png" TargetMode="External"/><Relationship Id="rId1647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6b6485cb-1e36-204a-a8b9-adbec2d7dc03" TargetMode="External"/><Relationship Id="rId1648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b6485cb-1e36-204a-a8b9-adbec2d7dc03/896647e2-4594-4838-947b-34bea40d0ed7_720.png" TargetMode="External"/><Relationship Id="rId1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8f67182d-ae12-6b43-9ad8-e9e838220e4c" TargetMode="External"/><Relationship Id="rId1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f67182d-ae12-6b43-9ad8-e9e838220e4c/b7533d9c-1440-469e-ae6d-dbc56fb06419_720.png" TargetMode="External"/><Relationship Id="rId1651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7ccf9484-503d-d044-9063-9f10eade55d5" TargetMode="External"/><Relationship Id="rId1652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7ccf9484-503d-d044-9063-9f10eade55d5/a977476f-9118-4057-8842-e796864eb525_720.png" TargetMode="External"/><Relationship Id="rId1653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/eff6d52a-d41e-2e4c-bd4e-460d43575f21" TargetMode="External"/><Relationship Id="rId1654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/eff6d52a-d41e-2e4c-bd4e-460d43575f21/13c31b86-389f-44b3-9086-ae6e34543c59_720.png" TargetMode="External"/><Relationship Id="rId1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8f06558a-109d-a344-8c2c-8af66cfb6e99" TargetMode="External"/><Relationship Id="rId1656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f06558a-109d-a344-8c2c-8af66cfb6e99/59451b7b-68f2-4a9b-88aa-edb18f5129a1_720.png" TargetMode="External"/><Relationship Id="rId1657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9be75953-afc3-7f4d-9e62-5c01dfaa6816" TargetMode="External"/><Relationship Id="rId1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9be75953-afc3-7f4d-9e62-5c01dfaa6816/a7e174fb-4460-4082-b348-1ac534094485_720.png" TargetMode="External"/><Relationship Id="rId1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/491c72f7-64b4-934d-9ce8-54a1ffd697cf" TargetMode="External"/><Relationship Id="rId1660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/491c72f7-64b4-934d-9ce8-54a1ffd697cf/1baabe0e-242b-4543-afeb-76e3a826f5db_720.png" TargetMode="External"/><Relationship Id="rId1661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/557a88cf-f451-904c-94e3-bd709326a5aa" TargetMode="External"/><Relationship Id="rId1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/557a88cf-f451-904c-94e3-bd709326a5aa/9307a3c1-e0f3-4837-9835-49bbf3358200_720.png" TargetMode="External"/><Relationship Id="rId1663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a1c26223-9efc-7547-bbb6-2c9479efb04c" TargetMode="External"/><Relationship Id="rId1664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a1c26223-9efc-7547-bbb6-2c9479efb04c/b2d9ad90-77cf-46b4-9fb0-0f2d8be9bea4_720.png" TargetMode="External"/><Relationship Id="rId1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2580e868-9d23-7443-8f26-65f8fb9970d2" TargetMode="External"/><Relationship Id="rId1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2580e868-9d23-7443-8f26-65f8fb9970d2/fb64c7de-32d0-4aff-aa99-46bfa9855cc7_720.png" TargetMode="External"/><Relationship Id="rId1667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7a324d9c-e858-b943-bd2a-e959cf645d43" TargetMode="External"/><Relationship Id="rId1668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a324d9c-e858-b943-bd2a-e959cf645d43/4979bfde-6c0c-4ca3-b962-f4555277f25c_720.png" TargetMode="External"/><Relationship Id="rId1669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a80394e9-be78-a448-bf1d-c0393d4c0423" TargetMode="External"/><Relationship Id="rId1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a80394e9-be78-a448-bf1d-c0393d4c0423/9203548e-3900-42e8-bee8-87641c7e530f_720.png" TargetMode="External"/><Relationship Id="rId1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/59cfff86-92ee-d24c-8f80-caaf838f9784" TargetMode="External"/><Relationship Id="rId1672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/59cfff86-92ee-d24c-8f80-caaf838f9784/27412430-b8d9-4db8-8557-662628ec8101_720.png" TargetMode="External"/><Relationship Id="rId1673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/36c796a4-7eed-9a40-8fca-68fb2b19fb85" TargetMode="External"/><Relationship Id="rId1674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/36c796a4-7eed-9a40-8fca-68fb2b19fb85/2ac64e21-ff66-4e93-8037-a1ca5b9e2d63_720.png" TargetMode="External"/><Relationship Id="rId1675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/889268c4-d21a-4441-a0bd-33f0a6b16354" TargetMode="External"/><Relationship Id="rId1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/889268c4-d21a-4441-a0bd-33f0a6b16354/313cab27-4693-4a4d-8909-5ce65d365eab_720.jpg" TargetMode="External"/><Relationship Id="rId1677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/31125e4a-5548-1449-83ab-bcef3795fb93" TargetMode="External"/><Relationship Id="rId1678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/31125e4a-5548-1449-83ab-bcef3795fb93/993d4159-0b80-4abc-a964-92dcccd36920_720.png" TargetMode="External"/><Relationship Id="rId1679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dc31bf9f-05f1-aa41-beb9-e1b6dc75e7e6" TargetMode="External"/><Relationship Id="rId1680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc31bf9f-05f1-aa41-beb9-e1b6dc75e7e6/600c8404-9699-4860-b73b-296f8e33589a_720.png" TargetMode="External"/><Relationship Id="rId1681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bf67fd10-f191-6945-8534-afeec5c2034f" TargetMode="External"/><Relationship Id="rId1682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bf67fd10-f191-6945-8534-afeec5c2034f/5cdf3999-374e-4edf-89aa-a30136c5231f_720.png" TargetMode="External"/><Relationship Id="rId1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fb58e3e8-fe4a-654d-a3d0-a00c6a570edc" TargetMode="External"/><Relationship Id="rId1684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb58e3e8-fe4a-654d-a3d0-a00c6a570edc/2fc48f7e-226e-4403-982a-4c022835f976_720.png" TargetMode="External"/><Relationship Id="rId1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/96ec3f53-ece7-c448-9fc4-a06590f43b22" TargetMode="External"/><Relationship Id="rId1686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/96ec3f53-ece7-c448-9fc4-a06590f43b22/a97176d5-bad0-4a9a-bf04-fe64e5be5987_720.png" TargetMode="External"/><Relationship Id="rId1687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3dd00dc6-73d2-2742-a78a-51fc811ea1e1" TargetMode="External"/><Relationship Id="rId1688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3dd00dc6-73d2-2742-a78a-51fc811ea1e1/73d28fde-f6ca-403c-9266-64350060240b_720.png" TargetMode="External"/><Relationship Id="rId1689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ec675ea5-052b-e543-bcd1-9a753d426ae6" TargetMode="External"/><Relationship Id="rId1690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ec675ea5-052b-e543-bcd1-9a753d426ae6/eeb6736c-9565-4d7e-87f8-b7df0647e20b_720.png" TargetMode="External"/><Relationship Id="rId1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1d0e65fe-c85c-f546-9a2d-f35009f9e48e" TargetMode="External"/><Relationship Id="rId1692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1d0e65fe-c85c-f546-9a2d-f35009f9e48e/3a1dca41-dd63-4dab-8557-28dcf6b67bdb_720.png" TargetMode="External"/><Relationship Id="rId1693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3f84fb6c-9473-d148-b1d7-41209ab1751c" TargetMode="External"/><Relationship Id="rId1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3f84fb6c-9473-d148-b1d7-41209ab1751c/3d164957-08e8-4c25-bb58-3bc33500d1ba_720.jpg" TargetMode="External"/><Relationship Id="rId1695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/17bef38c-edd3-c449-b84f-b98a16548f0e" TargetMode="External"/><Relationship Id="rId1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17bef38c-edd3-c449-b84f-b98a16548f0e/b00c6f06-f2d8-459c-b80d-d2e0e3a8b277_720.jpg" TargetMode="External"/><Relationship Id="rId1697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ed40e46f-e4b1-0540-969c-16bb7115b3b4" TargetMode="External"/><Relationship Id="rId1698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ed40e46f-e4b1-0540-969c-16bb7115b3b4/65c84c53-9061-4b8f-bc05-6fb5e1c390c1_720.jpg" TargetMode="External"/><Relationship Id="rId1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8953bc1c-dea0-4049-8821-6e35d4de9da6" TargetMode="External"/><Relationship Id="rId1700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8953bc1c-dea0-4049-8821-6e35d4de9da6/076c0fb5-a95f-4cfe-89be-6397dc943ac7_720.jpg" TargetMode="External"/><Relationship Id="rId1701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b9d55f3c-ff11-5e47-a5ee-c61e4dd62f04" TargetMode="External"/><Relationship Id="rId1702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b9d55f3c-ff11-5e47-a5ee-c61e4dd62f04/71a08d49-6362-47fe-9451-ae84657c9d3f_720.jpg" TargetMode="External"/><Relationship Id="rId1703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4374c3cc-aa14-784d-89d5-5d6d9dcfe476" TargetMode="External"/><Relationship Id="rId1704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4374c3cc-aa14-784d-89d5-5d6d9dcfe476/61500302-2b2f-4bb3-9a32-4188a215e6e5_720.png" TargetMode="External"/><Relationship Id="rId1705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/89bbf043-cc25-4f4c-a4dc-dbf35924b9fa" TargetMode="External"/><Relationship Id="rId1706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/89bbf043-cc25-4f4c-a4dc-dbf35924b9fa/e80f1caf-d76d-4711-b862-e2b0aa2b0a3f_720.jpg" TargetMode="External"/><Relationship Id="rId1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8012a22b-fb8c-9a49-8166-56d171f385de" TargetMode="External"/><Relationship Id="rId1708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8012a22b-fb8c-9a49-8166-56d171f385de/c6a15f32-cdc1-4648-ade4-2866232a6387_720.jpg" TargetMode="External"/><Relationship Id="rId1709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4acbc0d6-7752-e545-be46-8b1f3a8cf72d" TargetMode="External"/><Relationship Id="rId1710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4acbc0d6-7752-e545-be46-8b1f3a8cf72d/6a99c655-42a3-4e2d-855f-a117003c4124_720.png" TargetMode="External"/><Relationship Id="rId1711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f1714ebb-b266-ba43-bf40-ae482292a09e" TargetMode="External"/><Relationship Id="rId1712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f1714ebb-b266-ba43-bf40-ae482292a09e/f287f8a8-78d7-4fc0-a474-65d0aba3bf6b_720.png" TargetMode="External"/><Relationship Id="rId1713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1014a1cc-b1f7-4545-bff6-9d02032b8ada" TargetMode="External"/><Relationship Id="rId1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1014a1cc-b1f7-4545-bff6-9d02032b8ada/a5a77167-6a85-4368-9d2d-e8b47900d347_720.jpg" TargetMode="External"/><Relationship Id="rId1715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ad165ce0-321b-fb48-9f79-e2f37109b725" TargetMode="External"/><Relationship Id="rId1716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad165ce0-321b-fb48-9f79-e2f37109b725/bd055fd4-7e28-447c-abb2-53539f2d5380_720.png" TargetMode="External"/><Relationship Id="rId1717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3ee33191-c4a4-a04d-aaa0-36f8cd3c8136" TargetMode="External"/><Relationship Id="rId1718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ee33191-c4a4-a04d-aaa0-36f8cd3c8136/66b47a91-52fd-4b53-9156-192dfdd160d5_720.jpg" TargetMode="External"/><Relationship Id="rId1719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/68efc9d7-3b1e-a948-8ce7-096d8004e228" TargetMode="External"/><Relationship Id="rId1720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/68efc9d7-3b1e-a948-8ce7-096d8004e228/8a453e00-4653-4dff-85d5-dd3b6d46d8d1_720.jpg" TargetMode="External"/><Relationship Id="rId1721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6777cd58-ea86-1446-9006-70e87bf8c955" TargetMode="External"/><Relationship Id="rId1722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6777cd58-ea86-1446-9006-70e87bf8c955/145ba545-6832-47f0-8dda-a23c903eecfd_720.png" TargetMode="External"/><Relationship Id="rId1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d8f4772d-485e-8b41-bc19-745be94159ca" TargetMode="External"/><Relationship Id="rId1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d8f4772d-485e-8b41-bc19-745be94159ca/4c58236f-edc7-46e0-b7d0-f155e0168550_720.png" TargetMode="External"/><Relationship Id="rId1725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/063aa14b-c6a2-0440-aedf-3ea05bb3c223" TargetMode="External"/><Relationship Id="rId1726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/063aa14b-c6a2-0440-aedf-3ea05bb3c223/d6cb24a4-096b-458e-a98c-ac0b02642d00_720.png" TargetMode="External"/><Relationship Id="rId1727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bf057777-3b47-b14e-a52c-1113870e361d" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bf057777-3b47-b14e-a52c-1113870e361d/7cf352ff-3bca-438c-8e28-5799df5f0efa_720.png" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fbc8a2ae-a6ec-4f49-8338-858f1b44dac6" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fbc8a2ae-a6ec-4f49-8338-858f1b44dac6/38494d85-c1bf-4a1b-81a7-69e5bbfaca2e_720.png" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5b64411a-4ba3-cb4c-92d7-2914dfe630fa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/33b7a3cb-66a5-6e4f-a5e9-084b9941b297" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/33b7a3cb-66a5-6e4f-a5e9-084b9941b297/20ec292b-6e5d-4ff5-bd5a-259858a1d12c_720.png" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ab742105-3425-fe4b-a76c-4a824e5c69c2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab742105-3425-fe4b-a76c-4a824e5c69c2/692fe713-0d9b-4aca-9f4f-3080a3b00897_720.png" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fc29851c-3758-1e47-8073-ffbc6a112061" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fc29851c-3758-1e47-8073-ffbc6a112061/c11cc95d-97a5-4ced-baf5-968dd0cf4d42_720.png" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bc9f59c7-660e-c84c-97d9-448588ac8b9a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bc9f59c7-660e-c84c-97d9-448588ac8b9a/501a4fd5-3b28-4fc2-9b14-56b60ac3e8bd_720.png" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/91d422a8-70b8-5941-af1e-11c84757f478" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/91d422a8-70b8-5941-af1e-11c84757f478/9fd74c0a-9b7a-4085-98c5-d8744ca03ce0_720.png" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/effe7fb1-b018-894c-b001-a1498b68e90c" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/effe7fb1-b018-894c-b001-a1498b68e90c/94ab263f-1dcc-450e-8079-284af4fd8506_720.jpg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/30796993-8030-ab43-9dd9-ba82e4503e6e" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/30796993-8030-ab43-9dd9-ba82e4503e6e/f38c614b-52c4-4c7d-96d7-26e0815ffb8a_720.png" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0c08fc42-9f19-a04f-a533-adcef442d5e3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0c08fc42-9f19-a04f-a533-adcef442d5e3/b5c6924e-9d79-4a10-9594-a2d8d596d713_720.png" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/12f28c18-58db-0f41-b536-b9a2fd7ce60e" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/12f28c18-58db-0f41-b536-b9a2fd7ce60e/1037e45e-fec0-48d3-8d1b-fde5a11dfde1_720.png" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fd34bf82-b528-2c48-908e-8b61e8f06e72" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd34bf82-b528-2c48-908e-8b61e8f06e72/14dd25e4-ad06-4fce-b50c-55509c2841a9_720.png" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d2e761c1-694f-c14c-ace0-460f5b06e4cd" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d2e761c1-694f-c14c-ace0-460f5b06e4cd/c192c83a-dee1-4efb-9258-efd41a2569be_720.jpg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ae37937a-a40f-b74b-99a0-35bb78640309" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ae37937a-a40f-b74b-99a0-35bb78640309/e2cc3454-df5c-4179-b54c-c875b25ba81e_720.png" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/186ee338-d989-3449-ab1b-6fb15b96713c" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/186ee338-d989-3449-ab1b-6fb15b96713c/e2cc3454-df5c-4179-b54c-c875b25ba81e_720.png" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4e9fa0f6-aa43-454a-96f2-cb3c55fd5a58" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4e9fa0f6-aa43-454a-96f2-cb3c55fd5a58/7317056f-1c10-4ad5-81aa-7b734c5631a1_720.png" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4663043c-8eca-ee40-9db5-e7adb50fa962" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4663043c-8eca-ee40-9db5-e7adb50fa962/3540524d-313b-4d87-ad2b-f36fc61e9c9e_720.png" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ab604591-3e47-284a-bff6-22a6ac4e7039" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab604591-3e47-284a-bff6-22a6ac4e7039/a81e9b16-5562-4aa3-a37e-5a9141ca7c97_720.png" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8bee722c-f2eb-2f4d-96d8-95eb1f4afade" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8bee722c-f2eb-2f4d-96d8-95eb1f4afade/f24ef434-c1f2-48ef-943c-d9620ce1ded2_720.png" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ffa7b501-c060-b24a-acf5-79c1f5722e36" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ffa7b501-c060-b24a-acf5-79c1f5722e36/a94790d8-d9bc-47fd-a194-12fd5ef58442_720.jpg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5a8893ea-bc25-f444-876c-c632a7803220" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a8893ea-bc25-f444-876c-c632a7803220/274e9f39-2f0d-4c43-9e69-21a57cd7607f_720.png" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6b3ea7bd-bd9f-2b49-9fae-02a9db7481ec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b3ea7bd-bd9f-2b49-9fae-02a9db7481ec/c26ac5c0-7520-4dbd-98b3-f9de468c2808_720.png" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/47485bdd-afd2-4c4f-a597-f3d582edc6d3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/47485bdd-afd2-4c4f-a597-f3d582edc6d3/1f0b6129-4a8b-4ca3-a64f-abfde0f24104_720.png" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bd7cfcd3-431e-d943-af31-49be56bcce62" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd7cfcd3-431e-d943-af31-49be56bcce62/0febd447-505d-4d33-b0af-11b3549c5435_720.png" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/27e24f49-0fd2-c448-b8ef-5f1bb0f210c2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/27e24f49-0fd2-c448-b8ef-5f1bb0f210c2/d672a959-16dd-4ee7-ab4a-982f8a2bdc59_720.png" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a3c43c31-4d17-194d-82e8-efbaf87002b0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3c43c31-4d17-194d-82e8-efbaf87002b0/b9bb8d94-b8d1-45bb-9b53-9c219908344c_720.png" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b22185e5-4fc2-df4e-96a1-df26e4facf70" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b22185e5-4fc2-df4e-96a1-df26e4facf70/96ca893e-a43d-4c94-872c-932535f475b9_720.png" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/057be465-8085-2b41-8161-9a9200863aac" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/057be465-8085-2b41-8161-9a9200863aac/c16272b8-304f-4bed-bda6-77041652e3c5_720.jpg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/63a24b1e-7b64-7947-b68f-b03c5a03f8b8" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/63a24b1e-7b64-7947-b68f-b03c5a03f8b8/043a2d74-fc9a-4135-9ebf-9315be7b0a46_720.png" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6824e020-a35d-5641-bd81-5dc015ac3fb9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6824e020-a35d-5641-bd81-5dc015ac3fb9/23320996-4156-4971-a1f2-38b734a0ecf9_720.jpg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/56ac6708-4e75-6843-a220-2e3ca257de11" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56ac6708-4e75-6843-a220-2e3ca257de11/45bd0ef8-5559-4b44-b53e-fe7a27bf094c_720.jpg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/349159a7-0677-2343-a543-983be7cb3d38" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/349159a7-0677-2343-a543-983be7cb3d38/5d4e592b-5b34-47df-b111-41b0c62897e1_720.jpg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dcf930c8-4b7c-af47-9aa0-58b5828489f9" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dcf930c8-4b7c-af47-9aa0-58b5828489f9/7d18497b-be32-4e59-ad89-0f5343cd5561_720.jpg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0065db06-b2a8-6540-b823-144181f771e9" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0065db06-b2a8-6540-b823-144181f771e9/5617b3c3-7e46-4235-b4df-578c82e790fc_720.jpg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bf55a66f-74e5-a749-8ada-7d41ae62d039" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bf55a66f-74e5-a749-8ada-7d41ae62d039/d4362f3d-5435-497c-a709-3dee207dbbe7_720.jpg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4cb9a153-33c2-6046-9d5b-bf2dee52f706" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4cb9a153-33c2-6046-9d5b-bf2dee52f706/7ec3f720-3d84-4df1-a4de-b122ec03116e_720.jpg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4f45a7d1-3eab-1f44-9bf4-04625fd4dc6e" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4f45a7d1-3eab-1f44-9bf4-04625fd4dc6e/93f1e849-420b-41de-9233-5ee5e1f99fb8_720.jpg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ea47a86c-4e12-3840-9c7d-1326f9e36cb5" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ea47a86c-4e12-3840-9c7d-1326f9e36cb5/65ffaf74-03cd-457f-bde2-416b938a560a_720.jpg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/41bdc278-8d84-9b40-8cfa-baa4f206766b" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41bdc278-8d84-9b40-8cfa-baa4f206766b/abcf1849-1041-42fb-a0f4-6e83ccf186d0_720.jpg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/82770b9c-7b71-f34f-9e6a-f5d5c5190dff" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/82770b9c-7b71-f34f-9e6a-f5d5c5190dff/f9d4fbf8-ee7b-4e3d-8663-fa6b4fcfd145_720.jpg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/98140b03-c396-af41-9572-002d699e8d83" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/98140b03-c396-af41-9572-002d699e8d83/a114cedc-6607-47ce-9782-14b168e73ccb_720.jpg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0184b0e2-c914-4748-9247-94767dfd7864" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0184b0e2-c914-4748-9247-94767dfd7864/032cd09f-f935-498c-a1bd-c0e39750fde9_720.jpg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/42e760d3-5455-1642-b64f-be271b182c51" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/42e760d3-5455-1642-b64f-be271b182c51/2cbb4002-3ef8-4f3f-b4f8-bc7a7ec21011_720.jpg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/404f449e-efc8-1443-afd8-76cfed4b42c7" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/404f449e-efc8-1443-afd8-76cfed4b42c7/fe660dcf-df47-455d-ad3f-874afa5677d9_720.jpg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5568a86f-e936-f84d-90b1-85d4ad7d5c18" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5568a86f-e936-f84d-90b1-85d4ad7d5c18/3f07c0ea-d7eb-475b-9918-b0e706b35517_720.jpg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3a5d7d5c-4115-0a44-a976-4cf0a14f837e" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a5d7d5c-4115-0a44-a976-4cf0a14f837e/6d267608-5e3b-4689-adc9-fd5db0d6d0a9_720.jpg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9be11800-a0ff-d744-8ed5-87e30ab9d1e5" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9be11800-a0ff-d744-8ed5-87e30ab9d1e5/a6a618d2-a30b-455f-8b16-50c35b81c3e5_720.jpg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1204f7a3-86cb-824e-ab59-0b92c500512e" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1204f7a3-86cb-824e-ab59-0b92c500512e/fee116b9-2d67-4fb3-b87f-f1e11bae83a8_720.jpg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f0276fa6-f4cc-5548-a3e6-993b0759833a" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f0276fa6-f4cc-5548-a3e6-993b0759833a/c602fa68-c4d5-4d7f-9c56-073b8ee50c7b_720.jpg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bbb8eaca-d354-614c-8795-5090328dd4b0" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbb8eaca-d354-614c-8795-5090328dd4b0/d471c401-c2a8-42bd-b252-3055348cd97b_720.jpg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f94759eb-9fce-dc41-a36c-0b345cd2c652" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f94759eb-9fce-dc41-a36c-0b345cd2c652/a5589eb5-64ce-41bd-b3be-aaaa1695ed28_720.jpg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/aa940a5e-364e-f14b-8018-e595f90e3440" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aa940a5e-364e-f14b-8018-e595f90e3440/5c09ef16-e35b-4964-a547-414dc7aecca5_720.jpg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/38546c45-1be5-0741-9914-c04b08fbdcf4" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/38546c45-1be5-0741-9914-c04b08fbdcf4/8a41f284-ad45-442e-870a-bea2cc26b184_720.jpg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/90a20b94-9242-1d4d-80f4-60e5151d0558" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/90a20b94-9242-1d4d-80f4-60e5151d0558/b16a5ff3-69f5-4463-9cf0-506cd52c7fef_720.jpg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8fda4c34-2c62-6844-8560-d820690d7963" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8fda4c34-2c62-6844-8560-d820690d7963/cd86aacd-2798-4f2f-a4c5-c323923d6436_720.jpg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/64a9f253-b6a6-e84d-a13e-6c3cef816c08" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64a9f253-b6a6-e84d-a13e-6c3cef816c08/0de1869a-4009-4d07-84c7-9877373f20a2_720.jpg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f2879e7f-aecd-7d47-a156-5604b3f127ba" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f2879e7f-aecd-7d47-a156-5604b3f127ba/72656dd7-e868-4452-b248-50123ee07f85_720.jpg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d89c0418-4858-3140-b278-44f1adb84927" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d89c0418-4858-3140-b278-44f1adb84927/32b24afc-2303-4887-9ad0-73a336c83a53_720.jpg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/799c9bc0-fc97-904e-b95b-f54702009852" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/799c9bc0-fc97-904e-b95b-f54702009852/5f6c086f-7cc6-4eed-9727-646af5845d23_720.jpg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/64ce642b-30bd-bb44-b000-8e5dad40168c" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64ce642b-30bd-bb44-b000-8e5dad40168c/0dd4be8f-0ddd-4748-ac36-264c13318d31_720.jpg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ad69dd42-8326-cb44-881c-d00980c28052" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad69dd42-8326-cb44-881c-d00980c28052/d96762b9-8b1b-4f5f-bebc-2f488bc22f47_720.jpg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6c9b7f23-5e96-7d4d-b760-639543b7d86f" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c9b7f23-5e96-7d4d-b760-639543b7d86f/ae9a7f06-406e-4076-922c-a23770b6c6fb_720.jpg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9a336451-ad47-7f41-ad1b-9cf2ae04fefc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a336451-ad47-7f41-ad1b-9cf2ae04fefc/aea0f38d-4404-493f-8369-ae5ea7cb18b2_720.jpg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3a881407-8b34-0449-84be-b3aa18730c6b" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a881407-8b34-0449-84be-b3aa18730c6b/b5c2fa00-b2dd-41fb-915e-0b6bc18d7665_720.jpg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d4d32211-7487-134d-aece-0f2cfe2dfbb9" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d4d32211-7487-134d-aece-0f2cfe2dfbb9/3dd26a63-7dca-4c5a-8578-054992bbc52d_720.jpg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3ae670aa-253b-0f40-8d9a-a4d55651bad5" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ae670aa-253b-0f40-8d9a-a4d55651bad5/b474d1e9-5921-41af-8725-6133f41afa30_720.png" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fd3d682b-8549-c74f-8eae-6d47214a0a17" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd3d682b-8549-c74f-8eae-6d47214a0a17/f80b5771-680f-404c-9a2f-929a8c5d1a91_720.png" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/718d6903-c795-c84a-931f-2ceb33e48270" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/718d6903-c795-c84a-931f-2ceb33e48270/bbd32ced-d85e-4545-99ff-222a84182ed2_720.png" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/598de504-cfab-3b41-8269-8ad000f58765" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/598de504-cfab-3b41-8269-8ad000f58765/fd30bbe0-a83d-4a1f-adfc-c3a964c35bcc_720.png" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/56613b9e-a420-f74d-acb6-8ef6c492d479" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56613b9e-a420-f74d-acb6-8ef6c492d479/971973d0-9eef-422b-a6e0-0256cef602c7_720.png" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4f953738-2c7d-e642-899c-597ac86f01ff" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4f953738-2c7d-e642-899c-597ac86f01ff/f25037ea-3e84-4443-a0f9-e5a4018f6eda_720.png" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/38360526-393f-2542-bf7e-4047582de759" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/38360526-393f-2542-bf7e-4047582de759/c97b4509-3b3b-4b79-ab9f-c4c535335d32_720.png" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a2445c88-d79b-ba4c-94c2-4b24274742a0" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a2445c88-d79b-ba4c-94c2-4b24274742a0/195492b6-83bf-4669-a43a-9d991633f1cf_720.png" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/71309a67-dea8-4e42-9dc2-65cf8b930f5a" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/71309a67-dea8-4e42-9dc2-65cf8b930f5a/37a29fea-a0b4-44ab-9d63-8d17ead863fc_720.png" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4ce13cda-0f31-b346-b210-3d9c609caa4a" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4ce13cda-0f31-b346-b210-3d9c609caa4a/13f6916f-4e09-41a1-9660-46399b827665_720.png" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f4b7f054-3713-744c-a14b-934c8bfacd3e" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f4b7f054-3713-744c-a14b-934c8bfacd3e/1003b286-f886-4711-9e10-46d1dc4556e3_720.png" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1e556669-644a-c247-bf95-9a4d794931c9" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1e556669-644a-c247-bf95-9a4d794931c9/073659a6-bbfd-4394-aec7-a7d275f5f48c_720.png" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7f4b9b2b-22c3-2345-90d8-7d5c3e83477a" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f4b9b2b-22c3-2345-90d8-7d5c3e83477a/6cfc0813-af87-4b8d-987d-e7853e4685e9_720.png" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d06040d5-69ae-234e-9e12-94afabedca17" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d06040d5-69ae-234e-9e12-94afabedca17/ebda309b-2b5a-4bfb-99b1-b02a59a18a34_720.png" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4e7d7300-bec3-dc41-8725-11520342b9f4" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4e7d7300-bec3-dc41-8725-11520342b9f4/6cfc0813-af87-4b8d-987d-e7853e4685e9_720.png" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c46f4b08-8a1f-894b-8ce1-b35499d914f9" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c46f4b08-8a1f-894b-8ce1-b35499d914f9/2d5893a4-c4e6-4e95-9579-536a25a90378_720.jpg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7d299d47-eaaa-8142-917f-d32c8768ebd0" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7d299d47-eaaa-8142-917f-d32c8768ebd0/a661fa59-44f1-40a2-9de7-23f97e481aad_720.png" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bd8c5a98-5a30-7f45-a0c3-1a0a827613bd" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd8c5a98-5a30-7f45-a0c3-1a0a827613bd/59ac8da3-72ce-4f1a-b18e-85d15c5dde7f_720.png" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5b1902ae-156a-8549-a1b7-a8207937e123" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5b1902ae-156a-8549-a1b7-a8207937e123/4b57447c-6eae-45e4-9533-ffecec68379a_720.png" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/59c6c430-8bbe-9442-8fca-8a3a42060d37" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/59c6c430-8bbe-9442-8fca-8a3a42060d37/0c105e72-8639-4f9f-b4ab-70c200561f41_720.png" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/572edd72-d7bf-4845-834f-cb059d314507" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/572edd72-d7bf-4845-834f-cb059d314507/22bd188f-4ca7-4f86-86af-6a3e220da277_720.png" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/17bb4421-07a8-3b43-a149-814af2a031a7" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17bb4421-07a8-3b43-a149-814af2a031a7/dddb1342-0030-451d-bd10-8489246b78c4_720.png" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bfc013af-cfbb-0147-a71a-cfacd5e10d9e" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bfc013af-cfbb-0147-a71a-cfacd5e10d9e/16cc117a-729c-4af2-8d31-3879c6b13d42_720.png" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2ecc8231-5531-a945-b16e-1c99d363fd10" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ecc8231-5531-a945-b16e-1c99d363fd10/7b11a764-644b-4482-a44e-a7aff630d0c2_720.png" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e424c33f-2b00-3546-a9d5-5c44948f450a" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e424c33f-2b00-3546-a9d5-5c44948f450a/509c3468-634a-487d-af07-205bdd451cf7_720.jpg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ba4a5588-18ca-a842-8b1b-5e27676ab002" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ba4a5588-18ca-a842-8b1b-5e27676ab002/8a28057e-04b1-43ff-b339-65f64c860f72_720.png" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/270b97fa-ae0d-1c41-907a-bdd3de7179a3" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/270b97fa-ae0d-1c41-907a-bdd3de7179a3/3dbf6d07-a8ba-47ea-be1b-ec1e18bd78d2_720.png" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e4e40d29-7e3e-c748-85a5-a0ceb1044841" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4e40d29-7e3e-c748-85a5-a0ceb1044841/d4ceba3e-1b3e-4adb-9c2c-40aa4022b2ba_720.png" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ad3338fc-e927-8747-98c7-923fead826e4" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad3338fc-e927-8747-98c7-923fead826e4/413c3bac-f95f-4096-b8e2-68143d0014bb_720.png" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6bc44e71-a950-e04a-9da0-1ec9c14fa469" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6bc44e71-a950-e04a-9da0-1ec9c14fa469/413c3bac-f95f-4096-b8e2-68143d0014bb_720.png" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5055aa6f-3285-d547-93d4-a66abb5c559c" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5055aa6f-3285-d547-93d4-a66abb5c559c/d7eefbfc-c0ed-4106-af4c-10f9ba22328a_720.png" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cf52d4db-3835-e147-a7b5-659c5bad42b5" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf52d4db-3835-e147-a7b5-659c5bad42b5/d7eefbfc-c0ed-4106-af4c-10f9ba22328a_720.png" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3fdd8062-cbb0-8148-b9c3-bc4cf3a7e9b3" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fdd8062-cbb0-8148-b9c3-bc4cf3a7e9b3/b14cb9b1-3bea-41e8-b190-5f24b41d8a37_720.png" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/56fa208f-3ce7-9445-9b02-c9ce44649969" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56fa208f-3ce7-9445-9b02-c9ce44649969/b14cb9b1-3bea-41e8-b190-5f24b41d8a37_720.png" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/de4e6c62-0115-284b-a6e6-e9d53046e402" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/de4e6c62-0115-284b-a6e6-e9d53046e402/e8140d45-31b1-4744-a23b-7b816527a12a_720.png" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4ad9b290-0a40-3142-99ea-add65dcf15d2" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4ad9b290-0a40-3142-99ea-add65dcf15d2/e8140d45-31b1-4744-a23b-7b816527a12a_720.png" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d42cf55c-9af8-9340-87ce-34cfbfb8e11f" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d42cf55c-9af8-9340-87ce-34cfbfb8e11f/f599acda-16ac-45ef-9f97-29cb77506231_720.jpg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9eb6d460-92ab-b243-bc9e-864fb3551aac" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9eb6d460-92ab-b243-bc9e-864fb3551aac/f599acda-16ac-45ef-9f97-29cb77506231_720.jpg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fd969184-2c4f-1a43-aee9-4af46b3e332e" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd969184-2c4f-1a43-aee9-4af46b3e332e/f5bb1206-fab4-4ccf-8946-42e260702733_720.png" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4defeeef-44fe-0640-bffb-794fd9536e6f" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4defeeef-44fe-0640-bffb-794fd9536e6f/f5bb1206-fab4-4ccf-8946-42e260702733_720.png" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c754ccc4-7ab1-3049-a9e8-bd4cb14c5eea" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c754ccc4-7ab1-3049-a9e8-bd4cb14c5eea/7f6d14c5-8c1a-4d71-8efe-2de0be660113_720.png" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ee0148ed-7180-9d4b-a98d-33bfd58bce0c" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee0148ed-7180-9d4b-a98d-33bfd58bce0c/7f6d14c5-8c1a-4d71-8efe-2de0be660113_720.png" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/72e7432b-07e4-7d4a-8bca-fabef4082bef" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/72e7432b-07e4-7d4a-8bca-fabef4082bef/945bc40a-c195-4a3d-bc8e-db610f5544fa_720.png" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8339d2fa-5a93-f948-878d-e21e824e28d2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8339d2fa-5a93-f948-878d-e21e824e28d2/945bc40a-c195-4a3d-bc8e-db610f5544fa_720.png" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7b219fd7-c336-8f49-9209-7ff239bca1c5" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b219fd7-c336-8f49-9209-7ff239bca1c5/5a6260c1-45c8-4abb-9807-ac863a7e40e9_720.png" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5a6cc1b9-5e40-2744-b47a-28eb72b984e1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a6cc1b9-5e40-2744-b47a-28eb72b984e1/5a6260c1-45c8-4abb-9807-ac863a7e40e9_720.png" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b9d6114e-a6ff-a142-9e41-af3a19fe1b04" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b9d6114e-a6ff-a142-9e41-af3a19fe1b04/7f94ca1e-5df6-4221-b58f-a6de934f164b_720.jpg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2b72c6c3-31e5-5e41-80ac-4b2adf3696be" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2b72c6c3-31e5-5e41-80ac-4b2adf3696be/206a8ac1-6662-4dbe-a178-d36fec19d6fa_720.png" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f46409a2-bd48-124c-8e7b-650618255d0d" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f46409a2-bd48-124c-8e7b-650618255d0d/6cc161a7-1768-41a6-a3c5-34dd0874c3dd_720.png" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5ff919c0-1f7f-0947-af82-d8c581258fd5" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5ff919c0-1f7f-0947-af82-d8c581258fd5/c7ade41e-a5ef-42d7-9686-f997c1d9af34_720.png" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7a6e3a85-c2a3-3e42-8300-130907b5e6a4" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a6e3a85-c2a3-3e42-8300-130907b5e6a4/2560d889-4533-4778-96ce-eafe1589a07b_720.png" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/766593a5-046e-2b47-84d5-dc37bbb8e83a" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/766593a5-046e-2b47-84d5-dc37bbb8e83a/daad0e39-d251-4c26-812f-d4518c413536_720.png" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/be11e1ee-9c9d-6349-88f3-ff8c09821f27" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/be11e1ee-9c9d-6349-88f3-ff8c09821f27/da02f98e-988b-422a-9463-e9997fa90f36_720.png" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1d7dd42f-323d-a84d-a613-bd12e007f361" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8c98c5fc-45ca-a04e-8c37-b5e6cf791922" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8c98c5fc-45ca-a04e-8c37-b5e6cf791922/63ad7a9b-6276-4187-8793-656a8320133c_720.png" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/991577e4-12bc-5348-8e2b-6c88012ba980" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/991577e4-12bc-5348-8e2b-6c88012ba980/d193b591-915e-4943-9602-fea4a38b8f26_720.png" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/24fd290f-ce14-0d40-b2f9-3c1e03881600" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/24fd290f-ce14-0d40-b2f9-3c1e03881600/b24da231-4c3f-4ae1-ba4f-a457e76df2b6_720.png" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f6ca4fbd-91a9-ee43-a509-4017c727e764" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/75d03c5d-ecc8-2b47-b0c4-16391a2244c6" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/75d03c5d-ecc8-2b47-b0c4-16391a2244c6/b1b31b6a-836e-4a80-9ffe-e3af3015602c_720.png" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d819e130-91ad-4f4c-b46e-76776caecf74" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d819e130-91ad-4f4c-b46e-76776caecf74/69f5913f-6a9d-446c-b366-4d513933f282_720.png" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/448a7e93-2846-7145-93c5-9f916f6fbacf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/448a7e93-2846-7145-93c5-9f916f6fbacf/20612bf2-325b-4d65-883a-cc14bfdd1e42_720.png" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5d7e2986-3367-6046-956d-242b5fb0d955" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d7e2986-3367-6046-956d-242b5fb0d955/2fc0e84e-36a5-4151-8146-76ffc786767a_720.png" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8596cadb-d09c-9042-9b0f-80fe6423e5e5" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8596cadb-d09c-9042-9b0f-80fe6423e5e5/fe1cf91b-401c-4073-b5a0-5be6b3d9e5ab_720.png" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e0f6a7b9-2bd2-f445-8102-927478e4375a" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e0f6a7b9-2bd2-f445-8102-927478e4375a/07e8a360-fc50-44f2-af67-5bcd406f9c98_720.png" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0d7c043c-9901-2c46-b93e-d6c88a613a2d" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d7c043c-9901-2c46-b93e-d6c88a613a2d/6863b1f0-a987-4020-ba47-623dec8e1151_720.png" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d24559ee-18d0-7e4c-8d94-1191dddbf903" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d24559ee-18d0-7e4c-8d94-1191dddbf903/3a2c785f-5a26-4b88-9d05-1ada714cf6bf_720.jpg" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b28c16b0-5ed2-104e-9e6e-f3d3cf961d2f" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b28c16b0-5ed2-104e-9e6e-f3d3cf961d2f/a83930f6-1ac1-47d3-9047-b4a5a2dbd195_720.png" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/199cea3b-c228-7d4b-90ba-ce936ce3ef78" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/199cea3b-c228-7d4b-90ba-ce936ce3ef78/ae70c2de-e63b-4b7d-9d6a-110ef2e1020e_720.png" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/08018157-1abb-a04f-bd19-c74d90114ca7" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/08018157-1abb-a04f-bd19-c74d90114ca7/27c714d3-fdc6-4746-b79d-4dbd9a4ab03b_720.png" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/610e59bd-0fc3-9c45-ad77-8c2c25e19604" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/610e59bd-0fc3-9c45-ad77-8c2c25e19604/6e8793b2-0579-4d05-8f41-bc56fbe864e1_720.png" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/04a5f20c-78d9-b94e-b6f5-63c1ab845a87" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/04a5f20c-78d9-b94e-b6f5-63c1ab845a87/c11f5170-099e-4cf0-9d31-6fa223f1fa33_720.png" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2bec98b2-3474-2b4e-bfc5-2961f6f15172" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2bec98b2-3474-2b4e-bfc5-2961f6f15172/ac46e0a9-05eb-4002-95dd-946d08fe3010_720.png" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d97cb6eb-9168-2a4b-8464-a4fed4c336a1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d97cb6eb-9168-2a4b-8464-a4fed4c336a1/6cca293a-daf3-4917-af5e-2b42dd096ee7_720.png" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/52373b41-4e1e-a949-809f-2df4906235b7" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52373b41-4e1e-a949-809f-2df4906235b7/45317827-4f30-4ef4-94ba-09242a81dc55_720.jpg" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3c53ea58-ae06-fc48-bff8-f84005d49fb5" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3c53ea58-ae06-fc48-bff8-f84005d49fb5/d66adf2f-9cd2-4099-9f22-f0bb33a57c4d_720.jpg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e76de223-2089-5849-bfb4-939889a1e507" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e76de223-2089-5849-bfb4-939889a1e507/c28c924e-e030-482c-a120-f29acd6a4f7b_720.png" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/69bc444e-c9bb-274b-9e6f-51800d7a2058" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69bc444e-c9bb-274b-9e6f-51800d7a2058/eeeac4f1-fbc2-43bc-8e33-b02e66daf995_720.png" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a8224e83-3726-f543-b77a-913334ed684f" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a8224e83-3726-f543-b77a-913334ed684f/1e3a8cdd-10a5-485d-a50c-20467dc16728_720.png" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7c21e9c2-e639-f14b-b62d-d9c419895958" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7c21e9c2-e639-f14b-b62d-d9c419895958/b2350f68-70d2-4d43-96e6-00e145c64daf_720.png" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7f9556c3-c616-b443-83b0-acd6286d6ec9" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f9556c3-c616-b443-83b0-acd6286d6ec9/aa7054b9-ea60-4c35-8283-a483cdabb1e1_720.png" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/504c4544-7fc8-6142-bb79-e912fb9ef93e" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/504c4544-7fc8-6142-bb79-e912fb9ef93e/21b0cde7-605f-4db3-afee-05703ee2feb2_720.png" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7a31ea67-39a9-aa4b-8cc0-bc91ae8ce3e2" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a31ea67-39a9-aa4b-8cc0-bc91ae8ce3e2/ce3c24dd-4e23-4246-afb1-1239303aa942_720.png" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bbf82090-f41c-ec43-8cfb-d994c4b795da" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbf82090-f41c-ec43-8cfb-d994c4b795da/a4d0cf41-f9c6-4919-b882-a35daef17ece_720.png" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/80966b65-67f1-7b49-91d6-7278aad5a2e8" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/80966b65-67f1-7b49-91d6-7278aad5a2e8/fb1d4ca9-8c11-4082-96a2-d9b55d4ce7f0_720.png" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2e25f12b-591a-864e-85a9-f0f0966618df" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2e25f12b-591a-864e-85a9-f0f0966618df/32672da4-5fc2-4235-a987-7f4f86956f8d_720.png" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f968ca26-ed78-954a-9a86-d98555d5a2bd" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f968ca26-ed78-954a-9a86-d98555d5a2bd/d012b8a6-0a7d-4ace-a032-c326201eba55_720.png" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e32553a8-adcc-af4c-b384-9e4a19a69736" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e32553a8-adcc-af4c-b384-9e4a19a69736/93d7de10-0ac7-4f0f-b5f7-26a5a8f1c6b9_720.png" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d9c54838-19bf-394c-ac1e-5135309ae018" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d9c54838-19bf-394c-ac1e-5135309ae018/d49762c7-b0ee-46f2-a640-375014d6c350_720.png" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8ec11b60-e321-c54b-859b-d1623c995362" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ec11b60-e321-c54b-859b-d1623c995362/7617ee3c-9885-436e-acb2-fd241bf91505_720.png" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b3c3dccf-7557-464d-b87a-ed5cba219d5d" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b3c3dccf-7557-464d-b87a-ed5cba219d5d/da47f696-a81b-40ba-a8c2-1d1f334942cc_720.png" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/787daa26-2d94-824a-9a12-e3590b9129f8" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/787daa26-2d94-824a-9a12-e3590b9129f8/7f4719f4-e9dc-4b13-abc1-c27c35fb8466_720.png" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ce30e3c4-ab67-9244-b84e-f6b00fc2caa1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ce30e3c4-ab67-9244-b84e-f6b00fc2caa1/f30c031c-eeda-48e5-8f67-34e3cae8932a_720.png" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/34683c73-d26b-c845-9984-42eb445f3775" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/34683c73-d26b-c845-9984-42eb445f3775/3aa1c76b-5e35-4b73-83de-f06ce2ecbc92_720.png" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dc9e7239-e265-a044-adf3-f59442ba20d2" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc9e7239-e265-a044-adf3-f59442ba20d2/63330626-b31b-4826-ad28-f6aec4ed9ac4_720.png" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/921e451e-dd3d-8a49-bc35-ef8fdac199e3" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/921e451e-dd3d-8a49-bc35-ef8fdac199e3/e1ccf71d-bca2-4f73-bec1-c2ae730e5c8f_720.png" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9c554dcb-4592-a04f-94aa-511fa9f596fa" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9c554dcb-4592-a04f-94aa-511fa9f596fa/7d6cffe5-14b8-4c34-ade0-536c45b9d50e_720.jpg" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e8254663-b210-6444-81df-aa53b06db647" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a44de598-0a43-364c-856f-1a0e0819e794" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cc1f57b7-4d3b-574f-b362-6735b78e46b7" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cc1f57b7-4d3b-574f-b362-6735b78e46b7/c11c0ba7-6e16-410d-9404-fb327204302d_720.png" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a867e4c1-0916-c748-beb2-a66df088db93" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a867e4c1-0916-c748-beb2-a66df088db93/c652842e-e3f4-4e35-9635-7e877f980372_720.png" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2332a576-256a-d545-bee2-eb0e156f7f19" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2332a576-256a-d545-bee2-eb0e156f7f19/ab0f24d7-4535-499d-8232-f3175fe61858_720.png" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0e907c43-1909-e447-b650-611f8f2cba89" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e907c43-1909-e447-b650-611f8f2cba89/2c6cfd66-b9f3-4c18-b80c-8394411a0be2_720.png" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6ad3d0b9-7005-e44f-97d9-251cc09b3cc3" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6ad3d0b9-7005-e44f-97d9-251cc09b3cc3/fd679186-57f2-4690-a0de-4eb1a58a232f_720.png" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b53fd27b-b4a2-5842-8b03-3baae2e1d439" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b53fd27b-b4a2-5842-8b03-3baae2e1d439/58c0effe-ec42-4858-aac4-afe384d3f0d3_720.png" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a0f8e54c-1f8b-0d49-bc6d-08ce0bc166ae" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0f8e54c-1f8b-0d49-bc6d-08ce0bc166ae/a418d6b1-41c4-463e-acb6-a5c34a12a435_720.png" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2d050737-9c9e-9c4b-9fda-8eeba6c7cf54" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2d050737-9c9e-9c4b-9fda-8eeba6c7cf54/f597ab2f-2a5e-453c-98d1-0cc4602abfac_720.png" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/00d317a9-0d8a-5543-a5e2-b3df73c95fff" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/00d317a9-0d8a-5543-a5e2-b3df73c95fff/3b6fab14-18d0-4277-91e6-10eb9eda1210_720.png" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ad86a8a8-e206-9b4e-b496-71928d1bd28b" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad86a8a8-e206-9b4e-b496-71928d1bd28b/d2e412d2-65f7-4977-8b0d-3a5639b991bb_720.png" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e8f83011-dd16-0b4c-840b-806aa4ab88f2" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8f83011-dd16-0b4c-840b-806aa4ab88f2/340d3ae6-8d08-49f1-8bc9-0521271f24e6_720.png" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3ee0afe1-2b32-d84b-82c6-226793bf7ebd" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ee0afe1-2b32-d84b-82c6-226793bf7ebd/33387f7e-9cdc-4b3c-9641-5a29e9977897_720.jpg" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6cf2266a-0011-9e47-827a-1d058bfd6fd7" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6cf2266a-0011-9e47-827a-1d058bfd6fd7/eb099ad7-6799-4be9-9d74-43db70c1277d_720.jpg" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/542160cf-94c1-774f-b630-619349a26444" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/542160cf-94c1-774f-b630-619349a26444/c1523951-b404-417b-8b17-3b834e1e3091_720.png" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/eda427aa-138e-e643-a29e-35a0b12f2134" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/eda427aa-138e-e643-a29e-35a0b12f2134/478552d2-e9f6-47e3-82af-154c4f935218_720.png" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1d5dae83-b40b-2549-b5ac-d0bab59bce08" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1d5dae83-b40b-2549-b5ac-d0bab59bce08/e3daafc3-e5cb-456c-a10d-82ea6549ec2f_720.png" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3ab2d302-8524-4b4a-862d-054530a201b2" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bd906c5f-5fb7-3646-b7d5-c0c22301add9" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd906c5f-5fb7-3646-b7d5-c0c22301add9/135e2ba3-5be7-4397-a1d8-38732685eee1_720.png" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/30594430-d4bc-6d4d-bd0c-cee028ec0e17" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/30594430-d4bc-6d4d-bd0c-cee028ec0e17/7635b4f4-2432-42ac-b88f-beb96e4e1b89_720.jpg" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4e1f3d2a-9c49-3742-aad1-3be0a8759646" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4e1f3d2a-9c49-3742-aad1-3be0a8759646/d7c2e2ca-d14c-420f-b5bf-f0e773e5efb2_720.jpg" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/20b197ab-44be-7b40-86d1-b7c9aed832b6" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/20b197ab-44be-7b40-86d1-b7c9aed832b6/d35787af-78d1-44ab-875c-5e68fd175aec_720.png" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9b1b196f-2adb-374b-bc3f-6148f3598c06" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9b1b196f-2adb-374b-bc3f-6148f3598c06/778a274f-3886-41e7-a3fe-7b9a52373b99_720.jpg" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8b232d54-3f7f-0d48-ad0f-751d249aa0ca" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8b232d54-3f7f-0d48-ad0f-751d249aa0ca/71e42c9d-17c4-4e1f-a175-d39b9b769dad_720.jpg" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/316c797f-88bb-0046-9e42-d44cba0fb437" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/316c797f-88bb-0046-9e42-d44cba0fb437/f3d37fc0-ad01-4266-ad51-655f8c6c0a19_720.jpg" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2ac25543-3039-9a44-a1e5-f807260ebe93" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ac25543-3039-9a44-a1e5-f807260ebe93/9e24a381-2fdc-41ad-9f35-0ec628771e64_720.png" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ca006a31-acd9-8143-9e85-38c3070039ee" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ca006a31-acd9-8143-9e85-38c3070039ee/61c0cee7-b835-4907-bbab-a47c7bfe96c3_720.jpg" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e5af0ffb-6fba-b24c-a9ba-1395930710d2" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e5af0ffb-6fba-b24c-a9ba-1395930710d2/b8ae92a9-8f75-4e11-ac7f-a1d739263bdd_720.png" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3ba181ce-5848-ef4c-bbd8-9cee0fb93b64" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ba181ce-5848-ef4c-bbd8-9cee0fb93b64/b3556c0e-80e6-4cc8-b3ba-06a8d9cee693_720.jpg" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/97f159b5-4734-7449-ac6c-31b0f7781814" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/97f159b5-4734-7449-ac6c-31b0f7781814/9c3f55c3-9bae-40ac-a1f9-8cf07e81e758_720.png" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a4706274-48ff-4641-b448-9bb3b8457aa7" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a4706274-48ff-4641-b448-9bb3b8457aa7/f89f81a0-1b12-4616-a47d-a0eb8bd18e41_720.jpg" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d912a79d-a0dd-8247-8828-c9582117a053" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d912a79d-a0dd-8247-8828-c9582117a053/a9f0183e-9c3a-4eea-aace-93d26d45819f_720.png" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/88862d6a-cc8f-8241-9465-7e30b433a4f2" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/88862d6a-cc8f-8241-9465-7e30b433a4f2/fe0b6dc7-b3dd-4ce4-9355-ec61e5fea5ac_720.jpg" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7f1aa593-e3cc-9949-a310-0a7ae54f617e" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f1aa593-e3cc-9949-a310-0a7ae54f617e/ed60b2fe-819b-486f-90c0-02e86dff22a6_720.jpg" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/09c859d5-1ae3-f64a-b79b-e880b82db491" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/09c859d5-1ae3-f64a-b79b-e880b82db491/ed7e52f5-9d97-4346-b43c-686bfc0b923c_720.jpg" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fc5d57f1-8e48-a240-a8c0-d30aa9287da2" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fc5d57f1-8e48-a240-a8c0-d30aa9287da2/0ddf7dcc-47cd-4559-a70c-1dfef3c13c54_720.jpg" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4df447e1-df45-694c-a40c-a2313167c7bb" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4df447e1-df45-694c-a40c-a2313167c7bb/2cf8ce06-9d74-4066-bfbe-2951ae1967fc_720.jpg" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8329c249-9e59-554e-9aca-bcd861fe0209" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8329c249-9e59-554e-9aca-bcd861fe0209/157d078f-15a8-40f2-9ddb-7b7477bdf278_720.jpg" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/39f54fcd-cfc8-fb4a-863b-56af335e8633" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/39f54fcd-cfc8-fb4a-863b-56af335e8633/982a26a1-ca6b-4d51-b179-c207f68832cd_720.jpg" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fb3f225f-996e-594f-a6d0-6308e7b8d3e0" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb3f225f-996e-594f-a6d0-6308e7b8d3e0/f81c7994-d123-4cf4-8f9f-6840e616ac6e_720.jpg" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a10f785a-898e-e84d-9746-ff7c414284b0" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a10f785a-898e-e84d-9746-ff7c414284b0/898a6991-8963-4d38-b63e-540dbd239b3e_720.JPG" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8c7a1b51-fce5-c444-a9d6-3d19423199b7" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8c7a1b51-fce5-c444-a9d6-3d19423199b7/22aa2836-c067-4717-96bb-220314b1440a_720.jpg" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8e95df93-c63a-5d44-b2e5-116de055f5db" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8e95df93-c63a-5d44-b2e5-116de055f5db/037f384a-e09b-46ac-8605-284bfab15919_720.jpg" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/168bde18-06ee-404a-8d21-97f4b3fcc0a2" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/168bde18-06ee-404a-8d21-97f4b3fcc0a2/8b19f77f-a018-4aac-9613-e5cdc63f7958_720.png" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f090fca8-83d4-d14a-9f11-b6d29ff15e2d" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f090fca8-83d4-d14a-9f11-b6d29ff15e2d/07ec968c-4cf6-42e3-80de-4aeecd1cd38f_720.png" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b05cef48-6893-3f4f-a865-fa41a710658a" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b05cef48-6893-3f4f-a865-fa41a710658a/86229451-f076-4e48-b71f-a5b16991b0d1_720.png" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d5403f18-ccc8-8e43-aa34-ce3cf2c3bdd1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d5403f18-ccc8-8e43-aa34-ce3cf2c3bdd1/6a35314a-8a62-420a-a1c2-b0f4c41c713a_720.png" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/80bc3ac7-6b17-e846-97d7-ff31517dc74e" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fed1d8b5-d5ea-8244-ad85-8bf0053c00ed" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fed1d8b5-d5ea-8244-ad85-8bf0053c00ed/0e6e0208-3c8f-4e77-b6db-446ed9023a6b_720.png" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/37096d05-44c0-7242-818d-c161ecfdc9fa" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/37096d05-44c0-7242-818d-c161ecfdc9fa/b9a0e798-4a92-48e8-8336-d8e9449c1256_720.png" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0b3f8808-15fe-9b42-b30d-038552c39bd3" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0b3f8808-15fe-9b42-b30d-038552c39bd3/a92e3df1-b1c4-48ba-ae19-4ed1ef180418_720.jpg" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/26fab365-1b6c-c94f-ac4d-0c7f899e33ef" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/26fab365-1b6c-c94f-ac4d-0c7f899e33ef/7c806b27-0b1f-45be-a428-18bd007c9a8e_720.jpg" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d55525f0-3774-2844-bf8a-fd80ce6226d4" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d55525f0-3774-2844-bf8a-fd80ce6226d4/7722da69-ac4b-4ee0-899d-2bf90ced6d9f_720.jpg" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/25bc1521-c37a-2b4b-8039-d7baac75ea34" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/25bc1521-c37a-2b4b-8039-d7baac75ea34/ff7a63ff-eaba-479a-a6ad-7e11f87b2c4f_720.png" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b5b6349f-7848-3341-aaeb-1bff2692ea34" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5b6349f-7848-3341-aaeb-1bff2692ea34/7c052d5e-8e77-4798-91d3-eaca70a81d43_720.png" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d9105f3e-3466-3e46-8274-330169dc1edd" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d9105f3e-3466-3e46-8274-330169dc1edd/6268243d-67df-4da8-883d-29a4d4767d9f_720.png" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4794ccf6-27f3-5c48-8998-2fe23ebb6c59" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4794ccf6-27f3-5c48-8998-2fe23ebb6c59/27362500-4590-4831-a0ab-473d5951c947_720.jpg" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e172da39-a34c-8240-bf2e-8eb438bf6a52" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e172da39-a34c-8240-bf2e-8eb438bf6a52/fc42999f-ead3-4d7c-9a00-8a0b096fb8d4_720.jpg" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b984feb3-964b-934c-bba9-d9782b8b0f1b" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b984feb3-964b-934c-bba9-d9782b8b0f1b/a720d762-e76e-42d9-9712-c6956975aff5_720.jpg" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/75889529-a887-c34f-8c52-6b1577cc9b72" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/75889529-a887-c34f-8c52-6b1577cc9b72/beb6065f-cb73-46b1-9c8d-87c081e7f5c7_720.jpg" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a0f08dee-b301-ec4d-a18b-d3510c491fd0" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0f08dee-b301-ec4d-a18b-d3510c491fd0/0663ba3f-a99a-4fb8-9d00-64060beab66b_720.jpg" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/10199b67-b17b-ec42-804d-34ac6f615f80" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/10199b67-b17b-ec42-804d-34ac6f615f80/2179417d-9824-41c5-82b7-154cbe520469_720.jpg" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d665da8e-9754-a442-aa49-608c28a9d226" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d665da8e-9754-a442-aa49-608c28a9d226/2567d54e-bb1c-4a2d-bc00-2dde94d9f01a_720.jpg" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6fb24e6c-e73f-7a4b-bf8c-2bf7bff0ca18" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6fb24e6c-e73f-7a4b-bf8c-2bf7bff0ca18/0025c4bf-943f-4311-a481-6baa8ee021e1_720.jpg" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/52074a33-e3c6-464b-a647-254edafc4176" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52074a33-e3c6-464b-a647-254edafc4176/a9e848fc-b11c-4e11-b79d-c4449cf04bc0_720.jpg" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/78978dcd-3bd0-bc47-8750-8bf146e097d9" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/78978dcd-3bd0-bc47-8750-8bf146e097d9/1b2949b6-57f0-4376-897e-fa356b402706_720.png" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d5e3570f-7f6c-4544-8eff-e613c39885f4" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d5e3570f-7f6c-4544-8eff-e613c39885f4/3b9c3e3c-779e-48fc-b454-4425901fd39d_720.png" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2ca4ae4d-bc08-8f47-ad18-71bcb714e21a" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ca4ae4d-bc08-8f47-ad18-71bcb714e21a/9f06ea34-8d6f-4a6e-be36-a7265ac5e936_720.png" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f7680573-22f2-9a4f-a817-e11989802c25" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f7680573-22f2-9a4f-a817-e11989802c25/7d9da045-70db-40a6-95ad-6d2e4e1383b1_720.jpg" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e4b15305-b5b3-7442-abef-7a630aecb5b0" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4b15305-b5b3-7442-abef-7a630aecb5b0/3a68f8d7-baea-4553-bbb4-5810e5ba0db3_720.jpg" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d19cb67a-c420-884e-bef2-3c64bc1324ae" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d19cb67a-c420-884e-bef2-3c64bc1324ae/869318ab-395f-4435-8c8f-a3539e38d668_720.png" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fde1733f-9d05-b34f-bc6b-c21c842405bb" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fde1733f-9d05-b34f-bc6b-c21c842405bb/0e0b8eab-5b4e-414a-9733-230cf2d18e84_720.png" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/010a749d-763b-ab48-b2a3-7e538c589282" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/010a749d-763b-ab48-b2a3-7e538c589282/8d5b223c-d59e-4af2-831d-a409a9fa5025_720.png" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/892afdcf-d479-0142-ab3d-da2fa49abb49" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/892afdcf-d479-0142-ab3d-da2fa49abb49/aa07017e-c1e1-4b5d-9eea-355e57ebf589_720.png" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a0218d1e-0ead-b147-85bb-7271d40e7fd1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0218d1e-0ead-b147-85bb-7271d40e7fd1/30bd5e1a-f0b6-4295-b22e-7282a3f85aa0_720.JPG" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0da03c8f-a591-754a-a90b-a8edcfd44dc8" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0da03c8f-a591-754a-a90b-a8edcfd44dc8/136103cb-04f7-493a-a85b-f56352891e5c_720.jpg" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cb424ba7-4463-5144-a647-a97a96d154cc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cb424ba7-4463-5144-a647-a97a96d154cc/bd066925-737f-46c2-8433-fa616c92dbea_720.JPG" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/257ef49d-7e7d-7e4d-aa9b-f6958f2b0c77" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/257ef49d-7e7d-7e4d-aa9b-f6958f2b0c77/d3055be2-9415-4891-8838-1b42fa644ba1_720.jpg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/17190e15-4f29-cc4a-a50a-b0b4cd68ed51" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17190e15-4f29-cc4a-a50a-b0b4cd68ed51/ce85fed6-a48c-4d05-9605-1abfc3e210fe_720.png" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/baa49e60-85bf-a24f-a8b5-a1194dcbbfff" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/baa49e60-85bf-a24f-a8b5-a1194dcbbfff/0b630a2a-8904-4d08-9091-9bf80248d00c_720.png" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3d129c39-f838-d64f-a73d-f6d05f6c5fb2" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3d129c39-f838-d64f-a73d-f6d05f6c5fb2/23a18ebb-d860-4442-88ca-167bc151a03b_720.JPG" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dfe4906c-78b7-ac47-a774-e428ce3d610c" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dfe4906c-78b7-ac47-a774-e428ce3d610c/6ad3542d-1ea2-4048-a722-df60da3c6a2d_720.png" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/974aedff-0ee7-c64c-a974-b1733385b457" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/974aedff-0ee7-c64c-a974-b1733385b457/3c33d988-3580-4661-a8d1-ed999066e895_720.png" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b23c8c26-7525-7646-8174-11e51a05a831" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b23c8c26-7525-7646-8174-11e51a05a831/e5671dd0-9c76-4667-9acb-0488c456ebb0_720.png" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d80bfebf-6af5-604d-813d-4477c5a448f3" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d80bfebf-6af5-604d-813d-4477c5a448f3/1872cbcd-3115-466d-863c-6ed321ec460b_720.png" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4dcd268a-5fb9-fb47-bad2-df94a3d4cb19" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4dcd268a-5fb9-fb47-bad2-df94a3d4cb19/670972cf-07ff-4b19-8c09-dfe863dbf53d_720.png" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/11db0c94-8a84-7749-9403-54a1751b3481" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/11db0c94-8a84-7749-9403-54a1751b3481/12165c50-6319-42ba-a7b7-7f6fcac9ac53_720.png" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7fff1bbc-079b-a744-a3ae-07a7880b22ac" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7fff1bbc-079b-a744-a3ae-07a7880b22ac/9d2dbf36-c24b-47ff-a4b3-a49f96389f35_720.png" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4bc1e0b1-5fbd-2f4c-8b99-297b27521458" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4bc1e0b1-5fbd-2f4c-8b99-297b27521458/e9299a95-4bf4-4123-b99d-f4f862a23e31_720.png" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3fe0f6cf-b511-9049-bd4c-f068bb019303" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fe0f6cf-b511-9049-bd4c-f068bb019303/21ed92da-564d-4390-b665-66e7677ab97b_720.png" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/73cff146-e8c8-da46-b5f2-e15d4d6752ae" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/73cff146-e8c8-da46-b5f2-e15d4d6752ae/ead56434-c452-40dc-a82c-527298d04cb5_720.png" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/eda08e87-3f15-b24c-a14e-511993f6b4eb" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/eda08e87-3f15-b24c-a14e-511993f6b4eb/92afd6b8-21ad-473b-9e21-1f6586d31f5f_720.png" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9559fc94-25a7-9344-b496-3701945470e1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9559fc94-25a7-9344-b496-3701945470e1/8c7f6065-3e76-41b9-98bf-f9684376c297_720.png" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/13d5da37-fa9f-df43-8524-118452d17000" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/13d5da37-fa9f-df43-8524-118452d17000/bcf073bb-e43c-4a0f-a742-f5948e680b3e_720.png" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bac39709-3a2c-8141-971a-b1a5193a9726" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bac39709-3a2c-8141-971a-b1a5193a9726/64aa2485-d691-4d10-8c9a-77a64a5b2302_720.png" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/26fd6ad0-911f-2640-9eaf-48e4e8d7f943" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/26fd6ad0-911f-2640-9eaf-48e4e8d7f943/77431c68-e56b-4a01-95e3-44d8ba7407be_720.png" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/841b067f-02f2-aa40-9fe7-feb1865ba0a4" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/841b067f-02f2-aa40-9fe7-feb1865ba0a4/1221015f-2ab1-4588-b260-6385402398f2_720.png" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5e53b4f1-6a89-584c-8fc7-bb49629f9a64" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5e53b4f1-6a89-584c-8fc7-bb49629f9a64/4c52ab74-940e-45b9-86a5-a491ae2893a6_720.jpg" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3fb8fac8-f213-b845-8965-5276d8920696" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fb8fac8-f213-b845-8965-5276d8920696/e3a2089b-b456-4f23-b821-188f56bc54a9_720.png" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7afd47fc-fee5-594a-84a0-e9f8d174d07c" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7afd47fc-fee5-594a-84a0-e9f8d174d07c/c0c545d3-ca6f-4f3f-a3af-591f6965af6e_720.png" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c17d65ae-edf7-6245-bd77-5ea63fe95180" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c17d65ae-edf7-6245-bd77-5ea63fe95180/e3a2089b-b456-4f23-b821-188f56bc54a9_720.png" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/23d07da7-5ce2-3b41-ae0c-e9df95c6bc9d" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/23d07da7-5ce2-3b41-ae0c-e9df95c6bc9d/c0c545d3-ca6f-4f3f-a3af-591f6965af6e_720.png" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2cef9908-d0df-6d43-9c0b-a9a13c857abf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2cef9908-d0df-6d43-9c0b-a9a13c857abf/b78ae1e2-b699-4a0d-9580-11cc6e42facc_720.png" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3e3e1c35-d01a-5e4f-9a46-95efd7f414e8" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3e3e1c35-d01a-5e4f-9a46-95efd7f414e8/72f09cc7-8187-4e91-9b9a-475d9fe4c8d0_720.png" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bced193f-741d-8e47-aeff-e335b5184a20" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bced193f-741d-8e47-aeff-e335b5184a20/bf367979-e043-4ca3-97fe-7928687207fe_720.png" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8d1b4a79-c6b8-464a-9d5d-f758c3bbfbe2" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8d1b4a79-c6b8-464a-9d5d-f758c3bbfbe2/ab81c742-dc24-413a-b428-8366b67e6c83_720.png" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/55e12a3a-f9bc-f64b-bb90-4a87faf02d36" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/55e12a3a-f9bc-f64b-bb90-4a87faf02d36/1be80ea3-255b-41d6-aed9-37b633da3dcf_720.png" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6ca3fed4-154d-5a41-9055-f4513510df25" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6ca3fed4-154d-5a41-9055-f4513510df25/32001009-5571-4fc4-83c4-6d72bef06cde_720.png" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e3084e44-dce9-da46-9608-bef8c3ae2618" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3084e44-dce9-da46-9608-bef8c3ae2618/1be80ea3-255b-41d6-aed9-37b633da3dcf_720.png" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1b7b8ea4-57e5-664b-9589-8baa0b328825" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1b7b8ea4-57e5-664b-9589-8baa0b328825/8929f579-30aa-4800-9478-11f8efd857b8_720.png" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e4c21004-3598-af47-9270-2d7ea5dff67e" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4c21004-3598-af47-9270-2d7ea5dff67e/007cead7-96be-4561-b7a8-4812d82c1ddf_720.png" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/61ef7054-09b2-9948-96bb-20f97740ff32" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/61ef7054-09b2-9948-96bb-20f97740ff32/1ec8db4c-a298-4664-8597-840e48e252f2_720.png" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e54e6d62-6026-2f45-b30a-afa87b3e8528" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e54e6d62-6026-2f45-b30a-afa87b3e8528/db685716-0c04-4305-a1f8-0e3dac52e1a7_720.png" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fa293159-def7-1540-9a18-f9b987b80ce2" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fa293159-def7-1540-9a18-f9b987b80ce2/460fd700-4444-4c13-9308-c3d52889c4cf_720.png" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/eea5f40f-95e9-c44a-b830-2652e0ceb9f2" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/eea5f40f-95e9-c44a-b830-2652e0ceb9f2/556c2c87-e1d8-4193-b832-a60e9b9d5f72_720.png" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/63fb9369-4367-d243-9421-36812c9facdc" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/63fb9369-4367-d243-9421-36812c9facdc/f0d2dbb1-c7da-4fb0-8f56-dc1377de74fa_720.png" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5f0026fc-5fed-4e45-a043-26f6f379e342" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5f0026fc-5fed-4e45-a043-26f6f379e342/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fd36ed9d-547d-9643-a9c3-6d7909e1f994" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd36ed9d-547d-9643-a9c3-6d7909e1f994/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/48efff75-491c-7341-8977-0cd9e8a7801a" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/48efff75-491c-7341-8977-0cd9e8a7801a/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ab613dca-8ecd-c644-9e09-931569608af8" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab613dca-8ecd-c644-9e09-931569608af8/8a1a2203-c0be-4407-a795-b373acba6610_720.png" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/77c52340-3ddc-604f-b6d7-0bd681d21ed0" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/77c52340-3ddc-604f-b6d7-0bd681d21ed0/8a1a2203-c0be-4407-a795-b373acba6610_720.png" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/19ac255e-37d3-4d4e-b1de-e4929c4eda78" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/19ac255e-37d3-4d4e-b1de-e4929c4eda78/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/05cd30ad-4ced-db42-a671-b53dd2ad1072" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/05cd30ad-4ced-db42-a671-b53dd2ad1072/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b35b14af-f0be-d143-b041-75907835c2a1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b35b14af-f0be-d143-b041-75907835c2a1/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cc592f3d-c266-1640-bda3-06cc24df5b25" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cc592f3d-c266-1640-bda3-06cc24df5b25/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0b478b85-b1ee-d847-ad77-5006fb4019be" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0b478b85-b1ee-d847-ad77-5006fb4019be/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0be863e4-5829-f84d-b565-aefd945f47c7" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0be863e4-5829-f84d-b565-aefd945f47c7/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5695e851-dc17-9448-96fe-da479ce17e43" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5695e851-dc17-9448-96fe-da479ce17e43/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0dfc1f51-f59e-4d4f-bb04-00b62c8b363f" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0dfc1f51-f59e-4d4f-bb04-00b62c8b363f/f77e68bc-f09e-4835-9008-d50298171960_720.png" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/12e1efd2-37b0-c448-b862-0b7b2484bed8" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/12e1efd2-37b0-c448-b862-0b7b2484bed8/8e55a59e-70ea-44e4-9ece-89a6be39b3fe_720.png" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/58a66542-9453-fb41-8534-14c22f456190" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/58a66542-9453-fb41-8534-14c22f456190/ecb03f19-8c7d-415c-9f9f-f6d17b31ffc4_720.png" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6b10fc33-7ccf-ed4d-bf0a-24a5382b6af4" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b10fc33-7ccf-ed4d-bf0a-24a5382b6af4/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c9bcd2fc-960b-f947-bb61-6f54076ed4e0" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9bcd2fc-960b-f947-bb61-6f54076ed4e0/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/71dde2ff-17d6-c347-b5e4-473df7991b02" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/71dde2ff-17d6-c347-b5e4-473df7991b02/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9b4247b6-ab4e-404a-982a-5d6e2ffa48c4" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9b4247b6-ab4e-404a-982a-5d6e2ffa48c4/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5be51143-1f7b-4340-a72e-b1e32ba49f38" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5be51143-1f7b-4340-a72e-b1e32ba49f38/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e0177207-fca1-8047-8573-54dafea301ec" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e0177207-fca1-8047-8573-54dafea301ec/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/46f8f220-5b11-de46-a5fa-13eece976b79" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/46f8f220-5b11-de46-a5fa-13eece976b79/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a8ccd941-01aa-1f41-a3de-318c8b709368" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a8ccd941-01aa-1f41-a3de-318c8b709368/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/aee0be4d-1a51-7449-b3df-458cbfbaea41" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aee0be4d-1a51-7449-b3df-458cbfbaea41/f77e68bc-f09e-4835-9008-d50298171960_720.png" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b317f80b-923b-d143-8f9d-05ea2432765c" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b317f80b-923b-d143-8f9d-05ea2432765c/8e55a59e-70ea-44e4-9ece-89a6be39b3fe_720.png" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a1ec8ede-6317-3246-8066-a14bf833ea28" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a1ec8ede-6317-3246-8066-a14bf833ea28/ecb03f19-8c7d-415c-9f9f-f6d17b31ffc4_720.png" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a077bdfb-7b4b-d244-b4a9-f0e7ca5d6218" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a077bdfb-7b4b-d244-b4a9-f0e7ca5d6218/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a16a5874-437a-2249-b5e9-24e258e942b6" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a16a5874-437a-2249-b5e9-24e258e942b6/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1e76d809-5395-3740-b12a-b28aa65c48cf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1e76d809-5395-3740-b12a-b28aa65c48cf/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/28f0350b-aecc-2f4c-97e6-ec6ab7344be0" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/28f0350b-aecc-2f4c-97e6-ec6ab7344be0/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8a3916c9-e9dd-a542-a4a4-57e259a48eb5" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8a3916c9-e9dd-a542-a4a4-57e259a48eb5/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/48f0c6c0-0b65-8f49-a565-84f06e928fd2" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/48f0c6c0-0b65-8f49-a565-84f06e928fd2/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/925131a0-5b2a-1f47-aff8-f8d0bc58f399" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/925131a0-5b2a-1f47-aff8-f8d0bc58f399/ee0eab97-05c0-463b-a83b-155ffdd0505a_720.png" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/70125764-a5f0-b94c-b6f1-3d9ac4690221" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cf037c76-5da5-3043-9163-9b277f407904" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf037c76-5da5-3043-9163-9b277f407904/03719694-49ca-41f2-94a1-a7c864ce83b7_720.png" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/be26e803-ffaa-cd4e-968c-2aba26d967eb" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/be26e803-ffaa-cd4e-968c-2aba26d967eb/dd636c19-4d3a-4c7c-b78a-8cb9f4f7000f_720.png" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b21fd3c8-88cf-d44b-a470-a57eca581bd4" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b21fd3c8-88cf-d44b-a470-a57eca581bd4/ee0eab97-05c0-463b-a83b-155ffdd0505a_720.png" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/55bed36f-8195-0b47-94c0-258ac8ded974" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dc395839-84d1-ce4f-9451-7c7c70ff48ed" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc395839-84d1-ce4f-9451-7c7c70ff48ed/03719694-49ca-41f2-94a1-a7c864ce83b7_720.png" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4b109569-e6ce-b046-9eb1-e7ec31f1556a" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4b109569-e6ce-b046-9eb1-e7ec31f1556a/dd636c19-4d3a-4c7c-b78a-8cb9f4f7000f_720.png" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6b121b82-b008-d148-8172-149104a7cf51" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b121b82-b008-d148-8172-149104a7cf51/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/549b6e8c-1599-7c40-96f1-7e5d0c3be16f" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/549b6e8c-1599-7c40-96f1-7e5d0c3be16f/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/23fd1837-f4ce-fe48-b511-4fd5869764fe" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/23fd1837-f4ce-fe48-b511-4fd5869764fe/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c6b4da0d-3a44-b842-8a6a-9f3bcd9f5888" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c6b4da0d-3a44-b842-8a6a-9f3bcd9f5888/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6494e73e-bdb6-ae41-9ab1-f81155db3386" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6494e73e-bdb6-ae41-9ab1-f81155db3386/45d070cf-e098-4c5b-a0ee-958858f7bb9d_720.png" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/584f3bcb-4b6a-234f-856c-07b3c7939a68" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/584f3bcb-4b6a-234f-856c-07b3c7939a68/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/598ddcfe-eda0-1a45-80d9-9d11dd50d0ed" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/598ddcfe-eda0-1a45-80d9-9d11dd50d0ed/9bc621cb-34f6-4058-91b6-c0beaa660fcb_720.png" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e08407f0-db9a-ed4c-af1d-51ca6ce5d294" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e08407f0-db9a-ed4c-af1d-51ca6ce5d294/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5a92420f-b3cd-5949-86c3-8837bfe325c3" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a92420f-b3cd-5949-86c3-8837bfe325c3/c20fbff7-abbc-4f66-929c-6cba2e5ff81b_720.png" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/83206a9d-a195-f448-896d-419eddc5b39c" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/83206a9d-a195-f448-896d-419eddc5b39c/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b74efedd-4dd7-f345-8329-7d37f8e48e01" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b74efedd-4dd7-f345-8329-7d37f8e48e01/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/95b3a70a-3b47-bc4e-b1f0-96139d44bcca" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/95b3a70a-3b47-bc4e-b1f0-96139d44bcca/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2db9f3ad-3e4c-a648-8abf-3358246508b4" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2db9f3ad-3e4c-a648-8abf-3358246508b4/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/02bcac7a-fdc6-7e4e-95c9-0a897b3ae09d" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/02bcac7a-fdc6-7e4e-95c9-0a897b3ae09d/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cf55e8af-1263-9244-b1b8-9c1a642e4139" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf55e8af-1263-9244-b1b8-9c1a642e4139/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/19cd03da-b4a8-ce47-8888-3b6f722b6f80" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/19cd03da-b4a8-ce47-8888-3b6f722b6f80/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b5062904-3275-9748-9050-ad7ede21b5f7" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5062904-3275-9748-9050-ad7ede21b5f7/45d070cf-e098-4c5b-a0ee-958858f7bb9d_720.png" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/300b32d6-5cc0-9a49-a66f-1884bca29915" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/300b32d6-5cc0-9a49-a66f-1884bca29915/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d198cdd6-ea63-4042-a48a-80f5ab05d6d6" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d198cdd6-ea63-4042-a48a-80f5ab05d6d6/9bc621cb-34f6-4058-91b6-c0beaa660fcb_720.png" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/93943ee8-8527-194b-be49-bf8e074052a6" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/93943ee8-8527-194b-be49-bf8e074052a6/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/165676f0-5917-a14b-b878-211c422e0e29" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/165676f0-5917-a14b-b878-211c422e0e29/c20fbff7-abbc-4f66-929c-6cba2e5ff81b_720.png" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/60dc4e75-4093-6542-9c12-9110d8ca7840" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/60dc4e75-4093-6542-9c12-9110d8ca7840/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/80c0b13f-1569-654a-bf97-c858dfdb9037" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/80c0b13f-1569-654a-bf97-c858dfdb9037/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/40f87553-c8dc-294f-b71d-82b077ce9d9e" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/40f87553-c8dc-294f-b71d-82b077ce9d9e/37993f43-c405-4d54-a062-65ece9bba7ad_720.png" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/92a0361c-2bbb-4943-8f41-570117b3d58e" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/92a0361c-2bbb-4943-8f41-570117b3d58e/37993f43-c405-4d54-a062-65ece9bba7ad_720.png" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/56f288ba-672e-6f47-9d39-b7ee34171d78" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56f288ba-672e-6f47-9d39-b7ee34171d78/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b05c63a0-1ec3-694e-8b16-596388c97406" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b05c63a0-1ec3-694e-8b16-596388c97406/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/402cabcd-7dda-c343-bf05-2c91e4828a6d" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/402cabcd-7dda-c343-bf05-2c91e4828a6d/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/77e34b67-fdef-9147-aa63-a0fb93d6ea8d" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/77e34b67-fdef-9147-aa63-a0fb93d6ea8d/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9685ccf4-e4a1-a243-b288-eb0e3cea6ea6" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9685ccf4-e4a1-a243-b288-eb0e3cea6ea6/8a0a625b-6568-4f82-9f0f-a29351fc8cbb_720.png" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e19790a4-6b1b-b148-823f-0874c946fe91" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e19790a4-6b1b-b148-823f-0874c946fe91/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fdac877c-6d13-5f42-8b68-e7020c369c70" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fdac877c-6d13-5f42-8b68-e7020c369c70/f7f6c1e4-8e9b-417e-9e69-c9a06faa22c1_720.png" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2633e4e2-b6c7-fc42-ad1d-86a924495a58" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2633e4e2-b6c7-fc42-ad1d-86a924495a58/8ea366fc-1da2-4325-a786-387812b526d0_720.jpg" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0d74043d-575d-6946-89e9-392bb89e0935" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d74043d-575d-6946-89e9-392bb89e0935/306155ff-f5c0-4fdd-bb01-e5dcd874690b_720.png" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/78666491-7f63-654f-a716-1f68da7e5d2e" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/78666491-7f63-654f-a716-1f68da7e5d2e/2b25c682-566f-4f8b-a044-c1c51bfe4655_720.jpg" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c684a9e4-5513-fc42-8b2d-6fd5ca0281be" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c684a9e4-5513-fc42-8b2d-6fd5ca0281be/f732030b-2475-48ee-8480-5c838a893e4a_720.png" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c9ef22d4-87e3-d54d-8dde-9f87101ed3ee" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9ef22d4-87e3-d54d-8dde-9f87101ed3ee/013cf8fd-55b4-4ad0-aea6-18873516bd24_720.png" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d21ead7e-8226-5f4c-ba7b-58826b678ba6" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d21ead7e-8226-5f4c-ba7b-58826b678ba6/419c0b41-89bf-4262-8e25-fa6f8ecec9c1_720.png" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1c6f2ee5-fedc-2e4c-828b-9ccfa51826bc" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1c6f2ee5-fedc-2e4c-828b-9ccfa51826bc/c2760da6-bca7-486c-9264-da026a3b83f8_720.png" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8ceb0d93-733a-b54b-815d-33385545c379" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ceb0d93-733a-b54b-815d-33385545c379/c2acca7c-6622-4794-8cfd-5a041e90a026_720.png" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6d36e78a-92c1-7149-8054-b95eea46cffa" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6d36e78a-92c1-7149-8054-b95eea46cffa/35f9137d-8fd6-4a90-8ee2-246df66bb0ad_720.png" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4ed3940a-6f18-9144-9beb-b4058d6d08ba" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4ed3940a-6f18-9144-9beb-b4058d6d08ba/1a4ea0aa-99ad-4f0b-8723-f89129fc126d_720.png" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7f750628-be02-d844-a497-a952fd3f27b9" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f750628-be02-d844-a497-a952fd3f27b9/937e4aa1-1776-400c-9eb5-2e2aed3f8390_720.png" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1f91cddf-2594-6245-b294-105515c65a6d" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1f91cddf-2594-6245-b294-105515c65a6d/f7f61076-7bf6-44e2-baa8-17a9ad1c1d64_720.png" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6294ff1c-4511-2147-b497-02c8caf03039" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6294ff1c-4511-2147-b497-02c8caf03039/ab26f456-8a9a-4c16-8247-4f7d97fcf6b6_720.png" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6bbefa89-f831-424b-b4cd-1e16aa9c76d1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6bbefa89-f831-424b-b4cd-1e16aa9c76d1/ca13c0ba-1f82-4442-ae04-c4daa985d9e8_720.png" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3013f5db-43a3-084d-b607-a5cf9ba842cd" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3013f5db-43a3-084d-b607-a5cf9ba842cd/cf083577-bb21-465b-9c65-37b7e601a528_720.png" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/03f05c4c-6c38-5747-b87c-d0887fc54bf6" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/03f05c4c-6c38-5747-b87c-d0887fc54bf6/377ee614-5197-4ff5-b2a2-9f3561feff0c_720.png" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/54f13da5-ced5-7646-8ebc-134ad87e25ec" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/54f13da5-ced5-7646-8ebc-134ad87e25ec/1bb2bbdb-c8c1-4549-bbe3-dbd2cb0a485c_720.png" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ed9092fc-92c2-d34c-93a3-d86ea4da9a41" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ed9092fc-92c2-d34c-93a3-d86ea4da9a41/fa8f5759-8637-4a0b-8133-510d95d4f50c_720.png" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/104f07fb-09f7-0848-827b-4b46004ba64a" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/104f07fb-09f7-0848-827b-4b46004ba64a/22e0f8c5-276c-42b2-ae2c-3416750c7958_720.png" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d58fc7bc-9118-8740-849f-a84b726f689c" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d58fc7bc-9118-8740-849f-a84b726f689c/b17f5b80-0d04-4601-94d7-511b03ea43e4_720.png" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/25f59d21-29ef-224a-85e4-a6d39ac4f31a" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/25f59d21-29ef-224a-85e4-a6d39ac4f31a/3ccadf9e-c20d-442a-85ce-305c09a35f62_720.png" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/880bdc5c-d457-224a-b641-dd41e3cfb3a9" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/880bdc5c-d457-224a-b641-dd41e3cfb3a9/40f2fe9c-d16a-40d6-a005-9ab14d633b06_720.jpg" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/edb8b249-2603-c148-af4c-c6c3eb402084" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/edb8b249-2603-c148-af4c-c6c3eb402084/5d935b1f-e356-4353-b979-89db2697e019_720.jpg" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2580868c-2c50-c040-b26c-b3f6abdbd5d2" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2580868c-2c50-c040-b26c-b3f6abdbd5d2/688261c2-dbaa-478b-943a-9f96d28aef3b_720.png" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0ec3a7c3-09b2-b94a-8c7b-0730d2946ab5" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0ec3a7c3-09b2-b94a-8c7b-0730d2946ab5/d1e776d9-5860-4ed8-85c4-6c9a0e636d19_720.jpg" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/acffa093-e4d6-4446-a3d1-34e3d86cf856" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/acffa093-e4d6-4446-a3d1-34e3d86cf856/b5fb96ac-2f49-4b57-8952-e250c7cfc33c_720.png" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/22b95c9d-6ba0-8646-b6de-f41f0f166527" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/22b95c9d-6ba0-8646-b6de-f41f0f166527/88a4c0c8-9852-4255-89ce-1624cf4cfdcc_720.png" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e8a5622c-8bb1-1140-8c6e-69698ff2a262" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8a5622c-8bb1-1140-8c6e-69698ff2a262/e3bf603c-da02-470a-9f95-936e40abf97b_720.png" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e88191f2-235b-9347-a9c7-5ff0f2f94d7d" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e88191f2-235b-9347-a9c7-5ff0f2f94d7d/d1aaa57a-aa80-4cdb-b4ca-f07a0a89ba30_720.jpg" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ce735cc4-d54e-9749-baca-7583737faf01" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ce735cc4-d54e-9749-baca-7583737faf01/aec6b42a-bec4-40ce-8716-e3244aa87545_720.png" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/75b72be0-6e6f-9043-859b-988c9e30e5b1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/75b72be0-6e6f-9043-859b-988c9e30e5b1/2bf8e40f-ad62-476d-abec-73363df6df68_720.png" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/87896fb0-c316-2840-85bc-b4b3e42fb549" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/87896fb0-c316-2840-85bc-b4b3e42fb549/239ffcbb-0d1a-4231-9ff6-a190987ee675_720.png" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0eba2aaa-923f-bf46-8c1e-7aa06d4fca3c" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0eba2aaa-923f-bf46-8c1e-7aa06d4fca3c/02e9dc7c-566b-431d-b89e-f72b4a66876e_720.png" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ef71fbe3-95ae-6c42-ab0b-ce5548aaaa05" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ef71fbe3-95ae-6c42-ab0b-ce5548aaaa05/d9562632-a4e5-4e19-adf6-1749be240afa_720.png" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/47af023c-43cb-f745-af3a-b9fa4529f057" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/47af023c-43cb-f745-af3a-b9fa4529f057/a222024f-157a-433d-8f1a-20c34f686c8e_720.png" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7dd3ddcd-a5a9-8d48-ae21-63ee4b9ba9d7" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7dd3ddcd-a5a9-8d48-ae21-63ee4b9ba9d7/fa34242e-eee6-4706-9a58-abf74c753036_720.png" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6d86df3b-5c1e-4542-a7df-5c89f3bd4ce1" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6d86df3b-5c1e-4542-a7df-5c89f3bd4ce1/e17e01d1-d454-499d-ac48-10c51889d285_720.png" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ee21b621-5ea0-fa4f-b601-7fce403d616a" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee21b621-5ea0-fa4f-b601-7fce403d616a/c4657936-8c5e-43e9-bcad-fbfd58e4960c_720.png" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9ce59f15-132f-2840-9d31-41153973e56f" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9ce59f15-132f-2840-9d31-41153973e56f/43d4df5b-22b5-4a21-ba37-8ec6800a956a_720.png" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c9660929-b13a-b34c-89b4-88234d287ec8" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9660929-b13a-b34c-89b4-88234d287ec8/3ef147c2-c110-43f9-a1c4-9702ace24980_720.png" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/579db1eb-430b-8a4e-a9c4-1f18d2945cc4" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/579db1eb-430b-8a4e-a9c4-1f18d2945cc4/2ce4c0f5-658f-48e6-9d99-a304fe1eeeab_720.jpg" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/68164110-73b4-0e4e-a405-f142f2f751df" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/68164110-73b4-0e4e-a405-f142f2f751df/08295a6b-18b9-4271-8b2a-80ec185091b7_720.png" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d2d0dc04-c949-4f47-ac66-b323f5c97b34" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d2d0dc04-c949-4f47-ac66-b323f5c97b34/0c695c27-b223-4c57-acab-51e5f626c913_720.png" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b5b4b98c-3108-d443-9579-fae64964676c" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5b4b98c-3108-d443-9579-fae64964676c/ccb64414-a173-424c-b5d0-9f913cbe75a1_720.jpg" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2f0eb525-56e6-4546-9b8a-46b2c6edf032" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2f0eb525-56e6-4546-9b8a-46b2c6edf032/96027172-1908-4231-9591-87ed23a8c96a_720.png" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f3fa08ca-33f6-8246-843e-11df8a1315e1" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f3fa08ca-33f6-8246-843e-11df8a1315e1/a87795cd-8a68-48f1-b175-39d9ca49bf33_720.png" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/662c1cfc-fc3b-2c40-b118-4cc436066341" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/662c1cfc-fc3b-2c40-b118-4cc436066341/a7beb85b-fa86-4c99-8ea3-252c0133aa79_720.jpg" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9a6462f7-eed8-bc49-b8c7-ca491e73b94f" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a6462f7-eed8-bc49-b8c7-ca491e73b94f/c7460cb1-107d-4ac1-b41e-bc9159347e12_720.jpg" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5bbafb87-1150-9448-bdef-41d140b6fa83" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5bbafb87-1150-9448-bdef-41d140b6fa83/a1a6120b-cd4e-4fc4-b84a-5566bb0c799b_720.jpg" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/51f3b461-320f-3544-a5ad-95a219adb8d2" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/51f3b461-320f-3544-a5ad-95a219adb8d2/0d2463db-331c-4933-86c6-21d5cc906900_720.png" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/52b5d661-a366-3a40-9e7e-5c1bd3b14a16" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52b5d661-a366-3a40-9e7e-5c1bd3b14a16/d8d34c00-7bb8-456c-b9d0-7baddf2fc92f_720.jpg" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/457aa5fd-da9c-0b45-b6a9-0c20e210b2ca" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/457aa5fd-da9c-0b45-b6a9-0c20e210b2ca/b394393e-401a-461d-a545-fdc5f69b18b5_720.png" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/083d0edc-eb2a-1a4c-9ae1-342f5523d13f" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/083d0edc-eb2a-1a4c-9ae1-342f5523d13f/581e2041-0c16-4ce5-802b-881e781fed78_720.png" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1092a768-264f-2c4b-a140-70dcb2b65f9a" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1092a768-264f-2c4b-a140-70dcb2b65f9a/b9b73ea1-d3d8-41b3-84fa-a24a801a98d6_720.png" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9fd50e29-9cdd-be42-b3bb-cb9dde2b5cf6" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9fd50e29-9cdd-be42-b3bb-cb9dde2b5cf6/dd6b8990-aac3-4c6f-8269-3f7300fcbc6a_720.png" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/042b18b6-5053-3746-b6bd-f9ada7a328b9" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/042b18b6-5053-3746-b6bd-f9ada7a328b9/3da1bc8a-3a64-496c-b90a-5da8befb390e_720.png" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/912335e8-9064-424e-9e1f-df0295943cba" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/912335e8-9064-424e-9e1f-df0295943cba/35668d0e-188b-4ff7-84d3-51e99f659fad_720.png" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d62a8e62-ddf6-a541-ace8-4d743f429dcb" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d62a8e62-ddf6-a541-ace8-4d743f429dcb/fad82aae-32a8-47ba-8060-3ff3ae57204a_720.png" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b481e878-8a0d-5241-b087-9972826e13cd" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b481e878-8a0d-5241-b087-9972826e13cd/194853a4-c304-4a60-8fec-a54ee6fd048e_720.png" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ccfe284d-b075-b841-ad84-ea4156f2363f" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ccfe284d-b075-b841-ad84-ea4156f2363f/6ed973f0-b092-4eb8-a337-f2716f8ecac8_720.png" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/65c01e46-b518-8f4e-9962-0c42d8547571" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/65c01e46-b518-8f4e-9962-0c42d8547571/af029ebf-2dbe-4c83-bf55-174a02294734_720.png" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/540d9adb-c385-e841-b063-8fd946465498" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/540d9adb-c385-e841-b063-8fd946465498/56f86db6-c536-438a-844b-bec0829c0379_720.png" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3fad22a0-1a3e-c743-b1d3-74f1d9abeadc" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fad22a0-1a3e-c743-b1d3-74f1d9abeadc/063a882f-9ead-4f52-844d-3702c2dede5f_720.png" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/15899b9b-8e8f-d24b-82e4-e7fcdcf1d514" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/15899b9b-8e8f-d24b-82e4-e7fcdcf1d514/b3cf1414-95fb-4ccb-b4c6-f745995bd6a0_720.png" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/efbc6cd0-57ec-de4d-b56a-65eb1fbf34d4" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/efbc6cd0-57ec-de4d-b56a-65eb1fbf34d4/33b2a6e3-1f8b-45d4-b989-a30246d96397_720.png" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0e0a74e7-8fde-6347-8131-142c089066c0" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e0a74e7-8fde-6347-8131-142c089066c0/2e3448ef-5a39-47dd-b05e-d7086784edbb_720.png" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f565c0cc-5e98-4e41-9b4b-b97a5eb74748" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f565c0cc-5e98-4e41-9b4b-b97a5eb74748/916eb0cb-13af-4ea8-a71a-6eae63d6f8a9_720.png" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/264cdee8-97fe-2046-a863-f58616ca1274" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/264cdee8-97fe-2046-a863-f58616ca1274/6cc37b17-d105-4b18-ab29-cfbcf74b754e_720.png" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0d0b87d5-4bb7-3e4f-a3bb-a0683bb36244" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d0b87d5-4bb7-3e4f-a3bb-a0683bb36244/245ff5fb-36c7-40d5-82df-d3db02d91451_720.png" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ffa7debe-e279-8144-ac41-37b4b6f6c490" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ffa7debe-e279-8144-ac41-37b4b6f6c490/58ee754a-f6a7-4b75-8694-8aceaccfb3a8_720.png" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4969de00-dee5-4448-bf16-f3e91d862c31" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4969de00-dee5-4448-bf16-f3e91d862c31/9dbb28fa-3049-4e1e-a6b3-639ac53fb9dc_720.png" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ac4b50c1-f056-3d4d-84ce-62cc2e21101e" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ac4b50c1-f056-3d4d-84ce-62cc2e21101e/9c981deb-4c5d-4063-8072-3ae8f3c0638a_720.png" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7121d5a7-8b9f-3045-9e10-439ccb25eb50" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7121d5a7-8b9f-3045-9e10-439ccb25eb50/9f6a0aeb-f7d9-4ac3-9171-678599f77bd6_720.png" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/229cca79-2e0a-664c-8c31-5b5d86282061" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/229cca79-2e0a-664c-8c31-5b5d86282061/5a446788-0f69-4d41-b657-bdb9490c30d6_720.png" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a7c049f6-8fe2-cb4a-9f10-f3993b559679" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a7c049f6-8fe2-cb4a-9f10-f3993b559679/f13227d2-4fb8-49aa-8c88-36aabe7a9657_720.png" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9cb2a59d-763c-3841-a2cc-5701d6ab4495" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d4cc8578-a1a9-1b42-b446-ec798ca2a036" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/43a486f1-40cb-ff45-839f-5fee1dbff767" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/43a486f1-40cb-ff45-839f-5fee1dbff767/1a7aea01-5815-445d-8836-545e1747650e_720.png" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ed25b948-b49b-8c4d-9bd9-554a431d49bd" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ed25b948-b49b-8c4d-9bd9-554a431d49bd/2ae7f8ca-32d2-4d65-9730-73583415e5e4_720.png" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a3ad62be-a56f-5944-9fad-0e4f9fa9c047" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3ad62be-a56f-5944-9fad-0e4f9fa9c047/2c932806-e3ab-4759-90ff-9172db8397c3_720.png" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c4ce7645-0244-d741-a4ac-3aaf6fdf84f8" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c4ce7645-0244-d741-a4ac-3aaf6fdf84f8/f24471a6-3a8a-4cf8-883f-0d4594c1e53e_720.png" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7528de37-1199-444d-b868-32ffedbcbb4a" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7528de37-1199-444d-b868-32ffedbcbb4a/6253c947-771b-4504-800c-5bd4d11544f4_720.png" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c3bea16a-312b-d442-98c7-72ead25af854" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c3bea16a-312b-d442-98c7-72ead25af854/1d228d7e-0b52-44a4-bcfc-105b46e27c22_720.png" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e686e90a-4725-e04b-bf2b-875d67f2e589" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e686e90a-4725-e04b-bf2b-875d67f2e589/c2a9ba4e-4bb8-46a7-9e6c-d68cbae13785_720.png" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8f03989c-1ef0-b94f-84ac-8bd769d35d68" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f03989c-1ef0-b94f-84ac-8bd769d35d68/039c2eff-d917-480a-9960-e57b24473948_720.png" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c64426db-8c38-cc44-8631-6d21f9efb483" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c64426db-8c38-cc44-8631-6d21f9efb483/2b32f51d-4a1e-4153-a924-d940a2365740_720.png" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d2c5afc5-c573-f145-aec7-4f10732bcfef" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d2c5afc5-c573-f145-aec7-4f10732bcfef/801377eb-172c-4028-a566-c72f6de23f40_720.png" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8869a2d2-69e6-cf46-bc50-d2178b13aeaf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8869a2d2-69e6-cf46-bc50-d2178b13aeaf/068ec3da-d644-4163-bcd1-1caf1534edb1_720.png" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bbf7af0a-56c6-8e4b-8ccd-236cf94f73f9" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbf7af0a-56c6-8e4b-8ccd-236cf94f73f9/6ac85d9c-7d11-4d40-a380-b8b1630d07b7_720.png" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1cb884e0-5c71-c74f-a9a7-d07f53565037" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1cb884e0-5c71-c74f-a9a7-d07f53565037/7c2307dd-4ce1-4b75-b99b-9e650f3a6cca_720.png" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/141ce007-1ee3-a840-9aec-2ab428189493" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/141ce007-1ee3-a840-9aec-2ab428189493/94bf31da-0ad5-4d0e-b8dd-d067ea878295_720.png" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7b615b5e-0cf6-ed47-8579-ef3f7a4168e1" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b615b5e-0cf6-ed47-8579-ef3f7a4168e1/7f4f82e8-85ad-4215-9f70-dc5003d51109_720.png" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/265f9e1e-b158-094e-8cb9-ec71eae3c2c1" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/265f9e1e-b158-094e-8cb9-ec71eae3c2c1/4f1c5b86-204e-4455-a082-af0b19a64d22_720.png" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/034049b5-f1ff-0244-b28b-b4d546e90e52" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/034049b5-f1ff-0244-b28b-b4d546e90e52/a06c4a2f-2f1e-4f02-8944-a9513b58108b_720.png" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3b7a3961-0508-d349-94a9-52d456d8ce14" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3b7a3961-0508-d349-94a9-52d456d8ce14/1a05e7fb-7089-4dc6-a600-2462521cd9b0_720.png" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ca1b0596-bdc1-e84c-99db-fc16363b3253" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ca1b0596-bdc1-e84c-99db-fc16363b3253/e6e57352-dac7-4c9e-989b-10355ee21ed7_720.png" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2db4a225-3d71-ec45-88b2-f3a1c695a1e4" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2db4a225-3d71-ec45-88b2-f3a1c695a1e4/5bbfc881-ebf4-4315-a19c-e087dd1bf840_720.png" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b09b07af-e894-cf44-9fb4-39c2f9178a25" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b09b07af-e894-cf44-9fb4-39c2f9178a25/a3603552-9474-4ead-b1d6-11115f2b34b6_720.png" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2ae7002b-6d04-d24a-9beb-f58700a47afd" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ae7002b-6d04-d24a-9beb-f58700a47afd/c5021ae3-3785-4037-a788-b08e2989555b_720.png" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a5d7b214-2523-4c42-b630-a54d42b6fd0b" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a5d7b214-2523-4c42-b630-a54d42b6fd0b/7bfef95b-1e03-42bf-9fe3-056ce12608fe_720.png" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/aa402ac4-6443-eb4a-9b44-295344e770c3" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aa402ac4-6443-eb4a-9b44-295344e770c3/7acdd4f6-8cb4-4d75-867d-e07440178c1c_720.png" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a29b766c-c898-7248-a2cc-93fedd2f5de5" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a29b766c-c898-7248-a2cc-93fedd2f5de5/160763c5-ca83-49a1-8c25-59feff566bee_720.png" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1b10b33f-bc38-3b47-adbd-403ba44de148" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1b10b33f-bc38-3b47-adbd-403ba44de148/5d86c493-7dcc-4fdc-b006-9a186aaf073e_720.jpg" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c65db7a9-fd0f-a846-aaee-baf67aa5d783" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c65db7a9-fd0f-a846-aaee-baf67aa5d783/8a69a2c8-4bfd-4531-a28c-d3dcac359d5c_720.jpg" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d257316b-3942-5048-a4af-ace375b430ba" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d257316b-3942-5048-a4af-ace375b430ba/3e791c3e-9315-4d50-b6c8-82410ae5f71b_720.jpg" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/19500c25-c8cd-514e-8e7b-4168f689aacd" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/19500c25-c8cd-514e-8e7b-4168f689aacd/e1a65fe9-7201-4c6e-8bae-8e06bc6dd958_720.jpg" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b40dfae7-c034-c24c-b3bd-4401479186b6" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b40dfae7-c034-c24c-b3bd-4401479186b6/7e4d03f3-6cdf-4f42-acda-11953bd99319_720.png" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7f44a521-ba23-6142-aeb7-e78221f41a7a" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f44a521-ba23-6142-aeb7-e78221f41a7a/29f27f2c-ed7d-49cf-b2da-99049dd80072_720.png" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a928712d-2435-ce40-a6a5-4e6153449907" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a928712d-2435-ce40-a6a5-4e6153449907/661267ee-3399-4f7a-965d-8fb22f6c5872_720.png" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bfbce03f-7448-624f-af28-a5a9f07e2e03" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bfbce03f-7448-624f-af28-a5a9f07e2e03/c70e3401-f20e-4900-ad33-b901c623d588_720.jpg" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b21dc6e5-14ed-7d46-9744-c043d58835de" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b21dc6e5-14ed-7d46-9744-c043d58835de/fcc211cc-6622-45e9-b112-0123c614ff00_720.png" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5d00072a-dc00-a746-8760-76c6f4ebf530" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d00072a-dc00-a746-8760-76c6f4ebf530/d24c5c1c-7047-4621-8339-72c401b0b602_720.jpg" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3a1c0e08-f81a-1f46-9bf3-67c31afe7e18" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a1c0e08-f81a-1f46-9bf3-67c31afe7e18/16873fdd-3949-4ffa-936f-4462a8d3c154_720.png" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b0f06da2-299f-b747-91f6-b842ca15487b" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b0f06da2-299f-b747-91f6-b842ca15487b/72a94d8d-1064-46f8-8400-ac97f718d39f_720.jpg" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9e930a7d-502b-154e-9688-68442d1b9d09" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9e930a7d-502b-154e-9688-68442d1b9d09/0758d380-e8f5-4b6e-9796-5667710701db_720.jpg" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a5d168d9-79b5-d746-a74e-d5b0ea0889cb" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a5d168d9-79b5-d746-a74e-d5b0ea0889cb/2556ca1a-0f49-45d6-8ee9-05a98a2af2a5_720.jpg" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b5e64072-04dd-1d40-8bf2-ac5316179e41" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5e64072-04dd-1d40-8bf2-ac5316179e41/76f2a400-dae1-42d4-a70e-34a777fd2d48_720.jpg" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b8f473e9-655f-164f-a15e-3c320613d5a1" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b8f473e9-655f-164f-a15e-3c320613d5a1/b15e3ae0-ba4b-4ca3-ac03-aadc010408f3_720.png" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d4acc100-efd0-3648-9013-8d3ff446534f" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d4acc100-efd0-3648-9013-8d3ff446534f/08637e6a-b8b6-432b-ac49-33d5d3c6767d_720.png" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/55e98873-e009-9b4a-beb3-8b277274d4f3" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/55e98873-e009-9b4a-beb3-8b277274d4f3/3b9222bb-b25a-47e4-b9f1-81f6c1a86b92_720.png" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5481cdec-38f9-f94c-8077-2d302fbaaf11" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5481cdec-38f9-f94c-8077-2d302fbaaf11/b453c181-9109-4bae-95d7-a543dd35a369_720.png" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e94dd5b4-67f5-154d-86b3-9a80d5cf7bce" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e94dd5b4-67f5-154d-86b3-9a80d5cf7bce/948ecf9d-f77f-4b4d-be2a-2c7c99de3a38_720.png" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/746cb3bb-b1fd-8648-a21d-266d2e4df427" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/746cb3bb-b1fd-8648-a21d-266d2e4df427/911a3370-7667-49a3-bc9b-a5ae4cf8267d_720.png" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4c2f4815-91f3-5b40-b6f2-cc9b10d1fb53" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4c2f4815-91f3-5b40-b6f2-cc9b10d1fb53/f4f5fa4f-9fca-4742-9187-81254a6d7b13_720.png" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5a2b2991-834d-7d4b-b692-365aedfa9e4b" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a2b2991-834d-7d4b-b692-365aedfa9e4b/bb881f0f-c9ec-46cd-95eb-0c736cb814b5_720.png" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0e282afd-1b37-c248-9e61-02cef25bb587" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e282afd-1b37-c248-9e61-02cef25bb587/ec9cea56-de8a-4390-b9a1-1ca403bab4e0_720.png" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dbf48446-8001-3442-9b7f-267c4a7b31ec" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dbf48446-8001-3442-9b7f-267c4a7b31ec/199098d2-30f1-4010-8557-3c5fa5fc9997_720.jpg" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/15189f6d-10be-f34e-bd24-9c49cce96171" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/15189f6d-10be-f34e-bd24-9c49cce96171/46ceacd9-c81e-4207-ba4e-e8ece81c1c30_720.png" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/14dcc833-1f6a-4440-848f-ddf7b0a12c09" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/14dcc833-1f6a-4440-848f-ddf7b0a12c09/6bc1752e-9949-4c99-a94b-14da47d7d822_720.jpg" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ab971aea-6983-1743-8716-9ca5960df05b" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab971aea-6983-1743-8716-9ca5960df05b/096f9271-80ca-4868-a288-74d314ab3704_720.png" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3fab601f-e78a-3f45-81ef-54fe6e7476ae" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fab601f-e78a-3f45-81ef-54fe6e7476ae/31a76d12-b64f-454b-89e0-5fa68158fbb6_720.jpg" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a58af276-3fce-124b-945c-e5e23ff97628" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a58af276-3fce-124b-945c-e5e23ff97628/01b3709e-6274-4eb0-9e85-d89e86056b58_720.png" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1e9516ab-aab4-f34e-bbac-d4390df3ccc2" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1e9516ab-aab4-f34e-bbac-d4390df3ccc2/cd9cf382-1640-4108-ba12-864aeb580b5f_720.png" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8b715b8b-d091-754a-838e-72f70a16d4e8" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8b715b8b-d091-754a-838e-72f70a16d4e8/d35eb7da-5cde-48e1-bd64-1f043584af3d_720.png" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9f749833-9512-e348-8ef2-da664044c745" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9f749833-9512-e348-8ef2-da664044c745/db6d7c87-ea2a-424a-8e03-7819ff0ab3b1_720.png" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cd4b2148-0bc2-3740-9f53-277dd9948661" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cd4b2148-0bc2-3740-9f53-277dd9948661/c645e50b-467c-4195-aa69-48191e5769de_720.jpg" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/55fd25de-4f91-c740-bb6f-7a276cef8608" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/55fd25de-4f91-c740-bb6f-7a276cef8608/4c977c3f-e2fc-477d-9f60-a18b7d074eaf_720.png" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e5b68bfe-ec26-7f4d-bacb-9a5f6d81c402" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e5b68bfe-ec26-7f4d-bacb-9a5f6d81c402/bd77815a-e871-4073-bf5a-caf9492ba6c2_720.jpg" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/69b97409-bb8f-044d-9303-7a62487bd5fe" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69b97409-bb8f-044d-9303-7a62487bd5fe/495ed3e8-ee5e-4f9b-b768-762c1afa4e37_720.jpg" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/42b66a6d-09f8-a848-9bd1-1c203e6502cb" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/42b66a6d-09f8-a848-9bd1-1c203e6502cb/3620d82d-3543-45e2-837f-5322080a734f_720.jpg" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0125d8e6-3fbd-5641-aa9a-70c86ec5415a" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0125d8e6-3fbd-5641-aa9a-70c86ec5415a/4eefb323-3a12-43b6-944b-88b98e6c5e75_720.jpg" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/85ba5d75-9fb8-9146-8df4-637150852ef9" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/85ba5d75-9fb8-9146-8df4-637150852ef9/564c3270-2c3f-428e-bc18-a4db97d4c58b_720.jpg" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bc66d47c-f57c-504d-b0be-41f5da1cb843" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bc66d47c-f57c-504d-b0be-41f5da1cb843/54546e5c-0090-4b0b-b8f0-804458bc45ed_720.jpg" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0f6fea75-a5b1-2546-9918-ca561a4a68ce" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0f6fea75-a5b1-2546-9918-ca561a4a68ce/5106ef4a-970e-4b34-9108-46766565e367_720.jpg" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2036a83f-d6fb-3643-9fff-00662f9daa66" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2036a83f-d6fb-3643-9fff-00662f9daa66/35f6f990-45d1-48f1-bd8d-006fc3cd5576_720.png" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1a77d3d2-c496-8246-befd-5ae659657fea" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1a77d3d2-c496-8246-befd-5ae659657fea/9fc75823-147b-48ac-95a6-d482fd2ed8bc_720.png" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7fafb6c6-f31f-214f-9062-28e106d27f2a" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7fafb6c6-f31f-214f-9062-28e106d27f2a/67bba5e9-12e9-40e8-b2d7-a6c557bb4bd3_720.png" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dcd81778-fa6d-064b-866b-56689e46683f" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dcd81778-fa6d-064b-866b-56689e46683f/b17e353e-ecc7-422e-a44e-a1ed275dfb7f_720.png" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/46326fb3-11f0-244f-922d-147dc086ad18" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/46326fb3-11f0-244f-922d-147dc086ad18/7a32d4db-ac68-48e1-bfbc-b6700ad95868_720.png" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2a3b4c30-5734-f042-b153-a1953ec43386" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a3b4c30-5734-f042-b153-a1953ec43386/ae566bca-0917-42ef-869a-d8397ea8d6f4_720.png" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2dc70bc4-67ec-e74e-a808-2791002ea770" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2dc70bc4-67ec-e74e-a808-2791002ea770/91b8df7f-b630-4545-bffb-502418d2884f_720.png" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6a0db4ee-72f4-764d-8609-aab90f0bc42a" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6a0db4ee-72f4-764d-8609-aab90f0bc42a/d11630ea-e6b3-4a9b-9641-2c5282b07a40_720.png" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/58df029b-b2dc-7a40-a206-d74cf5b1bb42" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/58df029b-b2dc-7a40-a206-d74cf5b1bb42/5c04f454-c918-421a-9ac1-46c498d38687_720.jpg" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e8b0930a-0822-b14d-8a94-e83f45bece2f" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8b0930a-0822-b14d-8a94-e83f45bece2f/8ac6321f-f44e-44db-90c0-edaf4e9f0ded_720.jpg" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4454e1e0-c5a1-634f-ab31-1e174fbfb9ac" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4454e1e0-c5a1-634f-ab31-1e174fbfb9ac/94838961-09c4-4523-81e4-40875231396c_720.jpg" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/97724ca7-b089-cb49-873c-39f462f0ca21" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/97724ca7-b089-cb49-873c-39f462f0ca21/28c45b4c-e352-480c-8fbf-2fd8e8bef63f_720.jpg" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e3624e70-be09-704a-9bd0-43ba03403484" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3624e70-be09-704a-9bd0-43ba03403484/727db9ff-eb99-4b58-9356-fd06f0ca6097_720.jpg" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/87e53f07-4149-6d46-b695-c8828c9468f7" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/87e53f07-4149-6d46-b695-c8828c9468f7/aa8510cf-5304-43ce-affa-9c48c416c63d_720.jpg" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2b5bf4fd-57c2-ee4a-86d1-d4921ba76527" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2b5bf4fd-57c2-ee4a-86d1-d4921ba76527/ea5e86e6-4c97-4eb0-bbf5-53eba9bf91c1_720.jpg" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/07d37ba3-6edd-f244-a1d6-9ec824e7ca18" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/07d37ba3-6edd-f244-a1d6-9ec824e7ca18/7bfa5479-ebaa-498a-aea0-d4f31a776769_720.jpg" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4527c8b8-1fe9-7c41-85f7-f667564ee342" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4527c8b8-1fe9-7c41-85f7-f667564ee342/9f5d0c79-82b6-497a-944b-7a0173dbf453_720.jpg" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b1ed44db-5392-3a42-b92a-7d14dba232b1" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b1ed44db-5392-3a42-b92a-7d14dba232b1/f4ca13e1-1bb9-4242-b2f5-05a3919ae982_720.jpg" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/52827ce9-24ea-fe48-a94b-8d5ec55a64e8" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52827ce9-24ea-fe48-a94b-8d5ec55a64e8/7b2a3b84-fdc0-4cf5-968f-51e1dc6e98c3_720.jpg" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/301e02ae-3c05-be40-81f1-c7964b86e310" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/301e02ae-3c05-be40-81f1-c7964b86e310/ff8f848d-a397-4dc5-b17c-71d3dfe01d38_720.jpg" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2b37c426-311f-6c49-af34-199c3cdaaaa3" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2b37c426-311f-6c49-af34-199c3cdaaaa3/ae6a2726-ca0a-4d1e-b91d-01d9ad7d21d0_720.jpg" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/00c106e0-9a2f-d44c-88c8-16a06e783533" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/00c106e0-9a2f-d44c-88c8-16a06e783533/0c66b623-f7e4-4d1d-8c10-e7f70a02283e_720.jpg" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1967fe37-5509-8c45-85ca-8df2ebc7949c" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1967fe37-5509-8c45-85ca-8df2ebc7949c/6dc34b39-abc3-4a8d-b1da-2781a9dcf441_720.jpg" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cfe0f35c-7b2b-da46-b939-7b087ad1fed0" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cfe0f35c-7b2b-da46-b939-7b087ad1fed0/392fe6c8-c04d-4a5b-bc81-e373a4056844_720.jpg" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4a2d7364-0cc7-fd4c-b445-adb0f5de7165" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4a2d7364-0cc7-fd4c-b445-adb0f5de7165/f1beefbc-23dd-4b97-b780-5e04359a54ec_720.jpg" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e1a1336e-c00c-244d-9d48-411b547b8400" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e1a1336e-c00c-244d-9d48-411b547b8400/be79af15-1c74-48ad-8353-c1c67a671c23_720.png" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a4bb70e0-997d-e54f-8e20-5ac61527d4d5" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a4bb70e0-997d-e54f-8e20-5ac61527d4d5/047e50f0-6b17-42fc-b7aa-e65375248920_720.png" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3395c9cc-f523-0747-8afe-4b6235801fd7" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3395c9cc-f523-0747-8afe-4b6235801fd7/4dd587ed-ae94-44a1-b6bc-9849c3702f0c_720.png" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c5d9e7e3-abb1-f547-8aed-443cfe393fee" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c5d9e7e3-abb1-f547-8aed-443cfe393fee/3260414a-92b5-45d7-a99b-88f9bcd5e80c_720.png" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f3105200-5022-2b4e-8235-11c3854f7321" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f3105200-5022-2b4e-8235-11c3854f7321/c42d2d25-9264-4444-b9a7-131b3564cc73_720.png" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/96a713f8-8446-654f-a376-fb411cbe7170" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/96a713f8-8446-654f-a376-fb411cbe7170/99a0471b-407b-4e75-835c-d4f54ae0d415_720.png" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ee94e6c3-3336-b74d-9f6c-69852908fc10" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee94e6c3-3336-b74d-9f6c-69852908fc10/11a61aa1-4a9f-4af3-bd91-b53e7c34b485_720.jpg" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1c1f1d71-5fb9-5a40-b0ec-c268efe39656" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1c1f1d71-5fb9-5a40-b0ec-c268efe39656/d004fdae-df26-490c-8b4c-5e6ab270ae39_720.jpg" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f177e085-5450-a544-9c11-d244bc78ae5c" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f177e085-5450-a544-9c11-d244bc78ae5c/303bc1f2-72d2-45fc-9a3c-8e0fc6b1de62_720.jpg" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a7a8f008-447d-9245-903a-021ed1e4600e" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a7a8f008-447d-9245-903a-021ed1e4600e/a77d335a-5252-40e3-bef4-97728652d3d0_720.png" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a499ef68-36e6-db4f-8d90-acdac6a358d0" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a499ef68-36e6-db4f-8d90-acdac6a358d0/9fff1cc1-6ac7-4a4d-8a68-cf43b7842bdc_720.jpg" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b6cd0b50-6933-d441-8c0b-c1e3cc552a13" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b6cd0b50-6933-d441-8c0b-c1e3cc552a13/abf1fb63-16b0-4ee6-a113-469738383e0e_720.jpg" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6702e630-8060-8149-a20c-05c953a1f58a" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6702e630-8060-8149-a20c-05c953a1f58a/1c938b9f-ea39-4dbc-8e7b-19931b12b1a0_720.jpg" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d84728f8-bc33-1d46-9a91-13f893189c68" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d84728f8-bc33-1d46-9a91-13f893189c68/c2f64d0b-e6af-45b9-b036-7054f831f4a5_720.JPG" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5d83401c-dbc7-b848-b7bd-6cb31c01fa4a" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d83401c-dbc7-b848-b7bd-6cb31c01fa4a/780dd4d9-4197-4075-b642-1f43a178248f_720.png" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6db05b99-fc7e-d241-837d-e5316981f434" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6db05b99-fc7e-d241-837d-e5316981f434/92c05e9e-a5d6-42b7-b705-94ef05020a36_720.JPG" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/22532c59-3854-4347-b372-623aac691bd1" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/22532c59-3854-4347-b372-623aac691bd1/881e47d0-29ca-420f-9f57-ecbe9327e9e3_720.png" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fb26f44c-f8a1-7349-b10e-5bc1bce59f1f" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb26f44c-f8a1-7349-b10e-5bc1bce59f1f/a0e01ec5-d05e-476a-8291-98adc07fe229_720.png" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7cd6b753-5f5e-2d48-9a99-e9f27cb6fa51" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7cd6b753-5f5e-2d48-9a99-e9f27cb6fa51/7b7afff8-bd49-4577-998b-ae56fdfb1227_720.png" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8f2143df-dd12-c24b-9e7c-150476575795" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f2143df-dd12-c24b-9e7c-150476575795/f0ef77ef-2c4b-4037-81c2-d140b1591fe1_720.png" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/773ae173-efae-c142-b5d6-f7fcd61aef39" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/773ae173-efae-c142-b5d6-f7fcd61aef39/7bba9bf8-6c51-47b3-b6bf-fd415a7ac138_720.png" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a49791b3-830b-9e48-8a77-a7e60de98bb5" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a49791b3-830b-9e48-8a77-a7e60de98bb5/a6c77f56-d3e3-45ad-b4ad-df3063baa686_720.png" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e3e1788e-9ff2-2840-81b0-98d50e11f276" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3e1788e-9ff2-2840-81b0-98d50e11f276/a40c6030-a925-4212-8b81-55e5c40ec219_720.png" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c41094ae-bf9c-694c-9e68-3521f74ce72e" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c41094ae-bf9c-694c-9e68-3521f74ce72e/9b884274-7792-4404-aa12-dc1a4dddfd21_720.png" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/738f40c6-f6e0-3e47-8dd7-44774e7cf235" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/738f40c6-f6e0-3e47-8dd7-44774e7cf235/f56d22b2-18af-4318-bbc9-8d95c1dcbbdd_720.png" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1f815e8a-bc4b-a145-9ec6-6bece51eacf1" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1f815e8a-bc4b-a145-9ec6-6bece51eacf1/ff120880-2422-427f-bb94-be098bf9c74d_720.png" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4f2fc2a6-3d48-044a-9777-1055fb5883b4" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4f2fc2a6-3d48-044a-9777-1055fb5883b4/70a02887-bf37-4911-bc65-e2f0050d6a26_720.png" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/265df1cc-f854-f04d-b43c-a53b39549238" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/265df1cc-f854-f04d-b43c-a53b39549238/5feb80ca-6a9e-4ad2-99f4-02d171cf9a19_720.png" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4453af1b-0ab4-1c4d-b614-f9444edbb2bc" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4453af1b-0ab4-1c4d-b614-f9444edbb2bc/5996c280-947e-4505-9512-54431cfe14d2_720.png" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f8936e46-f11e-e04f-8aab-13065515fd3c" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f8936e46-f11e-e04f-8aab-13065515fd3c/3385a704-8623-49d0-a232-c9c5723ef5b3_720.png" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ec704f74-e057-c24f-a1c1-d6c1dd0accaf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ec704f74-e057-c24f-a1c1-d6c1dd0accaf/5413d0ac-cb60-4380-9245-f10231688176_720.png" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/20d7a1b6-66bc-d54d-990c-f6f1ba7cf36c" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/20d7a1b6-66bc-d54d-990c-f6f1ba7cf36c/f5f6db78-8e30-42d3-ba35-b692d9efe2e3_720.png" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/34b2fa70-2ff2-384c-9955-c148c9d0b241" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/34b2fa70-2ff2-384c-9955-c148c9d0b241/b6ac152c-7ea4-4540-9955-60b76df1b35a_720.jpg" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9cb57f2f-0d5b-d14f-9356-d6d49f881f34" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9cb57f2f-0d5b-d14f-9356-d6d49f881f34/782ab800-5aa6-491f-831b-3517f5dc5a2e_720.jpg" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/32f94d32-c277-374a-bb31-1de02b2e6cdb" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/32f94d32-c277-374a-bb31-1de02b2e6cdb/2753b8eb-0c33-4b97-b6cf-6b26aa6ba0d0_720.jpg" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9394099a-1e28-d245-aa66-6f2f3777bed5" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9394099a-1e28-d245-aa66-6f2f3777bed5/50f36e40-b874-472a-a085-beb41602d2fe_720.jpg" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/df056f35-e5d1-3142-aad4-fe995923f0a4" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/df056f35-e5d1-3142-aad4-fe995923f0a4/41e41fd3-f4b3-4551-9351-6ac050763632_720.png" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e4aab6fa-0284-6744-979e-32fa5214e5db" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4aab6fa-0284-6744-979e-32fa5214e5db/684ca60a-c41b-46a4-905c-77d1ef52e945_720.jpg" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/96693f74-9b2c-7f49-9d1f-add81e3a04ac" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/96693f74-9b2c-7f49-9d1f-add81e3a04ac/9d968f89-090b-4d10-8703-b2ad8b154a6a_720.jpg" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e8fe5bea-6089-a149-aeb6-5d648be254f5" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8fe5bea-6089-a149-aeb6-5d648be254f5/1fc58f15-9782-446c-92c8-78183cedecbc_720.jpg" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b9a1a617-0e5e-f64b-a9a8-5b10ab982644" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b9a1a617-0e5e-f64b-a9a8-5b10ab982644/12241bd1-e2a1-4d79-a3f4-a9c70f581be6_720.jpg" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0e931259-8074-5745-a301-dfe10672b741" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e931259-8074-5745-a301-dfe10672b741/561921c6-087c-46e1-885f-f8dee78ddf8d_720.png" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0daddb31-e2a3-3645-8d46-55da4eb4245a" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0daddb31-e2a3-3645-8d46-55da4eb4245a/b34f1dc6-677a-47e6-9152-0dbb0d148730_720.png" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f7b81aa8-a25d-8c42-a92e-3f921fcc11df" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f7b81aa8-a25d-8c42-a92e-3f921fcc11df/bb56ec0f-2d3d-47b5-87e6-3ffa38fb1dcb_720.png" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e6988c89-b257-d241-945d-6270c0e611db" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e6988c89-b257-d241-945d-6270c0e611db/42920e56-a906-4a1f-9c2c-8b9ebc15ba41_720.png" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/932442dd-39c7-ce44-9366-f73916eb1ffa" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/932442dd-39c7-ce44-9366-f73916eb1ffa/42dfbf34-f89e-4f11-896f-bdac6d23ae70_720.jpg" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7f779238-2948-4b4c-bd18-34645e65e7e2" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f779238-2948-4b4c-bd18-34645e65e7e2/765cbf15-bab3-4658-b34a-670f76229199_720.png" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e6c3155e-f89a-f743-ade6-e571ce80651f" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e6c3155e-f89a-f743-ade6-e571ce80651f/37334307-e14e-402b-b8b6-a77a57ae6c6b_720.jpg" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/64c3ac95-772e-2045-b0da-ef12cd1f49c2" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64c3ac95-772e-2045-b0da-ef12cd1f49c2/069879aa-c0f5-4c2b-aa8e-35ba01262c1b_720.png" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/57928969-b05f-c04c-98f6-a64524ddbdc3" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/57928969-b05f-c04c-98f6-a64524ddbdc3/3fca55a1-6de0-41d2-9d15-adeb98cf1dcd_720.jpg" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b0b79658-533c-cd47-a434-b99330404f01" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b0b79658-533c-cd47-a434-b99330404f01/45d9a66a-7825-47f2-8e7f-fac575d9389b_720.png" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8024ee98-a233-0a4f-afb3-6ef8610c70cb" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8024ee98-a233-0a4f-afb3-6ef8610c70cb/47a31bdc-fb57-453b-881e-1f41cd91554f_720.jpg" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8ca49c7a-d142-b147-8059-bf5173f3d4ed" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ca49c7a-d142-b147-8059-bf5173f3d4ed/73f25ac1-0708-4af3-a7bb-3b5af698157a_720.png" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d416c108-764e-6a40-a6ec-5f5d70a94e32" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d416c108-764e-6a40-a6ec-5f5d70a94e32/77072299-7465-4684-bb5f-a1056a3ad7b9_720.png" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/665dc0e7-613a-4442-9483-03cb7fad5cda" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/665dc0e7-613a-4442-9483-03cb7fad5cda/180c3f30-13c1-4543-8f26-5783df6cdcc5_720.png" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4c99466a-5d03-1647-a4c7-9bdd3e7b0a7b" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4c99466a-5d03-1647-a4c7-9bdd3e7b0a7b/636fc221-e9b5-4818-a553-ef62987aab5d_720.png" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a0815155-9358-ec44-acf3-9bc239aa3cf0" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/49b5a8ca-ea94-ce45-adaa-380edf5926b1" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b5b05210-dd33-6745-b151-5bbd49e31163" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c68eded7-c208-7f4f-a2b6-9bc0a92f3388" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bff8f1e5-b1f5-164e-959e-5ade73bece07" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bff8f1e5-b1f5-164e-959e-5ade73bece07/56e814ed-95b5-406b-94e6-2c143a3a36fc_720.png" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4a863c34-89e4-784d-91eb-590e7a9e3190" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4a863c34-89e4-784d-91eb-590e7a9e3190/5f67858f-8094-491e-93d1-ea535504bb6e_720.png" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9abd3a01-e1ed-cc45-8966-5248e6bf2232" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9abd3a01-e1ed-cc45-8966-5248e6bf2232/505dddd5-c22f-480a-89c2-a6c271ff6098_720.png" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/71d41699-5b20-d64c-bebe-8cf2bc8c4369" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/71d41699-5b20-d64c-bebe-8cf2bc8c4369/e8df2894-67bb-40d7-9249-8a2530409b8c_720.png" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/52726dba-a817-9d43-96e4-290b27de084c" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52726dba-a817-9d43-96e4-290b27de084c/ada051db-d2de-4041-987c-ce4e3ffaf4ea_720.jpg" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e98c49de-d3e8-2140-a8d8-8b5b7f9d4fc9" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e98c49de-d3e8-2140-a8d8-8b5b7f9d4fc9/3be3eac7-5f56-45d3-bd4e-6cfab353ec42_720.jpg" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/64684633-800a-8a4d-9b10-895b5968afba" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64684633-800a-8a4d-9b10-895b5968afba/329d0860-b6de-4c92-bcf8-1e1b1ea376a3_720.jpg" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ef404e56-6fb2-2a4d-ad85-4b681b3c340a" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ef404e56-6fb2-2a4d-ad85-4b681b3c340a/dd7e4e66-8ad2-4142-87f1-0499aee950df_720.jpg" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/da39e2ac-3937-8745-a90c-73b4b3317c87" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/da39e2ac-3937-8745-a90c-73b4b3317c87/8828e43e-e46a-4064-8d8e-484a6e46b53e_720.jpg" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4579ce7f-985e-cc4a-9f2a-e6b91261fa28" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4579ce7f-985e-cc4a-9f2a-e6b91261fa28/9291846e-1fde-4235-bad4-82c3ab11d087_720.jpg" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a0da5e5b-4565-2348-a1ee-b6e6d073a01c" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0da5e5b-4565-2348-a1ee-b6e6d073a01c/fe930074-60a4-46c8-bb55-f5007a39b710_720.png" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/669f3989-a631-854f-aa52-7329b69dd785" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/669f3989-a631-854f-aa52-7329b69dd785/c4bbbe40-5ce9-4b63-8d6f-11eb13871959_720.png" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0be7280d-2a5a-dc45-bcdc-518f91f13b14" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0be7280d-2a5a-dc45-bcdc-518f91f13b14/e6799b74-b136-46be-9904-7964966835a1_720.png" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1603d357-879c-c345-966f-78a14b0dd2eb" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1603d357-879c-c345-966f-78a14b0dd2eb/42dbc913-63da-4341-8e66-f6150c921ec5_720.png" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/de159942-1f33-0248-a725-72c531488f1a" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/de159942-1f33-0248-a725-72c531488f1a/bfbba45f-e884-4e7e-a705-3c377e44d185_720.png" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7b72731c-2026-414c-84f9-e935246730bf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b72731c-2026-414c-84f9-e935246730bf/3116907e-b492-429a-b64e-afcdc912af83_720.png" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c38ca253-979f-984c-b7e7-91fcc58ba6f0" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c38ca253-979f-984c-b7e7-91fcc58ba6f0/f3f0d822-dfdb-44f2-883e-fb8e3fbdcb85_720.png" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6e6e292d-d170-ee45-8207-b64bb32bb320" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6e6e292d-d170-ee45-8207-b64bb32bb320/aa8c70f2-49bf-46ef-8057-14d3a1e81b91_720.jpg" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/61b46f1c-0be5-a24d-ab3b-5393f546659d" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/61b46f1c-0be5-a24d-ab3b-5393f546659d/b4a4d1a4-50dc-41a0-a0f3-a8f8b1449697_720.jpg" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d6e40134-4fe5-1342-bfed-cf8fb501f43d" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d6e40134-4fe5-1342-bfed-cf8fb501f43d/ccd4fc0e-140b-439e-9ead-f1425973262c_720.jpg" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2911a9ec-30da-f24e-962a-593e4d7f1dcd" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2911a9ec-30da-f24e-962a-593e4d7f1dcd/245c070c-b27f-41a4-a0a9-fbe811fd6697_720.jpg" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4cc7fd84-3711-0246-a19b-3c1627fd0523" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4cc7fd84-3711-0246-a19b-3c1627fd0523/35ac285d-8ee9-4318-8513-250c2e76416d_720.jpg" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0fe20be2-4f68-bd4c-a685-02484110de10" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0fe20be2-4f68-bd4c-a685-02484110de10/69ba906c-3d22-4f32-8e6f-062e8b01fc90_720.jpg" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c3586ec1-dbfa-4341-9925-c70f3fa709a5" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c3586ec1-dbfa-4341-9925-c70f3fa709a5/7dd43a74-f974-4351-85ea-d1e6214bba44_720.jpg" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a3f91599-f9e5-8941-96de-89c2371c5101" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3f91599-f9e5-8941-96de-89c2371c5101/f12b50d4-c7f9-479c-8a1f-13d2fa3bd4cb_720.jpg" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8eca2223-1941-3d4d-ae22-74f7c537df94" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8eca2223-1941-3d4d-ae22-74f7c537df94/cd940e83-9786-44fc-9633-6c9b62e87bbe_720.jpg" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bbc9ad6f-dc27-3b48-97f4-1fd7ab4a9949" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbc9ad6f-dc27-3b48-97f4-1fd7ab4a9949/669ce884-d953-42e6-b449-6e96fd6a2378_720.jpg" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/76effae8-cf0f-6d4f-89e5-8083207741de" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/76effae8-cf0f-6d4f-89e5-8083207741de/728c0e68-d1b3-4eb4-850b-3ddd3b1ffa86_720.jpg" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c41049ef-157c-9f48-a1f7-85bbb9c852e0" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c41049ef-157c-9f48-a1f7-85bbb9c852e0/1101d43a-123d-4d29-a54e-1e7a69197943_720.jpg" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a6cd570d-9393-3a44-8657-5eb5eade6d9c" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a6cd570d-9393-3a44-8657-5eb5eade6d9c/8704d794-9c61-458b-bbdd-8de31ad66b28_720.png" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0a16a669-041c-5741-9ec3-0e4f125cff9a" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0a16a669-041c-5741-9ec3-0e4f125cff9a/51cb3337-976f-4403-bd19-9a6fc09853b9_720.png" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9c11e8db-ca83-9447-907a-cca957be28e1" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9c11e8db-ca83-9447-907a-cca957be28e1/d9688a54-21c8-4e35-b372-c43784fca95a_720.png" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/05e9aaf3-9d71-884d-be59-580f4e70feb6" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/05e9aaf3-9d71-884d-be59-580f4e70feb6/df30a3c0-6761-4e1c-81a9-7af847e638e9_720.png" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/93d7ffe6-f79e-fd4a-9314-18845a1f0a5a" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/93d7ffe6-f79e-fd4a-9314-18845a1f0a5a/b2c7a8bc-843d-4a25-8a9c-067a433f0930_720.png" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b1e69c47-55fb-8241-a431-dd8e35542100" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b1e69c47-55fb-8241-a431-dd8e35542100/0f3cd07a-4231-4ce7-8710-8c6c649efb29_720.png" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1a93813d-14d7-2048-bf08-55d5e9fbf911" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1a93813d-14d7-2048-bf08-55d5e9fbf911/31eec32d-f3a5-4eaf-ba1c-6a0dca7d5ab0_720.jpg" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/93fa715d-75c2-5241-9b5b-da43e53ddf0e" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/93fa715d-75c2-5241-9b5b-da43e53ddf0e/4eb094ed-163b-4e50-93c4-e7c085baa442_720.jpg" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/79dd82db-854a-3846-a0cb-b28e502ccb48" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/79dd82db-854a-3846-a0cb-b28e502ccb48/13cb23f0-9f7f-4449-af7a-cd754e9e72da_720.jpg" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d298568a-38de-1441-930d-2312ffae4f83" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d298568a-38de-1441-930d-2312ffae4f83/b9fdbbf5-d599-40f1-bafb-0d0836e85de7_720.jpg" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9ed5be1f-82ff-8442-86bb-6d1b1daaf009" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9ed5be1f-82ff-8442-86bb-6d1b1daaf009/b90deb82-c006-4b2b-9176-c8fbabb41c81_720.png" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cc3e77e1-7b81-934c-8264-6338109bb0e9" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cc3e77e1-7b81-934c-8264-6338109bb0e9/1c69ad82-8703-46a7-a581-99d7fb43e62c_720.jpg" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ee097f82-b7ee-a14a-a93d-d01252a04ec2" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee097f82-b7ee-a14a-a93d-d01252a04ec2/c7383a6c-d89f-490f-88ee-25399d900814_720.jpg" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/30ba802b-2606-c644-a000-ba08ce183a0f" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/30ba802b-2606-c644-a000-ba08ce183a0f/48ebbde7-d8a8-4609-8fb1-5f8e8e7839f1_720.png" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c2da4f4e-807c-b140-a188-befda28bba03" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c2da4f4e-807c-b140-a188-befda28bba03/4b5f9d46-845c-4791-85de-2b74c56b9c44_720.png" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/78532f72-2329-4a4d-9694-467f97eb2253" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/78532f72-2329-4a4d-9694-467f97eb2253/e3ebe5d3-9dea-4287-80b5-2b3fc20ecc0d_720.png" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/74db9bd9-06f4-2541-8784-d91407a78000" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/74db9bd9-06f4-2541-8784-d91407a78000/aea529dd-4c4f-41a5-9b35-0aa00e4c40a4_720.png" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/438460ed-388a-ac47-b303-7b9c9f213c1c" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/438460ed-388a-ac47-b303-7b9c9f213c1c/742fa83f-942c-40dc-b142-6d0909aa8866_720.jpg" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8c3f11f0-4282-054e-a1a4-17bb5e386f5e" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8c3f11f0-4282-054e-a1a4-17bb5e386f5e/f4943393-4b7d-48ca-9f2a-a6fa0733b406_720.jpg" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4df6bb1a-7e61-6a47-a0fc-b948932226fb" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4df6bb1a-7e61-6a47-a0fc-b948932226fb/67e76f38-cebe-44d1-8322-59ca06fcac7c_720.jpg" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/353a7c25-0566-8c4c-a715-7dabdafe4049" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/353a7c25-0566-8c4c-a715-7dabdafe4049/9a150703-b832-4646-a901-dfde5009b0c1_720.jpg" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4914f17a-a0d5-e845-a362-ac3a45aa1908" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4914f17a-a0d5-e845-a362-ac3a45aa1908/51d81c2b-3bf5-43b5-a8f8-3683ec0852a2_720.png" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c8790b24-df6c-a343-84c5-27d19b6c74ac" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c8790b24-df6c-a343-84c5-27d19b6c74ac/ae959bc8-81d1-4a23-a23a-5689c06f0b54_720.png" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/002dd7c4-f27d-764d-9ad3-166ced743d3e" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/002dd7c4-f27d-764d-9ad3-166ced743d3e/c6aa4879-987c-49b0-995d-7145c88dcc9a_720.jpg" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/17ad0363-b892-394a-b389-a049e91112be" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17ad0363-b892-394a-b389-a049e91112be/c2a7cfcb-a24d-4e6c-831a-1d9ec6aec15a_720.jpg" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/796e8912-3ea9-a148-8436-e6db7f12e2d1" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/796e8912-3ea9-a148-8436-e6db7f12e2d1/0a702686-692a-4ea6-8a2b-b4608a1b9c59_720.jpg" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1bb8e240-deda-1a4c-bc55-7206568d62f9" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1bb8e240-deda-1a4c-bc55-7206568d62f9/46c0f771-48a5-4544-975c-3baddb800c4d_720.jpg" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/07c3ea1a-215f-974b-ada3-d94ae9ac985d" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/07c3ea1a-215f-974b-ada3-d94ae9ac985d/bd4dbc02-0e0f-4892-b60a-704b584a48de_720.png" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f5c1971f-ba1f-1240-8db8-9ddddd3e0ef1" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f5c1971f-ba1f-1240-8db8-9ddddd3e0ef1/558b58e8-1cb8-4ce6-aeab-758d6b15423c_720.png" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3c11ce8b-d38a-b947-b778-fb6c0e859371" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3c11ce8b-d38a-b947-b778-fb6c0e859371/37997b77-40d8-477a-8f2f-c97c4f00e4b8_720.png" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d504cb68-cea4-0743-b2ea-12d93b388d46" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d504cb68-cea4-0743-b2ea-12d93b388d46/a4878c0f-ebcb-4374-b527-ebd0cb916438_720.png" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c3e62955-4286-7346-b3b6-352b02605ba1" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c3e62955-4286-7346-b3b6-352b02605ba1/3ae4dbdd-68a4-43c5-bb4f-f2290e09252a_720.png" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8cb457d2-8053-7c43-9a3c-14a8c54edc04" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8cb457d2-8053-7c43-9a3c-14a8c54edc04/8e5be662-1823-4acb-931c-ba3a24c487d6_720.png" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c2bc8824-b1b8-0d4d-95f1-c05681a6ace2" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c2bc8824-b1b8-0d4d-95f1-c05681a6ace2/f8649283-4e83-4e3e-84bb-ab9243b3ff21_720.png" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/425d4325-5f9b-0042-82cb-443d6a9359a6" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/425d4325-5f9b-0042-82cb-443d6a9359a6/fe2e8b2c-c0f0-4967-a96c-e354ae84755d_720.png" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dca0ca39-de78-b746-90e3-bd43c94b34b3" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dca0ca39-de78-b746-90e3-bd43c94b34b3/9d1d41c5-3b64-4d42-a88b-ff93ba54fa58_720.png" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0e305ca6-4d94-9943-b37e-a3ceae94d143" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e305ca6-4d94-9943-b37e-a3ceae94d143/cd814e83-6482-4d0d-bbe0-256ff5f4bc98_720.png" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dfe3c1a5-bc04-ce44-a68f-6faf8e2544b6" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dfe3c1a5-bc04-ce44-a68f-6faf8e2544b6/29ffabb8-9d23-4a51-b31b-8fc7563938fd_720.png" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f8169d76-14e0-0c49-a838-33f4af033050" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f8169d76-14e0-0c49-a838-33f4af033050/27b2dff7-10da-4b01-a727-2e47f2855eda_720.png" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/65a1e32f-1b8d-c94a-9b41-cbcd5759e632" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/65a1e32f-1b8d-c94a-9b41-cbcd5759e632/fcd5bf2c-9f9a-4db4-91eb-d029d5a8bdd6_720.png" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/295292e9-52ba-3b4a-b87a-d67716ef7521" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/295292e9-52ba-3b4a-b87a-d67716ef7521/e63acc78-4a85-4417-a22a-d0c3e0680abf_720.png" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/303b2996-7059-a748-b277-2510df448bbf" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/303b2996-7059-a748-b277-2510df448bbf/65a709e6-46a7-4d07-aba0-58f323a57089_720.png" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/59df6708-bac4-1649-9843-2c7cd2898afd" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/59df6708-bac4-1649-9843-2c7cd2898afd/c276d674-6b0d-4910-b91b-b2d9dbd330c0_720.png" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9b29a119-fb2c-234e-abf5-4b87b071bb7c" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9b29a119-fb2c-234e-abf5-4b87b071bb7c/afd07332-ed74-4e77-b8d6-61f7c63b15b1_720.png" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4d4db21f-def6-424a-84d1-e3716771a3ba" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4d4db21f-def6-424a-84d1-e3716771a3ba/5da06c19-d49e-46f5-b02f-aadd4ddf1125_720.png" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5d00b616-def3-514b-8f70-dcf51c5b5254" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d00b616-def3-514b-8f70-dcf51c5b5254/370dd4e5-4653-4fe4-9a2a-3961a5c0c413_720.png" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3832349d-cab3-4c44-82ad-73aad7a0b666" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3832349d-cab3-4c44-82ad-73aad7a0b666/093e8f19-8b02-4c7d-9aaa-9dba07b6c473_720.png" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2458e3ba-17f2-e64a-81b1-06587da09700" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2458e3ba-17f2-e64a-81b1-06587da09700/d203ddd0-dde1-41fa-a6b8-6309a3426141_720.jpg" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c1714d92-ce1a-6c46-891b-820cef0ea9d3" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c1714d92-ce1a-6c46-891b-820cef0ea9d3/04dc70c3-3c3b-4739-973f-3076d0c48158_720.jpg" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/26623b1f-642e-e843-8ac4-6df5d9d5a222" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/26623b1f-642e-e843-8ac4-6df5d9d5a222/0f74a03c-cb4d-4b21-b124-1ee83d6ba271_720.jpg" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5e66fb3f-d1bd-7e45-9305-32d1ddf431f1" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5e66fb3f-d1bd-7e45-9305-32d1ddf431f1/579736b2-f492-416a-b6ce-bad1b1354728_720.png" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e3b3cf3e-5318-df40-9e3e-cb4dd3e597cf" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3b3cf3e-5318-df40-9e3e-cb4dd3e597cf/d8937f30-7ec1-42a3-925c-429fcfe80bc7_720.jpg" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cf3518ec-42e6-8841-8e10-32b3f8450fd7" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf3518ec-42e6-8841-8e10-32b3f8450fd7/d8937f30-7ec1-42a3-925c-429fcfe80bc7_720.jpg" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9f4760e2-d17c-9a42-81ba-7042126347dc" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9f4760e2-d17c-9a42-81ba-7042126347dc/e0fbfb0e-8a50-4d01-bf86-703aa76d584e_720.PNG" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fc29635a-08db-f846-bdb0-12d48ac5a4c7" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fc29635a-08db-f846-bdb0-12d48ac5a4c7/6f9158b3-d37d-4395-a5d3-71d46b0b7e84_720.jpg" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/25916e7f-7c20-3c44-9848-b3d7d07c502e" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/25916e7f-7c20-3c44-9848-b3d7d07c502e/023b6c1e-7001-424d-811e-f5e72f401fd4_720.jpg" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b59dfd42-0fd2-7e4c-aa28-cbf079990977" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b59dfd42-0fd2-7e4c-aa28-cbf079990977/30da7d71-7630-423f-8783-4d9c2d97551f_720.png" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3b3d3af7-1667-2b4b-b728-14bcee90f4f3" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3b3d3af7-1667-2b4b-b728-14bcee90f4f3/2e762a65-7619-4f40-9072-1eaf67dce4fd_720.png" TargetMode="External"/><Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1bda9d98-e43e-224a-9d75-ff468b1765d3" TargetMode="External"/><Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1bda9d98-e43e-224a-9d75-ff468b1765d3/84745d79-122e-4da7-9ea6-76b673e1a3a2_720.png" TargetMode="External"/><Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d87e4ed2-959f-ea42-8c55-40caff4252e9" TargetMode="External"/><Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d87e4ed2-959f-ea42-8c55-40caff4252e9/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6c7cba32-333b-a843-85b3-96cc4d8fdb14" TargetMode="External"/><Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c7cba32-333b-a843-85b3-96cc4d8fdb14/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/877c70e6-dc81-5b46-b168-b562ae748eb0" TargetMode="External"/><Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/877c70e6-dc81-5b46-b168-b562ae748eb0/0fcdbeb6-659a-440c-96f9-dc28f43f0b8c_720.png" TargetMode="External"/><Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5e64137c-4090-964b-85a7-237184bdc7a6" TargetMode="External"/><Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5e64137c-4090-964b-85a7-237184bdc7a6/9a07e877-c770-4680-8103-f80ce510082a_720.png" TargetMode="External"/><Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/028d0546-d30b-7b47-af12-ca6e95c7e272" TargetMode="External"/><Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/028d0546-d30b-7b47-af12-ca6e95c7e272/e5d59e80-c408-4490-ba1a-29ad47247d56_720.png" TargetMode="External"/><Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/369779dd-2d6e-9242-860d-7e14bba129a7" TargetMode="External"/><Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/369779dd-2d6e-9242-860d-7e14bba129a7/e8fedebd-562d-4365-bb58-6c304b1e7bd8_720.png" TargetMode="External"/><Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a1c7d1bb-165d-ad40-967b-8face9875795" TargetMode="External"/><Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a1c7d1bb-165d-ad40-967b-8face9875795/12462a86-e33a-4e2c-8c6d-68065f7872d2_720.png" TargetMode="External"/><Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bfc656d4-cf2c-8d48-955e-12983219110c" TargetMode="External"/><Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bfc656d4-cf2c-8d48-955e-12983219110c/af967f04-9a05-4129-b5d6-503633fff3aa_720.png" TargetMode="External"/><Relationship Id="rId1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f9785e8e-755f-904e-b84a-436cbfb00312" TargetMode="External"/><Relationship Id="rId1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f9785e8e-755f-904e-b84a-436cbfb00312/4d02ed24-7251-4ed1-8e52-18ca71bc3859_720.png" TargetMode="External"/><Relationship Id="rId1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2eca6db8-7809-324a-b717-215d9499e780" TargetMode="External"/><Relationship Id="rId1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2eca6db8-7809-324a-b717-215d9499e780/472ae1be-f7f2-4490-9ec5-f9a02c082546_720.png" TargetMode="External"/><Relationship Id="rId1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9f6fad31-50ff-f546-82b7-c63effa6ad82" TargetMode="External"/><Relationship Id="rId1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9f6fad31-50ff-f546-82b7-c63effa6ad82/548b04af-21c9-4117-a713-c9901f5bbc4a_720.png" TargetMode="External"/><Relationship Id="rId1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a98c69bf-4212-de40-8c0b-58ab44cfaff4" TargetMode="External"/><Relationship Id="rId1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a98c69bf-4212-de40-8c0b-58ab44cfaff4/31c5c390-a617-4ee8-b088-3d742a1f9bd7_720.png" TargetMode="External"/><Relationship Id="rId1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/df7b3133-5040-8047-92f2-bd3152533ed0" TargetMode="External"/><Relationship Id="rId1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/df7b3133-5040-8047-92f2-bd3152533ed0/992cfa1d-e165-4ebe-ac2e-b1b9b80a5ba4_720.jpg" TargetMode="External"/><Relationship Id="rId1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/321b66c3-2ed6-c846-940a-2309f2eb3447" TargetMode="External"/><Relationship Id="rId1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/321b66c3-2ed6-c846-940a-2309f2eb3447/bf58ec76-25f4-4707-b2e4-3fcb4cf60254_720.jpg" TargetMode="External"/><Relationship Id="rId1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/89627793-c4b4-0a4f-92f2-21705b81ba99" TargetMode="External"/><Relationship Id="rId1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/89627793-c4b4-0a4f-92f2-21705b81ba99/ede8ce7d-d508-4f99-b6dc-c830dc15e40f_720.jpg" TargetMode="External"/><Relationship Id="rId1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2aab32ce-eb84-a14b-bf47-9b123e9b5f82" TargetMode="External"/><Relationship Id="rId1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2aab32ce-eb84-a14b-bf47-9b123e9b5f82/742eb95f-7760-4ead-b048-6bc6ab88e8ef_720.png" TargetMode="External"/><Relationship Id="rId1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/21de5cb4-5771-0042-aa3d-7741edf2a5f7" TargetMode="External"/><Relationship Id="rId1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/21de5cb4-5771-0042-aa3d-7741edf2a5f7/4307fe4d-0e96-4448-a531-6ec756650ae5_720.jpg" TargetMode="External"/><Relationship Id="rId1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/391a4559-0207-6045-9278-8db9319e425c" TargetMode="External"/><Relationship Id="rId1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/391a4559-0207-6045-9278-8db9319e425c/3da06749-b0e2-46bf-8487-3f68d90cfe41_720.png" TargetMode="External"/><Relationship Id="rId1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/520a4151-e0ee-a24f-bc34-bf7dc61aff0c" TargetMode="External"/><Relationship Id="rId1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/520a4151-e0ee-a24f-bc34-bf7dc61aff0c/4307fe4d-0e96-4448-a531-6ec756650ae5_720.jpg" TargetMode="External"/><Relationship Id="rId1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3a4f0cf3-929d-ad49-83bb-60983a8d4c7f" TargetMode="External"/><Relationship Id="rId1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a4f0cf3-929d-ad49-83bb-60983a8d4c7f/3da06749-b0e2-46bf-8487-3f68d90cfe41_720.png" TargetMode="External"/><Relationship Id="rId1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0d453e44-511f-a647-a043-b35c27787a1a" TargetMode="External"/><Relationship Id="rId1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d453e44-511f-a647-a043-b35c27787a1a/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3fa694f9-d83c-b44c-bda9-a4294482e2ab" TargetMode="External"/><Relationship Id="rId1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fa694f9-d83c-b44c-bda9-a4294482e2ab/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/904e99d5-3f87-1d41-81a0-bc8bbed61649" TargetMode="External"/><Relationship Id="rId1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/904e99d5-3f87-1d41-81a0-bc8bbed61649/db98cb8d-a5f0-455e-a348-532bae2ea353_720.png" TargetMode="External"/><Relationship Id="rId1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/046cf71a-147e-8c4d-8166-13b5906e31b7" TargetMode="External"/><Relationship Id="rId1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/046cf71a-147e-8c4d-8166-13b5906e31b7/e0fc2564-d1cd-4be0-9ffb-fcb2f6fb25e1_720.png" TargetMode="External"/><Relationship Id="rId1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b26a1053-5504-5042-96a8-ae57a9b59d03" TargetMode="External"/><Relationship Id="rId1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b26a1053-5504-5042-96a8-ae57a9b59d03/0ebe0ef4-5a13-42c4-9018-61243e433bfe_720.png" TargetMode="External"/><Relationship Id="rId1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/147e65c7-9029-5642-b817-eac0fa92b919" TargetMode="External"/><Relationship Id="rId1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/147e65c7-9029-5642-b817-eac0fa92b919/3d474671-696b-49d5-8bc4-c166012161b1_720.png" TargetMode="External"/><Relationship Id="rId1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/307af5f2-7d44-ad4c-af8e-65be9b624353" TargetMode="External"/><Relationship Id="rId1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/307af5f2-7d44-ad4c-af8e-65be9b624353/a758402d-3a29-4a96-a479-9b998d8a829d_720.png" TargetMode="External"/><Relationship Id="rId1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e5ae2669-f3d9-c24b-ac72-cf94c68cf1c7" TargetMode="External"/><Relationship Id="rId1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e5ae2669-f3d9-c24b-ac72-cf94c68cf1c7/306c3962-6e4a-4418-96b5-9adbba3c00cc_720.png" TargetMode="External"/><Relationship Id="rId1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8dad5284-a90a-4148-9cc3-615521a1249d" TargetMode="External"/><Relationship Id="rId1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8dad5284-a90a-4148-9cc3-615521a1249d/3286a937-6b10-4b01-b547-370b488ef1a2_720.png" TargetMode="External"/><Relationship Id="rId1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d8542770-e61e-4548-bde4-76c7fbd52594" TargetMode="External"/><Relationship Id="rId1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d8542770-e61e-4548-bde4-76c7fbd52594/2e02388f-43e8-4e18-9fe9-1e3ec25dcddc_720.png" TargetMode="External"/><Relationship Id="rId1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0f64df36-7a9a-854f-b0d3-10ce416dc218" TargetMode="External"/><Relationship Id="rId1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0f64df36-7a9a-854f-b0d3-10ce416dc218/7d32cb3f-2669-4792-a790-5ab508924bbe_720.png" TargetMode="External"/><Relationship Id="rId1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/53c944f0-1983-c94a-b4d6-3d8b1f8b63e5" TargetMode="External"/><Relationship Id="rId1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/53c944f0-1983-c94a-b4d6-3d8b1f8b63e5/79b66ef8-4edd-4618-a8d3-b6e9dadbf63e_720.png" TargetMode="External"/><Relationship Id="rId1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9da3a9d1-23b8-0048-af02-cf5673b1e8a7" TargetMode="External"/><Relationship Id="rId1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9da3a9d1-23b8-0048-af02-cf5673b1e8a7/f0892ded-0791-4103-b25c-cdbf9c2978ae_720.png" TargetMode="External"/><Relationship Id="rId1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/621cbe3a-1320-5041-b514-f2a065337918" TargetMode="External"/><Relationship Id="rId1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/621cbe3a-1320-5041-b514-f2a065337918/6be80075-fee5-4844-aa4f-c548af46d885_720.png" TargetMode="External"/><Relationship Id="rId1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4b51c31e-7c73-8e49-a3e6-673587ab1b92" TargetMode="External"/><Relationship Id="rId1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4b51c31e-7c73-8e49-a3e6-673587ab1b92/19b2f0f5-7596-4c74-aa37-d91f22c95659_720.png" TargetMode="External"/><Relationship Id="rId1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5758c1bd-f050-ef4d-b2d2-b48155c5cb16" TargetMode="External"/><Relationship Id="rId1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5758c1bd-f050-ef4d-b2d2-b48155c5cb16/f0f5a02f-3a2b-4139-adf0-d1af457740ea_720.png" TargetMode="External"/><Relationship Id="rId1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5706cd51-8c7a-a849-b2f4-1f861a424f37" TargetMode="External"/><Relationship Id="rId1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5706cd51-8c7a-a849-b2f4-1f861a424f37/eca02086-1b24-437e-b70b-f11882a45fe4_720.jpg" TargetMode="External"/><Relationship Id="rId1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d76305bd-4cb0-e147-8733-1ff2586a669f" TargetMode="External"/><Relationship Id="rId1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d76305bd-4cb0-e147-8733-1ff2586a669f/38be4d91-f320-42c5-9ce2-7ca9c88dcc9b_720.jpg" TargetMode="External"/><Relationship Id="rId1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e88321f2-126f-d349-a308-268da0d5f68f" TargetMode="External"/><Relationship Id="rId1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e88321f2-126f-d349-a308-268da0d5f68f/2e04aad9-fd18-47a1-aa84-8f40cf7b8b31_720.jpg" TargetMode="External"/><Relationship Id="rId1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c6cd1107-ab5b-8744-9f24-ba91fbdd741d" TargetMode="External"/><Relationship Id="rId1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c6cd1107-ab5b-8744-9f24-ba91fbdd741d/13dd9999-cea6-4019-8f61-9e8ba405c97b_720.jpg" TargetMode="External"/><Relationship Id="rId1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/16e2fab8-1d3d-e04f-8feb-85b7f75c1dad" TargetMode="External"/><Relationship Id="rId1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/16e2fab8-1d3d-e04f-8feb-85b7f75c1dad/cabd87c1-f90c-4333-8862-d4fdd7f4f34e_720.png" TargetMode="External"/><Relationship Id="rId1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/794c6d8b-46a6-2843-bcc6-e5cf3d0f7ad6" TargetMode="External"/><Relationship Id="rId1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/794c6d8b-46a6-2843-bcc6-e5cf3d0f7ad6/a49b45fd-fe24-4653-96f4-7902d8f76aaa_720.jpg" TargetMode="External"/><Relationship Id="rId1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/26c8f1e1-471e-3444-bb18-801265e004d2" TargetMode="External"/><Relationship Id="rId1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/26c8f1e1-471e-3444-bb18-801265e004d2/f8fa6f82-5a9f-4060-b7e8-15d7a7e05f45_720.png" TargetMode="External"/><Relationship Id="rId1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/388347f1-8be5-a144-a9e9-14da4792e8fc" TargetMode="External"/><Relationship Id="rId1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/388347f1-8be5-a144-a9e9-14da4792e8fc/f8fa6f82-5a9f-4060-b7e8-15d7a7e05f45_720.png" TargetMode="External"/><Relationship Id="rId1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b0c5e198-5f4b-4848-8a7a-882a6bc6e0ca" TargetMode="External"/><Relationship Id="rId1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b0c5e198-5f4b-4848-8a7a-882a6bc6e0ca/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/98fc5ecd-130d-d546-a86a-49465a6338f2" TargetMode="External"/><Relationship Id="rId1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/98fc5ecd-130d-d546-a86a-49465a6338f2/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8528975a-6cd8-204e-acbc-68b97fd272cb" TargetMode="External"/><Relationship Id="rId1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8528975a-6cd8-204e-acbc-68b97fd272cb/cb60b932-ad68-4de9-9f44-4c8274b2a754_720.png" TargetMode="External"/><Relationship Id="rId1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6f7e3409-ef24-9243-a840-b46caa290198" TargetMode="External"/><Relationship Id="rId1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6f7e3409-ef24-9243-a840-b46caa290198/e0a08163-9f73-4621-9caf-f202e8e0431a_720.png" TargetMode="External"/><Relationship Id="rId1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/39717af3-3e4c-b94e-aa36-2834cd2b3f42" TargetMode="External"/><Relationship Id="rId1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/39717af3-3e4c-b94e-aa36-2834cd2b3f42/cb09adce-f6f9-4a0b-a190-a0bfc97672e1_720.png" TargetMode="External"/><Relationship Id="rId1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/788b2e69-bcd0-e241-8bf9-efb59ba3ab8b" TargetMode="External"/><Relationship Id="rId1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/788b2e69-bcd0-e241-8bf9-efb59ba3ab8b/502afd30-575a-460c-b1b5-909d9b6164a3_720.png" TargetMode="External"/><Relationship Id="rId1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fb9efb9b-5b9b-2d4a-a672-6de593abac58" TargetMode="External"/><Relationship Id="rId1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb9efb9b-5b9b-2d4a-a672-6de593abac58/64e85237-f907-41ec-9689-bc26b7859446_720.png" TargetMode="External"/><Relationship Id="rId1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f974770a-e800-644d-8386-f80eb8aa1c30" TargetMode="External"/><Relationship Id="rId1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f974770a-e800-644d-8386-f80eb8aa1c30/00c1cf2a-0f5f-4ce6-98c6-2f15efe3e8cf_720.png" TargetMode="External"/><Relationship Id="rId1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2a5001f6-aac9-0c4a-8b51-b1573f531f42" TargetMode="External"/><Relationship Id="rId1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a5001f6-aac9-0c4a-8b51-b1573f531f42/d183b1be-8d27-4217-a374-7c86f71dc0ec_720.png" TargetMode="External"/><Relationship Id="rId1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f9e3fd8c-7be0-f546-b668-4007f4555dff" TargetMode="External"/><Relationship Id="rId1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7322f4f5-4a98-9c4f-9409-b1644a0fe23f" TargetMode="External"/><Relationship Id="rId1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d3e2702a-0960-d449-a82a-56b9e1e5c4fa" TargetMode="External"/><Relationship Id="rId1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/571ad5fe-b209-0843-b3f1-87b62b39c183" TargetMode="External"/><Relationship Id="rId1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a01ad40e-2ce5-3740-863a-6d4d4f2e0ee7" TargetMode="External"/><Relationship Id="rId1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a01ad40e-2ce5-3740-863a-6d4d4f2e0ee7/be2f6854-344a-403b-ab83-95f9485b6da3_720.png" TargetMode="External"/><Relationship Id="rId1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0175188a-00d9-9e4c-943d-a3be938af702" TargetMode="External"/><Relationship Id="rId1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0175188a-00d9-9e4c-943d-a3be938af702/808afee7-0e92-4910-aae4-c655975d7ed8_720.png" TargetMode="External"/><Relationship Id="rId1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8cd0e68f-2151-f647-8a38-249ece148803" TargetMode="External"/><Relationship Id="rId1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8cd0e68f-2151-f647-8a38-249ece148803/67872cc7-0738-4947-be16-a6bc18e9b9fe_720.png" TargetMode="External"/><Relationship Id="rId1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/242f6cd3-8235-0d40-aede-a7504459b404" TargetMode="External"/><Relationship Id="rId1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/242f6cd3-8235-0d40-aede-a7504459b404/ca3f78fd-c1c6-4fd7-bc29-30aa5b8ac692_720.jpg" TargetMode="External"/><Relationship Id="rId1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0000d9a8-5222-7648-b38b-8b3cd58210ec" TargetMode="External"/><Relationship Id="rId1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0000d9a8-5222-7648-b38b-8b3cd58210ec/1feeaafb-601b-470b-af36-eb6cc9084a42_720.jpg" TargetMode="External"/><Relationship Id="rId1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e53d66f1-74d0-c245-89ce-e009e1999bcb" TargetMode="External"/><Relationship Id="rId1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e53d66f1-74d0-c245-89ce-e009e1999bcb/4c17a3bc-d8c3-489b-b754-9844f292d6a7_720.png" TargetMode="External"/><Relationship Id="rId1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/28c04038-5574-1149-b80b-3da1fe22afb4" TargetMode="External"/><Relationship Id="rId1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/28c04038-5574-1149-b80b-3da1fe22afb4/4c17a3bc-d8c3-489b-b754-9844f292d6a7_720.png" TargetMode="External"/><Relationship Id="rId1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f4b234d6-74b8-7e4b-9659-cbfe390654f0" TargetMode="External"/><Relationship Id="rId1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/14568a17-f2ca-4f4d-9295-67725e5a6919" TargetMode="External"/><Relationship Id="rId1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/14568a17-f2ca-4f4d-9295-67725e5a6919/4018a3b2-b074-4d82-99f3-cf68c71e9ddd_720.png" TargetMode="External"/><Relationship Id="rId1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/c91e24a6-c2d3-4041-a2af-2e19e9efbca6" TargetMode="External"/><Relationship Id="rId1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c91e24a6-c2d3-4041-a2af-2e19e9efbca6/4018a3b2-b074-4d82-99f3-cf68c71e9ddd_720.png" TargetMode="External"/><Relationship Id="rId1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/41dfec42-b821-ea49-aee9-fba464c6617e" TargetMode="External"/><Relationship Id="rId1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41dfec42-b821-ea49-aee9-fba464c6617e/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/410eb387-7877-b245-914b-5fa06d7b3b07" TargetMode="External"/><Relationship Id="rId1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/410eb387-7877-b245-914b-5fa06d7b3b07/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3394ed4a-35ba-b441-85f2-a20ff8dc26a6" TargetMode="External"/><Relationship Id="rId1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3394ed4a-35ba-b441-85f2-a20ff8dc26a6/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png" TargetMode="External"/><Relationship Id="rId1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cf308fd4-f63b-6146-a3d8-fa554314fd2c" TargetMode="External"/><Relationship Id="rId1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf308fd4-f63b-6146-a3d8-fa554314fd2c/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/81ec5373-05f5-c94a-bb22-f2dc6a35b1c9" TargetMode="External"/><Relationship Id="rId1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/81ec5373-05f5-c94a-bb22-f2dc6a35b1c9/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/00c037c8-6e71-3943-90f9-f14e6b6b6af0" TargetMode="External"/><Relationship Id="rId1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/00c037c8-6e71-3943-90f9-f14e6b6b6af0/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8ce2e224-ea5e-b142-9f78-413f5b412cb1" TargetMode="External"/><Relationship Id="rId1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ce2e224-ea5e-b142-9f78-413f5b412cb1/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png" TargetMode="External"/><Relationship Id="rId1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/872f0cfc-b399-7143-b055-5a116dcb69d3" TargetMode="External"/><Relationship Id="rId1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/872f0cfc-b399-7143-b055-5a116dcb69d3/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d797b353-5ed7-5845-bd68-7725723149f6" TargetMode="External"/><Relationship Id="rId1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d797b353-5ed7-5845-bd68-7725723149f6/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png" TargetMode="External"/><Relationship Id="rId1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dcb546c1-6063-bd4c-a5a6-4d0592273af5" TargetMode="External"/><Relationship Id="rId1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dcb546c1-6063-bd4c-a5a6-4d0592273af5/07c9977c-bd08-402d-bd26-13a97c29812e_720.jpg" TargetMode="External"/><Relationship Id="rId1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/151d2c31-9027-4944-90e3-78045068acdd" TargetMode="External"/><Relationship Id="rId1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/151d2c31-9027-4944-90e3-78045068acdd/b00a2b66-1529-4273-b74d-4bf308271bbf_720.jpg" TargetMode="External"/><Relationship Id="rId1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/44bfebe1-e482-124a-b034-0141189ee2df" TargetMode="External"/><Relationship Id="rId1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/44bfebe1-e482-124a-b034-0141189ee2df/dc8a6421-ab14-405f-8b3a-3dc780382b2c_720.png" TargetMode="External"/><Relationship Id="rId1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/feab5069-6474-7047-9b93-4f4a6f316c93" TargetMode="External"/><Relationship Id="rId1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/feab5069-6474-7047-9b93-4f4a6f316c93/42952030-9b51-43f9-b44f-ef4749397c60_720.png" TargetMode="External"/><Relationship Id="rId1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/94d197bf-4361-4e43-a841-ad29e515f4d8" TargetMode="External"/><Relationship Id="rId1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/94d197bf-4361-4e43-a841-ad29e515f4d8/bee59a61-b13e-4278-a9d6-f9a9ec705ead_720.png" TargetMode="External"/><Relationship Id="rId1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/32a29c6a-c917-f447-a3eb-d2989204589d" TargetMode="External"/><Relationship Id="rId1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/32a29c6a-c917-f447-a3eb-d2989204589d/6d148bda-07c0-40a0-bc59-ae077c9e32e7_720.png" TargetMode="External"/><Relationship Id="rId1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2ca82556-7432-1349-bbbb-542add8339ed" TargetMode="External"/><Relationship Id="rId1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ca82556-7432-1349-bbbb-542add8339ed/a311af71-e208-4c0d-bff8-46cda29a351c_720.JPG" TargetMode="External"/><Relationship Id="rId1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2761fa47-8895-5446-b480-3250985440eb" TargetMode="External"/><Relationship Id="rId1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2761fa47-8895-5446-b480-3250985440eb/3b35ffea-7195-4562-b255-86715cfdf3db_720.jpg" TargetMode="External"/><Relationship Id="rId1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9a1aaa3d-152c-8841-b250-2c202b8d51d8" TargetMode="External"/><Relationship Id="rId1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a1aaa3d-152c-8841-b250-2c202b8d51d8/b8ba35e6-f7fc-4c63-ab84-9dbefd31aecd_720.png" TargetMode="External"/><Relationship Id="rId1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0e2cd72b-e074-454a-8a1c-601fcdf71012" TargetMode="External"/><Relationship Id="rId1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e2cd72b-e074-454a-8a1c-601fcdf71012/7e603c93-3385-4627-9701-0b46383f414e_720.jpg" TargetMode="External"/><Relationship Id="rId1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7b20ee63-e638-bb46-943b-c04f753cfde0" TargetMode="External"/><Relationship Id="rId1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b20ee63-e638-bb46-943b-c04f753cfde0/83b3c440-67e9-4503-93b2-e0792a4c57f0_720.jpg" TargetMode="External"/><Relationship Id="rId1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6c95702b-dbc1-a34a-a03d-dcd17134d140" TargetMode="External"/><Relationship Id="rId1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c95702b-dbc1-a34a-a03d-dcd17134d140/ff9b0b65-45d4-4c98-ae7b-e8dcec4a6b32_720.jpg" TargetMode="External"/><Relationship Id="rId1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1b6c4ee4-4f7f-da42-a6fc-204c3cfb215e" TargetMode="External"/><Relationship Id="rId1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1b6c4ee4-4f7f-da42-a6fc-204c3cfb215e/cbe451f4-3f54-4a64-81c8-b749fc4db0a5_720.JPG" TargetMode="External"/><Relationship Id="rId1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4230e9d2-5e25-3643-9845-9d2ee6d21d6e" TargetMode="External"/><Relationship Id="rId1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4230e9d2-5e25-3643-9845-9d2ee6d21d6e/ce071a6d-9e7a-4b7a-81bc-65a1dfafd622_720.jpg" TargetMode="External"/><Relationship Id="rId1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5ffb67ac-5cd4-f248-ba4a-65661ff52b04" TargetMode="External"/><Relationship Id="rId1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5ffb67ac-5cd4-f248-ba4a-65661ff52b04/15beef31-a9aa-4dbe-ab15-5397e3e8f8db_720.jpg" TargetMode="External"/><Relationship Id="rId1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7ff822fa-8468-c641-90f9-7676f4e3287d" TargetMode="External"/><Relationship Id="rId1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7ff822fa-8468-c641-90f9-7676f4e3287d/866c0580-14e8-4beb-9b5b-ec5d6e5c9493_720.jpg" TargetMode="External"/><Relationship Id="rId1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/358c7bcc-2f8a-1d49-b133-f0fb95439626" TargetMode="External"/><Relationship Id="rId1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/358c7bcc-2f8a-1d49-b133-f0fb95439626/179bcb25-e532-45cf-970d-3a457a884ac9_720.jpg" TargetMode="External"/><Relationship Id="rId1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/281e1aa2-9e8a-7b4e-8d46-a1aca5985853" TargetMode="External"/><Relationship Id="rId1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/281e1aa2-9e8a-7b4e-8d46-a1aca5985853/1f0fd0dd-4e02-421f-83c8-e2f5016a22f7_720.jpg" TargetMode="External"/><Relationship Id="rId1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/aa5e710b-8a4e-ce4a-a014-b09a8b1fc9f7" TargetMode="External"/><Relationship Id="rId1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aa5e710b-8a4e-ce4a-a014-b09a8b1fc9f7/4c1a275b-4d3b-47b6-8465-0676dc1dafcd_720.jpg" TargetMode="External"/><Relationship Id="rId1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/69d5ec96-fde7-0f4a-9121-220784ac8d46" TargetMode="External"/><Relationship Id="rId1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69d5ec96-fde7-0f4a-9121-220784ac8d46/f8c93e1d-291c-4528-961a-1af4a98789b4_720.jpg" TargetMode="External"/><Relationship Id="rId1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1fd4e21a-1254-d249-9af7-c1b1cb568e7d" TargetMode="External"/><Relationship Id="rId1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1fd4e21a-1254-d249-9af7-c1b1cb568e7d/70cbfda5-2c3a-414a-af43-a5968a166897_720.png" TargetMode="External"/><Relationship Id="rId1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f55cddf5-ff49-fa48-980b-c308ff5d4229" TargetMode="External"/><Relationship Id="rId1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f55cddf5-ff49-fa48-980b-c308ff5d4229/b9e8b1fa-fa20-487b-8edc-eb3cafdbae84_720.png" TargetMode="External"/><Relationship Id="rId1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0bd3e495-7630-9a44-8371-b92d7da3cece" TargetMode="External"/><Relationship Id="rId1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0bd3e495-7630-9a44-8371-b92d7da3cece/1d215bda-fa0b-4e63-9a88-2bb3c6d7f617_720.png" TargetMode="External"/><Relationship Id="rId1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bd9f333b-4eec-5449-9b9c-5aaeb59d0950" TargetMode="External"/><Relationship Id="rId1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd9f333b-4eec-5449-9b9c-5aaeb59d0950/62ec6127-66b0-4425-a98d-500280c3b9c0_720.jpg" TargetMode="External"/><Relationship Id="rId1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3b7384db-b96e-9b46-8bde-f12d47869ac7" TargetMode="External"/><Relationship Id="rId1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3b7384db-b96e-9b46-8bde-f12d47869ac7/9d1fabb6-d15e-4e98-ae4c-fec54c64aee2_720.jpg" TargetMode="External"/><Relationship Id="rId1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/17a080e1-a3f6-0a4b-98bb-94e7e4bf9e67" TargetMode="External"/><Relationship Id="rId1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17a080e1-a3f6-0a4b-98bb-94e7e4bf9e67/1c7dd7f9-ab27-4e5f-a2de-57b1fbac2929_720.png" TargetMode="External"/><Relationship Id="rId1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ce58e61c-92a5-4841-89c8-23da936aae21" TargetMode="External"/><Relationship Id="rId1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ce58e61c-92a5-4841-89c8-23da936aae21/42dc0c96-ffef-46a1-95ce-26ee81fed71c_720.png" TargetMode="External"/><Relationship Id="rId1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/34cb45ae-2543-3d4c-a219-41624bec26d3" TargetMode="External"/><Relationship Id="rId1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/34cb45ae-2543-3d4c-a219-41624bec26d3/0a1e8797-7466-4e7e-a576-496cd20e9ca2_720.png" TargetMode="External"/><Relationship Id="rId1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9e5662c7-8095-7247-98f2-8afa83c16426" TargetMode="External"/><Relationship Id="rId1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9e5662c7-8095-7247-98f2-8afa83c16426/289034a4-3de5-4e87-90d5-0da53d20c450_720.png" TargetMode="External"/><Relationship Id="rId1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/aeb6ef3d-e22e-8640-a4e4-1ce4eef41ec0" TargetMode="External"/><Relationship Id="rId1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aeb6ef3d-e22e-8640-a4e4-1ce4eef41ec0/185dbcdf-9aee-43ec-99a9-6d7c0c84a03a_720.png" TargetMode="External"/><Relationship Id="rId1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0debb5fb-1642-a84e-8955-ae0c75c7bd2a" TargetMode="External"/><Relationship Id="rId1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0debb5fb-1642-a84e-8955-ae0c75c7bd2a/b4121194-c4c7-4720-a5f4-aebc875fe385_720.png" TargetMode="External"/><Relationship Id="rId1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dc0ae2cd-96c9-1845-9be0-137670918be6" TargetMode="External"/><Relationship Id="rId1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc0ae2cd-96c9-1845-9be0-137670918be6/bb66c442-625e-47d5-9e79-48e792efd6e5_720.png" TargetMode="External"/><Relationship Id="rId1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d3960617-b0d9-cf40-afed-45cabe899a97" TargetMode="External"/><Relationship Id="rId1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d3960617-b0d9-cf40-afed-45cabe899a97/45e4c016-7b28-43c5-b5e1-1268d06152b5_720.jpg" TargetMode="External"/><Relationship Id="rId1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/56d924d4-5d57-1443-bedc-059ae64ef1bc" TargetMode="External"/><Relationship Id="rId1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56d924d4-5d57-1443-bedc-059ae64ef1bc/09ca5857-38bb-48f2-b222-256f01284c27_720.jpg" TargetMode="External"/><Relationship Id="rId1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7a700e7f-88be-644b-9625-2d35c7052540" TargetMode="External"/><Relationship Id="rId1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a700e7f-88be-644b-9625-2d35c7052540/dedbe0ce-01d3-4b58-90bc-bff7451d65c0_720.jpg" TargetMode="External"/><Relationship Id="rId1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d88e802b-579b-eb45-afba-e488b19fcc47" TargetMode="External"/><Relationship Id="rId1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d88e802b-579b-eb45-afba-e488b19fcc47/dd129ef1-06e2-4e16-a919-b8c1daa5a537_720.jpg" TargetMode="External"/><Relationship Id="rId1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a63e2875-6848-df43-802c-52814c949606" TargetMode="External"/><Relationship Id="rId1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a63e2875-6848-df43-802c-52814c949606/39c04947-bb1f-4347-9ac0-cc5139ec3197_720.jpg" TargetMode="External"/><Relationship Id="rId1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2227fd63-9752-8a4b-834c-5e966947f04a" TargetMode="External"/><Relationship Id="rId1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2227fd63-9752-8a4b-834c-5e966947f04a/18ff6527-9ec3-4a73-98e3-02abfa27ec09_720.jpg" TargetMode="External"/><Relationship Id="rId1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8db19def-438f-0943-968f-25b71b8a0502" TargetMode="External"/><Relationship Id="rId1546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8db19def-438f-0943-968f-25b71b8a0502/f8550c3a-c375-4ec6-bc83-98e183bc4f87_720.jpg" TargetMode="External"/><Relationship Id="rId1547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b92b1acf-62bc-2549-a879-d70c42deb7b8" TargetMode="External"/><Relationship Id="rId1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b92b1acf-62bc-2549-a879-d70c42deb7b8/f036ad73-432f-4ab8-87e2-ebc5ff581769_720.jpg" TargetMode="External"/><Relationship Id="rId1549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cbc24836-5871-ea4e-b310-9a7f572b9ad5" TargetMode="External"/><Relationship Id="rId1550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cbc24836-5871-ea4e-b310-9a7f572b9ad5/ae425776-ad20-4cec-9cf4-f9f393433b91_720.jpg" TargetMode="External"/><Relationship Id="rId1551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6c63e6fa-161d-914c-8641-bb07f906494a" TargetMode="External"/><Relationship Id="rId1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c63e6fa-161d-914c-8641-bb07f906494a/facb0661-5a9e-4033-b703-1110937483b6_720.png" TargetMode="External"/><Relationship Id="rId1553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1d89a290-c83f-b24f-a6f2-96aa123c7467" TargetMode="External"/><Relationship Id="rId1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1d89a290-c83f-b24f-a6f2-96aa123c7467/92589d42-9e32-432b-a55e-18bc0706b7e6_720.jpg" TargetMode="External"/><Relationship Id="rId1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/253989e5-9abb-2e44-8ee0-fcfb32c02b93" TargetMode="External"/><Relationship Id="rId1556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/253989e5-9abb-2e44-8ee0-fcfb32c02b93/e69ed5ae-6c06-4c02-b34a-91bc15ede6b8_720.jpg" TargetMode="External"/><Relationship Id="rId1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e7bb21ec-cfc0-c243-b5a4-9e876185ee05" TargetMode="External"/><Relationship Id="rId1558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e7bb21ec-cfc0-c243-b5a4-9e876185ee05/9e512a07-4206-4112-8631-2ae76733b3ae_720.jpg" TargetMode="External"/><Relationship Id="rId1559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fd3bfe52-34f6-8441-a675-28264506d044" TargetMode="External"/><Relationship Id="rId1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd3bfe52-34f6-8441-a675-28264506d044/86fdd53a-9f4c-4230-850a-852044fa47ad_720.jpg" TargetMode="External"/><Relationship Id="rId1561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/23c336eb-10de-0a4a-8ff5-a43c213e8d6b" TargetMode="External"/><Relationship Id="rId1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/23c336eb-10de-0a4a-8ff5-a43c213e8d6b/68aa6a25-1cbc-4db9-883c-8ab72082cfa6_720.jpg" TargetMode="External"/><Relationship Id="rId1563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8a824a2b-80cd-564c-9043-8581b2cb5fa7" TargetMode="External"/><Relationship Id="rId1564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8a824a2b-80cd-564c-9043-8581b2cb5fa7/67eaabd6-4ed0-444d-a2b1-d0de63cadc76_720.jpg" TargetMode="External"/><Relationship Id="rId1565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f5ab1107-b1e3-5449-96b6-ede818510ef4" TargetMode="External"/><Relationship Id="rId1566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f5ab1107-b1e3-5449-96b6-ede818510ef4/0dd68fa2-368c-45ee-a87d-e0d1cf4b3d29_720.jpg" TargetMode="External"/><Relationship Id="rId1567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f2064033-eed3-a446-aa6e-553ae848e65b" TargetMode="External"/><Relationship Id="rId1568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f2064033-eed3-a446-aa6e-553ae848e65b/5dc85f08-6183-49be-bbed-a04f8d693e49_720.jpg" TargetMode="External"/><Relationship Id="rId1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/abf0b574-6ae9-0846-a971-a72f71a5fd93" TargetMode="External"/><Relationship Id="rId1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/abf0b574-6ae9-0846-a971-a72f71a5fd93/ddf5add7-5e14-4bec-866f-ccd064eafacf_720.jpg" TargetMode="External"/><Relationship Id="rId1571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/5c3be218-1ace-2e46-b24a-2ecdc3988997" TargetMode="External"/><Relationship Id="rId1572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5c3be218-1ace-2e46-b24a-2ecdc3988997/542b8b17-1361-4662-862c-4141155146f0_720.jpg" TargetMode="External"/><Relationship Id="rId1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ddec0337-d34a-9c40-be16-6d7fa9d64151" TargetMode="External"/><Relationship Id="rId1574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ddec0337-d34a-9c40-be16-6d7fa9d64151/a5db12c0-ef63-4ccf-8705-070d13496c7f_720.jpg" TargetMode="External"/><Relationship Id="rId1575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/83bdae15-de91-da44-8744-3fce2e9fd277" TargetMode="External"/><Relationship Id="rId1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/83bdae15-de91-da44-8744-3fce2e9fd277/bc37da47-199e-4617-af19-93b024e460a9_720.jpg" TargetMode="External"/><Relationship Id="rId1577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/813dd1bf-0091-0a4c-9c7e-a989a23ab496" TargetMode="External"/><Relationship Id="rId1578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/813dd1bf-0091-0a4c-9c7e-a989a23ab496/0d910018-e04e-4381-95c8-4b8b0c1eb1b9_720.jpg" TargetMode="External"/><Relationship Id="rId1579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9a47d134-8df7-9b4c-a4ef-703a4f9d4280" TargetMode="External"/><Relationship Id="rId1580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a47d134-8df7-9b4c-a4ef-703a4f9d4280/f41874e2-c5ed-4622-90c5-d26b69ec8491_720.jpg" TargetMode="External"/><Relationship Id="rId1581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f025027d-1d54-6043-9eb2-874fb0ec68fe" TargetMode="External"/><Relationship Id="rId1582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f025027d-1d54-6043-9eb2-874fb0ec68fe/fd607ae5-0699-4ef0-ae38-dc7522942cfa_720.jpg" TargetMode="External"/><Relationship Id="rId1583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/467743cc-9a59-1b4f-a8b8-1c84e0efd96b" TargetMode="External"/><Relationship Id="rId1584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/467743cc-9a59-1b4f-a8b8-1c84e0efd96b/e35145a1-f4c5-48b9-87af-11673df1c6e5_720.jpg" TargetMode="External"/><Relationship Id="rId1585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/14aba7cc-faea-ee4b-8738-99299b0f43b9" TargetMode="External"/><Relationship Id="rId1586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/14aba7cc-faea-ee4b-8738-99299b0f43b9/7c4a8539-8c8f-4f16-8216-711df217953f_720.jpg" TargetMode="External"/><Relationship Id="rId1587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1588ab85-6590-4d49-8bbc-6a007377591d" TargetMode="External"/><Relationship Id="rId1588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1588ab85-6590-4d49-8bbc-6a007377591d/b711e628-2a80-4784-9d71-f6d4a5aa840b_720.jpg" TargetMode="External"/><Relationship Id="rId1589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/41e6fafc-cc52-bf40-909f-e0010bce2db3" TargetMode="External"/><Relationship Id="rId1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41e6fafc-cc52-bf40-909f-e0010bce2db3/15b768b4-66e6-4616-b413-eb0cda12d540_720.jpg" TargetMode="External"/><Relationship Id="rId1591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cf890292-0328-8c45-83a1-8d7c4b556233" TargetMode="External"/><Relationship Id="rId1592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf890292-0328-8c45-83a1-8d7c4b556233/9e4bbc91-0260-4e29-b0e1-b9e0a9fced8c_720.jpg" TargetMode="External"/><Relationship Id="rId1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/cdb496e6-e2b1-2746-92ff-2e55cb5035a2" TargetMode="External"/><Relationship Id="rId1594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cdb496e6-e2b1-2746-92ff-2e55cb5035a2/0ed3c0be-853c-451b-99f1-1f6ca880fa9c_720.jpg" TargetMode="External"/><Relationship Id="rId1595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/aee7172c-85e0-ad49-b66a-37c71b9b57b1" TargetMode="External"/><Relationship Id="rId1596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aee7172c-85e0-ad49-b66a-37c71b9b57b1/39a012e7-ab4e-4c28-b939-e6bece119da8_720.png" TargetMode="External"/><Relationship Id="rId1597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f0ded25e-2c01-994b-92b1-7035f6068825" TargetMode="External"/><Relationship Id="rId1598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f0ded25e-2c01-994b-92b1-7035f6068825/e9152754-732c-4046-858c-95a50625a430_720.png" TargetMode="External"/><Relationship Id="rId1599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/931d1b58-afb3-0d4e-8c2e-dcce131ee572" TargetMode="External"/><Relationship Id="rId1600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/931d1b58-afb3-0d4e-8c2e-dcce131ee572/9be2e770-97f5-47b3-978a-a6ca4afb66b4_720.jpg" TargetMode="External"/><Relationship Id="rId1601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/e78310c6-76d3-2343-8d55-7b324e8e467f" TargetMode="External"/><Relationship Id="rId1602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e78310c6-76d3-2343-8d55-7b324e8e467f/6f6c4cd4-1f88-4587-abcb-21022047f4bb_720.png" TargetMode="External"/><Relationship Id="rId1603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/27053f8f-2b30-9a44-a1ab-06c4e403b56b" TargetMode="External"/><Relationship Id="rId1604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/27053f8f-2b30-9a44-a1ab-06c4e403b56b/59ffa1da-9e97-4c57-ab23-0d2f46c37dc4_720.jpg" TargetMode="External"/><Relationship Id="rId1605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8621febd-7e74-f34c-a717-72ae7124bb0f" TargetMode="External"/><Relationship Id="rId1606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8621febd-7e74-f34c-a717-72ae7124bb0f/ea53be35-0109-4975-b783-2ac75305137b_720.png" TargetMode="External"/><Relationship Id="rId1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/45bffc08-4430-ce47-b57b-5734fdc36fc2" TargetMode="External"/><Relationship Id="rId1608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/45bffc08-4430-ce47-b57b-5734fdc36fc2/a84577b4-cab7-44eb-858e-a7ea38144259_720.jpg" TargetMode="External"/><Relationship Id="rId1609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/41c1729a-b502-4346-b6f8-e6ac9b3f71e5" TargetMode="External"/><Relationship Id="rId1610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41c1729a-b502-4346-b6f8-e6ac9b3f71e5/4b7a52ce-a407-4eaa-b705-1f23879174ba_720.png" TargetMode="External"/><Relationship Id="rId1611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a3aef714-7f56-694b-9ef1-d238eae077fe" TargetMode="External"/><Relationship Id="rId1612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3aef714-7f56-694b-9ef1-d238eae077fe/a84577b4-cab7-44eb-858e-a7ea38144259_720.jpg" TargetMode="External"/><Relationship Id="rId1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/79b7e7f0-bd78-2f4c-9d63-d9f41fe5604f" TargetMode="External"/><Relationship Id="rId1614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/79b7e7f0-bd78-2f4c-9d63-d9f41fe5604f/7bd28dea-283a-4a5b-8384-270fff61bd40_720.png" TargetMode="External"/><Relationship Id="rId1615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/0de58cd0-4f8c-714d-83a8-5ad0669f8622" TargetMode="External"/><Relationship Id="rId1616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0de58cd0-4f8c-714d-83a8-5ad0669f8622/98169855-eef8-4109-af20-e86153466fd3_720.jpg" TargetMode="External"/><Relationship Id="rId1617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2a43012d-cfde-3f4e-82a9-25395882ce2f" TargetMode="External"/><Relationship Id="rId1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a43012d-cfde-3f4e-82a9-25395882ce2f/fb525df6-1880-4b75-814e-241e91e5ff38_720.jpg" TargetMode="External"/><Relationship Id="rId1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f786778d-5569-2446-997d-7f1061147b4c" TargetMode="External"/><Relationship Id="rId1620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f786778d-5569-2446-997d-7f1061147b4c/3ff0cb68-5311-40d1-812f-df22ece53e4e_720.jpg" TargetMode="External"/><Relationship Id="rId1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ca5d6415-de3e-0342-a738-ad83ca66e7f2" TargetMode="External"/><Relationship Id="rId1622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ca5d6415-de3e-0342-a738-ad83ca66e7f2/6eb32008-317f-453f-a30a-3caa36a3a46c_720.jpg" TargetMode="External"/><Relationship Id="rId1623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1351c212-9c32-5740-9fd6-15aa908c208c" TargetMode="External"/><Relationship Id="rId1624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1351c212-9c32-5740-9fd6-15aa908c208c/ee2f1e57-7841-437e-a374-8e5810fa0c4b_720.jpg" TargetMode="External"/><Relationship Id="rId1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/85014bd5-a1bb-2747-866c-19edd5847d40" TargetMode="External"/><Relationship Id="rId1626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/85014bd5-a1bb-2747-866c-19edd5847d40/79c0355f-e788-4940-924c-5ba28c26632c_720.jpg" TargetMode="External"/><Relationship Id="rId1627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1f29943b-61f2-7b4f-b648-5467ca1c6d40" TargetMode="External"/><Relationship Id="rId1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1f29943b-61f2-7b4f-b648-5467ca1c6d40/132aebf6-d2cd-4612-bd84-436a8af1af84_720.png" TargetMode="External"/><Relationship Id="rId1629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9e556459-c860-5b48-8c0d-0cfb501da4bf" TargetMode="External"/><Relationship Id="rId1630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9e556459-c860-5b48-8c0d-0cfb501da4bf/0349062e-12f6-4149-a6c7-c969bb0af554_720.png" TargetMode="External"/><Relationship Id="rId1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/534fec6a-0dea-c242-bcb3-e2ebe5d38d47" TargetMode="External"/><Relationship Id="rId1632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/534fec6a-0dea-c242-bcb3-e2ebe5d38d47/a49243b9-0870-41b9-9a3a-fb9668bdc679_720.png" TargetMode="External"/><Relationship Id="rId1633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2a170f34-e288-a848-8f22-e94a9c74c30d" TargetMode="External"/><Relationship Id="rId1634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a170f34-e288-a848-8f22-e94a9c74c30d/41ca9958-2558-498d-bcb6-27f54603c3f1_720.png" TargetMode="External"/><Relationship Id="rId1635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ccff608e-25b0-0143-9ed2-d0646de8400d" TargetMode="External"/><Relationship Id="rId1636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ccff608e-25b0-0143-9ed2-d0646de8400d/787569b7-225e-41e5-bf6d-1192ca8775e9_720.png" TargetMode="External"/><Relationship Id="rId1637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6b6485cb-1e36-204a-a8b9-adbec2d7dc03" TargetMode="External"/><Relationship Id="rId1638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b6485cb-1e36-204a-a8b9-adbec2d7dc03/896647e2-4594-4838-947b-34bea40d0ed7_720.png" TargetMode="External"/><Relationship Id="rId1639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8f67182d-ae12-6b43-9ad8-e9e838220e4c" TargetMode="External"/><Relationship Id="rId1640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f67182d-ae12-6b43-9ad8-e9e838220e4c/b7533d9c-1440-469e-ae6d-dbc56fb06419_720.png" TargetMode="External"/><Relationship Id="rId1641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7ccf9484-503d-d044-9063-9f10eade55d5" TargetMode="External"/><Relationship Id="rId1642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7ccf9484-503d-d044-9063-9f10eade55d5/a977476f-9118-4057-8842-e796864eb525_720.png" TargetMode="External"/><Relationship Id="rId1643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/eff6d52a-d41e-2e4c-bd4e-460d43575f21" TargetMode="External"/><Relationship Id="rId1644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/eff6d52a-d41e-2e4c-bd4e-460d43575f21/13c31b86-389f-44b3-9086-ae6e34543c59_720.png" TargetMode="External"/><Relationship Id="rId1645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8f06558a-109d-a344-8c2c-8af66cfb6e99" TargetMode="External"/><Relationship Id="rId1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f06558a-109d-a344-8c2c-8af66cfb6e99/59451b7b-68f2-4a9b-88aa-edb18f5129a1_720.png" TargetMode="External"/><Relationship Id="rId1647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/9be75953-afc3-7f4d-9e62-5c01dfaa6816" TargetMode="External"/><Relationship Id="rId1648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9be75953-afc3-7f4d-9e62-5c01dfaa6816/a7e174fb-4460-4082-b348-1ac534094485_720.png" TargetMode="External"/><Relationship Id="rId1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/491c72f7-64b4-934d-9ce8-54a1ffd697cf" TargetMode="External"/><Relationship Id="rId1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/491c72f7-64b4-934d-9ce8-54a1ffd697cf/1baabe0e-242b-4543-afeb-76e3a826f5db_720.png" TargetMode="External"/><Relationship Id="rId1651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/557a88cf-f451-904c-94e3-bd709326a5aa" TargetMode="External"/><Relationship Id="rId1652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/557a88cf-f451-904c-94e3-bd709326a5aa/9307a3c1-e0f3-4837-9835-49bbf3358200_720.png" TargetMode="External"/><Relationship Id="rId1653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a1c26223-9efc-7547-bbb6-2c9479efb04c" TargetMode="External"/><Relationship Id="rId1654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a1c26223-9efc-7547-bbb6-2c9479efb04c/b2d9ad90-77cf-46b4-9fb0-0f2d8be9bea4_720.png" TargetMode="External"/><Relationship Id="rId1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/2580e868-9d23-7443-8f26-65f8fb9970d2" TargetMode="External"/><Relationship Id="rId1656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2580e868-9d23-7443-8f26-65f8fb9970d2/fb64c7de-32d0-4aff-aa99-46bfa9855cc7_720.png" TargetMode="External"/><Relationship Id="rId1657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/7a324d9c-e858-b943-bd2a-e959cf645d43" TargetMode="External"/><Relationship Id="rId1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a324d9c-e858-b943-bd2a-e959cf645d43/4979bfde-6c0c-4ca3-b962-f4555277f25c_720.png" TargetMode="External"/><Relationship Id="rId1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/a80394e9-be78-a448-bf1d-c0393d4c0423" TargetMode="External"/><Relationship Id="rId1660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a80394e9-be78-a448-bf1d-c0393d4c0423/9203548e-3900-42e8-bee8-87641c7e530f_720.png" TargetMode="External"/><Relationship Id="rId1661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/59cfff86-92ee-d24c-8f80-caaf838f9784" TargetMode="External"/><Relationship Id="rId1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/59cfff86-92ee-d24c-8f80-caaf838f9784/27412430-b8d9-4db8-8557-662628ec8101_720.png" TargetMode="External"/><Relationship Id="rId1663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/36c796a4-7eed-9a40-8fca-68fb2b19fb85" TargetMode="External"/><Relationship Id="rId1664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/36c796a4-7eed-9a40-8fca-68fb2b19fb85/2ac64e21-ff66-4e93-8037-a1ca5b9e2d63_720.png" TargetMode="External"/><Relationship Id="rId1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/889268c4-d21a-4441-a0bd-33f0a6b16354" TargetMode="External"/><Relationship Id="rId1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/889268c4-d21a-4441-a0bd-33f0a6b16354/313cab27-4693-4a4d-8909-5ce65d365eab_720.jpg" TargetMode="External"/><Relationship Id="rId1667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/31125e4a-5548-1449-83ab-bcef3795fb93" TargetMode="External"/><Relationship Id="rId1668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/31125e4a-5548-1449-83ab-bcef3795fb93/993d4159-0b80-4abc-a964-92dcccd36920_720.png" TargetMode="External"/><Relationship Id="rId1669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/dc31bf9f-05f1-aa41-beb9-e1b6dc75e7e6" TargetMode="External"/><Relationship Id="rId1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc31bf9f-05f1-aa41-beb9-e1b6dc75e7e6/600c8404-9699-4860-b73b-296f8e33589a_720.png" TargetMode="External"/><Relationship Id="rId1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/bf67fd10-f191-6945-8534-afeec5c2034f" TargetMode="External"/><Relationship Id="rId1672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bf67fd10-f191-6945-8534-afeec5c2034f/5cdf3999-374e-4edf-89aa-a30136c5231f_720.png" TargetMode="External"/><Relationship Id="rId1673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/fb58e3e8-fe4a-654d-a3d0-a00c6a570edc" TargetMode="External"/><Relationship Id="rId1674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb58e3e8-fe4a-654d-a3d0-a00c6a570edc/2fc48f7e-226e-4403-982a-4c022835f976_720.png" TargetMode="External"/><Relationship Id="rId1675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/96ec3f53-ece7-c448-9fc4-a06590f43b22" TargetMode="External"/><Relationship Id="rId1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/96ec3f53-ece7-c448-9fc4-a06590f43b22/a97176d5-bad0-4a9a-bf04-fe64e5be5987_720.png" TargetMode="External"/><Relationship Id="rId1677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3dd00dc6-73d2-2742-a78a-51fc811ea1e1" TargetMode="External"/><Relationship Id="rId1678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3dd00dc6-73d2-2742-a78a-51fc811ea1e1/73d28fde-f6ca-403c-9266-64350060240b_720.png" TargetMode="External"/><Relationship Id="rId1679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ec675ea5-052b-e543-bcd1-9a753d426ae6" TargetMode="External"/><Relationship Id="rId1680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ec675ea5-052b-e543-bcd1-9a753d426ae6/eeb6736c-9565-4d7e-87f8-b7df0647e20b_720.png" TargetMode="External"/><Relationship Id="rId1681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1d0e65fe-c85c-f546-9a2d-f35009f9e48e" TargetMode="External"/><Relationship Id="rId1682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1d0e65fe-c85c-f546-9a2d-f35009f9e48e/3a1dca41-dd63-4dab-8557-28dcf6b67bdb_720.png" TargetMode="External"/><Relationship Id="rId1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3f84fb6c-9473-d148-b1d7-41209ab1751c" TargetMode="External"/><Relationship Id="rId1684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3f84fb6c-9473-d148-b1d7-41209ab1751c/3d164957-08e8-4c25-bb58-3bc33500d1ba_720.jpg" TargetMode="External"/><Relationship Id="rId1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/17bef38c-edd3-c449-b84f-b98a16548f0e" TargetMode="External"/><Relationship Id="rId1686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17bef38c-edd3-c449-b84f-b98a16548f0e/b00c6f06-f2d8-459c-b80d-d2e0e3a8b277_720.jpg" TargetMode="External"/><Relationship Id="rId1687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ed40e46f-e4b1-0540-969c-16bb7115b3b4" TargetMode="External"/><Relationship Id="rId1688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ed40e46f-e4b1-0540-969c-16bb7115b3b4/65c84c53-9061-4b8f-bc05-6fb5e1c390c1_720.jpg" TargetMode="External"/><Relationship Id="rId1689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8953bc1c-dea0-4049-8821-6e35d4de9da6" TargetMode="External"/><Relationship Id="rId1690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8953bc1c-dea0-4049-8821-6e35d4de9da6/076c0fb5-a95f-4cfe-89be-6397dc943ac7_720.jpg" TargetMode="External"/><Relationship Id="rId1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/b9d55f3c-ff11-5e47-a5ee-c61e4dd62f04" TargetMode="External"/><Relationship Id="rId1692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b9d55f3c-ff11-5e47-a5ee-c61e4dd62f04/71a08d49-6362-47fe-9451-ae84657c9d3f_720.jpg" TargetMode="External"/><Relationship Id="rId1693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4374c3cc-aa14-784d-89d5-5d6d9dcfe476" TargetMode="External"/><Relationship Id="rId1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4374c3cc-aa14-784d-89d5-5d6d9dcfe476/61500302-2b2f-4bb3-9a32-4188a215e6e5_720.png" TargetMode="External"/><Relationship Id="rId1695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/89bbf043-cc25-4f4c-a4dc-dbf35924b9fa" TargetMode="External"/><Relationship Id="rId1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/89bbf043-cc25-4f4c-a4dc-dbf35924b9fa/e80f1caf-d76d-4711-b862-e2b0aa2b0a3f_720.jpg" TargetMode="External"/><Relationship Id="rId1697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/8012a22b-fb8c-9a49-8166-56d171f385de" TargetMode="External"/><Relationship Id="rId1698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8012a22b-fb8c-9a49-8166-56d171f385de/c6a15f32-cdc1-4648-ade4-2866232a6387_720.jpg" TargetMode="External"/><Relationship Id="rId1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/4acbc0d6-7752-e545-be46-8b1f3a8cf72d" TargetMode="External"/><Relationship Id="rId1700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4acbc0d6-7752-e545-be46-8b1f3a8cf72d/6a99c655-42a3-4e2d-855f-a117003c4124_720.png" TargetMode="External"/><Relationship Id="rId1701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/f1714ebb-b266-ba43-bf40-ae482292a09e" TargetMode="External"/><Relationship Id="rId1702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f1714ebb-b266-ba43-bf40-ae482292a09e/f287f8a8-78d7-4fc0-a474-65d0aba3bf6b_720.png" TargetMode="External"/><Relationship Id="rId1703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/1014a1cc-b1f7-4545-bff6-9d02032b8ada" TargetMode="External"/><Relationship Id="rId1704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1014a1cc-b1f7-4545-bff6-9d02032b8ada/a5a77167-6a85-4368-9d2d-e8b47900d347_720.jpg" TargetMode="External"/><Relationship Id="rId1705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/ad165ce0-321b-fb48-9f79-e2f37109b725" TargetMode="External"/><Relationship Id="rId1706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad165ce0-321b-fb48-9f79-e2f37109b725/bd055fd4-7e28-447c-abb2-53539f2d5380_720.png" TargetMode="External"/><Relationship Id="rId1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/3ee33191-c4a4-a04d-aaa0-36f8cd3c8136" TargetMode="External"/><Relationship Id="rId1708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ee33191-c4a4-a04d-aaa0-36f8cd3c8136/66b47a91-52fd-4b53-9156-192dfdd160d5_720.jpg" TargetMode="External"/><Relationship Id="rId1709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/68efc9d7-3b1e-a948-8ce7-096d8004e228" TargetMode="External"/><Relationship Id="rId1710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/68efc9d7-3b1e-a948-8ce7-096d8004e228/8a453e00-4653-4dff-85d5-dd3b6d46d8d1_720.jpg" TargetMode="External"/><Relationship Id="rId1711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/6777cd58-ea86-1446-9006-70e87bf8c955" TargetMode="External"/><Relationship Id="rId1712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6777cd58-ea86-1446-9006-70e87bf8c955/145ba545-6832-47f0-8dda-a23c903eecfd_720.png" TargetMode="External"/><Relationship Id="rId1713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/d8f4772d-485e-8b41-bc19-745be94159ca" TargetMode="External"/><Relationship Id="rId1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d8f4772d-485e-8b41-bc19-745be94159ca/4c58236f-edc7-46e0-b7d0-f155e0168550_720.png" TargetMode="External"/><Relationship Id="rId1715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/de/produit/063aa14b-c6a2-0440-aedf-3ea05bb3c223" TargetMode="External"/><Relationship Id="rId1716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/063aa14b-c6a2-0440-aedf-3ea05bb3c223/d6cb24a4-096b-458e-a98c-ac0b02642d00_720.png" TargetMode="External"/><Relationship Id="rId1717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:N883"/>
+  <dimension ref="A1:N876"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="2" ySplit="8" topLeftCell="C9" activePane="bottomRight" state="frozen"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="1"/>
     <col min="2" max="2" width="65" customWidth="1"/>
     <col min="3" max="3" width="20" style="1" customWidth="1"/>
     <col min="4" max="4" width="10" customWidth="1"/>
     <col min="5" max="12" width="20" customWidth="1"/>
     <col min="13" max="13" width="75" customWidth="1"/>
     <col min="14" max="14" width="150" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3" s="2" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>0</v>
@@ -14775,30911 +14655,30663 @@
       <c r="D36" t="s">
         <v>19</v>
       </c>
       <c r="E36" t="s">
         <v>0</v>
       </c>
       <c r="F36" t="s">
         <v>101</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36" t="s">
         <v>23</v>
       </c>
       <c r="I36">
         <v>1</v>
       </c>
       <c r="L36" t="s">
         <v>159</v>
       </c>
       <c r="M36" t="s">
         <v>160</v>
       </c>
       <c r="N36" t="s">
-        <v>0</v>
+        <v>161</v>
       </c>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B37" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C37" s="1">
         <v>280</v>
       </c>
       <c r="D37" t="s">
         <v>19</v>
       </c>
       <c r="E37" t="s">
         <v>0</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>91</v>
       </c>
       <c r="L37" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M37" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="N37" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B38" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C38" s="1">
         <v>400</v>
       </c>
       <c r="D38" t="s">
         <v>19</v>
       </c>
       <c r="E38" t="s">
         <v>0</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>91</v>
       </c>
       <c r="L38" t="s">
         <v>0</v>
       </c>
       <c r="M38" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N38" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B39" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C39" s="1">
         <v>45</v>
       </c>
       <c r="D39" t="s">
         <v>19</v>
       </c>
       <c r="E39" t="s">
         <v>29</v>
       </c>
       <c r="F39" t="s">
         <v>101</v>
       </c>
       <c r="G39" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H39" t="s">
         <v>103</v>
       </c>
       <c r="I39">
         <v>1</v>
       </c>
       <c r="L39" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="M39" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="N39" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B40" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C40" s="1">
         <v>45</v>
       </c>
       <c r="D40" t="s">
         <v>19</v>
       </c>
       <c r="E40" t="s">
         <v>29</v>
       </c>
       <c r="F40" t="s">
         <v>101</v>
       </c>
       <c r="G40" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H40" t="s">
         <v>103</v>
       </c>
       <c r="I40">
         <v>1</v>
       </c>
       <c r="L40" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="M40" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N40" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B41" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C41" s="1">
         <v>45</v>
       </c>
       <c r="D41" t="s">
         <v>19</v>
       </c>
       <c r="E41" t="s">
         <v>29</v>
       </c>
       <c r="F41" t="s">
         <v>101</v>
       </c>
       <c r="G41" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H41" t="s">
         <v>103</v>
       </c>
       <c r="I41">
         <v>1</v>
       </c>
       <c r="L41" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="M41" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="N41" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B42" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C42" s="1">
         <v>45</v>
       </c>
       <c r="D42" t="s">
         <v>19</v>
       </c>
       <c r="E42" t="s">
         <v>29</v>
       </c>
       <c r="F42" t="s">
         <v>101</v>
       </c>
       <c r="G42" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H42" t="s">
         <v>23</v>
       </c>
       <c r="I42">
         <v>1</v>
       </c>
       <c r="L42" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="M42" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="N42" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B43" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C43" s="1">
         <v>45</v>
       </c>
       <c r="D43" t="s">
         <v>19</v>
       </c>
       <c r="E43" t="s">
         <v>29</v>
       </c>
       <c r="F43" t="s">
         <v>101</v>
       </c>
       <c r="G43" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H43" t="s">
         <v>23</v>
       </c>
       <c r="I43">
         <v>1</v>
       </c>
       <c r="L43" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="M43" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="N43" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B44" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C44" s="1">
         <v>45</v>
       </c>
       <c r="D44" t="s">
         <v>19</v>
       </c>
       <c r="E44" t="s">
         <v>29</v>
       </c>
       <c r="F44" t="s">
         <v>101</v>
       </c>
       <c r="G44" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H44" t="s">
         <v>23</v>
       </c>
       <c r="I44">
         <v>1</v>
       </c>
       <c r="L44" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M44" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="N44" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B45" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C45" s="1">
         <v>60</v>
       </c>
       <c r="D45" t="s">
         <v>19</v>
       </c>
       <c r="E45" t="s">
         <v>29</v>
       </c>
       <c r="F45" t="s">
         <v>101</v>
       </c>
       <c r="G45" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H45" t="s">
         <v>103</v>
       </c>
       <c r="I45">
         <v>1</v>
       </c>
       <c r="L45" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M45" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N45" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B46" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C46" s="1">
         <v>60</v>
       </c>
       <c r="D46" t="s">
         <v>19</v>
       </c>
       <c r="E46" t="s">
         <v>29</v>
       </c>
       <c r="F46" t="s">
         <v>101</v>
       </c>
       <c r="G46" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H46" t="s">
         <v>103</v>
       </c>
       <c r="I46">
         <v>1</v>
       </c>
       <c r="L46" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M46" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N46" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B47" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C47" s="1">
         <v>60</v>
       </c>
       <c r="D47" t="s">
         <v>19</v>
       </c>
       <c r="E47" t="s">
         <v>29</v>
       </c>
       <c r="F47" t="s">
         <v>101</v>
       </c>
       <c r="G47" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H47" t="s">
         <v>103</v>
       </c>
       <c r="I47">
         <v>1</v>
       </c>
       <c r="L47" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M47" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="N47" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B48" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C48" s="1">
         <v>60</v>
       </c>
       <c r="D48" t="s">
         <v>19</v>
       </c>
       <c r="E48" t="s">
         <v>29</v>
       </c>
       <c r="F48" t="s">
         <v>101</v>
       </c>
       <c r="G48" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H48" t="s">
         <v>23</v>
       </c>
       <c r="I48">
         <v>1</v>
       </c>
       <c r="L48" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="M48" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="N48" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B49" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C49" s="1">
         <v>60</v>
       </c>
       <c r="D49" t="s">
         <v>19</v>
       </c>
       <c r="E49" t="s">
         <v>29</v>
       </c>
       <c r="F49" t="s">
         <v>101</v>
       </c>
       <c r="G49" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H49" t="s">
         <v>23</v>
       </c>
       <c r="I49">
         <v>1</v>
       </c>
       <c r="L49" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M49" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N49" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B50" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C50" s="1">
         <v>60</v>
       </c>
       <c r="D50" t="s">
         <v>19</v>
       </c>
       <c r="E50" t="s">
         <v>29</v>
       </c>
       <c r="F50" t="s">
         <v>101</v>
       </c>
       <c r="G50" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H50" t="s">
         <v>23</v>
       </c>
       <c r="I50">
         <v>1</v>
       </c>
       <c r="L50" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M50" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="N50" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="51" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B51" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C51" s="1">
         <v>80</v>
       </c>
       <c r="D51" t="s">
         <v>19</v>
       </c>
       <c r="E51" t="s">
         <v>29</v>
       </c>
       <c r="F51" t="s">
         <v>101</v>
       </c>
       <c r="G51" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H51" t="s">
         <v>103</v>
       </c>
       <c r="I51">
         <v>1</v>
       </c>
       <c r="L51" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M51" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N51" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B52" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C52" s="1">
         <v>80</v>
       </c>
       <c r="D52" t="s">
         <v>19</v>
       </c>
       <c r="E52" t="s">
         <v>29</v>
       </c>
       <c r="F52" t="s">
         <v>101</v>
       </c>
       <c r="G52" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H52" t="s">
         <v>103</v>
       </c>
       <c r="I52">
         <v>1</v>
       </c>
       <c r="L52" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="M52" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="N52" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B53" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C53" s="1">
         <v>80</v>
       </c>
       <c r="D53" t="s">
         <v>19</v>
       </c>
       <c r="E53" t="s">
         <v>29</v>
       </c>
       <c r="F53" t="s">
         <v>101</v>
       </c>
       <c r="G53" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H53" t="s">
         <v>103</v>
       </c>
       <c r="I53">
         <v>1</v>
       </c>
       <c r="L53" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M53" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="N53" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B54" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C54" s="1">
         <v>80</v>
       </c>
       <c r="D54" t="s">
         <v>19</v>
       </c>
       <c r="E54" t="s">
         <v>29</v>
       </c>
       <c r="F54" t="s">
         <v>101</v>
       </c>
       <c r="G54" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H54" t="s">
         <v>23</v>
       </c>
       <c r="I54">
         <v>1</v>
       </c>
       <c r="L54" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M54" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N54" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="55" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B55" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C55" s="1">
         <v>80</v>
       </c>
       <c r="D55" t="s">
         <v>19</v>
       </c>
       <c r="E55" t="s">
         <v>29</v>
       </c>
       <c r="F55" t="s">
         <v>101</v>
       </c>
       <c r="G55" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H55" t="s">
         <v>23</v>
       </c>
       <c r="I55">
         <v>1</v>
       </c>
       <c r="L55" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="M55" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="N55" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B56" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C56" s="1">
         <v>80</v>
       </c>
       <c r="D56" t="s">
         <v>19</v>
       </c>
       <c r="E56" t="s">
         <v>29</v>
       </c>
       <c r="F56" t="s">
         <v>101</v>
       </c>
       <c r="G56" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H56" t="s">
         <v>23</v>
       </c>
       <c r="I56">
         <v>1</v>
       </c>
       <c r="L56" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="M56" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="N56" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B57" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C57" s="1">
         <v>40</v>
       </c>
       <c r="D57" t="s">
         <v>19</v>
       </c>
       <c r="E57" t="s">
         <v>29</v>
       </c>
       <c r="F57" t="s">
         <v>101</v>
       </c>
       <c r="G57" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H57" t="s">
         <v>103</v>
       </c>
       <c r="I57">
         <v>1</v>
       </c>
       <c r="L57" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M57" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="N57" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B58" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C58" s="1">
         <v>40</v>
       </c>
       <c r="D58" t="s">
         <v>19</v>
       </c>
       <c r="E58" t="s">
         <v>29</v>
       </c>
       <c r="F58" t="s">
         <v>101</v>
       </c>
       <c r="G58" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H58" t="s">
         <v>103</v>
       </c>
       <c r="I58">
         <v>1</v>
       </c>
       <c r="L58" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="M58" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N58" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B59" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C59" s="1">
         <v>40</v>
       </c>
       <c r="D59" t="s">
         <v>19</v>
       </c>
       <c r="E59" t="s">
         <v>29</v>
       </c>
       <c r="F59" t="s">
         <v>101</v>
       </c>
       <c r="G59" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H59" t="s">
         <v>103</v>
       </c>
       <c r="I59">
         <v>1</v>
       </c>
       <c r="L59" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M59" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="N59" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B60" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C60" s="1">
         <v>40</v>
       </c>
       <c r="D60" t="s">
         <v>19</v>
       </c>
       <c r="E60" t="s">
         <v>29</v>
       </c>
       <c r="F60" t="s">
         <v>101</v>
       </c>
       <c r="G60" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H60" t="s">
         <v>23</v>
       </c>
       <c r="I60">
         <v>1</v>
       </c>
       <c r="L60" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M60" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N60" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="61" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B61" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C61" s="1">
         <v>40</v>
       </c>
       <c r="D61" t="s">
         <v>19</v>
       </c>
       <c r="E61" t="s">
         <v>29</v>
       </c>
       <c r="F61" t="s">
         <v>101</v>
       </c>
       <c r="G61" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H61" t="s">
         <v>23</v>
       </c>
       <c r="I61">
         <v>1</v>
       </c>
       <c r="L61" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M61" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="N61" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="62" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B62" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C62" s="1">
         <v>40</v>
       </c>
       <c r="D62" t="s">
         <v>19</v>
       </c>
       <c r="E62" t="s">
         <v>29</v>
       </c>
       <c r="F62" t="s">
         <v>101</v>
       </c>
       <c r="G62" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H62" t="s">
         <v>23</v>
       </c>
       <c r="I62">
         <v>1</v>
       </c>
       <c r="L62" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M62" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N62" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="63" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B63" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C63" s="1">
         <v>60</v>
       </c>
       <c r="D63" t="s">
         <v>19</v>
       </c>
       <c r="E63" t="s">
         <v>29</v>
       </c>
       <c r="F63" t="s">
         <v>101</v>
       </c>
       <c r="G63" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H63" t="s">
         <v>103</v>
       </c>
       <c r="I63">
         <v>1</v>
       </c>
       <c r="L63" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="M63" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="N63" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B64" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C64" s="1">
         <v>60</v>
       </c>
       <c r="D64" t="s">
         <v>19</v>
       </c>
       <c r="E64" t="s">
         <v>29</v>
       </c>
       <c r="F64" t="s">
         <v>101</v>
       </c>
       <c r="G64" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H64" t="s">
         <v>103</v>
       </c>
       <c r="I64">
         <v>1</v>
       </c>
       <c r="L64" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="M64" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="N64" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B65" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C65" s="1">
         <v>60</v>
       </c>
       <c r="D65" t="s">
         <v>19</v>
       </c>
       <c r="E65" t="s">
         <v>29</v>
       </c>
       <c r="F65" t="s">
         <v>101</v>
       </c>
       <c r="G65" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H65" t="s">
         <v>103</v>
       </c>
       <c r="I65">
         <v>1</v>
       </c>
       <c r="L65" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="M65" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="N65" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="66" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B66" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C66" s="1">
         <v>60</v>
       </c>
       <c r="D66" t="s">
         <v>19</v>
       </c>
       <c r="E66" t="s">
         <v>29</v>
       </c>
       <c r="F66" t="s">
         <v>101</v>
       </c>
       <c r="G66" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H66" t="s">
         <v>23</v>
       </c>
       <c r="I66">
         <v>1</v>
       </c>
       <c r="L66" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="M66" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="N66" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="67" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B67" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C67" s="1">
         <v>60</v>
       </c>
       <c r="D67" t="s">
         <v>19</v>
       </c>
       <c r="E67" t="s">
         <v>29</v>
       </c>
       <c r="F67" t="s">
         <v>101</v>
       </c>
       <c r="G67" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H67" t="s">
         <v>23</v>
       </c>
       <c r="I67">
         <v>1</v>
       </c>
       <c r="L67" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="M67" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="N67" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="68" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B68" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C68" s="1">
         <v>60</v>
       </c>
       <c r="D68" t="s">
         <v>19</v>
       </c>
       <c r="E68" t="s">
         <v>29</v>
       </c>
       <c r="F68" t="s">
         <v>101</v>
       </c>
       <c r="G68" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H68" t="s">
         <v>23</v>
       </c>
       <c r="I68">
         <v>1</v>
       </c>
       <c r="L68" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="M68" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N68" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B69" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C69" s="1">
         <v>75</v>
       </c>
       <c r="D69" t="s">
         <v>19</v>
       </c>
       <c r="E69" t="s">
         <v>29</v>
       </c>
       <c r="F69" t="s">
         <v>101</v>
       </c>
       <c r="G69" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H69" t="s">
         <v>103</v>
       </c>
       <c r="I69">
         <v>1</v>
       </c>
       <c r="L69" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="M69" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="N69" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="70" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B70" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C70" s="1">
         <v>75</v>
       </c>
       <c r="D70" t="s">
         <v>19</v>
       </c>
       <c r="E70" t="s">
         <v>29</v>
       </c>
       <c r="F70" t="s">
         <v>101</v>
       </c>
       <c r="G70" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H70" t="s">
         <v>103</v>
       </c>
       <c r="I70">
         <v>1</v>
       </c>
       <c r="L70" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="M70" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="N70" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B71" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C71" s="1">
         <v>75</v>
       </c>
       <c r="D71" t="s">
         <v>19</v>
       </c>
       <c r="E71" t="s">
         <v>29</v>
       </c>
       <c r="F71" t="s">
         <v>101</v>
       </c>
       <c r="G71" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H71" t="s">
         <v>103</v>
       </c>
       <c r="I71">
         <v>1</v>
       </c>
       <c r="L71" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="M71" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="N71" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="72" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B72" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C72" s="1">
         <v>75</v>
       </c>
       <c r="D72" t="s">
         <v>19</v>
       </c>
       <c r="E72" t="s">
         <v>29</v>
       </c>
       <c r="F72" t="s">
         <v>101</v>
       </c>
       <c r="G72" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H72" t="s">
         <v>23</v>
       </c>
       <c r="I72">
         <v>1</v>
       </c>
       <c r="L72" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="M72" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="N72" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="73" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B73" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C73" s="1">
         <v>75</v>
       </c>
       <c r="D73" t="s">
         <v>19</v>
       </c>
       <c r="E73" t="s">
         <v>29</v>
       </c>
       <c r="F73" t="s">
         <v>101</v>
       </c>
       <c r="G73" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H73" t="s">
         <v>23</v>
       </c>
       <c r="I73">
         <v>1</v>
       </c>
       <c r="L73" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="M73" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="N73" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="74" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B74" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C74" s="1">
         <v>75</v>
       </c>
       <c r="D74" t="s">
         <v>19</v>
       </c>
       <c r="E74" t="s">
         <v>29</v>
       </c>
       <c r="F74" t="s">
         <v>101</v>
       </c>
       <c r="G74" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H74" t="s">
         <v>23</v>
       </c>
       <c r="I74">
         <v>1</v>
       </c>
       <c r="L74" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="M74" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="N74" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="75" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B75" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C75" s="1">
         <v>65</v>
       </c>
       <c r="D75" t="s">
         <v>19</v>
       </c>
       <c r="E75" t="s">
         <v>29</v>
       </c>
       <c r="F75" t="s">
         <v>101</v>
       </c>
       <c r="G75" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H75" t="s">
         <v>103</v>
       </c>
       <c r="I75">
         <v>1</v>
       </c>
       <c r="L75" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="M75" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="N75" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="76" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B76" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C76" s="1">
         <v>65</v>
       </c>
       <c r="D76" t="s">
         <v>19</v>
       </c>
       <c r="E76" t="s">
         <v>29</v>
       </c>
       <c r="F76" t="s">
         <v>101</v>
       </c>
       <c r="G76" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H76" t="s">
         <v>103</v>
       </c>
       <c r="I76">
         <v>1</v>
       </c>
       <c r="L76" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="M76" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="N76" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="77" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B77" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C77" s="1">
         <v>65</v>
       </c>
       <c r="D77" t="s">
         <v>19</v>
       </c>
       <c r="E77" t="s">
         <v>29</v>
       </c>
       <c r="F77" t="s">
         <v>101</v>
       </c>
       <c r="G77" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H77" t="s">
         <v>103</v>
       </c>
       <c r="I77">
         <v>1</v>
       </c>
       <c r="L77" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M77" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="N77" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="78" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B78" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C78" s="1">
         <v>65</v>
       </c>
       <c r="D78" t="s">
         <v>19</v>
       </c>
       <c r="E78" t="s">
         <v>29</v>
       </c>
       <c r="F78" t="s">
         <v>101</v>
       </c>
       <c r="G78" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H78" t="s">
         <v>103</v>
       </c>
       <c r="I78">
         <v>1</v>
       </c>
       <c r="L78" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="M78" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="N78" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="79" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B79" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C79" s="1">
         <v>65</v>
       </c>
       <c r="D79" t="s">
         <v>19</v>
       </c>
       <c r="E79" t="s">
         <v>29</v>
       </c>
       <c r="F79" t="s">
         <v>101</v>
       </c>
       <c r="G79" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H79" t="s">
         <v>103</v>
       </c>
       <c r="I79">
         <v>1</v>
       </c>
       <c r="L79" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="M79" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="N79" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="80" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B80" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C80" s="1">
         <v>65</v>
       </c>
       <c r="D80" t="s">
         <v>19</v>
       </c>
       <c r="E80" t="s">
         <v>29</v>
       </c>
       <c r="F80" t="s">
         <v>101</v>
       </c>
       <c r="G80" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H80" t="s">
         <v>103</v>
       </c>
       <c r="I80">
         <v>1</v>
       </c>
       <c r="L80" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="M80" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="N80" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B81" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C81" s="1">
         <v>60</v>
       </c>
       <c r="D81" t="s">
         <v>19</v>
       </c>
       <c r="E81" t="s">
         <v>29</v>
       </c>
       <c r="F81" t="s">
         <v>101</v>
       </c>
       <c r="G81" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H81" t="s">
         <v>103</v>
       </c>
       <c r="I81">
         <v>1</v>
       </c>
       <c r="L81" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="M81" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="N81" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="82" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B82" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C82" s="1">
         <v>60</v>
       </c>
       <c r="D82" t="s">
         <v>19</v>
       </c>
       <c r="E82" t="s">
         <v>29</v>
       </c>
       <c r="F82" t="s">
         <v>101</v>
       </c>
       <c r="G82" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H82" t="s">
         <v>103</v>
       </c>
       <c r="I82">
         <v>1</v>
       </c>
       <c r="L82" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="M82" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="N82" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="83" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B83" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C83" s="1">
         <v>60</v>
       </c>
       <c r="D83" t="s">
         <v>19</v>
       </c>
       <c r="E83" t="s">
         <v>29</v>
       </c>
       <c r="F83" t="s">
         <v>101</v>
       </c>
       <c r="G83" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H83" t="s">
         <v>103</v>
       </c>
       <c r="I83">
         <v>1</v>
       </c>
       <c r="L83" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="M83" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="N83" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="84" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B84" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C84" s="1">
         <v>60</v>
       </c>
       <c r="D84" t="s">
         <v>19</v>
       </c>
       <c r="E84" t="s">
         <v>29</v>
       </c>
       <c r="F84" t="s">
         <v>101</v>
       </c>
       <c r="G84" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H84" t="s">
         <v>103</v>
       </c>
       <c r="I84">
         <v>1</v>
       </c>
       <c r="L84" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="M84" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="N84" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="85" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B85" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C85" s="1">
         <v>60</v>
       </c>
       <c r="D85" t="s">
         <v>19</v>
       </c>
       <c r="E85" t="s">
         <v>29</v>
       </c>
       <c r="F85" t="s">
         <v>101</v>
       </c>
       <c r="G85" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H85" t="s">
         <v>103</v>
       </c>
       <c r="I85">
         <v>1</v>
       </c>
       <c r="L85" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="M85" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="N85" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="86" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B86" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C86" s="1">
         <v>60</v>
       </c>
       <c r="D86" t="s">
         <v>19</v>
       </c>
       <c r="E86" t="s">
         <v>29</v>
       </c>
       <c r="F86" t="s">
         <v>101</v>
       </c>
       <c r="G86" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H86" t="s">
         <v>103</v>
       </c>
       <c r="I86">
         <v>1</v>
       </c>
       <c r="L86" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="M86" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="N86" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="87" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B87" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C87" s="1">
         <v>93</v>
       </c>
       <c r="D87" t="s">
         <v>19</v>
       </c>
       <c r="E87" t="s">
         <v>0</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>91</v>
       </c>
       <c r="L87" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="M87" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N87" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="88" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B88" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C88" s="1">
         <v>191</v>
       </c>
       <c r="D88" t="s">
         <v>19</v>
       </c>
       <c r="E88" t="s">
         <v>0</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>91</v>
       </c>
       <c r="L88" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="M88" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="N88" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="89" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B89" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C89" s="1">
         <v>113</v>
       </c>
       <c r="D89" t="s">
         <v>19</v>
       </c>
       <c r="E89" t="s">
         <v>0</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>91</v>
       </c>
       <c r="L89" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="M89" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="N89" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="90" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B90" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C90" s="1">
         <v>46</v>
       </c>
       <c r="D90" t="s">
         <v>19</v>
       </c>
       <c r="E90" t="s">
         <v>0</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>91</v>
       </c>
       <c r="L90" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="M90" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="N90" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="91" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B91" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C91" s="1">
         <v>52</v>
       </c>
       <c r="D91" t="s">
         <v>19</v>
       </c>
       <c r="E91" t="s">
         <v>0</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>91</v>
       </c>
       <c r="L91" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="M91" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="N91" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="92" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B92" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C92" s="1">
         <v>33</v>
       </c>
       <c r="D92" t="s">
         <v>19</v>
       </c>
       <c r="E92" t="s">
         <v>29</v>
       </c>
       <c r="F92" t="s">
         <v>101</v>
       </c>
       <c r="G92" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H92" t="s">
         <v>103</v>
       </c>
       <c r="I92">
         <v>1</v>
       </c>
       <c r="L92" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="M92" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="N92" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="93" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B93" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C93" s="1">
         <v>33</v>
       </c>
       <c r="D93" t="s">
         <v>19</v>
       </c>
       <c r="E93" t="s">
         <v>29</v>
       </c>
       <c r="F93" t="s">
         <v>101</v>
       </c>
       <c r="G93" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H93" t="s">
         <v>103</v>
       </c>
       <c r="I93">
         <v>1</v>
       </c>
       <c r="L93" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="M93" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="N93" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="94" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B94" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C94" s="1">
         <v>33</v>
       </c>
       <c r="D94" t="s">
         <v>19</v>
       </c>
       <c r="E94" t="s">
         <v>29</v>
       </c>
       <c r="F94" t="s">
         <v>101</v>
       </c>
       <c r="G94" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H94" t="s">
         <v>103</v>
       </c>
       <c r="I94">
         <v>1</v>
       </c>
       <c r="L94" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="M94" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="N94" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="95" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B95" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C95" s="1">
         <v>33</v>
       </c>
       <c r="D95" t="s">
         <v>19</v>
       </c>
       <c r="E95" t="s">
         <v>29</v>
       </c>
       <c r="F95" t="s">
         <v>101</v>
       </c>
       <c r="G95" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H95" t="s">
         <v>103</v>
       </c>
       <c r="I95">
         <v>1</v>
       </c>
       <c r="L95" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="M95" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="N95" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="96" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B96" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C96" s="1">
         <v>33</v>
       </c>
       <c r="D96" t="s">
         <v>19</v>
       </c>
       <c r="E96" t="s">
         <v>29</v>
       </c>
       <c r="F96" t="s">
         <v>101</v>
       </c>
       <c r="G96" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H96" t="s">
         <v>103</v>
       </c>
       <c r="I96">
         <v>1</v>
       </c>
       <c r="L96" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="M96" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N96" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="97" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B97" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C97" s="1">
         <v>33</v>
       </c>
       <c r="D97" t="s">
         <v>19</v>
       </c>
       <c r="E97" t="s">
         <v>29</v>
       </c>
       <c r="F97" t="s">
         <v>101</v>
       </c>
       <c r="G97" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H97" t="s">
         <v>103</v>
       </c>
       <c r="I97">
         <v>1</v>
       </c>
       <c r="L97" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="M97" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="N97" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="98" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B98" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C98" s="1">
         <v>15</v>
       </c>
       <c r="D98" t="s">
         <v>19</v>
       </c>
       <c r="E98" t="s">
         <v>0</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>91</v>
       </c>
       <c r="L98" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="M98" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="N98" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="99" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B99" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D99" t="s">
         <v>19</v>
       </c>
       <c r="E99" t="s">
         <v>0</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
         <v>91</v>
       </c>
       <c r="L99" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M99" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="N99" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B100" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C100" s="1">
         <v>36</v>
       </c>
       <c r="D100" t="s">
         <v>19</v>
       </c>
       <c r="E100" t="s">
         <v>29</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H100" t="s">
         <v>103</v>
       </c>
       <c r="I100">
         <v>1</v>
       </c>
       <c r="L100" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="M100" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="N100" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="101" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B101" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C101" s="1">
         <v>36</v>
       </c>
       <c r="D101" t="s">
         <v>19</v>
       </c>
       <c r="E101" t="s">
         <v>29</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H101" t="s">
         <v>103</v>
       </c>
       <c r="I101">
         <v>1</v>
       </c>
       <c r="L101" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="M101" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="N101" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="102" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B102" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C102" s="1">
         <v>36</v>
       </c>
       <c r="D102" t="s">
         <v>19</v>
       </c>
       <c r="E102" t="s">
         <v>29</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H102" t="s">
         <v>103</v>
       </c>
       <c r="I102">
         <v>1</v>
       </c>
       <c r="L102" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="M102" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="N102" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="103" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B103" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C103" s="1">
         <v>201</v>
       </c>
       <c r="D103" t="s">
         <v>19</v>
       </c>
       <c r="E103" t="s">
         <v>0</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>91</v>
       </c>
       <c r="H103" t="s">
         <v>103</v>
       </c>
       <c r="I103">
         <v>1</v>
       </c>
       <c r="L103" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="M103" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="N103" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="104" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B104" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C104" s="1">
         <v>201</v>
       </c>
       <c r="D104" t="s">
         <v>19</v>
       </c>
       <c r="E104" t="s">
         <v>0</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
         <v>91</v>
       </c>
       <c r="H104" t="s">
         <v>103</v>
       </c>
       <c r="I104">
         <v>1</v>
       </c>
       <c r="L104" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="M104" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="N104" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="105" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B105" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C105" s="1">
         <v>150</v>
       </c>
       <c r="D105" t="s">
         <v>19</v>
       </c>
       <c r="E105" t="s">
         <v>0</v>
       </c>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105" t="s">
         <v>91</v>
       </c>
       <c r="H105" t="s">
         <v>103</v>
       </c>
       <c r="I105">
         <v>1</v>
       </c>
       <c r="L105" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="M105" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="N105" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="106" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B106" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C106" s="1">
         <v>150</v>
       </c>
       <c r="D106" t="s">
         <v>19</v>
       </c>
       <c r="E106" t="s">
         <v>0</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>91</v>
       </c>
       <c r="H106" t="s">
         <v>103</v>
       </c>
       <c r="I106">
         <v>1</v>
       </c>
       <c r="L106" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="M106" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="N106" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="107" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B107" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C107" s="1">
         <v>245</v>
       </c>
       <c r="D107" t="s">
         <v>19</v>
       </c>
       <c r="E107" t="s">
         <v>0</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
         <v>91</v>
       </c>
       <c r="H107" t="s">
         <v>103</v>
       </c>
       <c r="I107">
         <v>1</v>
       </c>
       <c r="L107" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="M107" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="N107" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="108" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B108" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C108" s="1">
         <v>245</v>
       </c>
       <c r="D108" t="s">
         <v>19</v>
       </c>
       <c r="E108" t="s">
         <v>0</v>
       </c>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108" t="s">
         <v>91</v>
       </c>
       <c r="H108" t="s">
         <v>103</v>
       </c>
       <c r="I108">
         <v>1</v>
       </c>
       <c r="L108" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="M108" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="N108" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="109" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B109" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C109" s="1">
         <v>201</v>
       </c>
       <c r="D109" t="s">
         <v>19</v>
       </c>
       <c r="E109" t="s">
         <v>0</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>91</v>
       </c>
       <c r="H109" t="s">
         <v>103</v>
       </c>
       <c r="I109">
         <v>1</v>
       </c>
       <c r="L109" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="M109" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="N109" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="110" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B110" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C110" s="1">
         <v>201</v>
       </c>
       <c r="D110" t="s">
         <v>19</v>
       </c>
       <c r="E110" t="s">
         <v>0</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
         <v>91</v>
       </c>
       <c r="H110" t="s">
         <v>103</v>
       </c>
       <c r="I110">
         <v>1</v>
       </c>
       <c r="L110" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="M110" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="N110" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="111" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B111" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C111" s="1">
         <v>232</v>
       </c>
       <c r="D111" t="s">
         <v>19</v>
       </c>
       <c r="E111" t="s">
         <v>0</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
         <v>91</v>
       </c>
       <c r="H111" t="s">
         <v>103</v>
       </c>
       <c r="I111">
         <v>1</v>
       </c>
       <c r="L111" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="M111" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="N111" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="112" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B112" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C112" s="1">
         <v>232</v>
       </c>
       <c r="D112" t="s">
         <v>19</v>
       </c>
       <c r="E112" t="s">
         <v>0</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
         <v>91</v>
       </c>
       <c r="H112" t="s">
         <v>103</v>
       </c>
       <c r="I112">
         <v>1</v>
       </c>
       <c r="L112" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="M112" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N112" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="113" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B113" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C113" s="1">
         <v>175</v>
       </c>
       <c r="D113" t="s">
         <v>19</v>
       </c>
       <c r="E113" t="s">
         <v>0</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
         <v>91</v>
       </c>
       <c r="H113" t="s">
         <v>103</v>
       </c>
       <c r="I113">
         <v>1</v>
       </c>
       <c r="L113" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="M113" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="N113" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B114" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C114" s="1">
         <v>175</v>
       </c>
       <c r="D114" t="s">
         <v>19</v>
       </c>
       <c r="E114" t="s">
         <v>0</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>91</v>
       </c>
       <c r="H114" t="s">
         <v>103</v>
       </c>
       <c r="I114">
         <v>1</v>
       </c>
       <c r="L114" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="M114" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="N114" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B115" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C115" s="1">
         <v>201</v>
       </c>
       <c r="D115" t="s">
         <v>19</v>
       </c>
       <c r="E115" t="s">
         <v>0</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>91</v>
       </c>
       <c r="H115" t="s">
         <v>103</v>
       </c>
       <c r="I115">
         <v>1</v>
       </c>
       <c r="L115" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="M115" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="N115" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="116" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B116" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C116" s="1">
         <v>201</v>
       </c>
       <c r="D116" t="s">
         <v>19</v>
       </c>
       <c r="E116" t="s">
         <v>0</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>91</v>
       </c>
       <c r="H116" t="s">
         <v>103</v>
       </c>
       <c r="I116">
         <v>1</v>
       </c>
       <c r="L116" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="M116" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="N116" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B117" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C117" s="1">
         <v>108</v>
       </c>
       <c r="D117" t="s">
         <v>19</v>
       </c>
       <c r="E117" t="s">
         <v>0</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
         <v>91</v>
       </c>
       <c r="L117" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="M117" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="N117" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B118" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C118" s="1">
         <v>158</v>
       </c>
       <c r="D118" t="s">
         <v>19</v>
       </c>
       <c r="E118" t="s">
         <v>0</v>
       </c>
       <c r="F118" t="s">
         <v>21</v>
       </c>
       <c r="G118" t="s">
         <v>91</v>
       </c>
       <c r="L118" t="s">
         <v>0</v>
       </c>
       <c r="M118" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="N118" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B119" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C119" s="1">
         <v>139</v>
       </c>
       <c r="D119" t="s">
         <v>19</v>
       </c>
       <c r="E119" t="s">
         <v>0</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>91</v>
       </c>
       <c r="L119" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="M119" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="N119" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B120" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C120" s="1">
         <v>201</v>
       </c>
       <c r="D120" t="s">
         <v>19</v>
       </c>
       <c r="E120" t="s">
         <v>0</v>
       </c>
       <c r="F120" t="s">
         <v>21</v>
       </c>
       <c r="G120" t="s">
         <v>91</v>
       </c>
       <c r="L120" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="M120" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="N120" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B121" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C121" s="1">
         <v>191</v>
       </c>
       <c r="D121" t="s">
         <v>19</v>
       </c>
       <c r="E121" t="s">
         <v>0</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>91</v>
       </c>
       <c r="L121" t="s">
         <v>0</v>
       </c>
       <c r="M121" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="N121" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B122" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C122" s="1">
-        <v>1.2463</v>
+        <v>64</v>
       </c>
       <c r="D122" t="s">
         <v>19</v>
       </c>
       <c r="E122" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F122" t="s">
-        <v>583</v>
+        <v>101</v>
       </c>
       <c r="G122" t="s">
+        <v>353</v>
+      </c>
+      <c r="H122" t="s">
+        <v>103</v>
+      </c>
+      <c r="I122">
+        <v>1</v>
+      </c>
+      <c r="L122" t="s">
         <v>584</v>
       </c>
-      <c r="L122" t="s">
+      <c r="M122" t="s">
         <v>585</v>
       </c>
-      <c r="M122" t="s">
+      <c r="N122" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="123" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
+        <v>587</v>
+      </c>
+      <c r="B123" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="C123" s="1">
         <v>64</v>
       </c>
       <c r="D123" t="s">
         <v>19</v>
       </c>
       <c r="E123" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="F123" t="s">
         <v>101</v>
       </c>
       <c r="G123" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H123" t="s">
         <v>103</v>
       </c>
       <c r="I123">
         <v>1</v>
       </c>
       <c r="L123" t="s">
+        <v>589</v>
+      </c>
+      <c r="M123" t="s">
+        <v>590</v>
+      </c>
+      <c r="N123" t="s">
         <v>591</v>
-      </c>
-[...4 lines deleted...]
-        <v>593</v>
       </c>
     </row>
     <row r="124" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="B124" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="C124" s="1">
         <v>64</v>
       </c>
       <c r="D124" t="s">
         <v>19</v>
       </c>
       <c r="E124" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="F124" t="s">
         <v>101</v>
       </c>
       <c r="G124" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H124" t="s">
         <v>103</v>
       </c>
       <c r="I124">
         <v>1</v>
       </c>
       <c r="L124" t="s">
+        <v>594</v>
+      </c>
+      <c r="M124" t="s">
+        <v>595</v>
+      </c>
+      <c r="N124" t="s">
         <v>596</v>
-      </c>
-[...4 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="125" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="B125" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="C125" s="1">
         <v>64</v>
       </c>
       <c r="D125" t="s">
         <v>19</v>
       </c>
       <c r="E125" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="F125" t="s">
         <v>101</v>
       </c>
       <c r="G125" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H125" t="s">
         <v>103</v>
       </c>
       <c r="I125">
         <v>1</v>
       </c>
       <c r="L125" t="s">
+        <v>599</v>
+      </c>
+      <c r="M125" t="s">
+        <v>600</v>
+      </c>
+      <c r="N125" t="s">
         <v>601</v>
-      </c>
-[...4 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="126" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B126" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="C126" s="1">
         <v>64</v>
       </c>
       <c r="D126" t="s">
         <v>19</v>
       </c>
       <c r="E126" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="F126" t="s">
         <v>101</v>
       </c>
       <c r="G126" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H126" t="s">
         <v>103</v>
       </c>
       <c r="I126">
         <v>1</v>
       </c>
       <c r="L126" t="s">
+        <v>604</v>
+      </c>
+      <c r="M126" t="s">
+        <v>605</v>
+      </c>
+      <c r="N126" t="s">
         <v>606</v>
-      </c>
-[...4 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="127" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="B127" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="C127" s="1">
         <v>64</v>
       </c>
       <c r="D127" t="s">
         <v>19</v>
       </c>
       <c r="E127" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="F127" t="s">
         <v>101</v>
       </c>
       <c r="G127" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H127" t="s">
         <v>103</v>
       </c>
       <c r="I127">
         <v>1</v>
       </c>
       <c r="L127" t="s">
+        <v>609</v>
+      </c>
+      <c r="M127" t="s">
+        <v>610</v>
+      </c>
+      <c r="N127" t="s">
         <v>611</v>
-      </c>
-[...4 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="128" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="B128" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="C128" s="1">
         <v>64</v>
       </c>
       <c r="D128" t="s">
         <v>19</v>
       </c>
       <c r="E128" t="s">
-        <v>590</v>
+        <v>0</v>
       </c>
       <c r="F128" t="s">
         <v>101</v>
       </c>
       <c r="G128" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H128" t="s">
         <v>103</v>
       </c>
       <c r="I128">
         <v>1</v>
       </c>
       <c r="L128" t="s">
-        <v>616</v>
+        <v>0</v>
       </c>
       <c r="M128" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="N128" t="s">
-        <v>618</v>
+        <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="B129" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="C129" s="1">
-        <v>64</v>
+        <v>104</v>
       </c>
       <c r="D129" t="s">
         <v>19</v>
       </c>
       <c r="E129" t="s">
-        <v>0</v>
+        <v>617</v>
       </c>
       <c r="F129" t="s">
         <v>101</v>
       </c>
       <c r="G129" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H129" t="s">
         <v>103</v>
       </c>
       <c r="I129">
         <v>1</v>
       </c>
       <c r="L129" t="s">
-        <v>0</v>
+        <v>618</v>
       </c>
       <c r="M129" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="N129" t="s">
-        <v>0</v>
+        <v>620</v>
       </c>
     </row>
     <row r="130" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
+        <v>621</v>
+      </c>
+      <c r="B130" t="s">
         <v>622</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
       <c r="C130" s="1">
         <v>104</v>
       </c>
       <c r="D130" t="s">
         <v>19</v>
       </c>
       <c r="E130" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="F130" t="s">
         <v>101</v>
       </c>
       <c r="G130" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H130" t="s">
         <v>103</v>
       </c>
       <c r="I130">
         <v>1</v>
       </c>
       <c r="L130" t="s">
+        <v>623</v>
+      </c>
+      <c r="M130" t="s">
+        <v>624</v>
+      </c>
+      <c r="N130" t="s">
         <v>625</v>
-      </c>
-[...4 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="131" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="B131" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C131" s="1">
         <v>104</v>
       </c>
       <c r="D131" t="s">
         <v>19</v>
       </c>
       <c r="E131" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="F131" t="s">
         <v>101</v>
       </c>
       <c r="G131" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H131" t="s">
         <v>103</v>
       </c>
       <c r="I131">
         <v>1</v>
       </c>
       <c r="L131" t="s">
+        <v>628</v>
+      </c>
+      <c r="M131" t="s">
+        <v>629</v>
+      </c>
+      <c r="N131" t="s">
         <v>630</v>
-      </c>
-[...4 lines deleted...]
-        <v>632</v>
       </c>
     </row>
     <row r="132" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B132" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="C132" s="1">
         <v>104</v>
       </c>
       <c r="D132" t="s">
         <v>19</v>
       </c>
       <c r="E132" t="s">
-        <v>624</v>
+        <v>0</v>
       </c>
       <c r="F132" t="s">
         <v>101</v>
       </c>
       <c r="G132" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H132" t="s">
         <v>103</v>
       </c>
       <c r="I132">
         <v>1</v>
       </c>
       <c r="L132" t="s">
-        <v>635</v>
+        <v>0</v>
       </c>
       <c r="M132" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="N132" t="s">
-        <v>637</v>
+        <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="B133" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="C133" s="1">
         <v>104</v>
       </c>
       <c r="D133" t="s">
         <v>19</v>
       </c>
       <c r="E133" t="s">
-        <v>0</v>
+        <v>617</v>
       </c>
       <c r="F133" t="s">
         <v>101</v>
       </c>
       <c r="G133" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H133" t="s">
         <v>103</v>
       </c>
       <c r="I133">
         <v>1</v>
       </c>
       <c r="L133" t="s">
-        <v>0</v>
+        <v>636</v>
       </c>
       <c r="M133" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="N133" t="s">
-        <v>0</v>
+        <v>638</v>
       </c>
     </row>
     <row r="134" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="B134" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="C134" s="1">
         <v>104</v>
       </c>
       <c r="D134" t="s">
         <v>19</v>
       </c>
       <c r="E134" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="F134" t="s">
         <v>101</v>
       </c>
       <c r="G134" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H134" t="s">
         <v>103</v>
       </c>
       <c r="I134">
         <v>1</v>
       </c>
       <c r="L134" t="s">
+        <v>641</v>
+      </c>
+      <c r="M134" t="s">
+        <v>642</v>
+      </c>
+      <c r="N134" t="s">
         <v>643</v>
-      </c>
-[...4 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="135" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B135" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="C135" s="1">
         <v>104</v>
       </c>
       <c r="D135" t="s">
         <v>19</v>
       </c>
       <c r="E135" t="s">
-        <v>624</v>
+        <v>617</v>
       </c>
       <c r="F135" t="s">
         <v>101</v>
       </c>
       <c r="G135" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H135" t="s">
         <v>103</v>
       </c>
       <c r="I135">
         <v>1</v>
       </c>
       <c r="L135" t="s">
+        <v>646</v>
+      </c>
+      <c r="M135" t="s">
+        <v>647</v>
+      </c>
+      <c r="N135" t="s">
         <v>648</v>
-      </c>
-[...4 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="136" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
+        <v>649</v>
+      </c>
+      <c r="B136" t="s">
+        <v>650</v>
+      </c>
+      <c r="C136" s="1">
+        <v>45</v>
+      </c>
+      <c r="D136" t="s">
+        <v>19</v>
+      </c>
+      <c r="E136" t="s">
+        <v>0</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136" t="s">
+        <v>23</v>
+      </c>
+      <c r="I136">
+        <v>1</v>
+      </c>
+      <c r="L136" t="s">
         <v>651</v>
       </c>
-      <c r="B136" t="s">
+      <c r="M136" t="s">
         <v>652</v>
       </c>
-      <c r="C136" s="1">
-[...20 lines deleted...]
-      <c r="L136" t="s">
+      <c r="N136" t="s">
         <v>653</v>
-      </c>
-[...4 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="137" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="B137" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="C137" s="1">
         <v>45</v>
       </c>
       <c r="D137" t="s">
         <v>19</v>
       </c>
       <c r="E137" t="s">
         <v>0</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137" t="s">
         <v>23</v>
       </c>
       <c r="I137">
         <v>1</v>
       </c>
       <c r="L137" t="s">
+        <v>656</v>
+      </c>
+      <c r="M137" t="s">
+        <v>657</v>
+      </c>
+      <c r="N137" t="s">
         <v>658</v>
-      </c>
-[...4 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="138" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="B138" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="C138" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D138" t="s">
         <v>19</v>
       </c>
       <c r="E138" t="s">
         <v>0</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138" t="s">
         <v>23</v>
       </c>
       <c r="I138">
         <v>1</v>
       </c>
       <c r="L138" t="s">
+        <v>661</v>
+      </c>
+      <c r="M138" t="s">
+        <v>662</v>
+      </c>
+      <c r="N138" t="s">
         <v>663</v>
-      </c>
-[...4 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="139" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="B139" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="C139" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="D139" t="s">
         <v>19</v>
       </c>
       <c r="E139" t="s">
         <v>0</v>
       </c>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139" t="s">
         <v>23</v>
       </c>
       <c r="I139">
         <v>1</v>
       </c>
       <c r="L139" t="s">
+        <v>666</v>
+      </c>
+      <c r="M139" t="s">
+        <v>667</v>
+      </c>
+      <c r="N139" t="s">
         <v>668</v>
-      </c>
-[...4 lines deleted...]
-        <v>670</v>
       </c>
     </row>
     <row r="140" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="B140" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="C140" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
       <c r="D140" t="s">
         <v>19</v>
       </c>
       <c r="E140" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140" t="s">
         <v>23</v>
       </c>
       <c r="I140">
         <v>1</v>
       </c>
       <c r="L140" t="s">
+        <v>671</v>
+      </c>
+      <c r="M140" t="s">
+        <v>672</v>
+      </c>
+      <c r="N140" t="s">
         <v>673</v>
-      </c>
-[...4 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="141" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="B141" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="C141" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D141" t="s">
         <v>19</v>
       </c>
       <c r="E141" t="s">
         <v>29</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141" t="s">
         <v>23</v>
       </c>
       <c r="I141">
         <v>1</v>
       </c>
       <c r="L141" t="s">
+        <v>676</v>
+      </c>
+      <c r="M141" t="s">
+        <v>677</v>
+      </c>
+      <c r="N141" t="s">
         <v>678</v>
-      </c>
-[...4 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="142" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
+        <v>679</v>
+      </c>
+      <c r="B142" t="s">
+        <v>680</v>
+      </c>
+      <c r="C142" s="1">
+        <v>64</v>
+      </c>
+      <c r="D142" t="s">
+        <v>19</v>
+      </c>
+      <c r="E142" t="s">
+        <v>583</v>
+      </c>
+      <c r="F142" t="s">
+        <v>101</v>
+      </c>
+      <c r="G142" t="s">
+        <v>353</v>
+      </c>
+      <c r="H142" t="s">
+        <v>103</v>
+      </c>
+      <c r="I142">
+        <v>1</v>
+      </c>
+      <c r="L142" t="s">
         <v>681</v>
       </c>
-      <c r="B142" t="s">
+      <c r="M142" t="s">
         <v>682</v>
       </c>
-      <c r="C142" s="1">
-[...20 lines deleted...]
-      <c r="L142" t="s">
+      <c r="N142" t="s">
         <v>683</v>
-      </c>
-[...4 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="143" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="B143" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="C143" s="1">
         <v>64</v>
       </c>
       <c r="D143" t="s">
         <v>19</v>
       </c>
       <c r="E143" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="F143" t="s">
         <v>101</v>
       </c>
       <c r="G143" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H143" t="s">
         <v>103</v>
       </c>
       <c r="I143">
         <v>1</v>
       </c>
       <c r="L143" t="s">
+        <v>686</v>
+      </c>
+      <c r="M143" t="s">
+        <v>687</v>
+      </c>
+      <c r="N143" t="s">
         <v>688</v>
-      </c>
-[...4 lines deleted...]
-        <v>690</v>
       </c>
     </row>
     <row r="144" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="B144" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="C144" s="1">
         <v>64</v>
       </c>
       <c r="D144" t="s">
         <v>19</v>
       </c>
       <c r="E144" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="F144" t="s">
         <v>101</v>
       </c>
       <c r="G144" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H144" t="s">
         <v>103</v>
       </c>
       <c r="I144">
         <v>1</v>
       </c>
       <c r="L144" t="s">
+        <v>691</v>
+      </c>
+      <c r="M144" t="s">
+        <v>692</v>
+      </c>
+      <c r="N144" t="s">
         <v>693</v>
-      </c>
-[...4 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="145" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="B145" t="s">
-        <v>697</v>
+        <v>695</v>
       </c>
       <c r="C145" s="1">
         <v>64</v>
       </c>
       <c r="D145" t="s">
         <v>19</v>
       </c>
       <c r="E145" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="F145" t="s">
         <v>101</v>
       </c>
       <c r="G145" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H145" t="s">
         <v>103</v>
       </c>
       <c r="I145">
         <v>1</v>
       </c>
       <c r="L145" t="s">
+        <v>696</v>
+      </c>
+      <c r="M145" t="s">
+        <v>697</v>
+      </c>
+      <c r="N145" t="s">
         <v>698</v>
-      </c>
-[...4 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="146" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="B146" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="C146" s="1">
         <v>64</v>
       </c>
       <c r="D146" t="s">
         <v>19</v>
       </c>
       <c r="E146" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="F146" t="s">
         <v>101</v>
       </c>
       <c r="G146" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H146" t="s">
         <v>103</v>
       </c>
       <c r="I146">
         <v>1</v>
       </c>
       <c r="L146" t="s">
+        <v>701</v>
+      </c>
+      <c r="M146" t="s">
+        <v>702</v>
+      </c>
+      <c r="N146" t="s">
         <v>703</v>
-      </c>
-[...4 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="147" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="B147" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="C147" s="1">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="D147" t="s">
         <v>19</v>
       </c>
       <c r="E147" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="F147" t="s">
         <v>101</v>
       </c>
       <c r="G147" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H147" t="s">
         <v>103</v>
       </c>
       <c r="I147">
         <v>1</v>
       </c>
       <c r="L147" t="s">
+        <v>706</v>
+      </c>
+      <c r="M147" t="s">
+        <v>707</v>
+      </c>
+      <c r="N147" t="s">
         <v>708</v>
-      </c>
-[...4 lines deleted...]
-        <v>710</v>
       </c>
     </row>
     <row r="148" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
+        <v>709</v>
+      </c>
+      <c r="B148" t="s">
+        <v>710</v>
+      </c>
+      <c r="C148" s="1">
+        <v>195</v>
+      </c>
+      <c r="D148" t="s">
+        <v>19</v>
+      </c>
+      <c r="E148" t="s">
+        <v>0</v>
+      </c>
+      <c r="F148" t="s">
         <v>711</v>
       </c>
-      <c r="B148" t="s">
+      <c r="G148" t="s">
         <v>712</v>
       </c>
-      <c r="C148" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="H148" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I148">
         <v>1</v>
       </c>
       <c r="L148" t="s">
+        <v>0</v>
+      </c>
+      <c r="M148" t="s">
         <v>713</v>
       </c>
-      <c r="M148" t="s">
+      <c r="N148" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
     </row>
     <row r="149" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
+        <v>715</v>
+      </c>
+      <c r="B149" t="s">
         <v>716</v>
-      </c>
-[...1 lines deleted...]
-        <v>717</v>
       </c>
       <c r="C149" s="1">
         <v>195</v>
       </c>
       <c r="D149" t="s">
         <v>19</v>
       </c>
       <c r="E149" t="s">
         <v>0</v>
       </c>
       <c r="F149" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="G149" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H149" t="s">
         <v>23</v>
       </c>
       <c r="I149">
         <v>1</v>
       </c>
       <c r="L149" t="s">
         <v>0</v>
       </c>
       <c r="M149" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="N149" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
     </row>
     <row r="150" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="B150" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="C150" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
       <c r="D150" t="s">
         <v>19</v>
       </c>
       <c r="E150" t="s">
         <v>0</v>
       </c>
       <c r="F150" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="G150" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H150" t="s">
         <v>23</v>
       </c>
       <c r="I150">
         <v>1</v>
       </c>
       <c r="L150" t="s">
-        <v>0</v>
+        <v>721</v>
       </c>
       <c r="M150" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="N150" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
     </row>
     <row r="151" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="B151" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="C151" s="1">
-        <v>175</v>
+        <v>10</v>
       </c>
       <c r="D151" t="s">
         <v>19</v>
       </c>
       <c r="E151" t="s">
         <v>0</v>
       </c>
       <c r="F151" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="G151" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H151" t="s">
         <v>23</v>
       </c>
       <c r="I151">
         <v>1</v>
       </c>
       <c r="L151" t="s">
+        <v>726</v>
+      </c>
+      <c r="M151" t="s">
+        <v>727</v>
+      </c>
+      <c r="N151" t="s">
         <v>728</v>
-      </c>
-[...4 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="152" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="B152" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="C152" s="1">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="D152" t="s">
         <v>19</v>
       </c>
       <c r="E152" t="s">
         <v>0</v>
       </c>
       <c r="F152" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="G152" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H152" t="s">
         <v>23</v>
       </c>
       <c r="I152">
         <v>1</v>
       </c>
       <c r="L152" t="s">
+        <v>731</v>
+      </c>
+      <c r="M152" t="s">
+        <v>732</v>
+      </c>
+      <c r="N152" t="s">
         <v>733</v>
-      </c>
-[...4 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="153" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="B153" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="C153" s="1">
-        <v>45</v>
+        <v>104</v>
       </c>
       <c r="D153" t="s">
         <v>19</v>
       </c>
       <c r="E153" t="s">
         <v>0</v>
       </c>
       <c r="F153" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="G153" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H153" t="s">
         <v>23</v>
       </c>
       <c r="I153">
         <v>1</v>
       </c>
       <c r="L153" t="s">
+        <v>736</v>
+      </c>
+      <c r="M153" t="s">
+        <v>737</v>
+      </c>
+      <c r="N153" t="s">
         <v>738</v>
-      </c>
-[...4 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="154" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="B154" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="C154" s="1">
         <v>104</v>
       </c>
       <c r="D154" t="s">
         <v>19</v>
       </c>
       <c r="E154" t="s">
         <v>0</v>
       </c>
       <c r="F154" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="G154" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H154" t="s">
         <v>23</v>
       </c>
       <c r="I154">
         <v>1</v>
       </c>
       <c r="L154" t="s">
+        <v>741</v>
+      </c>
+      <c r="M154" t="s">
+        <v>742</v>
+      </c>
+      <c r="N154" t="s">
         <v>743</v>
-      </c>
-[...4 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="155" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="B155" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="C155" s="1">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D155" t="s">
         <v>19</v>
       </c>
       <c r="E155" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F155" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="G155" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H155" t="s">
         <v>23</v>
       </c>
       <c r="I155">
         <v>1</v>
       </c>
       <c r="L155" t="s">
+        <v>746</v>
+      </c>
+      <c r="M155" t="s">
+        <v>747</v>
+      </c>
+      <c r="N155" t="s">
         <v>748</v>
-      </c>
-[...4 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="156" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="B156" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="C156" s="1">
-        <v>105</v>
+        <v>80</v>
       </c>
       <c r="D156" t="s">
         <v>19</v>
       </c>
       <c r="E156" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F156" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="G156" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H156" t="s">
         <v>23</v>
       </c>
       <c r="I156">
         <v>1</v>
       </c>
       <c r="L156" t="s">
+        <v>751</v>
+      </c>
+      <c r="M156" t="s">
+        <v>752</v>
+      </c>
+      <c r="N156" t="s">
         <v>753</v>
-      </c>
-[...4 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="157" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="B157" t="s">
-        <v>757</v>
+        <v>755</v>
       </c>
       <c r="C157" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>19</v>
       </c>
       <c r="E157" t="s">
         <v>0</v>
       </c>
       <c r="F157" t="s">
-        <v>718</v>
+        <v>86</v>
       </c>
       <c r="G157" t="s">
-        <v>719</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="L157" t="s">
+        <v>756</v>
+      </c>
+      <c r="M157" t="s">
+        <v>757</v>
+      </c>
+      <c r="N157" t="s">
         <v>758</v>
-      </c>
-[...4 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="158" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="B158" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="C158" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D158" t="s">
         <v>19</v>
       </c>
       <c r="E158" t="s">
         <v>0</v>
       </c>
       <c r="F158" t="s">
         <v>86</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="L158" t="s">
+        <v>761</v>
+      </c>
+      <c r="M158" t="s">
+        <v>762</v>
+      </c>
+      <c r="N158" t="s">
         <v>763</v>
-      </c>
-[...4 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="159" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
+        <v>764</v>
+      </c>
+      <c r="B159" t="s">
+        <v>765</v>
+      </c>
+      <c r="C159" s="1">
+        <v>52</v>
+      </c>
+      <c r="D159" t="s">
+        <v>19</v>
+      </c>
+      <c r="E159" t="s">
+        <v>29</v>
+      </c>
+      <c r="F159" t="s">
+        <v>711</v>
+      </c>
+      <c r="G159" t="s">
         <v>766</v>
       </c>
-      <c r="B159" t="s">
+      <c r="H159" t="s">
         <v>767</v>
       </c>
-      <c r="C159" s="1">
-[...12 lines deleted...]
-        <v>22</v>
+      <c r="I159">
+        <v>1</v>
       </c>
       <c r="L159" t="s">
         <v>768</v>
       </c>
       <c r="M159" t="s">
         <v>769</v>
       </c>
       <c r="N159" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="160" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
         <v>771</v>
       </c>
       <c r="B160" t="s">
-        <v>772</v>
+        <v>765</v>
       </c>
       <c r="C160" s="1">
         <v>52</v>
       </c>
       <c r="D160" t="s">
         <v>19</v>
       </c>
       <c r="E160" t="s">
         <v>29</v>
       </c>
       <c r="F160" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="G160" t="s">
+        <v>766</v>
+      </c>
+      <c r="H160" t="s">
+        <v>767</v>
+      </c>
+      <c r="I160">
+        <v>1</v>
+      </c>
+      <c r="L160" t="s">
+        <v>772</v>
+      </c>
+      <c r="M160" t="s">
         <v>773</v>
       </c>
-      <c r="H160" t="s">
+      <c r="N160" t="s">
         <v>774</v>
-      </c>
-[...10 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="161" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="B161" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="C161" s="1">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="D161" t="s">
         <v>19</v>
       </c>
       <c r="E161" t="s">
         <v>29</v>
       </c>
       <c r="F161" t="s">
-        <v>718</v>
+        <v>21</v>
       </c>
       <c r="G161" t="s">
-        <v>773</v>
+        <v>22</v>
       </c>
       <c r="H161" t="s">
-        <v>774</v>
+        <v>23</v>
       </c>
       <c r="I161">
         <v>1</v>
       </c>
       <c r="L161" t="s">
+        <v>777</v>
+      </c>
+      <c r="M161" t="s">
+        <v>778</v>
+      </c>
+      <c r="N161" t="s">
         <v>779</v>
-      </c>
-[...4 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="162" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
       <c r="B162" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="C162" s="1">
         <v>29</v>
       </c>
       <c r="D162" t="s">
         <v>19</v>
       </c>
       <c r="E162" t="s">
         <v>29</v>
       </c>
       <c r="F162" t="s">
         <v>21</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162" t="s">
         <v>23</v>
       </c>
       <c r="I162">
         <v>1</v>
       </c>
       <c r="L162" t="s">
+        <v>782</v>
+      </c>
+      <c r="M162" t="s">
+        <v>783</v>
+      </c>
+      <c r="N162" t="s">
         <v>784</v>
-      </c>
-[...4 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="163" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="B163" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="C163" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D163" t="s">
         <v>19</v>
       </c>
       <c r="E163" t="s">
         <v>29</v>
       </c>
       <c r="F163" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163" t="s">
         <v>23</v>
       </c>
       <c r="I163">
         <v>1</v>
       </c>
       <c r="L163" t="s">
-        <v>789</v>
+        <v>0</v>
       </c>
       <c r="M163" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="N163" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
     </row>
     <row r="164" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="B164" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="C164" s="1">
-        <v>30</v>
+        <v>8.5</v>
       </c>
       <c r="D164" t="s">
         <v>19</v>
       </c>
       <c r="E164" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F164" t="s">
-        <v>86</v>
+        <v>21</v>
       </c>
       <c r="G164" t="s">
-        <v>22</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>791</v>
       </c>
       <c r="L164" t="s">
         <v>0</v>
       </c>
       <c r="M164" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="N164" t="s">
-        <v>795</v>
+        <v>793</v>
       </c>
     </row>
     <row r="165" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="B165" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="C165" s="1">
-        <v>8.5</v>
+        <v>11</v>
       </c>
       <c r="D165" t="s">
         <v>19</v>
       </c>
       <c r="E165" t="s">
         <v>0</v>
       </c>
       <c r="F165" t="s">
         <v>21</v>
       </c>
       <c r="G165" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="L165" t="s">
         <v>0</v>
       </c>
       <c r="M165" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="N165" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
     </row>
     <row r="166" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="B166" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="C166" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D166" t="s">
         <v>19</v>
       </c>
       <c r="E166" t="s">
         <v>0</v>
       </c>
       <c r="F166" t="s">
         <v>21</v>
       </c>
       <c r="G166" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="L166" t="s">
         <v>0</v>
       </c>
       <c r="M166" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="N166" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
     </row>
     <row r="167" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="B167" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="C167" s="1">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D167" t="s">
         <v>19</v>
       </c>
       <c r="E167" t="s">
         <v>0</v>
       </c>
       <c r="F167" t="s">
         <v>21</v>
       </c>
       <c r="G167" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="L167" t="s">
         <v>0</v>
       </c>
       <c r="M167" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="N167" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
     </row>
     <row r="168" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="B168" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="C168" s="1">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D168" t="s">
         <v>19</v>
       </c>
       <c r="E168" t="s">
         <v>0</v>
       </c>
       <c r="F168" t="s">
         <v>21</v>
       </c>
       <c r="G168" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="L168" t="s">
         <v>0</v>
       </c>
       <c r="M168" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="N168" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
     </row>
     <row r="169" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="B169" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="C169" s="1">
-        <v>7</v>
+        <v>7.5</v>
       </c>
       <c r="D169" t="s">
         <v>19</v>
       </c>
       <c r="E169" t="s">
         <v>0</v>
       </c>
       <c r="F169" t="s">
         <v>21</v>
       </c>
       <c r="G169" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="L169" t="s">
         <v>0</v>
       </c>
       <c r="M169" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="N169" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
     </row>
     <row r="170" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
+        <v>814</v>
+      </c>
+      <c r="B170" t="s">
+        <v>815</v>
+      </c>
+      <c r="C170" s="1">
+        <v>1166</v>
+      </c>
+      <c r="D170" t="s">
+        <v>19</v>
+      </c>
+      <c r="E170" t="s">
+        <v>29</v>
+      </c>
+      <c r="F170" t="s">
+        <v>816</v>
+      </c>
+      <c r="G170" t="s">
         <v>817</v>
       </c>
-      <c r="B170" t="s">
+      <c r="H170" t="s">
+        <v>23</v>
+      </c>
+      <c r="I170">
+        <v>1</v>
+      </c>
+      <c r="L170" t="s">
         <v>818</v>
-      </c>
-[...16 lines deleted...]
-        <v>0</v>
       </c>
       <c r="M170" t="s">
         <v>819</v>
       </c>
       <c r="N170" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
         <v>821</v>
       </c>
       <c r="B171" t="s">
         <v>822</v>
       </c>
       <c r="C171" s="1">
-        <v>1166</v>
+        <v>140</v>
       </c>
       <c r="D171" t="s">
         <v>19</v>
       </c>
       <c r="E171" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
         <v>823</v>
       </c>
-      <c r="G171" t="s">
+      <c r="L171" t="s">
+        <v>0</v>
+      </c>
+      <c r="M171" t="s">
         <v>824</v>
       </c>
-      <c r="H171" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N171" t="s">
-        <v>827</v>
+        <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="B172" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="C172" s="1">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="D172" t="s">
         <v>19</v>
       </c>
       <c r="E172" t="s">
         <v>0</v>
       </c>
       <c r="F172" t="s">
         <v>21</v>
       </c>
       <c r="G172" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="L172" t="s">
         <v>0</v>
       </c>
       <c r="M172" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="N172" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="B173" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="C173" s="1">
-        <v>26</v>
+        <v>0.4</v>
       </c>
       <c r="D173" t="s">
         <v>19</v>
       </c>
       <c r="E173" t="s">
         <v>0</v>
       </c>
       <c r="F173" t="s">
         <v>21</v>
       </c>
       <c r="G173" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="L173" t="s">
         <v>0</v>
       </c>
       <c r="M173" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="N173" t="s">
-        <v>0</v>
+        <v>831</v>
       </c>
     </row>
     <row r="174" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="B174" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="C174" s="1">
-        <v>0.4</v>
+        <v>1</v>
       </c>
       <c r="D174" t="s">
         <v>19</v>
       </c>
       <c r="E174" t="s">
         <v>0</v>
       </c>
       <c r="F174" t="s">
         <v>21</v>
       </c>
       <c r="G174" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="L174" t="s">
         <v>0</v>
       </c>
       <c r="M174" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="N174" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
     </row>
     <row r="175" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="B175" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="C175" s="1">
         <v>1</v>
       </c>
       <c r="D175" t="s">
         <v>19</v>
       </c>
       <c r="E175" t="s">
         <v>0</v>
       </c>
       <c r="F175" t="s">
         <v>21</v>
       </c>
       <c r="G175" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="L175" t="s">
         <v>0</v>
       </c>
       <c r="M175" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="N175" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
     </row>
     <row r="176" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="B176" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="C176" s="1">
-        <v>1</v>
+        <v>0.5</v>
       </c>
       <c r="D176" t="s">
-        <v>19</v>
+        <v>842</v>
       </c>
       <c r="E176" t="s">
         <v>0</v>
       </c>
       <c r="F176" t="s">
         <v>21</v>
       </c>
       <c r="G176" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="L176" t="s">
         <v>0</v>
       </c>
       <c r="M176" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="N176" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
     </row>
     <row r="177" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="B177" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="C177" s="1">
-        <v>0.5</v>
+        <v>25</v>
       </c>
       <c r="D177" t="s">
-        <v>849</v>
+        <v>19</v>
       </c>
       <c r="E177" t="s">
         <v>0</v>
       </c>
       <c r="F177" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="G177" t="s">
-        <v>830</v>
+        <v>22</v>
+      </c>
+      <c r="H177" t="s">
+        <v>23</v>
+      </c>
+      <c r="I177">
+        <v>1</v>
       </c>
       <c r="L177" t="s">
-        <v>0</v>
+        <v>847</v>
       </c>
       <c r="M177" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="N177" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
     </row>
     <row r="178" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="B178" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="C178" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D178" t="s">
         <v>19</v>
       </c>
       <c r="E178" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F178" t="s">
-        <v>86</v>
+        <v>21</v>
       </c>
       <c r="G178" t="s">
         <v>22</v>
       </c>
       <c r="H178" t="s">
         <v>23</v>
       </c>
       <c r="I178">
         <v>1</v>
       </c>
       <c r="L178" t="s">
+        <v>852</v>
+      </c>
+      <c r="M178" t="s">
+        <v>853</v>
+      </c>
+      <c r="N178" t="s">
         <v>854</v>
-      </c>
-[...4 lines deleted...]
-        <v>856</v>
       </c>
     </row>
     <row r="179" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="B179" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="C179" s="1">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D179" t="s">
         <v>19</v>
       </c>
       <c r="E179" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F179" t="s">
         <v>21</v>
       </c>
       <c r="G179" t="s">
-        <v>22</v>
+        <v>857</v>
       </c>
       <c r="H179" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I179">
         <v>1</v>
       </c>
       <c r="L179" t="s">
+        <v>858</v>
+      </c>
+      <c r="M179" t="s">
         <v>859</v>
       </c>
-      <c r="M179" t="s">
+      <c r="N179" t="s">
         <v>860</v>
-      </c>
-[...1 lines deleted...]
-        <v>861</v>
       </c>
     </row>
     <row r="180" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
+        <v>861</v>
+      </c>
+      <c r="B180" t="s">
         <v>862</v>
       </c>
-      <c r="B180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="D180" t="s">
         <v>19</v>
       </c>
       <c r="E180" t="s">
         <v>0</v>
       </c>
       <c r="F180" t="s">
         <v>21</v>
       </c>
       <c r="G180" t="s">
-        <v>864</v>
+        <v>857</v>
       </c>
       <c r="H180" t="s">
         <v>103</v>
       </c>
       <c r="I180">
         <v>1</v>
       </c>
       <c r="L180" t="s">
+        <v>863</v>
+      </c>
+      <c r="M180" t="s">
+        <v>864</v>
+      </c>
+      <c r="N180" t="s">
         <v>865</v>
-      </c>
-[...4 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="181" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
       <c r="B181" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
       <c r="C181" s="1">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="D181" t="s">
         <v>19</v>
       </c>
       <c r="E181" t="s">
         <v>0</v>
       </c>
       <c r="F181" t="s">
         <v>21</v>
       </c>
       <c r="G181" t="s">
-        <v>864</v>
+        <v>857</v>
       </c>
       <c r="H181" t="s">
         <v>103</v>
       </c>
       <c r="I181">
         <v>1</v>
       </c>
       <c r="L181" t="s">
+        <v>868</v>
+      </c>
+      <c r="M181" t="s">
+        <v>869</v>
+      </c>
+      <c r="N181" t="s">
         <v>870</v>
-      </c>
-[...4 lines deleted...]
-        <v>872</v>
       </c>
     </row>
     <row r="182" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="B182" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="C182" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="D182" t="s">
         <v>19</v>
       </c>
       <c r="E182" t="s">
         <v>0</v>
       </c>
       <c r="F182" t="s">
         <v>21</v>
       </c>
       <c r="G182" t="s">
-        <v>864</v>
+        <v>857</v>
       </c>
       <c r="H182" t="s">
         <v>103</v>
       </c>
       <c r="I182">
         <v>1</v>
       </c>
       <c r="L182" t="s">
+        <v>873</v>
+      </c>
+      <c r="M182" t="s">
+        <v>874</v>
+      </c>
+      <c r="N182" t="s">
         <v>875</v>
-      </c>
-[...4 lines deleted...]
-        <v>877</v>
       </c>
     </row>
     <row r="183" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="B183" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="C183" s="1">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="D183" t="s">
         <v>19</v>
       </c>
       <c r="E183" t="s">
         <v>0</v>
       </c>
       <c r="F183" t="s">
         <v>21</v>
       </c>
       <c r="G183" t="s">
-        <v>864</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="L183" t="s">
+        <v>878</v>
+      </c>
+      <c r="M183" t="s">
+        <v>879</v>
+      </c>
+      <c r="N183" t="s">
         <v>880</v>
-      </c>
-[...4 lines deleted...]
-        <v>882</v>
       </c>
     </row>
     <row r="184" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="B184" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="C184" s="1">
-        <v>72</v>
+        <v>234</v>
       </c>
       <c r="D184" t="s">
         <v>19</v>
       </c>
       <c r="E184" t="s">
         <v>0</v>
       </c>
       <c r="F184" t="s">
-        <v>21</v>
+        <v>883</v>
       </c>
       <c r="G184" t="s">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="L184" t="s">
+        <v>0</v>
+      </c>
+      <c r="M184" t="s">
+        <v>884</v>
+      </c>
+      <c r="N184" t="s">
         <v>885</v>
-      </c>
-[...4 lines deleted...]
-        <v>887</v>
       </c>
     </row>
     <row r="185" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="B185" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="C185" s="1">
-        <v>234</v>
+        <v>103</v>
       </c>
       <c r="D185" t="s">
         <v>19</v>
       </c>
       <c r="E185" t="s">
         <v>0</v>
       </c>
       <c r="F185" t="s">
-        <v>890</v>
+        <v>883</v>
       </c>
       <c r="G185" t="s">
         <v>0</v>
       </c>
       <c r="L185" t="s">
         <v>0</v>
       </c>
       <c r="M185" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="N185" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
     </row>
     <row r="186" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="B186" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="C186" s="1">
-        <v>103</v>
+        <v>60</v>
       </c>
       <c r="D186" t="s">
         <v>19</v>
       </c>
       <c r="E186" t="s">
         <v>0</v>
       </c>
       <c r="F186" t="s">
-        <v>890</v>
+        <v>21</v>
       </c>
       <c r="G186" t="s">
-        <v>0</v>
+        <v>22</v>
+      </c>
+      <c r="H186" t="s">
+        <v>23</v>
+      </c>
+      <c r="I186">
+        <v>1</v>
       </c>
       <c r="L186" t="s">
         <v>0</v>
       </c>
       <c r="M186" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="N186" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
     </row>
     <row r="187" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="B187" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="C187" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="D187" t="s">
         <v>19</v>
       </c>
       <c r="E187" t="s">
         <v>0</v>
       </c>
       <c r="F187" t="s">
         <v>21</v>
       </c>
       <c r="G187" t="s">
         <v>22</v>
       </c>
       <c r="H187" t="s">
         <v>23</v>
       </c>
       <c r="I187">
         <v>1</v>
       </c>
       <c r="L187" t="s">
         <v>0</v>
       </c>
       <c r="M187" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="N187" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
     </row>
     <row r="188" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="B188" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="C188" s="1">
-        <v>80</v>
+        <v>97.52</v>
       </c>
       <c r="D188" t="s">
         <v>19</v>
       </c>
       <c r="E188" t="s">
         <v>0</v>
       </c>
       <c r="F188" t="s">
         <v>21</v>
       </c>
       <c r="G188" t="s">
         <v>22</v>
       </c>
       <c r="H188" t="s">
         <v>23</v>
       </c>
       <c r="I188">
         <v>1</v>
       </c>
       <c r="L188" t="s">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="M188" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="N188" t="s">
-        <v>904</v>
+        <v>902</v>
       </c>
     </row>
     <row r="189" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="B189" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="C189" s="1">
-        <v>97.52</v>
+        <v>66.95</v>
       </c>
       <c r="D189" t="s">
         <v>19</v>
       </c>
       <c r="E189" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F189" t="s">
         <v>21</v>
       </c>
       <c r="G189" t="s">
         <v>22</v>
       </c>
-      <c r="H189" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L189" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
       <c r="M189" t="s">
-        <v>908</v>
+        <v>906</v>
       </c>
       <c r="N189" t="s">
-        <v>909</v>
+        <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="B190" t="s">
-        <v>911</v>
+        <v>908</v>
       </c>
       <c r="C190" s="1">
-        <v>66.95</v>
+        <v>38</v>
       </c>
       <c r="D190" t="s">
         <v>19</v>
       </c>
       <c r="E190" t="s">
         <v>29</v>
       </c>
       <c r="F190" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="G190" t="s">
         <v>22</v>
       </c>
+      <c r="H190" t="s">
+        <v>23</v>
+      </c>
+      <c r="I190">
+        <v>1</v>
+      </c>
       <c r="L190" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="M190" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="N190" t="s">
-        <v>0</v>
+        <v>911</v>
       </c>
     </row>
     <row r="191" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
-        <v>914</v>
+        <v>912</v>
       </c>
       <c r="B191" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="C191" s="1">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="D191" t="s">
         <v>19</v>
       </c>
       <c r="E191" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F191" t="s">
         <v>86</v>
       </c>
       <c r="G191" t="s">
         <v>22</v>
       </c>
       <c r="H191" t="s">
         <v>23</v>
       </c>
       <c r="I191">
         <v>1</v>
       </c>
       <c r="L191" t="s">
-        <v>916</v>
+        <v>0</v>
       </c>
       <c r="M191" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="N191" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
     </row>
     <row r="192" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="B192" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="C192" s="1">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D192" t="s">
         <v>19</v>
       </c>
       <c r="E192" t="s">
         <v>0</v>
       </c>
       <c r="F192" t="s">
         <v>86</v>
       </c>
       <c r="G192" t="s">
-        <v>22</v>
+        <v>918</v>
       </c>
       <c r="H192" t="s">
         <v>23</v>
       </c>
       <c r="I192">
         <v>1</v>
       </c>
       <c r="L192" t="s">
         <v>0</v>
       </c>
       <c r="M192" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="N192" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
     </row>
     <row r="193" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="B193" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="C193" s="1">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="D193" t="s">
         <v>19</v>
       </c>
       <c r="E193" t="s">
         <v>0</v>
       </c>
       <c r="F193" t="s">
         <v>86</v>
       </c>
       <c r="G193" t="s">
-        <v>925</v>
+        <v>22</v>
       </c>
       <c r="H193" t="s">
         <v>23</v>
       </c>
       <c r="I193">
         <v>1</v>
       </c>
       <c r="L193" t="s">
         <v>0</v>
       </c>
       <c r="M193" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="N193" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
     </row>
     <row r="194" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
+        <v>925</v>
+      </c>
+      <c r="B194" t="s">
+        <v>926</v>
+      </c>
+      <c r="C194" s="1">
+        <v>93</v>
+      </c>
+      <c r="D194" t="s">
+        <v>19</v>
+      </c>
+      <c r="E194" t="s">
+        <v>927</v>
+      </c>
+      <c r="F194" t="s">
+        <v>21</v>
+      </c>
+      <c r="G194" t="s">
         <v>928</v>
       </c>
-      <c r="B194" t="s">
+      <c r="H194" t="s">
+        <v>103</v>
+      </c>
+      <c r="I194">
+        <v>1</v>
+      </c>
+      <c r="L194" t="s">
         <v>929</v>
-      </c>
-[...22 lines deleted...]
-        <v>0</v>
       </c>
       <c r="M194" t="s">
         <v>930</v>
       </c>
       <c r="N194" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="195" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
         <v>932</v>
       </c>
       <c r="B195" t="s">
         <v>933</v>
       </c>
       <c r="C195" s="1">
-        <v>369</v>
+        <v>64</v>
       </c>
       <c r="D195" t="s">
         <v>19</v>
       </c>
       <c r="E195" t="s">
-        <v>29</v>
+        <v>927</v>
       </c>
       <c r="F195" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G195" t="s">
+        <v>928</v>
+      </c>
+      <c r="H195" t="s">
         <v>934</v>
       </c>
-      <c r="H195" t="s">
+      <c r="I195">
+        <v>1</v>
+      </c>
+      <c r="L195" t="s">
         <v>935</v>
       </c>
-      <c r="I195">
-[...2 lines deleted...]
-      <c r="L195" t="s">
+      <c r="M195" t="s">
         <v>936</v>
       </c>
-      <c r="M195" t="s">
+      <c r="N195" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>938</v>
       </c>
     </row>
     <row r="196" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
+        <v>938</v>
+      </c>
+      <c r="B196" t="s">
         <v>939</v>
       </c>
-      <c r="B196" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C196" s="1">
-        <v>93</v>
+        <v>129</v>
       </c>
       <c r="D196" t="s">
         <v>19</v>
       </c>
       <c r="E196" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F196" t="s">
         <v>21</v>
       </c>
       <c r="G196" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="H196" t="s">
         <v>103</v>
       </c>
       <c r="I196">
         <v>1</v>
       </c>
       <c r="L196" t="s">
-        <v>943</v>
+        <v>0</v>
       </c>
       <c r="M196" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="N196" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
     </row>
     <row r="197" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="B197" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="C197" s="1">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D197" t="s">
         <v>19</v>
       </c>
       <c r="E197" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F197" t="s">
         <v>21</v>
       </c>
       <c r="G197" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="H197" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I197">
         <v>1</v>
       </c>
       <c r="L197" t="s">
+        <v>946</v>
+      </c>
+      <c r="M197" t="s">
+        <v>947</v>
+      </c>
+      <c r="N197" t="s">
         <v>948</v>
-      </c>
-[...4 lines deleted...]
-        <v>950</v>
       </c>
     </row>
     <row r="198" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
-        <v>951</v>
+        <v>949</v>
       </c>
       <c r="B198" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="C198" s="1">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="D198" t="s">
         <v>19</v>
       </c>
       <c r="E198" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F198" t="s">
         <v>21</v>
       </c>
       <c r="G198" t="s">
-        <v>953</v>
+        <v>940</v>
       </c>
       <c r="H198" t="s">
         <v>103</v>
       </c>
       <c r="I198">
         <v>1</v>
       </c>
       <c r="L198" t="s">
         <v>0</v>
       </c>
       <c r="M198" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="N198" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
     </row>
     <row r="199" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="B199" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="C199" s="1">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="D199" t="s">
         <v>19</v>
       </c>
       <c r="E199" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F199" t="s">
         <v>21</v>
       </c>
       <c r="G199" t="s">
-        <v>958</v>
+        <v>945</v>
       </c>
       <c r="H199" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I199">
         <v>1</v>
       </c>
       <c r="L199" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="M199" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="N199" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
     </row>
     <row r="200" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
       <c r="B200" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="C200" s="1">
-        <v>139</v>
+        <v>98</v>
       </c>
       <c r="D200" t="s">
         <v>19</v>
       </c>
       <c r="E200" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F200" t="s">
         <v>21</v>
       </c>
       <c r="G200" t="s">
-        <v>953</v>
+        <v>940</v>
       </c>
       <c r="H200" t="s">
-        <v>103</v>
+        <v>934</v>
       </c>
       <c r="I200">
         <v>1</v>
       </c>
       <c r="L200" t="s">
-        <v>0</v>
+        <v>960</v>
       </c>
       <c r="M200" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="N200" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
     </row>
     <row r="201" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
-        <v>966</v>
+        <v>963</v>
       </c>
       <c r="B201" t="s">
-        <v>967</v>
+        <v>964</v>
       </c>
       <c r="C201" s="1">
-        <v>71</v>
+        <v>52</v>
       </c>
       <c r="D201" t="s">
         <v>19</v>
       </c>
       <c r="E201" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F201" t="s">
         <v>21</v>
       </c>
       <c r="G201" t="s">
-        <v>958</v>
+        <v>945</v>
       </c>
       <c r="H201" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I201">
         <v>1</v>
       </c>
       <c r="L201" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="M201" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="N201" t="s">
-        <v>970</v>
+        <v>967</v>
       </c>
     </row>
     <row r="202" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
-        <v>971</v>
+        <v>968</v>
       </c>
       <c r="B202" t="s">
-        <v>972</v>
+        <v>969</v>
       </c>
       <c r="C202" s="1">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="D202" t="s">
         <v>19</v>
       </c>
       <c r="E202" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F202" t="s">
         <v>21</v>
       </c>
       <c r="G202" t="s">
-        <v>953</v>
+        <v>940</v>
       </c>
       <c r="H202" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I202">
         <v>1</v>
       </c>
       <c r="L202" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="M202" t="s">
-        <v>974</v>
+        <v>971</v>
       </c>
       <c r="N202" t="s">
-        <v>975</v>
+        <v>972</v>
       </c>
     </row>
     <row r="203" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
-        <v>976</v>
+        <v>973</v>
       </c>
       <c r="B203" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="C203" s="1">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D203" t="s">
         <v>19</v>
       </c>
       <c r="E203" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F203" t="s">
         <v>21</v>
       </c>
       <c r="G203" t="s">
-        <v>958</v>
+        <v>945</v>
       </c>
       <c r="H203" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I203">
         <v>1</v>
       </c>
       <c r="L203" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="M203" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="N203" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
     </row>
     <row r="204" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="B204" t="s">
-        <v>982</v>
+        <v>979</v>
       </c>
       <c r="C204" s="1">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="D204" t="s">
         <v>19</v>
       </c>
       <c r="E204" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F204" t="s">
         <v>21</v>
       </c>
       <c r="G204" t="s">
-        <v>953</v>
+        <v>928</v>
       </c>
       <c r="H204" t="s">
-        <v>935</v>
+        <v>103</v>
       </c>
       <c r="I204">
         <v>1</v>
       </c>
       <c r="L204" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="M204" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
       <c r="N204" t="s">
-        <v>985</v>
+        <v>982</v>
       </c>
     </row>
     <row r="205" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="B205" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
       <c r="C205" s="1">
-        <v>62</v>
+        <v>180</v>
       </c>
       <c r="D205" t="s">
         <v>19</v>
       </c>
       <c r="E205" t="s">
-        <v>941</v>
+        <v>0</v>
       </c>
       <c r="F205" t="s">
         <v>21</v>
       </c>
       <c r="G205" t="s">
-        <v>958</v>
+        <v>985</v>
       </c>
       <c r="H205" t="s">
-        <v>935</v>
+        <v>103</v>
       </c>
       <c r="I205">
         <v>1</v>
       </c>
       <c r="L205" t="s">
-        <v>988</v>
+        <v>0</v>
       </c>
       <c r="M205" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="N205" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
     </row>
     <row r="206" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="B206" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="C206" s="1">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="D206" t="s">
         <v>19</v>
       </c>
       <c r="E206" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F206" t="s">
         <v>21</v>
       </c>
       <c r="G206" t="s">
-        <v>942</v>
+        <v>928</v>
       </c>
       <c r="H206" t="s">
-        <v>103</v>
+        <v>934</v>
       </c>
       <c r="I206">
         <v>1</v>
       </c>
       <c r="L206" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="M206" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="N206" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
     </row>
     <row r="207" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="B207" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="C207" s="1">
-        <v>180</v>
+        <v>124</v>
       </c>
       <c r="D207" t="s">
         <v>19</v>
       </c>
       <c r="E207" t="s">
-        <v>0</v>
+        <v>927</v>
       </c>
       <c r="F207" t="s">
         <v>21</v>
       </c>
       <c r="G207" t="s">
-        <v>998</v>
+        <v>928</v>
       </c>
       <c r="H207" t="s">
         <v>103</v>
       </c>
       <c r="I207">
         <v>1</v>
       </c>
       <c r="L207" t="s">
-        <v>0</v>
+        <v>995</v>
       </c>
       <c r="M207" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="N207" t="s">
-        <v>1000</v>
+        <v>997</v>
       </c>
     </row>
     <row r="208" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
-        <v>1001</v>
+        <v>998</v>
       </c>
       <c r="B208" t="s">
-        <v>1002</v>
+        <v>999</v>
       </c>
       <c r="C208" s="1">
-        <v>94</v>
+        <v>191</v>
       </c>
       <c r="D208" t="s">
         <v>19</v>
       </c>
       <c r="E208" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F208" t="s">
         <v>21</v>
       </c>
       <c r="G208" t="s">
-        <v>942</v>
+        <v>928</v>
       </c>
       <c r="H208" t="s">
-        <v>935</v>
+        <v>103</v>
       </c>
       <c r="I208">
         <v>1</v>
       </c>
       <c r="L208" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="M208" t="s">
-        <v>1004</v>
+        <v>1001</v>
       </c>
       <c r="N208" t="s">
-        <v>1005</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="209" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="B209" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="C209" s="1">
-        <v>124</v>
+        <v>81</v>
       </c>
       <c r="D209" t="s">
         <v>19</v>
       </c>
       <c r="E209" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F209" t="s">
         <v>21</v>
       </c>
       <c r="G209" t="s">
-        <v>942</v>
+        <v>928</v>
       </c>
       <c r="H209" t="s">
-        <v>103</v>
+        <v>934</v>
       </c>
       <c r="I209">
         <v>1</v>
       </c>
       <c r="L209" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="M209" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="N209" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="210" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
-        <v>1011</v>
+        <v>1008</v>
       </c>
       <c r="B210" t="s">
-        <v>1012</v>
+        <v>1009</v>
       </c>
       <c r="C210" s="1">
-        <v>191</v>
+        <v>92</v>
       </c>
       <c r="D210" t="s">
         <v>19</v>
       </c>
       <c r="E210" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F210" t="s">
         <v>21</v>
       </c>
       <c r="G210" t="s">
-        <v>942</v>
+        <v>928</v>
       </c>
       <c r="H210" t="s">
-        <v>103</v>
+        <v>934</v>
       </c>
       <c r="I210">
         <v>1</v>
       </c>
       <c r="L210" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="M210" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="N210" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="211" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="B211" t="s">
-        <v>1017</v>
+        <v>1014</v>
       </c>
       <c r="C211" s="1">
-        <v>81</v>
+        <v>157</v>
       </c>
       <c r="D211" t="s">
         <v>19</v>
       </c>
       <c r="E211" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F211" t="s">
         <v>21</v>
       </c>
       <c r="G211" t="s">
-        <v>942</v>
+        <v>928</v>
       </c>
       <c r="H211" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I211">
         <v>1</v>
       </c>
       <c r="L211" t="s">
-        <v>1018</v>
+        <v>1015</v>
       </c>
       <c r="M211" t="s">
-        <v>1019</v>
+        <v>1016</v>
       </c>
       <c r="N211" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="212" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c r="B212" t="s">
-        <v>1022</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>1018</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>469</v>
       </c>
       <c r="D212" t="s">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="E212" t="s">
-        <v>941</v>
+        <v>0</v>
       </c>
       <c r="F212" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="G212" t="s">
-        <v>942</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1018</v>
       </c>
       <c r="L212" t="s">
-        <v>1023</v>
+        <v>0</v>
       </c>
       <c r="M212" t="s">
-        <v>1024</v>
+        <v>1019</v>
       </c>
       <c r="N212" t="s">
-        <v>1025</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="213" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
-        <v>1026</v>
+        <v>1021</v>
       </c>
       <c r="B213" t="s">
-        <v>1027</v>
+        <v>1022</v>
       </c>
       <c r="C213" s="1">
-        <v>157</v>
+        <v>481</v>
       </c>
       <c r="D213" t="s">
         <v>19</v>
       </c>
       <c r="E213" t="s">
-        <v>941</v>
+        <v>29</v>
       </c>
       <c r="F213" t="s">
-        <v>21</v>
+        <v>816</v>
       </c>
       <c r="G213" t="s">
-        <v>942</v>
+        <v>817</v>
       </c>
       <c r="H213" t="s">
-        <v>935</v>
+        <v>23</v>
       </c>
       <c r="I213">
         <v>1</v>
       </c>
       <c r="L213" t="s">
-        <v>1028</v>
+        <v>1023</v>
       </c>
       <c r="M213" t="s">
-        <v>1029</v>
+        <v>1024</v>
       </c>
       <c r="N213" t="s">
-        <v>1030</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="214" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
-        <v>1031</v>
+        <v>1026</v>
       </c>
       <c r="B214" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-        <v>468</v>
+        <v>1027</v>
+      </c>
+      <c r="C214" s="1">
+        <v>467</v>
       </c>
       <c r="D214" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="E214" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F214" t="s">
-        <v>86</v>
+        <v>816</v>
       </c>
       <c r="G214" t="s">
-        <v>1031</v>
+        <v>817</v>
+      </c>
+      <c r="H214" t="s">
+        <v>23</v>
+      </c>
+      <c r="I214">
+        <v>1</v>
       </c>
       <c r="L214" t="s">
         <v>0</v>
       </c>
       <c r="M214" t="s">
-        <v>1032</v>
+        <v>1028</v>
       </c>
       <c r="N214" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="215" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
       <c r="B215" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="C215" s="1">
-        <v>481</v>
+        <v>26</v>
       </c>
       <c r="D215" t="s">
         <v>19</v>
       </c>
       <c r="E215" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F215" t="s">
-        <v>823</v>
+        <v>86</v>
       </c>
       <c r="G215" t="s">
-        <v>824</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="L215" t="s">
-        <v>1036</v>
+        <v>0</v>
       </c>
       <c r="M215" t="s">
-        <v>1037</v>
+        <v>1032</v>
       </c>
       <c r="N215" t="s">
-        <v>1038</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="216" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
-        <v>1039</v>
+        <v>1034</v>
       </c>
       <c r="B216" t="s">
-        <v>1040</v>
+        <v>1035</v>
       </c>
       <c r="C216" s="1">
-        <v>467</v>
+        <v>32</v>
       </c>
       <c r="D216" t="s">
         <v>19</v>
       </c>
       <c r="E216" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F216" t="s">
-        <v>823</v>
+        <v>101</v>
       </c>
       <c r="G216" t="s">
-        <v>824</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="L216" t="s">
         <v>0</v>
       </c>
       <c r="M216" t="s">
-        <v>1041</v>
+        <v>1036</v>
       </c>
       <c r="N216" t="s">
-        <v>1042</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="217" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
-        <v>1043</v>
+        <v>1038</v>
       </c>
       <c r="B217" t="s">
-        <v>1044</v>
+        <v>1039</v>
       </c>
       <c r="C217" s="1">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D217" t="s">
         <v>19</v>
       </c>
       <c r="E217" t="s">
         <v>0</v>
       </c>
       <c r="F217" t="s">
         <v>86</v>
       </c>
       <c r="G217" t="s">
         <v>22</v>
       </c>
+      <c r="H217" t="s">
+        <v>23</v>
+      </c>
+      <c r="I217">
+        <v>1</v>
+      </c>
       <c r="L217" t="s">
         <v>0</v>
       </c>
       <c r="M217" t="s">
-        <v>1045</v>
+        <v>1040</v>
       </c>
       <c r="N217" t="s">
-        <v>1046</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="218" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
-        <v>1047</v>
+        <v>1042</v>
       </c>
       <c r="B218" t="s">
-        <v>1048</v>
+        <v>1043</v>
       </c>
       <c r="C218" s="1">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="D218" t="s">
         <v>19</v>
       </c>
       <c r="E218" t="s">
         <v>0</v>
       </c>
       <c r="F218" t="s">
-        <v>101</v>
+        <v>86</v>
       </c>
       <c r="G218" t="s">
         <v>22</v>
       </c>
+      <c r="H218" t="s">
+        <v>23</v>
+      </c>
+      <c r="I218">
+        <v>1</v>
+      </c>
       <c r="L218" t="s">
-        <v>0</v>
+        <v>1044</v>
       </c>
       <c r="M218" t="s">
-        <v>1049</v>
+        <v>1045</v>
       </c>
       <c r="N218" t="s">
-        <v>1050</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="219" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
-        <v>1051</v>
+        <v>1047</v>
       </c>
       <c r="B219" t="s">
-        <v>1052</v>
+        <v>1048</v>
       </c>
       <c r="C219" s="1">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D219" t="s">
         <v>19</v>
       </c>
       <c r="E219" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F219" t="s">
-        <v>86</v>
+        <v>711</v>
       </c>
       <c r="G219" t="s">
         <v>22</v>
       </c>
       <c r="H219" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I219">
         <v>1</v>
       </c>
       <c r="L219" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M219" t="s">
+        <v>1050</v>
+      </c>
+      <c r="N219" t="s">
         <v>0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="220" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="B220" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C220" s="1">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="D220" t="s">
         <v>19</v>
       </c>
       <c r="E220" t="s">
         <v>0</v>
       </c>
       <c r="F220" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
       <c r="G220" t="s">
         <v>22</v>
       </c>
       <c r="H220" t="s">
         <v>23</v>
       </c>
       <c r="I220">
         <v>1</v>
       </c>
       <c r="L220" t="s">
-        <v>1057</v>
+        <v>1053</v>
       </c>
       <c r="M220" t="s">
-        <v>1058</v>
+        <v>1054</v>
       </c>
       <c r="N220" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="221" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
       <c r="B221" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="C221" s="1">
-        <v>26</v>
+        <v>62.5</v>
       </c>
       <c r="D221" t="s">
         <v>19</v>
       </c>
       <c r="E221" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F221" t="s">
-        <v>718</v>
+        <v>101</v>
       </c>
       <c r="G221" t="s">
         <v>22</v>
       </c>
       <c r="H221" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I221">
         <v>1</v>
       </c>
       <c r="L221" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="M221" t="s">
-        <v>1063</v>
+        <v>1059</v>
       </c>
       <c r="N221" t="s">
-        <v>0</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="222" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
-        <v>1064</v>
+        <v>1061</v>
       </c>
       <c r="B222" t="s">
-        <v>1065</v>
+        <v>1062</v>
       </c>
       <c r="C222" s="1">
-        <v>60</v>
+        <v>103</v>
       </c>
       <c r="D222" t="s">
         <v>19</v>
       </c>
       <c r="E222" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F222" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G222" t="s">
         <v>22</v>
       </c>
       <c r="H222" t="s">
         <v>23</v>
       </c>
       <c r="I222">
         <v>1</v>
       </c>
       <c r="L222" t="s">
-        <v>1066</v>
+        <v>1063</v>
       </c>
       <c r="M222" t="s">
-        <v>1067</v>
+        <v>1064</v>
       </c>
       <c r="N222" t="s">
-        <v>1068</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="223" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
-        <v>1069</v>
+        <v>1066</v>
       </c>
       <c r="B223" t="s">
-        <v>1070</v>
+        <v>1067</v>
       </c>
       <c r="C223" s="1">
-        <v>62.5</v>
+        <v>108</v>
       </c>
       <c r="D223" t="s">
         <v>19</v>
       </c>
       <c r="E223" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F223" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G223" t="s">
         <v>22</v>
       </c>
       <c r="H223" t="s">
         <v>23</v>
       </c>
       <c r="I223">
         <v>1</v>
       </c>
       <c r="L223" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="M223" t="s">
-        <v>1072</v>
+        <v>1069</v>
       </c>
       <c r="N223" t="s">
-        <v>1073</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="224" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="B224" t="s">
-        <v>1075</v>
+        <v>1072</v>
       </c>
       <c r="C224" s="1">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="D224" t="s">
         <v>19</v>
       </c>
       <c r="E224" t="s">
         <v>29</v>
       </c>
       <c r="F224" t="s">
         <v>21</v>
       </c>
       <c r="G224" t="s">
         <v>22</v>
       </c>
       <c r="H224" t="s">
         <v>23</v>
       </c>
       <c r="I224">
         <v>1</v>
       </c>
       <c r="L224" t="s">
-        <v>1076</v>
+        <v>1073</v>
       </c>
       <c r="M224" t="s">
-        <v>1077</v>
+        <v>1074</v>
       </c>
       <c r="N224" t="s">
-        <v>0</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="225" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
       <c r="B225" t="s">
-        <v>1079</v>
+        <v>1077</v>
       </c>
       <c r="C225" s="1">
-        <v>108</v>
+        <v>1320</v>
       </c>
       <c r="D225" t="s">
         <v>19</v>
       </c>
       <c r="E225" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F225" t="s">
-        <v>21</v>
+        <v>711</v>
       </c>
       <c r="G225" t="s">
-        <v>22</v>
+        <v>712</v>
       </c>
       <c r="H225" t="s">
         <v>23</v>
       </c>
       <c r="I225">
         <v>1</v>
       </c>
       <c r="L225" t="s">
-        <v>1080</v>
+        <v>0</v>
       </c>
       <c r="M225" t="s">
-        <v>1081</v>
+        <v>1078</v>
       </c>
       <c r="N225" t="s">
-        <v>0</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="226" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
       <c r="B226" t="s">
-        <v>1083</v>
+        <v>1081</v>
       </c>
       <c r="C226" s="1">
-        <v>108</v>
+        <v>1480</v>
       </c>
       <c r="D226" t="s">
         <v>19</v>
       </c>
       <c r="E226" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F226" t="s">
-        <v>21</v>
+        <v>711</v>
       </c>
       <c r="G226" t="s">
-        <v>22</v>
+        <v>712</v>
       </c>
       <c r="H226" t="s">
         <v>23</v>
       </c>
       <c r="I226">
         <v>1</v>
       </c>
       <c r="L226" t="s">
-        <v>1084</v>
+        <v>0</v>
       </c>
       <c r="M226" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="N226" t="s">
-        <v>0</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="227" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
-        <v>1086</v>
+        <v>817</v>
       </c>
       <c r="B227" t="s">
-        <v>1087</v>
-[...2 lines deleted...]
-        <v>1320</v>
+        <v>817</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>469</v>
       </c>
       <c r="D227" t="s">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="E227" t="s">
         <v>0</v>
       </c>
       <c r="F227" t="s">
-        <v>718</v>
+        <v>883</v>
       </c>
       <c r="G227" t="s">
-        <v>719</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L227" t="s">
         <v>0</v>
       </c>
       <c r="M227" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="N227" t="s">
-        <v>1089</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="228" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C228" s="1">
+        <v>651</v>
+      </c>
+      <c r="D228" t="s">
+        <v>19</v>
+      </c>
+      <c r="E228" t="s">
+        <v>29</v>
+      </c>
+      <c r="F228" t="s">
+        <v>816</v>
+      </c>
+      <c r="G228" t="s">
+        <v>817</v>
+      </c>
+      <c r="H228" t="s">
+        <v>767</v>
+      </c>
+      <c r="I228">
+        <v>1</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1088</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1089</v>
+      </c>
+      <c r="N228" t="s">
         <v>1090</v>
-      </c>
-[...31 lines deleted...]
-        <v>1093</v>
       </c>
     </row>
     <row r="229" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
-        <v>824</v>
+        <v>1091</v>
       </c>
       <c r="B229" t="s">
-        <v>824</v>
-[...2 lines deleted...]
-        <v>468</v>
+        <v>1092</v>
+      </c>
+      <c r="C229" s="1">
+        <v>636</v>
       </c>
       <c r="D229" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="E229" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F229" t="s">
-        <v>890</v>
+        <v>816</v>
       </c>
       <c r="G229" t="s">
-        <v>0</v>
+        <v>817</v>
+      </c>
+      <c r="H229" t="s">
+        <v>767</v>
+      </c>
+      <c r="I229">
+        <v>1</v>
       </c>
       <c r="L229" t="s">
-        <v>0</v>
+        <v>1093</v>
       </c>
       <c r="M229" t="s">
         <v>1094</v>
       </c>
       <c r="N229" t="s">
         <v>1095</v>
       </c>
     </row>
     <row r="230" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
         <v>1096</v>
       </c>
       <c r="B230" t="s">
         <v>1097</v>
       </c>
       <c r="C230" s="1">
-        <v>651</v>
+        <v>1236</v>
       </c>
       <c r="D230" t="s">
         <v>19</v>
       </c>
       <c r="E230" t="s">
         <v>29</v>
       </c>
       <c r="F230" t="s">
-        <v>823</v>
+        <v>816</v>
       </c>
       <c r="G230" t="s">
-        <v>824</v>
+        <v>817</v>
       </c>
       <c r="H230" t="s">
-        <v>774</v>
+        <v>23</v>
       </c>
       <c r="I230">
         <v>1</v>
       </c>
       <c r="L230" t="s">
         <v>1098</v>
       </c>
       <c r="M230" t="s">
         <v>1099</v>
       </c>
       <c r="N230" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="231" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
         <v>1101</v>
       </c>
       <c r="B231" t="s">
         <v>1102</v>
       </c>
       <c r="C231" s="1">
-        <v>636</v>
+        <v>375</v>
       </c>
       <c r="D231" t="s">
         <v>19</v>
       </c>
       <c r="E231" t="s">
         <v>29</v>
       </c>
       <c r="F231" t="s">
-        <v>823</v>
+        <v>21</v>
       </c>
       <c r="G231" t="s">
-        <v>824</v>
+        <v>1103</v>
       </c>
       <c r="H231" t="s">
-        <v>774</v>
+        <v>103</v>
       </c>
       <c r="I231">
         <v>1</v>
       </c>
       <c r="L231" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="M231" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="N231" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="232" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="B232" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="C232" s="1">
-        <v>1236</v>
+        <v>440</v>
       </c>
       <c r="D232" t="s">
         <v>19</v>
       </c>
       <c r="E232" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F232" t="s">
-        <v>823</v>
+        <v>21</v>
       </c>
       <c r="G232" t="s">
-        <v>824</v>
+        <v>1109</v>
       </c>
       <c r="H232" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I232">
         <v>1</v>
       </c>
       <c r="L232" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="M232" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="N232" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="233" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="B233" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C233" s="1">
-        <v>375</v>
+        <v>460</v>
       </c>
       <c r="D233" t="s">
         <v>19</v>
       </c>
       <c r="E233" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F233" t="s">
         <v>21</v>
       </c>
       <c r="G233" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="H233" t="s">
         <v>103</v>
       </c>
       <c r="I233">
         <v>1</v>
       </c>
       <c r="L233" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="M233" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="N233" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="234" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="B234" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="C234" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
       <c r="D234" t="s">
         <v>19</v>
       </c>
       <c r="E234" t="s">
         <v>0</v>
       </c>
       <c r="F234" t="s">
         <v>21</v>
       </c>
       <c r="G234" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="H234" t="s">
         <v>103</v>
       </c>
       <c r="I234">
         <v>1</v>
       </c>
       <c r="L234" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="M234" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="N234" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="235" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="B235" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="C235" s="1">
-        <v>460</v>
+        <v>26</v>
       </c>
       <c r="D235" t="s">
         <v>19</v>
       </c>
       <c r="E235" t="s">
         <v>0</v>
       </c>
       <c r="F235" t="s">
         <v>21</v>
       </c>
       <c r="G235" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="H235" t="s">
         <v>103</v>
       </c>
       <c r="I235">
         <v>1</v>
       </c>
       <c r="L235" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="M235" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="N235" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="236" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="B236" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C236" s="1">
-        <v>230</v>
+        <v>26</v>
       </c>
       <c r="D236" t="s">
         <v>19</v>
       </c>
       <c r="E236" t="s">
         <v>0</v>
       </c>
       <c r="F236" t="s">
         <v>21</v>
       </c>
       <c r="G236" t="s">
-        <v>1130</v>
+        <v>1120</v>
       </c>
       <c r="H236" t="s">
         <v>103</v>
       </c>
       <c r="I236">
         <v>1</v>
       </c>
       <c r="L236" t="s">
         <v>1131</v>
       </c>
       <c r="M236" t="s">
         <v>1132</v>
       </c>
       <c r="N236" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="237" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
         <v>1134</v>
       </c>
       <c r="B237" t="s">
         <v>1135</v>
       </c>
       <c r="C237" s="1">
-        <v>26</v>
+        <v>150</v>
       </c>
       <c r="D237" t="s">
         <v>19</v>
       </c>
       <c r="E237" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F237" t="s">
-        <v>21</v>
+        <v>711</v>
       </c>
       <c r="G237" t="s">
-        <v>1130</v>
+        <v>712</v>
       </c>
       <c r="H237" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I237">
         <v>1</v>
       </c>
       <c r="L237" t="s">
         <v>1136</v>
       </c>
       <c r="M237" t="s">
         <v>1137</v>
       </c>
       <c r="N237" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="238" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
         <v>1139</v>
       </c>
       <c r="B238" t="s">
         <v>1140</v>
       </c>
       <c r="C238" s="1">
-        <v>26</v>
+        <v>130</v>
       </c>
       <c r="D238" t="s">
         <v>19</v>
       </c>
       <c r="E238" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F238" t="s">
-        <v>21</v>
+        <v>711</v>
       </c>
       <c r="G238" t="s">
-        <v>1130</v>
+        <v>712</v>
       </c>
       <c r="H238" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I238">
         <v>1</v>
       </c>
       <c r="L238" t="s">
         <v>1141</v>
       </c>
       <c r="M238" t="s">
         <v>1142</v>
       </c>
       <c r="N238" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="239" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
         <v>1144</v>
       </c>
       <c r="B239" t="s">
         <v>1145</v>
       </c>
       <c r="C239" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
       <c r="D239" t="s">
         <v>19</v>
       </c>
       <c r="E239" t="s">
         <v>29</v>
       </c>
       <c r="F239" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="G239" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H239" t="s">
         <v>23</v>
       </c>
       <c r="I239">
         <v>1</v>
       </c>
       <c r="L239" t="s">
         <v>1146</v>
       </c>
       <c r="M239" t="s">
         <v>1147</v>
       </c>
       <c r="N239" t="s">
         <v>1148</v>
       </c>
     </row>
     <row r="240" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
         <v>1149</v>
       </c>
       <c r="B240" t="s">
         <v>1150</v>
       </c>
       <c r="C240" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
       <c r="D240" t="s">
         <v>19</v>
       </c>
       <c r="E240" t="s">
         <v>29</v>
       </c>
       <c r="F240" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="G240" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H240" t="s">
         <v>23</v>
       </c>
       <c r="I240">
         <v>1</v>
       </c>
       <c r="L240" t="s">
         <v>1151</v>
       </c>
       <c r="M240" t="s">
         <v>1152</v>
       </c>
       <c r="N240" t="s">
         <v>1153</v>
       </c>
     </row>
     <row r="241" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
         <v>1154</v>
       </c>
       <c r="B241" t="s">
         <v>1155</v>
       </c>
       <c r="C241" s="1">
-        <v>110</v>
+        <v>215</v>
       </c>
       <c r="D241" t="s">
         <v>19</v>
       </c>
       <c r="E241" t="s">
         <v>29</v>
       </c>
       <c r="F241" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="G241" t="s">
-        <v>719</v>
+        <v>712</v>
       </c>
       <c r="H241" t="s">
         <v>23</v>
       </c>
       <c r="I241">
         <v>1</v>
       </c>
       <c r="L241" t="s">
         <v>1156</v>
       </c>
       <c r="M241" t="s">
         <v>1157</v>
       </c>
       <c r="N241" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="242" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
         <v>1159</v>
       </c>
       <c r="B242" t="s">
         <v>1160</v>
       </c>
       <c r="C242" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
       <c r="D242" t="s">
         <v>19</v>
       </c>
       <c r="E242" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F242" t="s">
-        <v>718</v>
+        <v>21</v>
       </c>
       <c r="G242" t="s">
-        <v>719</v>
+        <v>1161</v>
       </c>
       <c r="H242" t="s">
-        <v>23</v>
+        <v>934</v>
       </c>
       <c r="I242">
         <v>1</v>
       </c>
       <c r="L242" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="M242" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="N242" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="243" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="B243" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="C243" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
       <c r="D243" t="s">
         <v>19</v>
       </c>
       <c r="E243" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F243" t="s">
-        <v>718</v>
+        <v>21</v>
       </c>
       <c r="G243" t="s">
-        <v>719</v>
+        <v>1161</v>
       </c>
       <c r="H243" t="s">
-        <v>23</v>
+        <v>934</v>
       </c>
       <c r="I243">
         <v>1</v>
       </c>
       <c r="L243" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="M243" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="N243" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="244" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="B244" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="C244" s="1">
         <v>195</v>
       </c>
       <c r="D244" t="s">
         <v>19</v>
       </c>
       <c r="E244" t="s">
         <v>0</v>
       </c>
       <c r="F244" t="s">
         <v>21</v>
       </c>
       <c r="G244" t="s">
-        <v>1171</v>
+        <v>1161</v>
       </c>
       <c r="H244" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I244">
         <v>1</v>
       </c>
       <c r="L244" t="s">
         <v>1172</v>
       </c>
       <c r="M244" t="s">
         <v>1173</v>
       </c>
       <c r="N244" t="s">
         <v>1174</v>
       </c>
     </row>
     <row r="245" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
         <v>1175</v>
       </c>
       <c r="B245" t="s">
         <v>1176</v>
       </c>
       <c r="C245" s="1">
-        <v>195</v>
+        <v>5</v>
       </c>
       <c r="D245" t="s">
         <v>19</v>
       </c>
       <c r="E245" t="s">
         <v>0</v>
       </c>
       <c r="F245" t="s">
         <v>21</v>
       </c>
       <c r="G245" t="s">
-        <v>1171</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1161</v>
       </c>
       <c r="L245" t="s">
         <v>1177</v>
       </c>
       <c r="M245" t="s">
         <v>1178</v>
       </c>
       <c r="N245" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="246" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
         <v>1180</v>
       </c>
       <c r="B246" t="s">
         <v>1181</v>
       </c>
       <c r="C246" s="1">
-        <v>195</v>
+        <v>5</v>
       </c>
       <c r="D246" t="s">
         <v>19</v>
       </c>
       <c r="E246" t="s">
         <v>0</v>
       </c>
       <c r="F246" t="s">
         <v>21</v>
       </c>
       <c r="G246" t="s">
-        <v>1171</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1161</v>
       </c>
       <c r="L246" t="s">
+        <v>0</v>
+      </c>
+      <c r="M246" t="s">
         <v>1182</v>
       </c>
-      <c r="M246" t="s">
+      <c r="N246" t="s">
         <v>1183</v>
-      </c>
-[...1 lines deleted...]
-        <v>1184</v>
       </c>
     </row>
     <row r="247" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B247" t="s">
         <v>1185</v>
       </c>
-      <c r="B247" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C247" s="1">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="D247" t="s">
         <v>19</v>
       </c>
       <c r="E247" t="s">
         <v>0</v>
       </c>
       <c r="F247" t="s">
         <v>21</v>
       </c>
       <c r="G247" t="s">
-        <v>1171</v>
+        <v>1161</v>
       </c>
       <c r="L247" t="s">
+        <v>1186</v>
+      </c>
+      <c r="M247" t="s">
         <v>1187</v>
       </c>
-      <c r="M247" t="s">
+      <c r="N247" t="s">
         <v>1188</v>
-      </c>
-[...1 lines deleted...]
-        <v>1189</v>
       </c>
     </row>
     <row r="248" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B248" t="s">
         <v>1190</v>
       </c>
-      <c r="B248" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C248" s="1">
-        <v>5</v>
+        <v>95</v>
       </c>
       <c r="D248" t="s">
         <v>19</v>
       </c>
       <c r="E248" t="s">
         <v>0</v>
       </c>
       <c r="F248" t="s">
         <v>21</v>
       </c>
       <c r="G248" t="s">
-        <v>1171</v>
+        <v>1161</v>
       </c>
       <c r="L248" t="s">
-        <v>0</v>
+        <v>1191</v>
       </c>
       <c r="M248" t="s">
         <v>1192</v>
       </c>
       <c r="N248" t="s">
         <v>1193</v>
       </c>
     </row>
     <row r="249" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
         <v>1194</v>
       </c>
       <c r="B249" t="s">
         <v>1195</v>
       </c>
       <c r="C249" s="1">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="D249" t="s">
         <v>19</v>
       </c>
       <c r="E249" t="s">
         <v>0</v>
       </c>
       <c r="F249" t="s">
         <v>21</v>
       </c>
       <c r="G249" t="s">
-        <v>1171</v>
+        <v>1161</v>
       </c>
       <c r="L249" t="s">
         <v>1196</v>
       </c>
       <c r="M249" t="s">
         <v>1197</v>
       </c>
       <c r="N249" t="s">
         <v>1198</v>
       </c>
     </row>
     <row r="250" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
         <v>1199</v>
       </c>
       <c r="B250" t="s">
         <v>1200</v>
       </c>
       <c r="C250" s="1">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="D250" t="s">
         <v>19</v>
       </c>
       <c r="E250" t="s">
         <v>0</v>
       </c>
       <c r="F250" t="s">
         <v>21</v>
       </c>
       <c r="G250" t="s">
-        <v>1171</v>
+        <v>1161</v>
       </c>
       <c r="L250" t="s">
         <v>1201</v>
       </c>
       <c r="M250" t="s">
         <v>1202</v>
       </c>
       <c r="N250" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="251" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
         <v>1204</v>
       </c>
       <c r="B251" t="s">
         <v>1205</v>
       </c>
       <c r="C251" s="1">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="D251" t="s">
         <v>19</v>
       </c>
       <c r="E251" t="s">
         <v>0</v>
       </c>
       <c r="F251" t="s">
         <v>21</v>
       </c>
       <c r="G251" t="s">
-        <v>1171</v>
+        <v>1161</v>
       </c>
       <c r="L251" t="s">
         <v>1206</v>
       </c>
       <c r="M251" t="s">
         <v>1207</v>
       </c>
       <c r="N251" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="252" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
         <v>1209</v>
       </c>
       <c r="B252" t="s">
         <v>1210</v>
       </c>
       <c r="C252" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D252" t="s">
         <v>19</v>
       </c>
       <c r="E252" t="s">
         <v>0</v>
       </c>
       <c r="F252" t="s">
         <v>21</v>
       </c>
       <c r="G252" t="s">
-        <v>1171</v>
+        <v>1161</v>
       </c>
       <c r="L252" t="s">
         <v>1211</v>
       </c>
       <c r="M252" t="s">
         <v>1212</v>
       </c>
       <c r="N252" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="253" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
         <v>1214</v>
       </c>
       <c r="B253" t="s">
         <v>1215</v>
       </c>
       <c r="C253" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="D253" t="s">
         <v>19</v>
       </c>
       <c r="E253" t="s">
         <v>0</v>
       </c>
       <c r="F253" t="s">
         <v>21</v>
       </c>
       <c r="G253" t="s">
-        <v>1171</v>
+        <v>1161</v>
       </c>
       <c r="L253" t="s">
         <v>1216</v>
       </c>
       <c r="M253" t="s">
         <v>1217</v>
       </c>
       <c r="N253" t="s">
         <v>1218</v>
       </c>
     </row>
     <row r="254" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
         <v>1219</v>
       </c>
       <c r="B254" t="s">
         <v>1220</v>
       </c>
       <c r="C254" s="1">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D254" t="s">
         <v>19</v>
       </c>
       <c r="E254" t="s">
         <v>0</v>
       </c>
       <c r="F254" t="s">
         <v>21</v>
       </c>
       <c r="G254" t="s">
-        <v>1171</v>
+        <v>1221</v>
+      </c>
+      <c r="H254" t="s">
+        <v>23</v>
+      </c>
+      <c r="I254">
+        <v>1</v>
       </c>
       <c r="L254" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="M254" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="N254" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="255" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="B255" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="C255" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="D255" t="s">
         <v>19</v>
       </c>
       <c r="E255" t="s">
         <v>0</v>
       </c>
       <c r="F255" t="s">
         <v>21</v>
       </c>
       <c r="G255" t="s">
-        <v>1171</v>
+        <v>1221</v>
+      </c>
+      <c r="H255" t="s">
+        <v>23</v>
+      </c>
+      <c r="I255">
+        <v>1</v>
       </c>
       <c r="L255" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="M255" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="N255" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="256" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="B256" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="C256" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D256" t="s">
         <v>19</v>
       </c>
       <c r="E256" t="s">
         <v>0</v>
       </c>
       <c r="F256" t="s">
         <v>21</v>
       </c>
       <c r="G256" t="s">
-        <v>1231</v>
+        <v>1221</v>
       </c>
       <c r="H256" t="s">
         <v>23</v>
       </c>
       <c r="I256">
         <v>1</v>
       </c>
       <c r="L256" t="s">
         <v>1232</v>
       </c>
       <c r="M256" t="s">
         <v>1233</v>
       </c>
       <c r="N256" t="s">
         <v>1234</v>
       </c>
     </row>
     <row r="257" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
         <v>1235</v>
       </c>
       <c r="B257" t="s">
         <v>1236</v>
       </c>
       <c r="C257" s="1">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="D257" t="s">
         <v>19</v>
       </c>
       <c r="E257" t="s">
         <v>0</v>
       </c>
       <c r="F257" t="s">
         <v>21</v>
       </c>
       <c r="G257" t="s">
-        <v>1231</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1237</v>
       </c>
       <c r="L257" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="M257" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="N257" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="258" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="B258" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="C258" s="1">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="D258" t="s">
         <v>19</v>
       </c>
       <c r="E258" t="s">
         <v>0</v>
       </c>
       <c r="F258" t="s">
         <v>21</v>
       </c>
       <c r="G258" t="s">
-        <v>1231</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1237</v>
       </c>
       <c r="L258" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="M258" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="N258" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="259" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="B259" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="C259" s="1">
         <v>3</v>
       </c>
       <c r="D259" t="s">
         <v>19</v>
       </c>
       <c r="E259" t="s">
         <v>0</v>
       </c>
       <c r="F259" t="s">
         <v>21</v>
       </c>
       <c r="G259" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L259" t="s">
         <v>1248</v>
       </c>
       <c r="M259" t="s">
         <v>1249</v>
       </c>
       <c r="N259" t="s">
         <v>1250</v>
       </c>
     </row>
     <row r="260" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
         <v>1251</v>
       </c>
       <c r="B260" t="s">
         <v>1252</v>
       </c>
       <c r="C260" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D260" t="s">
         <v>19</v>
       </c>
       <c r="E260" t="s">
         <v>0</v>
       </c>
       <c r="F260" t="s">
         <v>21</v>
       </c>
       <c r="G260" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L260" t="s">
         <v>1253</v>
       </c>
       <c r="M260" t="s">
         <v>1254</v>
       </c>
       <c r="N260" t="s">
         <v>1255</v>
       </c>
     </row>
     <row r="261" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
         <v>1256</v>
       </c>
       <c r="B261" t="s">
         <v>1257</v>
       </c>
       <c r="C261" s="1">
-        <v>3</v>
+        <v>2.5</v>
       </c>
       <c r="D261" t="s">
         <v>19</v>
       </c>
       <c r="E261" t="s">
         <v>0</v>
       </c>
       <c r="F261" t="s">
         <v>21</v>
       </c>
       <c r="G261" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L261" t="s">
         <v>1258</v>
       </c>
       <c r="M261" t="s">
         <v>1259</v>
       </c>
       <c r="N261" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="262" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
         <v>1261</v>
       </c>
       <c r="B262" t="s">
         <v>1262</v>
       </c>
       <c r="C262" s="1">
-        <v>2</v>
+        <v>1.5</v>
       </c>
       <c r="D262" t="s">
         <v>19</v>
       </c>
       <c r="E262" t="s">
         <v>0</v>
       </c>
       <c r="F262" t="s">
         <v>21</v>
       </c>
       <c r="G262" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L262" t="s">
         <v>1263</v>
       </c>
       <c r="M262" t="s">
         <v>1264</v>
       </c>
       <c r="N262" t="s">
         <v>1265</v>
       </c>
     </row>
     <row r="263" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
         <v>1266</v>
       </c>
       <c r="B263" t="s">
         <v>1267</v>
       </c>
       <c r="C263" s="1">
-        <v>2.5</v>
+        <v>3</v>
       </c>
       <c r="D263" t="s">
         <v>19</v>
       </c>
       <c r="E263" t="s">
         <v>0</v>
       </c>
       <c r="F263" t="s">
         <v>21</v>
       </c>
       <c r="G263" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L263" t="s">
         <v>1268</v>
       </c>
       <c r="M263" t="s">
         <v>1269</v>
       </c>
       <c r="N263" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="264" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
         <v>1271</v>
       </c>
       <c r="B264" t="s">
         <v>1272</v>
       </c>
       <c r="C264" s="1">
-        <v>1.5</v>
+        <v>4.5</v>
       </c>
       <c r="D264" t="s">
         <v>19</v>
       </c>
       <c r="E264" t="s">
         <v>0</v>
       </c>
       <c r="F264" t="s">
         <v>21</v>
       </c>
       <c r="G264" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L264" t="s">
         <v>1273</v>
       </c>
       <c r="M264" t="s">
         <v>1274</v>
       </c>
       <c r="N264" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="265" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
         <v>1276</v>
       </c>
       <c r="B265" t="s">
         <v>1277</v>
       </c>
       <c r="C265" s="1">
-        <v>3</v>
+        <v>2.5</v>
       </c>
       <c r="D265" t="s">
         <v>19</v>
       </c>
       <c r="E265" t="s">
         <v>0</v>
       </c>
       <c r="F265" t="s">
         <v>21</v>
       </c>
       <c r="G265" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L265" t="s">
         <v>1278</v>
       </c>
       <c r="M265" t="s">
         <v>1279</v>
       </c>
       <c r="N265" t="s">
         <v>1280</v>
       </c>
     </row>
     <row r="266" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
         <v>1281</v>
       </c>
       <c r="B266" t="s">
         <v>1282</v>
       </c>
       <c r="C266" s="1">
-        <v>4.5</v>
+        <v>1</v>
       </c>
       <c r="D266" t="s">
         <v>19</v>
       </c>
       <c r="E266" t="s">
         <v>0</v>
       </c>
       <c r="F266" t="s">
         <v>21</v>
       </c>
       <c r="G266" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L266" t="s">
         <v>1283</v>
       </c>
       <c r="M266" t="s">
         <v>1284</v>
       </c>
       <c r="N266" t="s">
         <v>1285</v>
       </c>
     </row>
     <row r="267" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
         <v>1286</v>
       </c>
       <c r="B267" t="s">
         <v>1287</v>
       </c>
       <c r="C267" s="1">
-        <v>2.5</v>
+        <v>1</v>
       </c>
       <c r="D267" t="s">
         <v>19</v>
       </c>
       <c r="E267" t="s">
         <v>0</v>
       </c>
       <c r="F267" t="s">
         <v>21</v>
       </c>
       <c r="G267" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L267" t="s">
         <v>1288</v>
       </c>
       <c r="M267" t="s">
         <v>1289</v>
       </c>
       <c r="N267" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="268" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
         <v>1291</v>
       </c>
       <c r="B268" t="s">
         <v>1292</v>
       </c>
       <c r="C268" s="1">
         <v>1</v>
       </c>
       <c r="D268" t="s">
         <v>19</v>
       </c>
       <c r="E268" t="s">
         <v>0</v>
       </c>
       <c r="F268" t="s">
         <v>21</v>
       </c>
       <c r="G268" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L268" t="s">
         <v>1293</v>
       </c>
       <c r="M268" t="s">
         <v>1294</v>
       </c>
       <c r="N268" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="269" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
         <v>1296</v>
       </c>
       <c r="B269" t="s">
         <v>1297</v>
       </c>
       <c r="C269" s="1">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="D269" t="s">
         <v>19</v>
       </c>
       <c r="E269" t="s">
-        <v>0</v>
+        <v>1298</v>
       </c>
       <c r="F269" t="s">
         <v>21</v>
       </c>
       <c r="G269" t="s">
-        <v>1247</v>
+        <v>1299</v>
+      </c>
+      <c r="H269" t="s">
+        <v>934</v>
+      </c>
+      <c r="I269">
+        <v>1</v>
       </c>
       <c r="L269" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="M269" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="N269" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="270" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="B270" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="C270" s="1">
-        <v>1</v>
+        <v>222</v>
       </c>
       <c r="D270" t="s">
         <v>19</v>
       </c>
       <c r="E270" t="s">
-        <v>0</v>
+        <v>1305</v>
       </c>
       <c r="F270" t="s">
         <v>21</v>
       </c>
       <c r="G270" t="s">
-        <v>1247</v>
+        <v>1306</v>
+      </c>
+      <c r="H270" t="s">
+        <v>934</v>
+      </c>
+      <c r="I270">
+        <v>1</v>
       </c>
       <c r="L270" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="M270" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="N270" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="271" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="B271" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="C271" s="1">
-        <v>60</v>
+        <v>175</v>
       </c>
       <c r="D271" t="s">
         <v>19</v>
       </c>
       <c r="E271" t="s">
-        <v>1308</v>
+        <v>1305</v>
       </c>
       <c r="F271" t="s">
         <v>21</v>
       </c>
       <c r="G271" t="s">
-        <v>1309</v>
+        <v>1306</v>
       </c>
       <c r="H271" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I271">
         <v>1</v>
       </c>
       <c r="L271" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="M271" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="N271" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="272" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="B272" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="C272" s="1">
-        <v>222</v>
+        <v>247</v>
       </c>
       <c r="D272" t="s">
         <v>19</v>
       </c>
       <c r="E272" t="s">
-        <v>1315</v>
+        <v>1305</v>
       </c>
       <c r="F272" t="s">
         <v>21</v>
       </c>
       <c r="G272" t="s">
-        <v>1316</v>
+        <v>1306</v>
       </c>
       <c r="H272" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I272">
         <v>1</v>
       </c>
       <c r="L272" t="s">
         <v>1317</v>
       </c>
       <c r="M272" t="s">
         <v>1318</v>
       </c>
       <c r="N272" t="s">
         <v>1319</v>
       </c>
     </row>
     <row r="273" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
         <v>1320</v>
       </c>
       <c r="B273" t="s">
         <v>1321</v>
       </c>
       <c r="C273" s="1">
-        <v>175</v>
+        <v>193</v>
       </c>
       <c r="D273" t="s">
         <v>19</v>
       </c>
       <c r="E273" t="s">
-        <v>1315</v>
+        <v>1305</v>
       </c>
       <c r="F273" t="s">
         <v>21</v>
       </c>
       <c r="G273" t="s">
-        <v>1316</v>
+        <v>1306</v>
       </c>
       <c r="H273" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I273">
         <v>1</v>
       </c>
       <c r="L273" t="s">
         <v>1322</v>
       </c>
       <c r="M273" t="s">
         <v>1323</v>
       </c>
       <c r="N273" t="s">
         <v>1324</v>
       </c>
     </row>
     <row r="274" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
         <v>1325</v>
       </c>
       <c r="B274" t="s">
         <v>1326</v>
       </c>
       <c r="C274" s="1">
-        <v>247</v>
+        <v>368</v>
       </c>
       <c r="D274" t="s">
         <v>19</v>
       </c>
       <c r="E274" t="s">
-        <v>1315</v>
+        <v>1305</v>
       </c>
       <c r="F274" t="s">
         <v>21</v>
       </c>
       <c r="G274" t="s">
-        <v>1316</v>
+        <v>1306</v>
       </c>
       <c r="H274" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I274">
         <v>1</v>
       </c>
       <c r="L274" t="s">
         <v>1327</v>
       </c>
       <c r="M274" t="s">
         <v>1328</v>
       </c>
       <c r="N274" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="275" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
         <v>1330</v>
       </c>
       <c r="B275" t="s">
         <v>1331</v>
       </c>
       <c r="C275" s="1">
-        <v>193</v>
+        <v>252</v>
       </c>
       <c r="D275" t="s">
         <v>19</v>
       </c>
       <c r="E275" t="s">
-        <v>1315</v>
+        <v>1305</v>
       </c>
       <c r="F275" t="s">
         <v>21</v>
       </c>
       <c r="G275" t="s">
-        <v>1316</v>
+        <v>1306</v>
       </c>
       <c r="H275" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I275">
         <v>1</v>
       </c>
       <c r="L275" t="s">
         <v>1332</v>
       </c>
       <c r="M275" t="s">
         <v>1333</v>
       </c>
       <c r="N275" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="276" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
         <v>1335</v>
       </c>
       <c r="B276" t="s">
         <v>1336</v>
       </c>
       <c r="C276" s="1">
-        <v>368</v>
+        <v>63</v>
       </c>
       <c r="D276" t="s">
         <v>19</v>
       </c>
       <c r="E276" t="s">
-        <v>1315</v>
+        <v>1337</v>
       </c>
       <c r="F276" t="s">
         <v>21</v>
       </c>
       <c r="G276" t="s">
-        <v>1316</v>
+        <v>1338</v>
       </c>
       <c r="H276" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I276">
         <v>1</v>
       </c>
       <c r="L276" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="M276" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="N276" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="277" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="B277" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="C277" s="1">
-        <v>252</v>
+        <v>97</v>
       </c>
       <c r="D277" t="s">
         <v>19</v>
       </c>
       <c r="E277" t="s">
-        <v>1315</v>
+        <v>1337</v>
       </c>
       <c r="F277" t="s">
         <v>21</v>
       </c>
       <c r="G277" t="s">
-        <v>1316</v>
+        <v>1338</v>
       </c>
       <c r="H277" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I277">
         <v>1</v>
       </c>
       <c r="L277" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="M277" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="N277" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="278" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="B278" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="C278" s="1">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="D278" t="s">
         <v>19</v>
       </c>
       <c r="E278" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F278" t="s">
         <v>21</v>
       </c>
       <c r="G278" t="s">
-        <v>1348</v>
+        <v>1338</v>
       </c>
       <c r="H278" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I278">
         <v>1</v>
       </c>
       <c r="L278" t="s">
         <v>1349</v>
       </c>
       <c r="M278" t="s">
         <v>1350</v>
       </c>
       <c r="N278" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="279" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
         <v>1352</v>
       </c>
       <c r="B279" t="s">
         <v>1353</v>
       </c>
       <c r="C279" s="1">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="D279" t="s">
         <v>19</v>
       </c>
       <c r="E279" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F279" t="s">
         <v>21</v>
       </c>
       <c r="G279" t="s">
-        <v>1348</v>
+        <v>1338</v>
       </c>
       <c r="H279" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I279">
         <v>1</v>
       </c>
       <c r="L279" t="s">
         <v>1354</v>
       </c>
       <c r="M279" t="s">
         <v>1355</v>
       </c>
       <c r="N279" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="280" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
         <v>1357</v>
       </c>
       <c r="B280" t="s">
         <v>1358</v>
       </c>
       <c r="C280" s="1">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="D280" t="s">
         <v>19</v>
       </c>
       <c r="E280" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F280" t="s">
         <v>21</v>
       </c>
       <c r="G280" t="s">
-        <v>1348</v>
+        <v>1338</v>
       </c>
       <c r="H280" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I280">
         <v>1</v>
       </c>
       <c r="L280" t="s">
         <v>1359</v>
       </c>
       <c r="M280" t="s">
         <v>1360</v>
       </c>
       <c r="N280" t="s">
         <v>1361</v>
       </c>
     </row>
     <row r="281" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
         <v>1362</v>
       </c>
       <c r="B281" t="s">
         <v>1363</v>
       </c>
       <c r="C281" s="1">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D281" t="s">
         <v>19</v>
       </c>
       <c r="E281" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F281" t="s">
         <v>21</v>
       </c>
       <c r="G281" t="s">
-        <v>1348</v>
+        <v>1338</v>
       </c>
       <c r="H281" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I281">
         <v>1</v>
       </c>
       <c r="L281" t="s">
         <v>1364</v>
       </c>
       <c r="M281" t="s">
         <v>1365</v>
       </c>
       <c r="N281" t="s">
         <v>1366</v>
       </c>
     </row>
     <row r="282" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
         <v>1367</v>
       </c>
       <c r="B282" t="s">
         <v>1368</v>
       </c>
       <c r="C282" s="1">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="D282" t="s">
         <v>19</v>
       </c>
       <c r="E282" t="s">
-        <v>1347</v>
+        <v>0</v>
       </c>
       <c r="F282" t="s">
         <v>21</v>
       </c>
       <c r="G282" t="s">
-        <v>1348</v>
+        <v>1120</v>
       </c>
       <c r="H282" t="s">
-        <v>935</v>
+        <v>103</v>
       </c>
       <c r="I282">
         <v>1</v>
       </c>
       <c r="L282" t="s">
         <v>1369</v>
       </c>
       <c r="M282" t="s">
         <v>1370</v>
       </c>
       <c r="N282" t="s">
         <v>1371</v>
       </c>
     </row>
     <row r="283" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
         <v>1372</v>
       </c>
       <c r="B283" t="s">
         <v>1373</v>
       </c>
       <c r="C283" s="1">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="D283" t="s">
         <v>19</v>
       </c>
       <c r="E283" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F283" t="s">
         <v>21</v>
       </c>
       <c r="G283" t="s">
-        <v>1348</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1338</v>
       </c>
       <c r="L283" t="s">
         <v>1374</v>
       </c>
       <c r="M283" t="s">
         <v>1375</v>
       </c>
       <c r="N283" t="s">
         <v>1376</v>
       </c>
     </row>
     <row r="284" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
         <v>1377</v>
       </c>
       <c r="B284" t="s">
         <v>1378</v>
       </c>
       <c r="C284" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D284" t="s">
         <v>19</v>
       </c>
       <c r="E284" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F284" t="s">
         <v>21</v>
       </c>
       <c r="G284" t="s">
-        <v>1130</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1338</v>
       </c>
       <c r="L284" t="s">
         <v>1379</v>
       </c>
       <c r="M284" t="s">
         <v>1380</v>
       </c>
       <c r="N284" t="s">
         <v>1381</v>
       </c>
     </row>
     <row r="285" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
         <v>1382</v>
       </c>
       <c r="B285" t="s">
         <v>1383</v>
       </c>
       <c r="C285" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="D285" t="s">
         <v>19</v>
       </c>
       <c r="E285" t="s">
         <v>29</v>
       </c>
       <c r="F285" t="s">
         <v>21</v>
       </c>
       <c r="G285" t="s">
-        <v>1348</v>
+        <v>1338</v>
       </c>
       <c r="L285" t="s">
         <v>1384</v>
       </c>
       <c r="M285" t="s">
         <v>1385</v>
       </c>
       <c r="N285" t="s">
         <v>1386</v>
       </c>
     </row>
     <row r="286" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
         <v>1387</v>
       </c>
       <c r="B286" t="s">
         <v>1388</v>
       </c>
       <c r="C286" s="1">
         <v>30</v>
       </c>
       <c r="D286" t="s">
         <v>19</v>
       </c>
       <c r="E286" t="s">
         <v>29</v>
       </c>
       <c r="F286" t="s">
         <v>21</v>
       </c>
       <c r="G286" t="s">
-        <v>1348</v>
+        <v>1338</v>
       </c>
       <c r="L286" t="s">
         <v>1389</v>
       </c>
       <c r="M286" t="s">
         <v>1390</v>
       </c>
       <c r="N286" t="s">
         <v>1391</v>
       </c>
     </row>
     <row r="287" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
         <v>1392</v>
       </c>
       <c r="B287" t="s">
         <v>1393</v>
       </c>
       <c r="C287" s="1">
         <v>30</v>
       </c>
       <c r="D287" t="s">
         <v>19</v>
       </c>
       <c r="E287" t="s">
         <v>29</v>
       </c>
       <c r="F287" t="s">
         <v>21</v>
       </c>
       <c r="G287" t="s">
-        <v>1348</v>
+        <v>1338</v>
       </c>
       <c r="L287" t="s">
         <v>1394</v>
       </c>
       <c r="M287" t="s">
         <v>1395</v>
       </c>
       <c r="N287" t="s">
         <v>1396</v>
       </c>
     </row>
     <row r="288" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
         <v>1397</v>
       </c>
       <c r="B288" t="s">
         <v>1398</v>
       </c>
       <c r="C288" s="1">
         <v>222</v>
       </c>
       <c r="D288" t="s">
         <v>19</v>
       </c>
       <c r="E288" t="s">
-        <v>1315</v>
+        <v>1305</v>
       </c>
       <c r="F288" t="s">
         <v>21</v>
       </c>
       <c r="G288" t="s">
-        <v>1316</v>
+        <v>1306</v>
       </c>
       <c r="H288" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I288">
         <v>1</v>
       </c>
       <c r="L288" t="s">
         <v>1399</v>
       </c>
       <c r="M288" t="s">
         <v>1400</v>
       </c>
       <c r="N288" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="289" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
         <v>1402</v>
       </c>
       <c r="B289" t="s">
         <v>1403</v>
       </c>
       <c r="C289" s="1">
         <v>260</v>
       </c>
       <c r="D289" t="s">
         <v>19</v>
       </c>
       <c r="E289" t="s">
-        <v>1315</v>
+        <v>1305</v>
       </c>
       <c r="F289" t="s">
         <v>21</v>
       </c>
       <c r="G289" t="s">
-        <v>1316</v>
+        <v>1306</v>
       </c>
       <c r="H289" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I289">
         <v>1</v>
       </c>
       <c r="L289" t="s">
         <v>1404</v>
       </c>
       <c r="M289" t="s">
         <v>1405</v>
       </c>
       <c r="N289" t="s">
         <v>1406</v>
       </c>
     </row>
     <row r="290" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
         <v>1407</v>
       </c>
       <c r="B290" t="s">
         <v>1408</v>
       </c>
       <c r="C290" s="1">
         <v>265</v>
       </c>
       <c r="D290" t="s">
         <v>19</v>
       </c>
       <c r="E290" t="s">
         <v>0</v>
       </c>
       <c r="F290" t="s">
         <v>21</v>
       </c>
       <c r="G290" t="s">
-        <v>1316</v>
+        <v>1306</v>
       </c>
       <c r="H290" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I290">
         <v>1</v>
       </c>
       <c r="L290" t="s">
         <v>1409</v>
       </c>
       <c r="M290" t="s">
         <v>1410</v>
       </c>
       <c r="N290" t="s">
         <v>1411</v>
       </c>
     </row>
     <row r="291" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
         <v>1412</v>
       </c>
       <c r="B291" t="s">
         <v>1413</v>
       </c>
       <c r="C291" s="1">
         <v>205</v>
       </c>
       <c r="D291" t="s">
         <v>19</v>
       </c>
       <c r="E291" t="s">
         <v>1414</v>
       </c>
       <c r="F291" t="s">
         <v>21</v>
       </c>
       <c r="G291" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H291" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I291">
         <v>1</v>
       </c>
       <c r="L291" t="s">
         <v>1415</v>
       </c>
       <c r="M291" t="s">
         <v>1416</v>
       </c>
       <c r="N291" t="s">
         <v>1417</v>
       </c>
     </row>
     <row r="292" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
         <v>1418</v>
       </c>
       <c r="B292" t="s">
         <v>1419</v>
       </c>
       <c r="C292" s="1">
         <v>241</v>
       </c>
       <c r="D292" t="s">
         <v>19</v>
       </c>
       <c r="E292" t="s">
         <v>1414</v>
       </c>
       <c r="F292" t="s">
         <v>21</v>
       </c>
       <c r="G292" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H292" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I292">
         <v>1</v>
       </c>
       <c r="L292" t="s">
         <v>1420</v>
       </c>
       <c r="M292" t="s">
         <v>1421</v>
       </c>
       <c r="N292" t="s">
         <v>1422</v>
       </c>
     </row>
     <row r="293" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
         <v>1423</v>
       </c>
       <c r="B293" t="s">
         <v>1424</v>
       </c>
       <c r="C293" s="1">
-        <v>235</v>
+        <v>71</v>
       </c>
       <c r="D293" t="s">
         <v>19</v>
       </c>
       <c r="E293" t="s">
         <v>1425</v>
       </c>
       <c r="F293" t="s">
         <v>21</v>
       </c>
       <c r="G293" t="s">
+        <v>791</v>
+      </c>
+      <c r="H293" t="s">
+        <v>934</v>
+      </c>
+      <c r="I293">
+        <v>1</v>
+      </c>
+      <c r="L293" t="s">
         <v>1426</v>
       </c>
-      <c r="H293" t="s">
-[...5 lines deleted...]
-      <c r="L293" t="s">
+      <c r="M293" t="s">
         <v>1427</v>
       </c>
-      <c r="M293" t="s">
+      <c r="N293" t="s">
         <v>1428</v>
-      </c>
-[...1 lines deleted...]
-        <v>1429</v>
       </c>
     </row>
     <row r="294" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B294" t="s">
         <v>1430</v>
       </c>
-      <c r="B294" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C294" s="1">
-        <v>155</v>
+        <v>81</v>
       </c>
       <c r="D294" t="s">
         <v>19</v>
       </c>
       <c r="E294" t="s">
-        <v>1432</v>
+        <v>1425</v>
       </c>
       <c r="F294" t="s">
         <v>21</v>
       </c>
       <c r="G294" t="s">
+        <v>791</v>
+      </c>
+      <c r="H294" t="s">
+        <v>934</v>
+      </c>
+      <c r="I294">
+        <v>1</v>
+      </c>
+      <c r="L294" t="s">
+        <v>1431</v>
+      </c>
+      <c r="M294" t="s">
+        <v>1432</v>
+      </c>
+      <c r="N294" t="s">
         <v>1433</v>
-      </c>
-[...13 lines deleted...]
-        <v>1437</v>
       </c>
     </row>
     <row r="295" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
-        <v>1438</v>
+        <v>1434</v>
       </c>
       <c r="B295" t="s">
-        <v>1439</v>
-[...2 lines deleted...]
-        <v>468</v>
+        <v>1435</v>
+      </c>
+      <c r="C295" s="1">
+        <v>206</v>
       </c>
       <c r="D295" t="s">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="E295" t="s">
-        <v>0</v>
+        <v>1425</v>
       </c>
       <c r="F295" t="s">
         <v>21</v>
       </c>
       <c r="G295" t="s">
-        <v>1440</v>
+        <v>791</v>
       </c>
       <c r="H295" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="I295">
         <v>1</v>
       </c>
       <c r="L295" t="s">
-        <v>1441</v>
+        <v>1437</v>
       </c>
       <c r="M295" t="s">
-        <v>1442</v>
+        <v>1438</v>
       </c>
       <c r="N295" t="s">
-        <v>1443</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="296" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
-        <v>1444</v>
+        <v>1440</v>
       </c>
       <c r="B296" t="s">
-        <v>1445</v>
+        <v>1441</v>
       </c>
       <c r="C296" s="1">
-        <v>71</v>
+        <v>221</v>
       </c>
       <c r="D296" t="s">
         <v>19</v>
       </c>
       <c r="E296" t="s">
-        <v>1446</v>
+        <v>1425</v>
       </c>
       <c r="F296" t="s">
         <v>21</v>
       </c>
       <c r="G296" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H296" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I296">
         <v>1</v>
       </c>
       <c r="L296" t="s">
-        <v>1447</v>
+        <v>1442</v>
       </c>
       <c r="M296" t="s">
-        <v>1448</v>
+        <v>1443</v>
       </c>
       <c r="N296" t="s">
-        <v>1449</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="297" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
-        <v>1450</v>
+        <v>1445</v>
       </c>
       <c r="B297" t="s">
-        <v>1451</v>
+        <v>1446</v>
       </c>
       <c r="C297" s="1">
-        <v>81</v>
+        <v>144</v>
       </c>
       <c r="D297" t="s">
         <v>19</v>
       </c>
       <c r="E297" t="s">
-        <v>1446</v>
+        <v>1425</v>
       </c>
       <c r="F297" t="s">
         <v>21</v>
       </c>
       <c r="G297" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H297" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I297">
         <v>1</v>
       </c>
       <c r="L297" t="s">
-        <v>1452</v>
+        <v>1447</v>
       </c>
       <c r="M297" t="s">
-        <v>1453</v>
+        <v>1448</v>
       </c>
       <c r="N297" t="s">
-        <v>1454</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="298" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
-        <v>1455</v>
+        <v>1450</v>
       </c>
       <c r="B298" t="s">
-        <v>1456</v>
+        <v>1451</v>
       </c>
       <c r="C298" s="1">
-        <v>206</v>
+        <v>75</v>
       </c>
       <c r="D298" t="s">
         <v>19</v>
       </c>
       <c r="E298" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="F298" t="s">
         <v>21</v>
       </c>
       <c r="G298" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H298" t="s">
-        <v>1434</v>
+        <v>934</v>
       </c>
       <c r="I298">
         <v>1</v>
       </c>
       <c r="L298" t="s">
-        <v>1457</v>
+        <v>1453</v>
       </c>
       <c r="M298" t="s">
-        <v>1458</v>
+        <v>1454</v>
       </c>
       <c r="N298" t="s">
-        <v>1459</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="299" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
-        <v>1460</v>
+        <v>1456</v>
       </c>
       <c r="B299" t="s">
-        <v>1461</v>
+        <v>1457</v>
       </c>
       <c r="C299" s="1">
-        <v>221</v>
+        <v>85</v>
       </c>
       <c r="D299" t="s">
         <v>19</v>
       </c>
       <c r="E299" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="F299" t="s">
         <v>21</v>
       </c>
       <c r="G299" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H299" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I299">
         <v>1</v>
       </c>
       <c r="L299" t="s">
-        <v>1462</v>
+        <v>1458</v>
       </c>
       <c r="M299" t="s">
-        <v>1463</v>
+        <v>1459</v>
       </c>
       <c r="N299" t="s">
-        <v>1464</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="300" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
-        <v>1465</v>
+        <v>1461</v>
       </c>
       <c r="B300" t="s">
-        <v>1466</v>
+        <v>1462</v>
       </c>
       <c r="C300" s="1">
-        <v>144</v>
+        <v>205</v>
       </c>
       <c r="D300" t="s">
         <v>19</v>
       </c>
       <c r="E300" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="F300" t="s">
         <v>21</v>
       </c>
       <c r="G300" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H300" t="s">
-        <v>935</v>
+        <v>1436</v>
       </c>
       <c r="I300">
         <v>1</v>
       </c>
       <c r="L300" t="s">
-        <v>1467</v>
+        <v>1463</v>
       </c>
       <c r="M300" t="s">
-        <v>1468</v>
+        <v>1464</v>
       </c>
       <c r="N300" t="s">
-        <v>1469</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="301" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
-        <v>1470</v>
+        <v>1466</v>
       </c>
       <c r="B301" t="s">
-        <v>1471</v>
+        <v>1467</v>
       </c>
       <c r="C301" s="1">
-        <v>75</v>
+        <v>267</v>
       </c>
       <c r="D301" t="s">
         <v>19</v>
       </c>
       <c r="E301" t="s">
-        <v>1472</v>
+        <v>1452</v>
       </c>
       <c r="F301" t="s">
         <v>21</v>
       </c>
       <c r="G301" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H301" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I301">
         <v>1</v>
       </c>
       <c r="L301" t="s">
-        <v>1473</v>
+        <v>1468</v>
       </c>
       <c r="M301" t="s">
-        <v>1474</v>
+        <v>1469</v>
       </c>
       <c r="N301" t="s">
-        <v>1475</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="302" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
-        <v>1476</v>
+        <v>1471</v>
       </c>
       <c r="B302" t="s">
-        <v>1477</v>
+        <v>1472</v>
       </c>
       <c r="C302" s="1">
-        <v>85</v>
+        <v>138</v>
       </c>
       <c r="D302" t="s">
         <v>19</v>
       </c>
       <c r="E302" t="s">
-        <v>1472</v>
+        <v>1452</v>
       </c>
       <c r="F302" t="s">
         <v>21</v>
       </c>
       <c r="G302" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H302" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I302">
         <v>1</v>
       </c>
       <c r="L302" t="s">
-        <v>1478</v>
+        <v>1473</v>
       </c>
       <c r="M302" t="s">
-        <v>1479</v>
+        <v>1474</v>
       </c>
       <c r="N302" t="s">
-        <v>1480</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="303" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
-        <v>1481</v>
+        <v>1476</v>
       </c>
       <c r="B303" t="s">
-        <v>1482</v>
+        <v>1477</v>
       </c>
       <c r="C303" s="1">
-        <v>205</v>
+        <v>85</v>
       </c>
       <c r="D303" t="s">
         <v>19</v>
       </c>
       <c r="E303" t="s">
-        <v>1472</v>
+        <v>1414</v>
       </c>
       <c r="F303" t="s">
         <v>21</v>
       </c>
       <c r="G303" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H303" t="s">
-        <v>1434</v>
+        <v>934</v>
       </c>
       <c r="I303">
         <v>1</v>
       </c>
       <c r="L303" t="s">
-        <v>1483</v>
+        <v>1478</v>
       </c>
       <c r="M303" t="s">
-        <v>1484</v>
+        <v>1479</v>
       </c>
       <c r="N303" t="s">
-        <v>1485</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="304" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="B304" t="s">
-        <v>1487</v>
+        <v>1482</v>
       </c>
       <c r="C304" s="1">
-        <v>267</v>
+        <v>97</v>
       </c>
       <c r="D304" t="s">
         <v>19</v>
       </c>
       <c r="E304" t="s">
-        <v>1472</v>
+        <v>1414</v>
       </c>
       <c r="F304" t="s">
         <v>21</v>
       </c>
       <c r="G304" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H304" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I304">
         <v>1</v>
       </c>
       <c r="L304" t="s">
-        <v>1488</v>
+        <v>1483</v>
       </c>
       <c r="M304" t="s">
-        <v>1489</v>
+        <v>1484</v>
       </c>
       <c r="N304" t="s">
-        <v>1490</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="305" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
-        <v>1491</v>
+        <v>1486</v>
       </c>
       <c r="B305" t="s">
-        <v>1492</v>
+        <v>1487</v>
       </c>
       <c r="C305" s="1">
-        <v>138</v>
+        <v>205</v>
       </c>
       <c r="D305" t="s">
         <v>19</v>
       </c>
       <c r="E305" t="s">
-        <v>1472</v>
+        <v>1414</v>
       </c>
       <c r="F305" t="s">
         <v>21</v>
       </c>
       <c r="G305" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H305" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I305">
         <v>1</v>
       </c>
       <c r="L305" t="s">
-        <v>1493</v>
+        <v>1488</v>
       </c>
       <c r="M305" t="s">
-        <v>1494</v>
+        <v>1489</v>
       </c>
       <c r="N305" t="s">
-        <v>1495</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="306" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
-        <v>1496</v>
+        <v>1491</v>
       </c>
       <c r="B306" t="s">
-        <v>1497</v>
+        <v>1492</v>
       </c>
       <c r="C306" s="1">
-        <v>85</v>
+        <v>256</v>
       </c>
       <c r="D306" t="s">
         <v>19</v>
       </c>
       <c r="E306" t="s">
         <v>1414</v>
       </c>
       <c r="F306" t="s">
         <v>21</v>
       </c>
       <c r="G306" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H306" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I306">
         <v>1</v>
       </c>
       <c r="L306" t="s">
-        <v>1498</v>
+        <v>1493</v>
       </c>
       <c r="M306" t="s">
-        <v>1499</v>
+        <v>1494</v>
       </c>
       <c r="N306" t="s">
-        <v>1500</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="307" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
-        <v>1501</v>
+        <v>1496</v>
       </c>
       <c r="B307" t="s">
-        <v>1502</v>
+        <v>1497</v>
       </c>
       <c r="C307" s="1">
-        <v>97</v>
+        <v>138</v>
       </c>
       <c r="D307" t="s">
         <v>19</v>
       </c>
       <c r="E307" t="s">
         <v>1414</v>
       </c>
       <c r="F307" t="s">
         <v>21</v>
       </c>
       <c r="G307" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H307" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I307">
         <v>1</v>
       </c>
       <c r="L307" t="s">
-        <v>1503</v>
+        <v>1498</v>
       </c>
       <c r="M307" t="s">
-        <v>1504</v>
+        <v>1499</v>
       </c>
       <c r="N307" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="308" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
-        <v>1506</v>
+        <v>1501</v>
       </c>
       <c r="B308" t="s">
-        <v>1507</v>
+        <v>1502</v>
       </c>
       <c r="C308" s="1">
-        <v>205</v>
+        <v>103</v>
       </c>
       <c r="D308" t="s">
         <v>19</v>
       </c>
       <c r="E308" t="s">
-        <v>1414</v>
+        <v>1452</v>
       </c>
       <c r="F308" t="s">
         <v>21</v>
       </c>
       <c r="G308" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H308" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I308">
         <v>1</v>
       </c>
       <c r="L308" t="s">
-        <v>1508</v>
+        <v>1503</v>
       </c>
       <c r="M308" t="s">
-        <v>1509</v>
+        <v>1504</v>
       </c>
       <c r="N308" t="s">
-        <v>1510</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="309" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A309" t="s">
-        <v>1511</v>
+        <v>1506</v>
       </c>
       <c r="B309" t="s">
-        <v>1512</v>
+        <v>1507</v>
       </c>
       <c r="C309" s="1">
-        <v>256</v>
+        <v>107</v>
       </c>
       <c r="D309" t="s">
         <v>19</v>
       </c>
       <c r="E309" t="s">
-        <v>1414</v>
+        <v>1452</v>
       </c>
       <c r="F309" t="s">
         <v>21</v>
       </c>
       <c r="G309" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H309" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I309">
         <v>1</v>
       </c>
       <c r="L309" t="s">
-        <v>1513</v>
+        <v>1508</v>
       </c>
       <c r="M309" t="s">
-        <v>1514</v>
+        <v>1509</v>
       </c>
       <c r="N309" t="s">
-        <v>1515</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="310" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A310" t="s">
-        <v>1516</v>
+        <v>1511</v>
       </c>
       <c r="B310" t="s">
-        <v>1517</v>
+        <v>1507</v>
       </c>
       <c r="C310" s="1">
-        <v>138</v>
+        <v>104</v>
       </c>
       <c r="D310" t="s">
         <v>19</v>
       </c>
       <c r="E310" t="s">
-        <v>1414</v>
+        <v>1452</v>
       </c>
       <c r="F310" t="s">
         <v>21</v>
       </c>
       <c r="G310" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H310" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I310">
         <v>1</v>
       </c>
       <c r="L310" t="s">
-        <v>1518</v>
+        <v>0</v>
       </c>
       <c r="M310" t="s">
-        <v>1519</v>
+        <v>1512</v>
       </c>
       <c r="N310" t="s">
-        <v>1520</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="311" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A311" t="s">
-        <v>1521</v>
+        <v>1514</v>
       </c>
       <c r="B311" t="s">
-        <v>1522</v>
+        <v>1515</v>
       </c>
       <c r="C311" s="1">
-        <v>103</v>
+        <v>216</v>
       </c>
       <c r="D311" t="s">
         <v>19</v>
       </c>
       <c r="E311" t="s">
-        <v>1472</v>
+        <v>1452</v>
       </c>
       <c r="F311" t="s">
         <v>21</v>
       </c>
       <c r="G311" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H311" t="s">
-        <v>935</v>
+        <v>1436</v>
       </c>
       <c r="I311">
         <v>1</v>
       </c>
       <c r="L311" t="s">
-        <v>1523</v>
+        <v>1516</v>
       </c>
       <c r="M311" t="s">
-        <v>1524</v>
+        <v>1517</v>
       </c>
       <c r="N311" t="s">
-        <v>1525</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="312" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A312" t="s">
-        <v>1526</v>
+        <v>1519</v>
       </c>
       <c r="B312" t="s">
-        <v>1527</v>
+        <v>1520</v>
       </c>
       <c r="C312" s="1">
-        <v>107</v>
+        <v>263</v>
       </c>
       <c r="D312" t="s">
         <v>19</v>
       </c>
       <c r="E312" t="s">
-        <v>1472</v>
+        <v>1452</v>
       </c>
       <c r="F312" t="s">
         <v>21</v>
       </c>
       <c r="G312" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H312" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I312">
         <v>1</v>
       </c>
       <c r="L312" t="s">
-        <v>1528</v>
+        <v>1521</v>
       </c>
       <c r="M312" t="s">
-        <v>1529</v>
+        <v>1522</v>
       </c>
       <c r="N312" t="s">
-        <v>1530</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="313" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A313" t="s">
-        <v>1531</v>
+        <v>1524</v>
       </c>
       <c r="B313" t="s">
-        <v>1527</v>
+        <v>1525</v>
       </c>
       <c r="C313" s="1">
-        <v>104</v>
+        <v>153</v>
       </c>
       <c r="D313" t="s">
         <v>19</v>
       </c>
       <c r="E313" t="s">
-        <v>1472</v>
+        <v>1452</v>
       </c>
       <c r="F313" t="s">
         <v>21</v>
       </c>
       <c r="G313" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H313" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I313">
         <v>1</v>
       </c>
       <c r="L313" t="s">
-        <v>0</v>
+        <v>1526</v>
       </c>
       <c r="M313" t="s">
-        <v>1532</v>
+        <v>1527</v>
       </c>
       <c r="N313" t="s">
-        <v>1533</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="314" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A314" t="s">
-        <v>1534</v>
+        <v>1529</v>
       </c>
       <c r="B314" t="s">
-        <v>1535</v>
+        <v>1530</v>
       </c>
       <c r="C314" s="1">
-        <v>216</v>
+        <v>107</v>
       </c>
       <c r="D314" t="s">
         <v>19</v>
       </c>
       <c r="E314" t="s">
-        <v>1472</v>
+        <v>1414</v>
       </c>
       <c r="F314" t="s">
         <v>21</v>
       </c>
       <c r="G314" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H314" t="s">
-        <v>1434</v>
+        <v>934</v>
       </c>
       <c r="I314">
         <v>1</v>
       </c>
       <c r="L314" t="s">
-        <v>1536</v>
+        <v>1531</v>
       </c>
       <c r="M314" t="s">
-        <v>1537</v>
+        <v>1532</v>
       </c>
       <c r="N314" t="s">
-        <v>1538</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="315" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A315" t="s">
-        <v>1539</v>
+        <v>1534</v>
       </c>
       <c r="B315" t="s">
-        <v>1540</v>
+        <v>1535</v>
       </c>
       <c r="C315" s="1">
-        <v>263</v>
+        <v>118</v>
       </c>
       <c r="D315" t="s">
         <v>19</v>
       </c>
       <c r="E315" t="s">
-        <v>1472</v>
+        <v>1414</v>
       </c>
       <c r="F315" t="s">
         <v>21</v>
       </c>
       <c r="G315" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H315" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I315">
         <v>1</v>
       </c>
       <c r="L315" t="s">
-        <v>1541</v>
+        <v>1536</v>
       </c>
       <c r="M315" t="s">
-        <v>1542</v>
+        <v>1537</v>
       </c>
       <c r="N315" t="s">
-        <v>1543</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="316" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A316" t="s">
-        <v>1544</v>
+        <v>1539</v>
       </c>
       <c r="B316" t="s">
-        <v>1545</v>
+        <v>1540</v>
       </c>
       <c r="C316" s="1">
-        <v>153</v>
+        <v>226</v>
       </c>
       <c r="D316" t="s">
         <v>19</v>
       </c>
       <c r="E316" t="s">
-        <v>1472</v>
+        <v>1414</v>
       </c>
       <c r="F316" t="s">
         <v>21</v>
       </c>
       <c r="G316" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H316" t="s">
-        <v>935</v>
+        <v>1436</v>
       </c>
       <c r="I316">
         <v>1</v>
       </c>
       <c r="L316" t="s">
-        <v>1546</v>
+        <v>1541</v>
       </c>
       <c r="M316" t="s">
-        <v>1547</v>
+        <v>1542</v>
       </c>
       <c r="N316" t="s">
-        <v>1548</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="317" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A317" t="s">
-        <v>1549</v>
+        <v>1544</v>
       </c>
       <c r="B317" t="s">
-        <v>1550</v>
+        <v>1545</v>
       </c>
       <c r="C317" s="1">
-        <v>107</v>
+        <v>267</v>
       </c>
       <c r="D317" t="s">
         <v>19</v>
       </c>
       <c r="E317" t="s">
         <v>1414</v>
       </c>
       <c r="F317" t="s">
         <v>21</v>
       </c>
       <c r="G317" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H317" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I317">
         <v>1</v>
       </c>
       <c r="L317" t="s">
-        <v>1551</v>
+        <v>1546</v>
       </c>
       <c r="M317" t="s">
-        <v>1552</v>
+        <v>1547</v>
       </c>
       <c r="N317" t="s">
-        <v>1553</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="318" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A318" t="s">
-        <v>1554</v>
+        <v>1549</v>
       </c>
       <c r="B318" t="s">
-        <v>1555</v>
+        <v>1550</v>
       </c>
       <c r="C318" s="1">
-        <v>118</v>
+        <v>153</v>
       </c>
       <c r="D318" t="s">
         <v>19</v>
       </c>
       <c r="E318" t="s">
         <v>1414</v>
       </c>
       <c r="F318" t="s">
         <v>21</v>
       </c>
       <c r="G318" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H318" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I318">
         <v>1</v>
       </c>
       <c r="L318" t="s">
-        <v>1556</v>
+        <v>1551</v>
       </c>
       <c r="M318" t="s">
-        <v>1557</v>
+        <v>1552</v>
       </c>
       <c r="N318" t="s">
-        <v>1558</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="319" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A319" t="s">
-        <v>1559</v>
+        <v>1554</v>
       </c>
       <c r="B319" t="s">
-        <v>1560</v>
+        <v>1530</v>
       </c>
       <c r="C319" s="1">
-        <v>226</v>
+        <v>104</v>
       </c>
       <c r="D319" t="s">
         <v>19</v>
       </c>
       <c r="E319" t="s">
         <v>1414</v>
       </c>
       <c r="F319" t="s">
         <v>21</v>
       </c>
       <c r="G319" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="H319" t="s">
-        <v>1434</v>
+        <v>934</v>
       </c>
       <c r="I319">
         <v>1</v>
       </c>
       <c r="L319" t="s">
-        <v>1561</v>
+        <v>0</v>
       </c>
       <c r="M319" t="s">
-        <v>1562</v>
+        <v>1555</v>
       </c>
       <c r="N319" t="s">
-        <v>1563</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="320" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A320" t="s">
-        <v>1564</v>
+        <v>1557</v>
       </c>
       <c r="B320" t="s">
-        <v>1565</v>
+        <v>1558</v>
       </c>
       <c r="C320" s="1">
-        <v>267</v>
+        <v>74</v>
       </c>
       <c r="D320" t="s">
         <v>19</v>
       </c>
       <c r="E320" t="s">
-        <v>1414</v>
+        <v>1305</v>
       </c>
       <c r="F320" t="s">
         <v>21</v>
       </c>
       <c r="G320" t="s">
-        <v>798</v>
+        <v>1559</v>
       </c>
       <c r="H320" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I320">
         <v>1</v>
       </c>
       <c r="L320" t="s">
-        <v>1566</v>
+        <v>1560</v>
       </c>
       <c r="M320" t="s">
-        <v>1567</v>
+        <v>1561</v>
       </c>
       <c r="N320" t="s">
-        <v>1568</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="321" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A321" t="s">
-        <v>1569</v>
+        <v>1563</v>
       </c>
       <c r="B321" t="s">
-        <v>1570</v>
+        <v>1564</v>
       </c>
       <c r="C321" s="1">
-        <v>153</v>
+        <v>68</v>
       </c>
       <c r="D321" t="s">
         <v>19</v>
       </c>
       <c r="E321" t="s">
         <v>1414</v>
       </c>
       <c r="F321" t="s">
         <v>21</v>
       </c>
       <c r="G321" t="s">
-        <v>798</v>
+        <v>1559</v>
       </c>
       <c r="H321" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I321">
         <v>1</v>
       </c>
       <c r="L321" t="s">
-        <v>1571</v>
+        <v>1565</v>
       </c>
       <c r="M321" t="s">
-        <v>1572</v>
+        <v>1566</v>
       </c>
       <c r="N321" t="s">
-        <v>1573</v>
+        <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A322" t="s">
-        <v>1574</v>
+        <v>1567</v>
       </c>
       <c r="B322" t="s">
-        <v>1550</v>
+        <v>1568</v>
       </c>
       <c r="C322" s="1">
-        <v>104</v>
+        <v>88</v>
       </c>
       <c r="D322" t="s">
         <v>19</v>
       </c>
       <c r="E322" t="s">
-        <v>1414</v>
+        <v>1305</v>
       </c>
       <c r="F322" t="s">
         <v>21</v>
       </c>
       <c r="G322" t="s">
-        <v>798</v>
+        <v>1559</v>
       </c>
       <c r="H322" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I322">
         <v>1</v>
       </c>
       <c r="L322" t="s">
-        <v>0</v>
+        <v>1569</v>
       </c>
       <c r="M322" t="s">
-        <v>1575</v>
+        <v>1570</v>
       </c>
       <c r="N322" t="s">
-        <v>1576</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="323" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A323" t="s">
-        <v>1577</v>
+        <v>1572</v>
       </c>
       <c r="B323" t="s">
-        <v>1578</v>
+        <v>1573</v>
       </c>
       <c r="C323" s="1">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="D323" t="s">
         <v>19</v>
       </c>
       <c r="E323" t="s">
-        <v>1315</v>
+        <v>1414</v>
       </c>
       <c r="F323" t="s">
         <v>21</v>
       </c>
       <c r="G323" t="s">
-        <v>1579</v>
+        <v>1559</v>
       </c>
       <c r="H323" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I323">
         <v>1</v>
       </c>
       <c r="L323" t="s">
-        <v>1580</v>
+        <v>1574</v>
       </c>
       <c r="M323" t="s">
-        <v>1581</v>
+        <v>1575</v>
       </c>
       <c r="N323" t="s">
-        <v>1582</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="324" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A324" t="s">
-        <v>1583</v>
+        <v>1577</v>
       </c>
       <c r="B324" t="s">
-        <v>1584</v>
+        <v>1578</v>
       </c>
       <c r="C324" s="1">
-        <v>68</v>
+        <v>88</v>
       </c>
       <c r="D324" t="s">
         <v>19</v>
       </c>
       <c r="E324" t="s">
-        <v>1414</v>
+        <v>1579</v>
       </c>
       <c r="F324" t="s">
         <v>21</v>
       </c>
       <c r="G324" t="s">
-        <v>1579</v>
+        <v>1559</v>
       </c>
       <c r="H324" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I324">
         <v>1</v>
       </c>
       <c r="L324" t="s">
-        <v>1585</v>
+        <v>1580</v>
       </c>
       <c r="M324" t="s">
-        <v>1586</v>
+        <v>1581</v>
       </c>
       <c r="N324" t="s">
-        <v>0</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="325" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A325" t="s">
-        <v>1587</v>
+        <v>1583</v>
       </c>
       <c r="B325" t="s">
-        <v>1588</v>
+        <v>1584</v>
       </c>
       <c r="C325" s="1">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="D325" t="s">
         <v>19</v>
       </c>
       <c r="E325" t="s">
-        <v>1315</v>
+        <v>1452</v>
       </c>
       <c r="F325" t="s">
         <v>21</v>
       </c>
       <c r="G325" t="s">
-        <v>1579</v>
+        <v>1559</v>
       </c>
       <c r="H325" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I325">
         <v>1</v>
       </c>
       <c r="L325" t="s">
-        <v>1589</v>
+        <v>1585</v>
       </c>
       <c r="M325" t="s">
-        <v>1590</v>
+        <v>1586</v>
       </c>
       <c r="N325" t="s">
-        <v>1591</v>
+        <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A326" t="s">
-        <v>1592</v>
+        <v>1587</v>
       </c>
       <c r="B326" t="s">
-        <v>1593</v>
+        <v>1588</v>
       </c>
       <c r="C326" s="1">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="D326" t="s">
         <v>19</v>
       </c>
       <c r="E326" t="s">
-        <v>1414</v>
+        <v>1305</v>
       </c>
       <c r="F326" t="s">
         <v>21</v>
       </c>
       <c r="G326" t="s">
-        <v>1579</v>
+        <v>1559</v>
       </c>
       <c r="H326" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I326">
         <v>1</v>
       </c>
       <c r="L326" t="s">
-        <v>1594</v>
+        <v>1589</v>
       </c>
       <c r="M326" t="s">
-        <v>1595</v>
+        <v>1590</v>
       </c>
       <c r="N326" t="s">
-        <v>1596</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="327" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A327" t="s">
-        <v>1597</v>
+        <v>1592</v>
       </c>
       <c r="B327" t="s">
-        <v>1598</v>
+        <v>1593</v>
       </c>
       <c r="C327" s="1">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="D327" t="s">
         <v>19</v>
       </c>
       <c r="E327" t="s">
-        <v>1599</v>
+        <v>1414</v>
       </c>
       <c r="F327" t="s">
         <v>21</v>
       </c>
       <c r="G327" t="s">
-        <v>1579</v>
+        <v>1559</v>
       </c>
       <c r="H327" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I327">
         <v>1</v>
       </c>
       <c r="L327" t="s">
-        <v>1600</v>
+        <v>1594</v>
       </c>
       <c r="M327" t="s">
-        <v>1601</v>
+        <v>1595</v>
       </c>
       <c r="N327" t="s">
-        <v>1602</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="328" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A328" t="s">
-        <v>1603</v>
+        <v>1597</v>
       </c>
       <c r="B328" t="s">
-        <v>1604</v>
+        <v>1598</v>
       </c>
       <c r="C328" s="1">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="D328" t="s">
         <v>19</v>
       </c>
       <c r="E328" t="s">
-        <v>1472</v>
+        <v>1425</v>
       </c>
       <c r="F328" t="s">
         <v>21</v>
       </c>
       <c r="G328" t="s">
-        <v>1579</v>
+        <v>823</v>
       </c>
       <c r="H328" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I328">
         <v>1</v>
       </c>
       <c r="L328" t="s">
-        <v>1605</v>
+        <v>1599</v>
       </c>
       <c r="M328" t="s">
-        <v>1606</v>
+        <v>1600</v>
       </c>
       <c r="N328" t="s">
-        <v>0</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="329" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A329" t="s">
-        <v>1607</v>
+        <v>1602</v>
       </c>
       <c r="B329" t="s">
-        <v>1608</v>
+        <v>1603</v>
       </c>
       <c r="C329" s="1">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="D329" t="s">
         <v>19</v>
       </c>
       <c r="E329" t="s">
-        <v>1315</v>
+        <v>1425</v>
       </c>
       <c r="F329" t="s">
         <v>21</v>
       </c>
       <c r="G329" t="s">
-        <v>1579</v>
+        <v>823</v>
       </c>
       <c r="H329" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I329">
         <v>1</v>
       </c>
       <c r="L329" t="s">
-        <v>1609</v>
+        <v>1604</v>
       </c>
       <c r="M329" t="s">
-        <v>1610</v>
+        <v>1605</v>
       </c>
       <c r="N329" t="s">
-        <v>1611</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="330" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A330" t="s">
-        <v>1612</v>
+        <v>1607</v>
       </c>
       <c r="B330" t="s">
-        <v>1613</v>
+        <v>1608</v>
       </c>
       <c r="C330" s="1">
-        <v>94</v>
+        <v>298</v>
       </c>
       <c r="D330" t="s">
         <v>19</v>
       </c>
       <c r="E330" t="s">
-        <v>1414</v>
+        <v>1425</v>
       </c>
       <c r="F330" t="s">
         <v>21</v>
       </c>
       <c r="G330" t="s">
-        <v>1579</v>
+        <v>823</v>
       </c>
       <c r="H330" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I330">
         <v>1</v>
       </c>
       <c r="L330" t="s">
-        <v>1614</v>
+        <v>1609</v>
       </c>
       <c r="M330" t="s">
-        <v>1615</v>
+        <v>1610</v>
       </c>
       <c r="N330" t="s">
-        <v>1616</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="331" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A331" t="s">
-        <v>1617</v>
+        <v>1612</v>
       </c>
       <c r="B331" t="s">
-        <v>1618</v>
+        <v>1613</v>
       </c>
       <c r="C331" s="1">
-        <v>107</v>
+        <v>180</v>
       </c>
       <c r="D331" t="s">
         <v>19</v>
       </c>
       <c r="E331" t="s">
-        <v>1446</v>
+        <v>1425</v>
       </c>
       <c r="F331" t="s">
         <v>21</v>
       </c>
       <c r="G331" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H331" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I331">
         <v>1</v>
       </c>
       <c r="L331" t="s">
-        <v>1619</v>
+        <v>1614</v>
       </c>
       <c r="M331" t="s">
-        <v>1620</v>
+        <v>1615</v>
       </c>
       <c r="N331" t="s">
-        <v>1621</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="332" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A332" t="s">
-        <v>1622</v>
+        <v>1617</v>
       </c>
       <c r="B332" t="s">
-        <v>1623</v>
+        <v>1618</v>
       </c>
       <c r="C332" s="1">
-        <v>107</v>
+        <v>174</v>
       </c>
       <c r="D332" t="s">
         <v>19</v>
       </c>
       <c r="E332" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="F332" t="s">
         <v>21</v>
       </c>
       <c r="G332" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H332" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I332">
         <v>1</v>
       </c>
       <c r="L332" t="s">
-        <v>1624</v>
+        <v>1619</v>
       </c>
       <c r="M332" t="s">
-        <v>1625</v>
+        <v>1620</v>
       </c>
       <c r="N332" t="s">
-        <v>1626</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="333" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A333" t="s">
-        <v>1627</v>
+        <v>1622</v>
       </c>
       <c r="B333" t="s">
-        <v>1628</v>
+        <v>1623</v>
       </c>
       <c r="C333" s="1">
-        <v>298</v>
+        <v>320</v>
       </c>
       <c r="D333" t="s">
         <v>19</v>
       </c>
       <c r="E333" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="F333" t="s">
         <v>21</v>
       </c>
       <c r="G333" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H333" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I333">
         <v>1</v>
       </c>
       <c r="L333" t="s">
-        <v>1629</v>
+        <v>1624</v>
       </c>
       <c r="M333" t="s">
-        <v>1630</v>
+        <v>1625</v>
       </c>
       <c r="N333" t="s">
-        <v>1631</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="334" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A334" t="s">
-        <v>1632</v>
+        <v>1627</v>
       </c>
       <c r="B334" t="s">
-        <v>1633</v>
+        <v>1628</v>
       </c>
       <c r="C334" s="1">
-        <v>180</v>
+        <v>113</v>
       </c>
       <c r="D334" t="s">
         <v>19</v>
       </c>
       <c r="E334" t="s">
-        <v>1446</v>
+        <v>1452</v>
       </c>
       <c r="F334" t="s">
         <v>21</v>
       </c>
       <c r="G334" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H334" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I334">
         <v>1</v>
       </c>
       <c r="L334" t="s">
-        <v>1634</v>
+        <v>1629</v>
       </c>
       <c r="M334" t="s">
-        <v>1635</v>
+        <v>1630</v>
       </c>
       <c r="N334" t="s">
-        <v>1636</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="335" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A335" t="s">
-        <v>1637</v>
+        <v>1632</v>
       </c>
       <c r="B335" t="s">
-        <v>1638</v>
+        <v>1633</v>
       </c>
       <c r="C335" s="1">
-        <v>174</v>
+        <v>304</v>
       </c>
       <c r="D335" t="s">
         <v>19</v>
       </c>
       <c r="E335" t="s">
-        <v>1472</v>
+        <v>1452</v>
       </c>
       <c r="F335" t="s">
         <v>21</v>
       </c>
       <c r="G335" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H335" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I335">
         <v>1</v>
       </c>
       <c r="L335" t="s">
-        <v>1639</v>
+        <v>1634</v>
       </c>
       <c r="M335" t="s">
-        <v>1640</v>
+        <v>1635</v>
       </c>
       <c r="N335" t="s">
-        <v>1641</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="336" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A336" t="s">
-        <v>1642</v>
+        <v>1637</v>
       </c>
       <c r="B336" t="s">
-        <v>1643</v>
+        <v>1638</v>
       </c>
       <c r="C336" s="1">
-        <v>320</v>
+        <v>186</v>
       </c>
       <c r="D336" t="s">
         <v>19</v>
       </c>
       <c r="E336" t="s">
-        <v>1472</v>
+        <v>1452</v>
       </c>
       <c r="F336" t="s">
         <v>21</v>
       </c>
       <c r="G336" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H336" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I336">
         <v>1</v>
       </c>
       <c r="L336" t="s">
-        <v>1644</v>
+        <v>1639</v>
       </c>
       <c r="M336" t="s">
-        <v>1645</v>
+        <v>1640</v>
       </c>
       <c r="N336" t="s">
-        <v>1646</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="337" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A337" t="s">
-        <v>1647</v>
+        <v>1642</v>
       </c>
       <c r="B337" t="s">
-        <v>1648</v>
+        <v>1643</v>
       </c>
       <c r="C337" s="1">
-        <v>113</v>
+        <v>198</v>
       </c>
       <c r="D337" t="s">
         <v>19</v>
       </c>
       <c r="E337" t="s">
-        <v>1472</v>
+        <v>1414</v>
       </c>
       <c r="F337" t="s">
         <v>21</v>
       </c>
       <c r="G337" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H337" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I337">
         <v>1</v>
       </c>
       <c r="L337" t="s">
-        <v>1649</v>
+        <v>1644</v>
       </c>
       <c r="M337" t="s">
-        <v>1650</v>
+        <v>1645</v>
       </c>
       <c r="N337" t="s">
-        <v>1651</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="338" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A338" t="s">
-        <v>1652</v>
+        <v>1647</v>
       </c>
       <c r="B338" t="s">
-        <v>1653</v>
+        <v>1648</v>
       </c>
       <c r="C338" s="1">
-        <v>304</v>
+        <v>130</v>
       </c>
       <c r="D338" t="s">
         <v>19</v>
       </c>
       <c r="E338" t="s">
-        <v>1472</v>
+        <v>1414</v>
       </c>
       <c r="F338" t="s">
         <v>21</v>
       </c>
       <c r="G338" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H338" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I338">
         <v>1</v>
       </c>
       <c r="L338" t="s">
-        <v>1654</v>
+        <v>1649</v>
       </c>
       <c r="M338" t="s">
-        <v>1655</v>
+        <v>1650</v>
       </c>
       <c r="N338" t="s">
-        <v>1656</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="339" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A339" t="s">
-        <v>1657</v>
+        <v>1652</v>
       </c>
       <c r="B339" t="s">
-        <v>1658</v>
+        <v>1653</v>
       </c>
       <c r="C339" s="1">
-        <v>186</v>
+        <v>321</v>
       </c>
       <c r="D339" t="s">
         <v>19</v>
       </c>
       <c r="E339" t="s">
-        <v>1472</v>
+        <v>1414</v>
       </c>
       <c r="F339" t="s">
         <v>21</v>
       </c>
       <c r="G339" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H339" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I339">
         <v>1</v>
       </c>
       <c r="L339" t="s">
-        <v>1659</v>
+        <v>0</v>
       </c>
       <c r="M339" t="s">
-        <v>1660</v>
+        <v>1654</v>
       </c>
       <c r="N339" t="s">
-        <v>1661</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="340" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A340" t="s">
-        <v>1662</v>
+        <v>1656</v>
       </c>
       <c r="B340" t="s">
-        <v>1663</v>
+        <v>1657</v>
       </c>
       <c r="C340" s="1">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="D340" t="s">
         <v>19</v>
       </c>
       <c r="E340" t="s">
         <v>1414</v>
       </c>
       <c r="F340" t="s">
         <v>21</v>
       </c>
       <c r="G340" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H340" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I340">
         <v>1</v>
       </c>
       <c r="L340" t="s">
-        <v>1664</v>
+        <v>1658</v>
       </c>
       <c r="M340" t="s">
-        <v>1665</v>
+        <v>1659</v>
       </c>
       <c r="N340" t="s">
-        <v>1666</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="341" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A341" t="s">
-        <v>1667</v>
+        <v>1661</v>
       </c>
       <c r="B341" t="s">
-        <v>1668</v>
+        <v>1662</v>
       </c>
       <c r="C341" s="1">
         <v>130</v>
       </c>
       <c r="D341" t="s">
         <v>19</v>
       </c>
       <c r="E341" t="s">
         <v>1414</v>
       </c>
       <c r="F341" t="s">
         <v>21</v>
       </c>
       <c r="G341" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H341" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I341">
         <v>1</v>
       </c>
       <c r="L341" t="s">
-        <v>1669</v>
+        <v>1663</v>
       </c>
       <c r="M341" t="s">
-        <v>1670</v>
+        <v>1664</v>
       </c>
       <c r="N341" t="s">
-        <v>1671</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="342" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A342" t="s">
-        <v>1672</v>
+        <v>1666</v>
       </c>
       <c r="B342" t="s">
-        <v>1673</v>
+        <v>1667</v>
       </c>
       <c r="C342" s="1">
         <v>321</v>
       </c>
       <c r="D342" t="s">
         <v>19</v>
       </c>
       <c r="E342" t="s">
         <v>1414</v>
       </c>
       <c r="F342" t="s">
         <v>21</v>
       </c>
       <c r="G342" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H342" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I342">
         <v>1</v>
       </c>
       <c r="L342" t="s">
-        <v>0</v>
+        <v>1668</v>
       </c>
       <c r="M342" t="s">
-        <v>1674</v>
+        <v>1669</v>
       </c>
       <c r="N342" t="s">
-        <v>1675</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="343" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A343" t="s">
-        <v>1676</v>
+        <v>1671</v>
       </c>
       <c r="B343" t="s">
-        <v>1677</v>
+        <v>1672</v>
       </c>
       <c r="C343" s="1">
         <v>205</v>
       </c>
       <c r="D343" t="s">
         <v>19</v>
       </c>
       <c r="E343" t="s">
         <v>1414</v>
       </c>
       <c r="F343" t="s">
         <v>21</v>
       </c>
       <c r="G343" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H343" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I343">
         <v>1</v>
       </c>
       <c r="L343" t="s">
-        <v>1678</v>
+        <v>1673</v>
       </c>
       <c r="M343" t="s">
-        <v>1679</v>
+        <v>1674</v>
       </c>
       <c r="N343" t="s">
-        <v>1680</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="344" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A344" t="s">
-        <v>1681</v>
+        <v>1676</v>
       </c>
       <c r="B344" t="s">
-        <v>1682</v>
+        <v>1677</v>
       </c>
       <c r="C344" s="1">
-        <v>130</v>
+        <v>205</v>
       </c>
       <c r="D344" t="s">
         <v>19</v>
       </c>
       <c r="E344" t="s">
-        <v>1414</v>
+        <v>1452</v>
       </c>
       <c r="F344" t="s">
         <v>21</v>
       </c>
       <c r="G344" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H344" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I344">
         <v>1</v>
       </c>
       <c r="L344" t="s">
-        <v>1683</v>
+        <v>1678</v>
       </c>
       <c r="M344" t="s">
-        <v>1684</v>
+        <v>1679</v>
       </c>
       <c r="N344" t="s">
-        <v>1685</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="345" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A345" t="s">
-        <v>1686</v>
+        <v>1681</v>
       </c>
       <c r="B345" t="s">
-        <v>1687</v>
+        <v>1682</v>
       </c>
       <c r="C345" s="1">
-        <v>321</v>
+        <v>360</v>
       </c>
       <c r="D345" t="s">
         <v>19</v>
       </c>
       <c r="E345" t="s">
-        <v>1414</v>
+        <v>1452</v>
       </c>
       <c r="F345" t="s">
         <v>21</v>
       </c>
       <c r="G345" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H345" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I345">
         <v>1</v>
       </c>
       <c r="L345" t="s">
-        <v>1688</v>
+        <v>1683</v>
       </c>
       <c r="M345" t="s">
-        <v>1689</v>
+        <v>1684</v>
       </c>
       <c r="N345" t="s">
-        <v>1690</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="346" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A346" t="s">
-        <v>1691</v>
+        <v>1686</v>
       </c>
       <c r="B346" t="s">
-        <v>1692</v>
+        <v>1687</v>
       </c>
       <c r="C346" s="1">
-        <v>205</v>
+        <v>136</v>
       </c>
       <c r="D346" t="s">
         <v>19</v>
       </c>
       <c r="E346" t="s">
-        <v>1414</v>
+        <v>1452</v>
       </c>
       <c r="F346" t="s">
         <v>21</v>
       </c>
       <c r="G346" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H346" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I346">
         <v>1</v>
       </c>
       <c r="L346" t="s">
-        <v>1693</v>
+        <v>1688</v>
       </c>
       <c r="M346" t="s">
-        <v>1694</v>
+        <v>1689</v>
       </c>
       <c r="N346" t="s">
-        <v>1695</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="347" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A347" t="s">
-        <v>1696</v>
+        <v>1691</v>
       </c>
       <c r="B347" t="s">
-        <v>1697</v>
+        <v>1692</v>
       </c>
       <c r="C347" s="1">
-        <v>205</v>
+        <v>329</v>
       </c>
       <c r="D347" t="s">
         <v>19</v>
       </c>
       <c r="E347" t="s">
-        <v>1472</v>
+        <v>1452</v>
       </c>
       <c r="F347" t="s">
         <v>21</v>
       </c>
       <c r="G347" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H347" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I347">
         <v>1</v>
       </c>
       <c r="L347" t="s">
-        <v>1698</v>
+        <v>1693</v>
       </c>
       <c r="M347" t="s">
-        <v>1699</v>
+        <v>1694</v>
       </c>
       <c r="N347" t="s">
-        <v>1700</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="348" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A348" t="s">
-        <v>1701</v>
+        <v>1696</v>
       </c>
       <c r="B348" t="s">
-        <v>1702</v>
+        <v>1697</v>
       </c>
       <c r="C348" s="1">
-        <v>360</v>
+        <v>211</v>
       </c>
       <c r="D348" t="s">
         <v>19</v>
       </c>
       <c r="E348" t="s">
-        <v>1472</v>
+        <v>1452</v>
       </c>
       <c r="F348" t="s">
         <v>21</v>
       </c>
       <c r="G348" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H348" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I348">
         <v>1</v>
       </c>
       <c r="L348" t="s">
-        <v>1703</v>
+        <v>1698</v>
       </c>
       <c r="M348" t="s">
-        <v>1704</v>
+        <v>1699</v>
       </c>
       <c r="N348" t="s">
-        <v>1705</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="349" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A349" t="s">
-        <v>1706</v>
+        <v>1701</v>
       </c>
       <c r="B349" t="s">
-        <v>1707</v>
+        <v>1702</v>
       </c>
       <c r="C349" s="1">
-        <v>136</v>
+        <v>192</v>
       </c>
       <c r="D349" t="s">
         <v>19</v>
       </c>
       <c r="E349" t="s">
-        <v>1472</v>
+        <v>1414</v>
       </c>
       <c r="F349" t="s">
         <v>21</v>
       </c>
       <c r="G349" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H349" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I349">
         <v>1</v>
       </c>
       <c r="L349" t="s">
-        <v>1708</v>
+        <v>1703</v>
       </c>
       <c r="M349" t="s">
-        <v>1709</v>
+        <v>1704</v>
       </c>
       <c r="N349" t="s">
-        <v>1710</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="350" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A350" t="s">
-        <v>1711</v>
+        <v>1706</v>
       </c>
       <c r="B350" t="s">
-        <v>1712</v>
+        <v>1677</v>
       </c>
       <c r="C350" s="1">
-        <v>329</v>
+        <v>192</v>
       </c>
       <c r="D350" t="s">
         <v>19</v>
       </c>
       <c r="E350" t="s">
-        <v>1472</v>
+        <v>1414</v>
       </c>
       <c r="F350" t="s">
         <v>21</v>
       </c>
       <c r="G350" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H350" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I350">
         <v>1</v>
       </c>
       <c r="L350" t="s">
-        <v>1713</v>
+        <v>1707</v>
       </c>
       <c r="M350" t="s">
-        <v>1714</v>
+        <v>1708</v>
       </c>
       <c r="N350" t="s">
-        <v>1715</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="351" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A351" t="s">
-        <v>1716</v>
+        <v>1710</v>
       </c>
       <c r="B351" t="s">
-        <v>1717</v>
+        <v>1711</v>
       </c>
       <c r="C351" s="1">
-        <v>211</v>
+        <v>231</v>
       </c>
       <c r="D351" t="s">
         <v>19</v>
       </c>
       <c r="E351" t="s">
-        <v>1472</v>
+        <v>1414</v>
       </c>
       <c r="F351" t="s">
         <v>21</v>
       </c>
       <c r="G351" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H351" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I351">
         <v>1</v>
       </c>
       <c r="L351" t="s">
-        <v>1718</v>
+        <v>1712</v>
       </c>
       <c r="M351" t="s">
-        <v>1719</v>
+        <v>1713</v>
       </c>
       <c r="N351" t="s">
-        <v>1720</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="352" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A352" t="s">
-        <v>1721</v>
+        <v>1715</v>
       </c>
       <c r="B352" t="s">
-        <v>1722</v>
+        <v>1716</v>
       </c>
       <c r="C352" s="1">
-        <v>192</v>
+        <v>412</v>
       </c>
       <c r="D352" t="s">
         <v>19</v>
       </c>
       <c r="E352" t="s">
         <v>1414</v>
       </c>
       <c r="F352" t="s">
         <v>21</v>
       </c>
       <c r="G352" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H352" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I352">
         <v>1</v>
       </c>
       <c r="L352" t="s">
-        <v>1723</v>
+        <v>0</v>
       </c>
       <c r="M352" t="s">
-        <v>1724</v>
+        <v>1717</v>
       </c>
       <c r="N352" t="s">
-        <v>1725</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="353" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A353" t="s">
-        <v>1726</v>
+        <v>1719</v>
       </c>
       <c r="B353" t="s">
-        <v>1697</v>
+        <v>1720</v>
       </c>
       <c r="C353" s="1">
-        <v>192</v>
+        <v>141</v>
       </c>
       <c r="D353" t="s">
         <v>19</v>
       </c>
       <c r="E353" t="s">
         <v>1414</v>
       </c>
       <c r="F353" t="s">
         <v>21</v>
       </c>
       <c r="G353" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H353" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I353">
         <v>1</v>
       </c>
       <c r="L353" t="s">
-        <v>1727</v>
+        <v>1721</v>
       </c>
       <c r="M353" t="s">
-        <v>1728</v>
+        <v>1722</v>
       </c>
       <c r="N353" t="s">
-        <v>1729</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="354" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A354" t="s">
-        <v>1730</v>
+        <v>1724</v>
       </c>
       <c r="B354" t="s">
-        <v>1731</v>
+        <v>1725</v>
       </c>
       <c r="C354" s="1">
-        <v>231</v>
+        <v>217</v>
       </c>
       <c r="D354" t="s">
         <v>19</v>
       </c>
       <c r="E354" t="s">
         <v>1414</v>
       </c>
       <c r="F354" t="s">
         <v>21</v>
       </c>
       <c r="G354" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H354" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I354">
         <v>1</v>
       </c>
       <c r="L354" t="s">
-        <v>1732</v>
+        <v>1726</v>
       </c>
       <c r="M354" t="s">
-        <v>1733</v>
+        <v>1727</v>
       </c>
       <c r="N354" t="s">
-        <v>1734</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="355" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A355" t="s">
-        <v>1735</v>
+        <v>1729</v>
       </c>
       <c r="B355" t="s">
-        <v>1736</v>
+        <v>1730</v>
       </c>
       <c r="C355" s="1">
-        <v>412</v>
+        <v>141</v>
       </c>
       <c r="D355" t="s">
         <v>19</v>
       </c>
       <c r="E355" t="s">
         <v>1414</v>
       </c>
       <c r="F355" t="s">
         <v>21</v>
       </c>
       <c r="G355" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H355" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I355">
         <v>1</v>
       </c>
       <c r="L355" t="s">
-        <v>0</v>
+        <v>1731</v>
       </c>
       <c r="M355" t="s">
-        <v>1737</v>
+        <v>1732</v>
       </c>
       <c r="N355" t="s">
-        <v>1738</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="356" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A356" t="s">
-        <v>1739</v>
+        <v>1734</v>
       </c>
       <c r="B356" t="s">
-        <v>1740</v>
+        <v>1735</v>
       </c>
       <c r="C356" s="1">
-        <v>141</v>
+        <v>335</v>
       </c>
       <c r="D356" t="s">
         <v>19</v>
       </c>
       <c r="E356" t="s">
         <v>1414</v>
       </c>
       <c r="F356" t="s">
         <v>21</v>
       </c>
       <c r="G356" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H356" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I356">
         <v>1</v>
       </c>
       <c r="L356" t="s">
-        <v>1741</v>
+        <v>1736</v>
       </c>
       <c r="M356" t="s">
-        <v>1742</v>
+        <v>1737</v>
       </c>
       <c r="N356" t="s">
-        <v>1743</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="357" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A357" t="s">
-        <v>1744</v>
+        <v>1739</v>
       </c>
       <c r="B357" t="s">
-        <v>1745</v>
+        <v>1740</v>
       </c>
       <c r="C357" s="1">
-        <v>217</v>
+        <v>186</v>
       </c>
       <c r="D357" t="s">
         <v>19</v>
       </c>
       <c r="E357" t="s">
         <v>1414</v>
       </c>
       <c r="F357" t="s">
         <v>21</v>
       </c>
       <c r="G357" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H357" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I357">
         <v>1</v>
       </c>
       <c r="L357" t="s">
-        <v>1746</v>
+        <v>1741</v>
       </c>
       <c r="M357" t="s">
-        <v>1747</v>
+        <v>1742</v>
       </c>
       <c r="N357" t="s">
-        <v>1748</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="358" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A358" t="s">
-        <v>1749</v>
+        <v>1744</v>
       </c>
       <c r="B358" t="s">
-        <v>1750</v>
+        <v>1745</v>
       </c>
       <c r="C358" s="1">
-        <v>141</v>
+        <v>217</v>
       </c>
       <c r="D358" t="s">
         <v>19</v>
       </c>
       <c r="E358" t="s">
         <v>1414</v>
       </c>
       <c r="F358" t="s">
         <v>21</v>
       </c>
       <c r="G358" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="H358" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I358">
         <v>1</v>
       </c>
       <c r="L358" t="s">
-        <v>1751</v>
+        <v>1746</v>
       </c>
       <c r="M358" t="s">
-        <v>1752</v>
+        <v>1747</v>
       </c>
       <c r="N358" t="s">
-        <v>1753</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="359" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A359" t="s">
-        <v>1754</v>
+        <v>1749</v>
       </c>
       <c r="B359" t="s">
-        <v>1755</v>
+        <v>1750</v>
       </c>
       <c r="C359" s="1">
-        <v>335</v>
+        <v>113</v>
       </c>
       <c r="D359" t="s">
         <v>19</v>
       </c>
       <c r="E359" t="s">
-        <v>1414</v>
+        <v>1751</v>
       </c>
       <c r="F359" t="s">
         <v>21</v>
       </c>
       <c r="G359" t="s">
-        <v>830</v>
+        <v>1752</v>
       </c>
       <c r="H359" t="s">
-        <v>935</v>
+        <v>103</v>
       </c>
       <c r="I359">
         <v>1</v>
       </c>
       <c r="L359" t="s">
-        <v>1756</v>
+        <v>1753</v>
       </c>
       <c r="M359" t="s">
-        <v>1757</v>
+        <v>1754</v>
       </c>
       <c r="N359" t="s">
-        <v>1758</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="360" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A360" t="s">
-        <v>1759</v>
+        <v>1756</v>
       </c>
       <c r="B360" t="s">
-        <v>1760</v>
+        <v>1757</v>
       </c>
       <c r="C360" s="1">
-        <v>186</v>
+        <v>113</v>
       </c>
       <c r="D360" t="s">
         <v>19</v>
       </c>
       <c r="E360" t="s">
-        <v>1414</v>
+        <v>1751</v>
       </c>
       <c r="F360" t="s">
         <v>21</v>
       </c>
       <c r="G360" t="s">
-        <v>830</v>
+        <v>1752</v>
       </c>
       <c r="H360" t="s">
-        <v>935</v>
+        <v>103</v>
       </c>
       <c r="I360">
         <v>1</v>
       </c>
       <c r="L360" t="s">
-        <v>1761</v>
+        <v>1758</v>
       </c>
       <c r="M360" t="s">
-        <v>1762</v>
+        <v>1759</v>
       </c>
       <c r="N360" t="s">
-        <v>1763</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="361" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A361" t="s">
-        <v>1764</v>
+        <v>1761</v>
       </c>
       <c r="B361" t="s">
-        <v>1765</v>
+        <v>1762</v>
       </c>
       <c r="C361" s="1">
-        <v>217</v>
+        <v>160</v>
       </c>
       <c r="D361" t="s">
         <v>19</v>
       </c>
       <c r="E361" t="s">
-        <v>1414</v>
+        <v>1751</v>
       </c>
       <c r="F361" t="s">
         <v>21</v>
       </c>
       <c r="G361" t="s">
-        <v>830</v>
+        <v>1752</v>
       </c>
       <c r="H361" t="s">
-        <v>935</v>
+        <v>103</v>
       </c>
       <c r="I361">
         <v>1</v>
       </c>
       <c r="L361" t="s">
-        <v>1766</v>
+        <v>1763</v>
       </c>
       <c r="M361" t="s">
-        <v>1767</v>
+        <v>1764</v>
       </c>
       <c r="N361" t="s">
-        <v>1768</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="362" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A362" t="s">
-        <v>1769</v>
+        <v>1766</v>
       </c>
       <c r="B362" t="s">
-        <v>1770</v>
+        <v>1767</v>
       </c>
       <c r="C362" s="1">
-        <v>113</v>
+        <v>160</v>
       </c>
       <c r="D362" t="s">
         <v>19</v>
       </c>
       <c r="E362" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F362" t="s">
         <v>21</v>
       </c>
       <c r="G362" t="s">
-        <v>1772</v>
+        <v>1752</v>
       </c>
       <c r="H362" t="s">
         <v>103</v>
       </c>
       <c r="I362">
         <v>1</v>
       </c>
       <c r="L362" t="s">
-        <v>1773</v>
+        <v>1768</v>
       </c>
       <c r="M362" t="s">
-        <v>1774</v>
+        <v>1769</v>
       </c>
       <c r="N362" t="s">
-        <v>1775</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="363" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A363" t="s">
-        <v>1776</v>
+        <v>1771</v>
       </c>
       <c r="B363" t="s">
-        <v>1777</v>
+        <v>1772</v>
       </c>
       <c r="C363" s="1">
-        <v>113</v>
+        <v>299</v>
       </c>
       <c r="D363" t="s">
         <v>19</v>
       </c>
       <c r="E363" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="F363" t="s">
         <v>21</v>
       </c>
       <c r="G363" t="s">
-        <v>1772</v>
+        <v>1752</v>
       </c>
       <c r="H363" t="s">
         <v>103</v>
       </c>
       <c r="I363">
         <v>1</v>
       </c>
       <c r="L363" t="s">
-        <v>1778</v>
+        <v>1774</v>
       </c>
       <c r="M363" t="s">
-        <v>1779</v>
+        <v>1775</v>
       </c>
       <c r="N363" t="s">
-        <v>1780</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="364" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A364" t="s">
-        <v>1781</v>
+        <v>1777</v>
       </c>
       <c r="B364" t="s">
-        <v>1782</v>
+        <v>1778</v>
       </c>
       <c r="C364" s="1">
-        <v>160</v>
+        <v>299</v>
       </c>
       <c r="D364" t="s">
         <v>19</v>
       </c>
       <c r="E364" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="F364" t="s">
         <v>21</v>
       </c>
       <c r="G364" t="s">
-        <v>1772</v>
+        <v>1752</v>
       </c>
       <c r="H364" t="s">
         <v>103</v>
       </c>
       <c r="I364">
         <v>1</v>
       </c>
       <c r="L364" t="s">
-        <v>1783</v>
+        <v>1780</v>
       </c>
       <c r="M364" t="s">
-        <v>1784</v>
+        <v>1781</v>
       </c>
       <c r="N364" t="s">
-        <v>1785</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="365" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A365" t="s">
-        <v>1786</v>
+        <v>1783</v>
       </c>
       <c r="B365" t="s">
-        <v>1787</v>
+        <v>1784</v>
       </c>
       <c r="C365" s="1">
-        <v>160</v>
+        <v>21</v>
       </c>
       <c r="D365" t="s">
         <v>19</v>
       </c>
       <c r="E365" t="s">
-        <v>1771</v>
+        <v>1337</v>
       </c>
       <c r="F365" t="s">
         <v>21</v>
       </c>
       <c r="G365" t="s">
-        <v>1772</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1752</v>
       </c>
       <c r="L365" t="s">
-        <v>1788</v>
+        <v>1785</v>
       </c>
       <c r="M365" t="s">
-        <v>1789</v>
+        <v>1786</v>
       </c>
       <c r="N365" t="s">
-        <v>1790</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="366" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A366" t="s">
-        <v>1791</v>
+        <v>1788</v>
       </c>
       <c r="B366" t="s">
-        <v>1792</v>
+        <v>1789</v>
       </c>
       <c r="C366" s="1">
-        <v>299</v>
+        <v>21</v>
       </c>
       <c r="D366" t="s">
         <v>19</v>
       </c>
       <c r="E366" t="s">
-        <v>1793</v>
+        <v>1337</v>
       </c>
       <c r="F366" t="s">
         <v>21</v>
       </c>
       <c r="G366" t="s">
-        <v>1772</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1752</v>
       </c>
       <c r="L366" t="s">
-        <v>1794</v>
+        <v>1790</v>
       </c>
       <c r="M366" t="s">
-        <v>1795</v>
+        <v>1791</v>
       </c>
       <c r="N366" t="s">
-        <v>1796</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="367" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A367" t="s">
-        <v>1797</v>
+        <v>1793</v>
       </c>
       <c r="B367" t="s">
-        <v>1798</v>
+        <v>1794</v>
       </c>
       <c r="C367" s="1">
-        <v>299</v>
+        <v>103</v>
       </c>
       <c r="D367" t="s">
         <v>19</v>
       </c>
       <c r="E367" t="s">
-        <v>1799</v>
+        <v>1751</v>
       </c>
       <c r="F367" t="s">
         <v>21</v>
       </c>
       <c r="G367" t="s">
-        <v>1772</v>
+        <v>1795</v>
       </c>
       <c r="H367" t="s">
         <v>103</v>
       </c>
       <c r="I367">
         <v>1</v>
       </c>
       <c r="L367" t="s">
-        <v>1800</v>
+        <v>1796</v>
       </c>
       <c r="M367" t="s">
-        <v>1801</v>
+        <v>1797</v>
       </c>
       <c r="N367" t="s">
-        <v>1802</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="368" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A368" t="s">
-        <v>1803</v>
+        <v>1799</v>
       </c>
       <c r="B368" t="s">
-        <v>1804</v>
+        <v>1800</v>
       </c>
       <c r="C368" s="1">
-        <v>21</v>
+        <v>103</v>
       </c>
       <c r="D368" t="s">
         <v>19</v>
       </c>
       <c r="E368" t="s">
-        <v>1347</v>
+        <v>1751</v>
       </c>
       <c r="F368" t="s">
         <v>21</v>
       </c>
       <c r="G368" t="s">
-        <v>1772</v>
+        <v>1795</v>
+      </c>
+      <c r="H368" t="s">
+        <v>103</v>
+      </c>
+      <c r="I368">
+        <v>1</v>
       </c>
       <c r="L368" t="s">
-        <v>1805</v>
+        <v>1801</v>
       </c>
       <c r="M368" t="s">
-        <v>1806</v>
+        <v>1802</v>
       </c>
       <c r="N368" t="s">
-        <v>1807</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="369" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A369" t="s">
-        <v>1808</v>
+        <v>1804</v>
       </c>
       <c r="B369" t="s">
-        <v>1809</v>
+        <v>1805</v>
       </c>
       <c r="C369" s="1">
-        <v>21</v>
+        <v>155.4</v>
       </c>
       <c r="D369" t="s">
         <v>19</v>
       </c>
       <c r="E369" t="s">
-        <v>1347</v>
+        <v>927</v>
       </c>
       <c r="F369" t="s">
         <v>21</v>
       </c>
       <c r="G369" t="s">
-        <v>1772</v>
+        <v>1806</v>
+      </c>
+      <c r="H369" t="s">
+        <v>103</v>
+      </c>
+      <c r="I369">
+        <v>1</v>
       </c>
       <c r="L369" t="s">
-        <v>1810</v>
+        <v>1807</v>
       </c>
       <c r="M369" t="s">
-        <v>1811</v>
+        <v>1808</v>
       </c>
       <c r="N369" t="s">
-        <v>1812</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="370" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A370" t="s">
-        <v>1813</v>
+        <v>1810</v>
       </c>
       <c r="B370" t="s">
-        <v>1814</v>
+        <v>1811</v>
       </c>
       <c r="C370" s="1">
-        <v>103</v>
+        <v>145</v>
       </c>
       <c r="D370" t="s">
         <v>19</v>
       </c>
       <c r="E370" t="s">
-        <v>1771</v>
+        <v>0</v>
       </c>
       <c r="F370" t="s">
         <v>21</v>
       </c>
       <c r="G370" t="s">
-        <v>1815</v>
+        <v>1806</v>
       </c>
       <c r="H370" t="s">
         <v>103</v>
       </c>
       <c r="I370">
         <v>1</v>
       </c>
       <c r="L370" t="s">
-        <v>1816</v>
+        <v>1812</v>
       </c>
       <c r="M370" t="s">
-        <v>1817</v>
+        <v>1813</v>
       </c>
       <c r="N370" t="s">
-        <v>1818</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="371" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A371" t="s">
-        <v>1819</v>
+        <v>1815</v>
       </c>
       <c r="B371" t="s">
-        <v>1820</v>
+        <v>1816</v>
       </c>
       <c r="C371" s="1">
-        <v>103</v>
+        <v>180</v>
       </c>
       <c r="D371" t="s">
         <v>19</v>
       </c>
       <c r="E371" t="s">
-        <v>1771</v>
+        <v>927</v>
       </c>
       <c r="F371" t="s">
         <v>21</v>
       </c>
       <c r="G371" t="s">
-        <v>1815</v>
+        <v>1795</v>
       </c>
       <c r="H371" t="s">
-        <v>103</v>
+        <v>1817</v>
       </c>
       <c r="I371">
         <v>1</v>
       </c>
+      <c r="J371" t="s">
+        <v>1818</v>
+      </c>
+      <c r="K371">
+        <v>1</v>
+      </c>
       <c r="L371" t="s">
+        <v>1819</v>
+      </c>
+      <c r="M371" t="s">
+        <v>1820</v>
+      </c>
+      <c r="N371" t="s">
         <v>1821</v>
-      </c>
-[...4 lines deleted...]
-        <v>1823</v>
       </c>
     </row>
     <row r="372" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A372" t="s">
-        <v>1824</v>
+        <v>1822</v>
       </c>
       <c r="B372" t="s">
-        <v>1825</v>
+        <v>1823</v>
       </c>
       <c r="C372" s="1">
-        <v>155.4</v>
+        <v>165</v>
       </c>
       <c r="D372" t="s">
         <v>19</v>
       </c>
       <c r="E372" t="s">
-        <v>941</v>
+        <v>0</v>
       </c>
       <c r="F372" t="s">
         <v>21</v>
       </c>
       <c r="G372" t="s">
-        <v>1826</v>
+        <v>1795</v>
       </c>
       <c r="H372" t="s">
         <v>103</v>
       </c>
       <c r="I372">
         <v>1</v>
       </c>
       <c r="L372" t="s">
-        <v>1827</v>
+        <v>1824</v>
       </c>
       <c r="M372" t="s">
-        <v>1828</v>
+        <v>1825</v>
       </c>
       <c r="N372" t="s">
-        <v>1829</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="373" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A373" t="s">
-        <v>1830</v>
+        <v>1827</v>
       </c>
       <c r="B373" t="s">
-        <v>1831</v>
+        <v>1828</v>
       </c>
       <c r="C373" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
       <c r="D373" t="s">
         <v>19</v>
       </c>
       <c r="E373" t="s">
-        <v>0</v>
+        <v>927</v>
       </c>
       <c r="F373" t="s">
         <v>21</v>
       </c>
       <c r="G373" t="s">
-        <v>1826</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1795</v>
       </c>
       <c r="L373" t="s">
-        <v>1832</v>
+        <v>1829</v>
       </c>
       <c r="M373" t="s">
-        <v>1833</v>
+        <v>1830</v>
       </c>
       <c r="N373" t="s">
-        <v>1834</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="374" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A374" t="s">
-        <v>1835</v>
+        <v>1832</v>
       </c>
       <c r="B374" t="s">
-        <v>1836</v>
+        <v>1833</v>
       </c>
       <c r="C374" s="1">
-        <v>180</v>
+        <v>155.4</v>
       </c>
       <c r="D374" t="s">
         <v>19</v>
       </c>
       <c r="E374" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F374" t="s">
         <v>21</v>
       </c>
       <c r="G374" t="s">
-        <v>1815</v>
+        <v>1806</v>
       </c>
       <c r="H374" t="s">
-        <v>1837</v>
+        <v>103</v>
       </c>
       <c r="I374">
         <v>1</v>
       </c>
-      <c r="J374" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L374" t="s">
-        <v>1839</v>
+        <v>1834</v>
       </c>
       <c r="M374" t="s">
-        <v>1840</v>
+        <v>1835</v>
       </c>
       <c r="N374" t="s">
-        <v>1841</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="375" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A375" t="s">
-        <v>1842</v>
+        <v>1837</v>
       </c>
       <c r="B375" t="s">
-        <v>1843</v>
+        <v>1838</v>
       </c>
       <c r="C375" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
       <c r="D375" t="s">
         <v>19</v>
       </c>
       <c r="E375" t="s">
         <v>0</v>
       </c>
       <c r="F375" t="s">
         <v>21</v>
       </c>
       <c r="G375" t="s">
-        <v>1815</v>
+        <v>1806</v>
       </c>
       <c r="H375" t="s">
         <v>103</v>
       </c>
       <c r="I375">
         <v>1</v>
       </c>
       <c r="L375" t="s">
-        <v>1844</v>
+        <v>1839</v>
       </c>
       <c r="M375" t="s">
-        <v>1845</v>
+        <v>1840</v>
       </c>
       <c r="N375" t="s">
-        <v>1846</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="376" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A376" t="s">
-        <v>1847</v>
+        <v>1842</v>
       </c>
       <c r="B376" t="s">
-        <v>1848</v>
+        <v>1843</v>
       </c>
       <c r="C376" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="D376" t="s">
         <v>19</v>
       </c>
       <c r="E376" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F376" t="s">
         <v>21</v>
       </c>
       <c r="G376" t="s">
-        <v>1815</v>
+        <v>1795</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1817</v>
+      </c>
+      <c r="I376">
+        <v>1</v>
+      </c>
+      <c r="J376" t="s">
+        <v>1818</v>
+      </c>
+      <c r="K376">
+        <v>1</v>
       </c>
       <c r="L376" t="s">
-        <v>1849</v>
+        <v>1844</v>
       </c>
       <c r="M376" t="s">
-        <v>1850</v>
+        <v>1845</v>
       </c>
       <c r="N376" t="s">
-        <v>1851</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="377" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A377" t="s">
-        <v>1852</v>
+        <v>1847</v>
       </c>
       <c r="B377" t="s">
-        <v>1853</v>
+        <v>1848</v>
       </c>
       <c r="C377" s="1">
-        <v>155.4</v>
+        <v>165</v>
       </c>
       <c r="D377" t="s">
         <v>19</v>
       </c>
       <c r="E377" t="s">
-        <v>941</v>
+        <v>0</v>
       </c>
       <c r="F377" t="s">
         <v>21</v>
       </c>
       <c r="G377" t="s">
-        <v>1826</v>
+        <v>1795</v>
       </c>
       <c r="H377" t="s">
         <v>103</v>
       </c>
       <c r="I377">
         <v>1</v>
       </c>
       <c r="L377" t="s">
-        <v>1854</v>
+        <v>1849</v>
       </c>
       <c r="M377" t="s">
-        <v>1855</v>
+        <v>1850</v>
       </c>
       <c r="N377" t="s">
-        <v>1856</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="378" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A378" t="s">
-        <v>1857</v>
+        <v>1852</v>
       </c>
       <c r="B378" t="s">
-        <v>1858</v>
+        <v>1853</v>
       </c>
       <c r="C378" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
       <c r="D378" t="s">
         <v>19</v>
       </c>
       <c r="E378" t="s">
-        <v>0</v>
+        <v>927</v>
       </c>
       <c r="F378" t="s">
         <v>21</v>
       </c>
       <c r="G378" t="s">
-        <v>1826</v>
+        <v>1795</v>
       </c>
       <c r="H378" t="s">
-        <v>103</v>
+        <v>1817</v>
       </c>
       <c r="I378">
         <v>1</v>
       </c>
+      <c r="J378" t="s">
+        <v>1818</v>
+      </c>
+      <c r="K378">
+        <v>1</v>
+      </c>
       <c r="L378" t="s">
-        <v>1859</v>
+        <v>1854</v>
       </c>
       <c r="M378" t="s">
-        <v>1860</v>
+        <v>1855</v>
       </c>
       <c r="N378" t="s">
-        <v>1861</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="379" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A379" t="s">
-        <v>1862</v>
+        <v>1857</v>
       </c>
       <c r="B379" t="s">
-        <v>1863</v>
+        <v>1858</v>
       </c>
       <c r="C379" s="1">
-        <v>180</v>
+        <v>25</v>
       </c>
       <c r="D379" t="s">
         <v>19</v>
       </c>
       <c r="E379" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F379" t="s">
         <v>21</v>
       </c>
       <c r="G379" t="s">
-        <v>1815</v>
-[...11 lines deleted...]
-        <v>1</v>
+        <v>1795</v>
       </c>
       <c r="L379" t="s">
-        <v>1864</v>
+        <v>1859</v>
       </c>
       <c r="M379" t="s">
-        <v>1865</v>
+        <v>1860</v>
       </c>
       <c r="N379" t="s">
-        <v>1866</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="380" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A380" t="s">
-        <v>1867</v>
+        <v>1862</v>
       </c>
       <c r="B380" t="s">
-        <v>1868</v>
+        <v>1863</v>
       </c>
       <c r="C380" s="1">
-        <v>165</v>
+        <v>25</v>
       </c>
       <c r="D380" t="s">
         <v>19</v>
       </c>
       <c r="E380" t="s">
-        <v>0</v>
+        <v>927</v>
       </c>
       <c r="F380" t="s">
         <v>21</v>
       </c>
       <c r="G380" t="s">
-        <v>1815</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1795</v>
       </c>
       <c r="L380" t="s">
-        <v>1869</v>
+        <v>1864</v>
       </c>
       <c r="M380" t="s">
-        <v>1870</v>
+        <v>1865</v>
       </c>
       <c r="N380" t="s">
-        <v>1871</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="381" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A381" t="s">
-        <v>1872</v>
+        <v>1867</v>
       </c>
       <c r="B381" t="s">
-        <v>1873</v>
+        <v>1868</v>
       </c>
       <c r="C381" s="1">
-        <v>185</v>
+        <v>15</v>
       </c>
       <c r="D381" t="s">
         <v>19</v>
       </c>
       <c r="E381" t="s">
-        <v>941</v>
+        <v>1337</v>
       </c>
       <c r="F381" t="s">
         <v>21</v>
       </c>
       <c r="G381" t="s">
-        <v>1815</v>
-[...11 lines deleted...]
-        <v>1</v>
+        <v>1806</v>
       </c>
       <c r="L381" t="s">
-        <v>1874</v>
+        <v>1869</v>
       </c>
       <c r="M381" t="s">
-        <v>1875</v>
+        <v>1870</v>
       </c>
       <c r="N381" t="s">
-        <v>1876</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="382" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A382" t="s">
-        <v>1877</v>
+        <v>1872</v>
       </c>
       <c r="B382" t="s">
-        <v>1878</v>
+        <v>1873</v>
       </c>
       <c r="C382" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D382" t="s">
         <v>19</v>
       </c>
       <c r="E382" t="s">
-        <v>941</v>
+        <v>1337</v>
       </c>
       <c r="F382" t="s">
         <v>21</v>
       </c>
       <c r="G382" t="s">
-        <v>1815</v>
+        <v>1806</v>
       </c>
       <c r="L382" t="s">
-        <v>1879</v>
+        <v>1874</v>
       </c>
       <c r="M382" t="s">
-        <v>1880</v>
+        <v>1875</v>
       </c>
       <c r="N382" t="s">
-        <v>1881</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="383" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A383" t="s">
-        <v>1882</v>
+        <v>1877</v>
       </c>
       <c r="B383" t="s">
-        <v>1883</v>
+        <v>1878</v>
       </c>
       <c r="C383" s="1">
-        <v>25</v>
+        <v>201</v>
       </c>
       <c r="D383" t="s">
         <v>19</v>
       </c>
       <c r="E383" t="s">
-        <v>941</v>
+        <v>1773</v>
       </c>
       <c r="F383" t="s">
         <v>21</v>
       </c>
       <c r="G383" t="s">
-        <v>1815</v>
+        <v>1879</v>
+      </c>
+      <c r="H383" t="s">
+        <v>934</v>
+      </c>
+      <c r="I383">
+        <v>1</v>
       </c>
       <c r="L383" t="s">
-        <v>1884</v>
+        <v>1880</v>
       </c>
       <c r="M383" t="s">
-        <v>1885</v>
+        <v>1881</v>
       </c>
       <c r="N383" t="s">
-        <v>1886</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="384" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A384" t="s">
-        <v>1887</v>
+        <v>1883</v>
       </c>
       <c r="B384" t="s">
-        <v>1888</v>
+        <v>1884</v>
       </c>
       <c r="C384" s="1">
-        <v>15</v>
+        <v>201</v>
       </c>
       <c r="D384" t="s">
         <v>19</v>
       </c>
       <c r="E384" t="s">
-        <v>1347</v>
+        <v>1773</v>
       </c>
       <c r="F384" t="s">
         <v>21</v>
       </c>
       <c r="G384" t="s">
-        <v>1826</v>
+        <v>1879</v>
+      </c>
+      <c r="H384" t="s">
+        <v>934</v>
+      </c>
+      <c r="I384">
+        <v>1</v>
       </c>
       <c r="L384" t="s">
-        <v>1889</v>
+        <v>1885</v>
       </c>
       <c r="M384" t="s">
-        <v>1890</v>
+        <v>1886</v>
       </c>
       <c r="N384" t="s">
-        <v>1891</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="385" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A385" t="s">
-        <v>1892</v>
+        <v>1888</v>
       </c>
       <c r="B385" t="s">
-        <v>1893</v>
+        <v>1889</v>
       </c>
       <c r="C385" s="1">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D385" t="s">
         <v>19</v>
       </c>
       <c r="E385" t="s">
-        <v>1347</v>
+        <v>1751</v>
       </c>
       <c r="F385" t="s">
         <v>21</v>
       </c>
       <c r="G385" t="s">
-        <v>1826</v>
+        <v>1879</v>
       </c>
       <c r="L385" t="s">
-        <v>1894</v>
+        <v>1890</v>
       </c>
       <c r="M385" t="s">
-        <v>1895</v>
+        <v>1891</v>
       </c>
       <c r="N385" t="s">
-        <v>1896</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="386" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A386" t="s">
-        <v>1897</v>
+        <v>1893</v>
       </c>
       <c r="B386" t="s">
-        <v>1898</v>
+        <v>1894</v>
       </c>
       <c r="C386" s="1">
-        <v>201</v>
+        <v>23</v>
       </c>
       <c r="D386" t="s">
         <v>19</v>
       </c>
       <c r="E386" t="s">
-        <v>1793</v>
+        <v>1751</v>
       </c>
       <c r="F386" t="s">
         <v>21</v>
       </c>
       <c r="G386" t="s">
-        <v>1899</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1879</v>
       </c>
       <c r="L386" t="s">
-        <v>1900</v>
+        <v>1895</v>
       </c>
       <c r="M386" t="s">
-        <v>1901</v>
+        <v>1896</v>
       </c>
       <c r="N386" t="s">
-        <v>1902</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="387" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A387" t="s">
-        <v>1903</v>
+        <v>1898</v>
       </c>
       <c r="B387" t="s">
-        <v>1904</v>
+        <v>1899</v>
       </c>
       <c r="C387" s="1">
-        <v>201</v>
+        <v>144</v>
       </c>
       <c r="D387" t="s">
         <v>19</v>
       </c>
       <c r="E387" t="s">
-        <v>1793</v>
+        <v>1751</v>
       </c>
       <c r="F387" t="s">
         <v>21</v>
       </c>
       <c r="G387" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="H387" t="s">
-        <v>935</v>
+        <v>103</v>
       </c>
       <c r="I387">
         <v>1</v>
       </c>
       <c r="L387" t="s">
-        <v>1905</v>
+        <v>1901</v>
       </c>
       <c r="M387" t="s">
-        <v>1906</v>
+        <v>1902</v>
       </c>
       <c r="N387" t="s">
-        <v>1907</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="388" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A388" t="s">
-        <v>1908</v>
+        <v>1904</v>
       </c>
       <c r="B388" t="s">
-        <v>1909</v>
+        <v>1905</v>
       </c>
       <c r="C388" s="1">
-        <v>23</v>
+        <v>144</v>
       </c>
       <c r="D388" t="s">
         <v>19</v>
       </c>
       <c r="E388" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F388" t="s">
         <v>21</v>
       </c>
       <c r="G388" t="s">
-        <v>1899</v>
+        <v>1900</v>
+      </c>
+      <c r="H388" t="s">
+        <v>103</v>
+      </c>
+      <c r="I388">
+        <v>1</v>
       </c>
       <c r="L388" t="s">
-        <v>1910</v>
+        <v>1906</v>
       </c>
       <c r="M388" t="s">
-        <v>1911</v>
+        <v>1907</v>
       </c>
       <c r="N388" t="s">
-        <v>1912</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="389" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A389" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C389" s="1">
+        <v>120</v>
+      </c>
+      <c r="D389" t="s">
+        <v>19</v>
+      </c>
+      <c r="E389" t="s">
+        <v>0</v>
+      </c>
+      <c r="F389" t="s">
+        <v>101</v>
+      </c>
+      <c r="G389" t="s">
+        <v>1911</v>
+      </c>
+      <c r="H389" t="s">
+        <v>103</v>
+      </c>
+      <c r="I389">
+        <v>1</v>
+      </c>
+      <c r="L389" t="s">
+        <v>1912</v>
+      </c>
+      <c r="M389" t="s">
         <v>1913</v>
       </c>
-      <c r="B389" t="s">
+      <c r="N389" t="s">
         <v>1914</v>
-      </c>
-[...22 lines deleted...]
-        <v>1917</v>
       </c>
     </row>
     <row r="390" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A390" t="s">
-        <v>1918</v>
+        <v>1915</v>
       </c>
       <c r="B390" t="s">
-        <v>1919</v>
+        <v>1916</v>
       </c>
       <c r="C390" s="1">
-        <v>144</v>
+        <v>120</v>
       </c>
       <c r="D390" t="s">
         <v>19</v>
       </c>
       <c r="E390" t="s">
-        <v>1771</v>
+        <v>0</v>
       </c>
       <c r="F390" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G390" t="s">
-        <v>1920</v>
+        <v>1911</v>
       </c>
       <c r="H390" t="s">
         <v>103</v>
       </c>
       <c r="I390">
         <v>1</v>
       </c>
       <c r="L390" t="s">
-        <v>1921</v>
+        <v>1917</v>
       </c>
       <c r="M390" t="s">
-        <v>1922</v>
+        <v>1918</v>
       </c>
       <c r="N390" t="s">
-        <v>1923</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="391" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A391" t="s">
-        <v>1924</v>
+        <v>1920</v>
       </c>
       <c r="B391" t="s">
-        <v>1925</v>
+        <v>1921</v>
       </c>
       <c r="C391" s="1">
-        <v>144</v>
+        <v>185</v>
       </c>
       <c r="D391" t="s">
         <v>19</v>
       </c>
       <c r="E391" t="s">
-        <v>1771</v>
+        <v>0</v>
       </c>
       <c r="F391" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G391" t="s">
-        <v>1920</v>
+        <v>1911</v>
       </c>
       <c r="H391" t="s">
         <v>103</v>
       </c>
       <c r="I391">
         <v>1</v>
       </c>
       <c r="L391" t="s">
-        <v>1926</v>
+        <v>1922</v>
       </c>
       <c r="M391" t="s">
-        <v>1927</v>
+        <v>1923</v>
       </c>
       <c r="N391" t="s">
-        <v>1928</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="392" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A392" t="s">
-        <v>1929</v>
+        <v>1925</v>
       </c>
       <c r="B392" t="s">
-        <v>1930</v>
+        <v>1926</v>
       </c>
       <c r="C392" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
       <c r="D392" t="s">
         <v>19</v>
       </c>
       <c r="E392" t="s">
         <v>0</v>
       </c>
       <c r="F392" t="s">
         <v>101</v>
       </c>
       <c r="G392" t="s">
-        <v>1931</v>
+        <v>1911</v>
       </c>
       <c r="H392" t="s">
         <v>103</v>
       </c>
       <c r="I392">
         <v>1</v>
       </c>
       <c r="L392" t="s">
-        <v>1932</v>
+        <v>1927</v>
       </c>
       <c r="M392" t="s">
-        <v>1933</v>
+        <v>1928</v>
       </c>
       <c r="N392" t="s">
-        <v>1934</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="393" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A393" t="s">
-        <v>1935</v>
+        <v>1930</v>
       </c>
       <c r="B393" t="s">
-        <v>1936</v>
+        <v>1931</v>
       </c>
       <c r="C393" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="D393" t="s">
         <v>19</v>
       </c>
       <c r="E393" t="s">
         <v>0</v>
       </c>
       <c r="F393" t="s">
         <v>101</v>
       </c>
       <c r="G393" t="s">
-        <v>1931</v>
+        <v>1911</v>
       </c>
       <c r="H393" t="s">
         <v>103</v>
       </c>
       <c r="I393">
         <v>1</v>
       </c>
       <c r="L393" t="s">
-        <v>1937</v>
+        <v>1932</v>
       </c>
       <c r="M393" t="s">
-        <v>1938</v>
+        <v>1933</v>
       </c>
       <c r="N393" t="s">
-        <v>1939</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="394" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A394" t="s">
-        <v>1940</v>
+        <v>1935</v>
       </c>
       <c r="B394" t="s">
-        <v>1941</v>
+        <v>1936</v>
       </c>
       <c r="C394" s="1">
-        <v>185</v>
+        <v>95</v>
       </c>
       <c r="D394" t="s">
         <v>19</v>
       </c>
       <c r="E394" t="s">
         <v>0</v>
       </c>
       <c r="F394" t="s">
         <v>101</v>
       </c>
       <c r="G394" t="s">
-        <v>1931</v>
+        <v>1911</v>
       </c>
       <c r="H394" t="s">
         <v>103</v>
       </c>
       <c r="I394">
         <v>1</v>
       </c>
       <c r="L394" t="s">
-        <v>1942</v>
+        <v>1937</v>
       </c>
       <c r="M394" t="s">
-        <v>1943</v>
+        <v>1938</v>
       </c>
       <c r="N394" t="s">
-        <v>1944</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="395" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A395" t="s">
-        <v>1945</v>
+        <v>1940</v>
       </c>
       <c r="B395" t="s">
-        <v>1946</v>
+        <v>1941</v>
       </c>
       <c r="C395" s="1">
-        <v>185</v>
+        <v>110</v>
       </c>
       <c r="D395" t="s">
         <v>19</v>
       </c>
       <c r="E395" t="s">
         <v>0</v>
       </c>
       <c r="F395" t="s">
         <v>101</v>
       </c>
       <c r="G395" t="s">
-        <v>1931</v>
+        <v>1911</v>
       </c>
       <c r="H395" t="s">
         <v>103</v>
       </c>
       <c r="I395">
         <v>1</v>
       </c>
       <c r="L395" t="s">
-        <v>1947</v>
+        <v>1942</v>
       </c>
       <c r="M395" t="s">
-        <v>1948</v>
+        <v>1943</v>
       </c>
       <c r="N395" t="s">
-        <v>1949</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="396" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A396" t="s">
-        <v>1950</v>
+        <v>1945</v>
       </c>
       <c r="B396" t="s">
-        <v>1951</v>
+        <v>1946</v>
       </c>
       <c r="C396" s="1">
-        <v>110</v>
+        <v>30</v>
       </c>
       <c r="D396" t="s">
         <v>19</v>
       </c>
       <c r="E396" t="s">
         <v>0</v>
       </c>
       <c r="F396" t="s">
         <v>101</v>
       </c>
       <c r="G396" t="s">
-        <v>1931</v>
+        <v>1911</v>
       </c>
       <c r="H396" t="s">
         <v>103</v>
       </c>
       <c r="I396">
         <v>1</v>
       </c>
       <c r="L396" t="s">
-        <v>1952</v>
+        <v>1947</v>
       </c>
       <c r="M396" t="s">
-        <v>1953</v>
+        <v>1948</v>
       </c>
       <c r="N396" t="s">
-        <v>1954</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="397" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A397" t="s">
-        <v>1955</v>
+        <v>1950</v>
       </c>
       <c r="B397" t="s">
-        <v>1956</v>
+        <v>1951</v>
       </c>
       <c r="C397" s="1">
-        <v>95</v>
+        <v>200</v>
       </c>
       <c r="D397" t="s">
         <v>19</v>
       </c>
       <c r="E397" t="s">
         <v>0</v>
       </c>
       <c r="F397" t="s">
         <v>101</v>
       </c>
       <c r="G397" t="s">
-        <v>1931</v>
+        <v>1911</v>
       </c>
       <c r="H397" t="s">
         <v>103</v>
       </c>
       <c r="I397">
         <v>1</v>
       </c>
       <c r="L397" t="s">
-        <v>1957</v>
+        <v>1952</v>
       </c>
       <c r="M397" t="s">
-        <v>1958</v>
+        <v>1953</v>
       </c>
       <c r="N397" t="s">
-        <v>1959</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="398" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A398" t="s">
-        <v>1960</v>
+        <v>1955</v>
       </c>
       <c r="B398" t="s">
-        <v>1961</v>
+        <v>1956</v>
       </c>
       <c r="C398" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
       <c r="D398" t="s">
         <v>19</v>
       </c>
       <c r="E398" t="s">
         <v>0</v>
       </c>
       <c r="F398" t="s">
         <v>101</v>
       </c>
       <c r="G398" t="s">
-        <v>1931</v>
+        <v>1911</v>
       </c>
       <c r="H398" t="s">
         <v>103</v>
       </c>
       <c r="I398">
         <v>1</v>
       </c>
       <c r="L398" t="s">
-        <v>1962</v>
+        <v>1957</v>
       </c>
       <c r="M398" t="s">
-        <v>1963</v>
+        <v>1958</v>
       </c>
       <c r="N398" t="s">
-        <v>1964</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="399" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A399" t="s">
-        <v>1965</v>
+        <v>1960</v>
       </c>
       <c r="B399" t="s">
-        <v>1966</v>
+        <v>1961</v>
       </c>
       <c r="C399" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="D399" t="s">
         <v>19</v>
       </c>
       <c r="E399" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F399" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G399" t="s">
-        <v>1931</v>
+        <v>1962</v>
       </c>
       <c r="H399" t="s">
         <v>103</v>
       </c>
       <c r="I399">
         <v>1</v>
       </c>
       <c r="L399" t="s">
-        <v>1967</v>
+        <v>1963</v>
       </c>
       <c r="M399" t="s">
-        <v>1968</v>
+        <v>1964</v>
       </c>
       <c r="N399" t="s">
-        <v>1969</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="400" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A400" t="s">
-        <v>1970</v>
+        <v>1966</v>
       </c>
       <c r="B400" t="s">
-        <v>1971</v>
+        <v>1967</v>
       </c>
       <c r="C400" s="1">
-        <v>200</v>
+        <v>55</v>
       </c>
       <c r="D400" t="s">
         <v>19</v>
       </c>
       <c r="E400" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F400" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G400" t="s">
-        <v>1931</v>
+        <v>1962</v>
       </c>
       <c r="H400" t="s">
         <v>103</v>
       </c>
       <c r="I400">
         <v>1</v>
       </c>
       <c r="L400" t="s">
-        <v>1972</v>
+        <v>1968</v>
       </c>
       <c r="M400" t="s">
-        <v>1973</v>
+        <v>1969</v>
       </c>
       <c r="N400" t="s">
-        <v>1974</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="401" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A401" t="s">
-        <v>1975</v>
+        <v>1971</v>
       </c>
       <c r="B401" t="s">
-        <v>1976</v>
+        <v>1972</v>
       </c>
       <c r="C401" s="1">
-        <v>200</v>
+        <v>55</v>
       </c>
       <c r="D401" t="s">
         <v>19</v>
       </c>
       <c r="E401" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F401" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G401" t="s">
-        <v>1931</v>
+        <v>1962</v>
       </c>
       <c r="H401" t="s">
         <v>103</v>
       </c>
       <c r="I401">
         <v>1</v>
       </c>
       <c r="L401" t="s">
-        <v>1977</v>
+        <v>1973</v>
       </c>
       <c r="M401" t="s">
-        <v>1978</v>
+        <v>1974</v>
       </c>
       <c r="N401" t="s">
-        <v>1979</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="402" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A402" t="s">
-        <v>1980</v>
+        <v>1976</v>
       </c>
       <c r="B402" t="s">
-        <v>1981</v>
+        <v>1977</v>
       </c>
       <c r="C402" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D402" t="s">
         <v>19</v>
       </c>
       <c r="E402" t="s">
         <v>29</v>
       </c>
       <c r="F402" t="s">
         <v>21</v>
       </c>
       <c r="G402" t="s">
-        <v>1982</v>
+        <v>1962</v>
       </c>
       <c r="H402" t="s">
         <v>103</v>
       </c>
       <c r="I402">
         <v>1</v>
       </c>
       <c r="L402" t="s">
-        <v>1983</v>
+        <v>0</v>
       </c>
       <c r="M402" t="s">
-        <v>1984</v>
+        <v>1978</v>
       </c>
       <c r="N402" t="s">
-        <v>1985</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="403" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A403" t="s">
-        <v>1986</v>
+        <v>1980</v>
       </c>
       <c r="B403" t="s">
-        <v>1987</v>
+        <v>1981</v>
       </c>
       <c r="C403" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D403" t="s">
         <v>19</v>
       </c>
       <c r="E403" t="s">
         <v>29</v>
       </c>
       <c r="F403" t="s">
         <v>21</v>
       </c>
       <c r="G403" t="s">
-        <v>1982</v>
+        <v>1962</v>
       </c>
       <c r="H403" t="s">
         <v>103</v>
       </c>
       <c r="I403">
         <v>1</v>
       </c>
       <c r="L403" t="s">
-        <v>1988</v>
+        <v>1982</v>
       </c>
       <c r="M403" t="s">
-        <v>1989</v>
+        <v>1983</v>
       </c>
       <c r="N403" t="s">
-        <v>1990</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="404" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A404" t="s">
-        <v>1991</v>
+        <v>1985</v>
       </c>
       <c r="B404" t="s">
-        <v>1992</v>
+        <v>1986</v>
       </c>
       <c r="C404" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D404" t="s">
         <v>19</v>
       </c>
       <c r="E404" t="s">
         <v>29</v>
       </c>
       <c r="F404" t="s">
         <v>21</v>
       </c>
       <c r="G404" t="s">
-        <v>1982</v>
+        <v>1962</v>
       </c>
       <c r="H404" t="s">
         <v>103</v>
       </c>
       <c r="I404">
         <v>1</v>
       </c>
       <c r="L404" t="s">
-        <v>1993</v>
+        <v>1987</v>
       </c>
       <c r="M404" t="s">
-        <v>1994</v>
+        <v>1988</v>
       </c>
       <c r="N404" t="s">
-        <v>1995</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="405" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A405" t="s">
-        <v>1996</v>
+        <v>1990</v>
       </c>
       <c r="B405" t="s">
-        <v>1997</v>
+        <v>1991</v>
       </c>
       <c r="C405" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D405" t="s">
         <v>19</v>
       </c>
       <c r="E405" t="s">
         <v>29</v>
       </c>
       <c r="F405" t="s">
         <v>21</v>
       </c>
       <c r="G405" t="s">
-        <v>1982</v>
+        <v>1962</v>
       </c>
       <c r="H405" t="s">
         <v>103</v>
       </c>
       <c r="I405">
         <v>1</v>
       </c>
       <c r="L405" t="s">
-        <v>0</v>
+        <v>1992</v>
       </c>
       <c r="M405" t="s">
-        <v>1998</v>
+        <v>1993</v>
       </c>
       <c r="N405" t="s">
-        <v>1999</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="406" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A406" t="s">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="B406" t="s">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="C406" s="1">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="D406" t="s">
         <v>19</v>
       </c>
       <c r="E406" t="s">
         <v>29</v>
       </c>
       <c r="F406" t="s">
         <v>21</v>
       </c>
       <c r="G406" t="s">
-        <v>1982</v>
+        <v>1962</v>
       </c>
       <c r="H406" t="s">
         <v>103</v>
       </c>
       <c r="I406">
         <v>1</v>
       </c>
       <c r="L406" t="s">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="M406" t="s">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="N406" t="s">
-        <v>2004</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="407" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A407" t="s">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="B407" t="s">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="C407" s="1">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="D407" t="s">
         <v>19</v>
       </c>
       <c r="E407" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F407" t="s">
         <v>21</v>
       </c>
       <c r="G407" t="s">
-        <v>1982</v>
+        <v>2002</v>
       </c>
       <c r="H407" t="s">
         <v>103</v>
       </c>
       <c r="I407">
         <v>1</v>
       </c>
       <c r="L407" t="s">
-        <v>2007</v>
+        <v>0</v>
       </c>
       <c r="M407" t="s">
-        <v>2008</v>
+        <v>2003</v>
       </c>
       <c r="N407" t="s">
-        <v>2009</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="408" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A408" t="s">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="B408" t="s">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="C408" s="1">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="D408" t="s">
         <v>19</v>
       </c>
       <c r="E408" t="s">
         <v>29</v>
       </c>
       <c r="F408" t="s">
         <v>21</v>
       </c>
       <c r="G408" t="s">
-        <v>1982</v>
+        <v>2002</v>
       </c>
       <c r="H408" t="s">
         <v>103</v>
       </c>
       <c r="I408">
         <v>1</v>
       </c>
       <c r="L408" t="s">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="M408" t="s">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="N408" t="s">
-        <v>2014</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="409" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A409" t="s">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="B409" t="s">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="C409" s="1">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="D409" t="s">
         <v>19</v>
       </c>
       <c r="E409" t="s">
         <v>29</v>
       </c>
       <c r="F409" t="s">
         <v>21</v>
       </c>
       <c r="G409" t="s">
-        <v>1982</v>
+        <v>2002</v>
       </c>
       <c r="H409" t="s">
         <v>103</v>
       </c>
       <c r="I409">
         <v>1</v>
       </c>
       <c r="L409" t="s">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="M409" t="s">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="N409" t="s">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="410" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A410" t="s">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="B410" t="s">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="C410" s="1">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="D410" t="s">
         <v>19</v>
       </c>
       <c r="E410" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F410" t="s">
         <v>21</v>
       </c>
       <c r="G410" t="s">
-        <v>2022</v>
+        <v>2002</v>
       </c>
       <c r="H410" t="s">
         <v>103</v>
       </c>
       <c r="I410">
         <v>1</v>
       </c>
       <c r="L410" t="s">
-        <v>0</v>
+        <v>2017</v>
       </c>
       <c r="M410" t="s">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="N410" t="s">
-        <v>2024</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="411" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A411" t="s">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="B411" t="s">
-        <v>2026</v>
+        <v>2021</v>
       </c>
       <c r="C411" s="1">
         <v>82</v>
       </c>
       <c r="D411" t="s">
         <v>19</v>
       </c>
       <c r="E411" t="s">
         <v>29</v>
       </c>
       <c r="F411" t="s">
         <v>21</v>
       </c>
       <c r="G411" t="s">
-        <v>2022</v>
+        <v>2002</v>
       </c>
       <c r="H411" t="s">
         <v>103</v>
       </c>
       <c r="I411">
         <v>1</v>
       </c>
       <c r="L411" t="s">
-        <v>2027</v>
+        <v>2022</v>
       </c>
       <c r="M411" t="s">
-        <v>2028</v>
+        <v>2023</v>
       </c>
       <c r="N411" t="s">
-        <v>2029</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="412" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A412" t="s">
-        <v>2030</v>
+        <v>2025</v>
       </c>
       <c r="B412" t="s">
-        <v>2031</v>
+        <v>2026</v>
       </c>
       <c r="C412" s="1">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="D412" t="s">
         <v>19</v>
       </c>
       <c r="E412" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F412" t="s">
         <v>21</v>
       </c>
       <c r="G412" t="s">
-        <v>2022</v>
+        <v>1237</v>
       </c>
       <c r="H412" t="s">
-        <v>103</v>
+        <v>934</v>
       </c>
       <c r="I412">
         <v>1</v>
       </c>
       <c r="L412" t="s">
-        <v>2032</v>
+        <v>2027</v>
       </c>
       <c r="M412" t="s">
-        <v>2033</v>
+        <v>2028</v>
       </c>
       <c r="N412" t="s">
-        <v>2034</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="413" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A413" t="s">
-        <v>2035</v>
+        <v>2030</v>
       </c>
       <c r="B413" t="s">
-        <v>2036</v>
+        <v>2031</v>
       </c>
       <c r="C413" s="1">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="D413" t="s">
         <v>19</v>
       </c>
       <c r="E413" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F413" t="s">
         <v>21</v>
       </c>
       <c r="G413" t="s">
-        <v>2022</v>
+        <v>1237</v>
       </c>
       <c r="H413" t="s">
-        <v>103</v>
+        <v>934</v>
       </c>
       <c r="I413">
         <v>1</v>
       </c>
       <c r="L413" t="s">
-        <v>2037</v>
+        <v>2032</v>
       </c>
       <c r="M413" t="s">
-        <v>2038</v>
+        <v>2033</v>
       </c>
       <c r="N413" t="s">
-        <v>2039</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="414" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A414" t="s">
-        <v>2040</v>
+        <v>2035</v>
       </c>
       <c r="B414" t="s">
-        <v>2041</v>
+        <v>2036</v>
       </c>
       <c r="C414" s="1">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="D414" t="s">
         <v>19</v>
       </c>
       <c r="E414" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F414" t="s">
         <v>21</v>
       </c>
       <c r="G414" t="s">
-        <v>2022</v>
+        <v>1237</v>
       </c>
       <c r="H414" t="s">
-        <v>103</v>
+        <v>934</v>
       </c>
       <c r="I414">
         <v>1</v>
       </c>
       <c r="L414" t="s">
-        <v>2042</v>
+        <v>2037</v>
       </c>
       <c r="M414" t="s">
-        <v>2043</v>
+        <v>2038</v>
       </c>
       <c r="N414" t="s">
-        <v>2044</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="415" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A415" t="s">
-        <v>2045</v>
+        <v>2040</v>
       </c>
       <c r="B415" t="s">
-        <v>2046</v>
+        <v>2041</v>
       </c>
       <c r="C415" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="D415" t="s">
         <v>19</v>
       </c>
       <c r="E415" t="s">
         <v>0</v>
       </c>
       <c r="F415" t="s">
         <v>21</v>
       </c>
       <c r="G415" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="H415" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I415">
         <v>1</v>
       </c>
       <c r="L415" t="s">
-        <v>2047</v>
+        <v>2042</v>
       </c>
       <c r="M415" t="s">
-        <v>2048</v>
+        <v>2043</v>
       </c>
       <c r="N415" t="s">
-        <v>2049</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="416" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A416" t="s">
-        <v>2050</v>
+        <v>2045</v>
       </c>
       <c r="B416" t="s">
-        <v>2051</v>
+        <v>2046</v>
       </c>
       <c r="C416" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="D416" t="s">
         <v>19</v>
       </c>
       <c r="E416" t="s">
         <v>0</v>
       </c>
       <c r="F416" t="s">
         <v>21</v>
       </c>
       <c r="G416" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="H416" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I416">
         <v>1</v>
       </c>
       <c r="L416" t="s">
-        <v>2052</v>
+        <v>2047</v>
       </c>
       <c r="M416" t="s">
-        <v>2053</v>
+        <v>2048</v>
       </c>
       <c r="N416" t="s">
-        <v>2054</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="417" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A417" t="s">
-        <v>2055</v>
+        <v>2050</v>
       </c>
       <c r="B417" t="s">
-        <v>2056</v>
+        <v>2051</v>
       </c>
       <c r="C417" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="D417" t="s">
         <v>19</v>
       </c>
       <c r="E417" t="s">
         <v>0</v>
       </c>
       <c r="F417" t="s">
         <v>21</v>
       </c>
       <c r="G417" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="H417" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I417">
         <v>1</v>
       </c>
       <c r="L417" t="s">
-        <v>2057</v>
+        <v>2052</v>
       </c>
       <c r="M417" t="s">
-        <v>2058</v>
+        <v>2053</v>
       </c>
       <c r="N417" t="s">
-        <v>2059</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="418" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A418" t="s">
-        <v>2060</v>
+        <v>2055</v>
       </c>
       <c r="B418" t="s">
-        <v>2061</v>
+        <v>2056</v>
       </c>
       <c r="C418" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="D418" t="s">
         <v>19</v>
       </c>
       <c r="E418" t="s">
         <v>0</v>
       </c>
       <c r="F418" t="s">
         <v>21</v>
       </c>
       <c r="G418" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="H418" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I418">
         <v>1</v>
       </c>
       <c r="L418" t="s">
-        <v>2062</v>
+        <v>2057</v>
       </c>
       <c r="M418" t="s">
-        <v>2063</v>
+        <v>2058</v>
       </c>
       <c r="N418" t="s">
-        <v>2064</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="419" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A419" t="s">
-        <v>2065</v>
+        <v>2060</v>
       </c>
       <c r="B419" t="s">
-        <v>2066</v>
+        <v>2061</v>
       </c>
       <c r="C419" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="D419" t="s">
         <v>19</v>
       </c>
       <c r="E419" t="s">
         <v>0</v>
       </c>
       <c r="F419" t="s">
         <v>21</v>
       </c>
       <c r="G419" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="H419" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I419">
         <v>1</v>
       </c>
       <c r="L419" t="s">
-        <v>2067</v>
+        <v>2062</v>
       </c>
       <c r="M419" t="s">
-        <v>2068</v>
+        <v>2063</v>
       </c>
       <c r="N419" t="s">
-        <v>2069</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="420" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A420" t="s">
-        <v>2070</v>
+        <v>2065</v>
       </c>
       <c r="B420" t="s">
-        <v>2071</v>
+        <v>2066</v>
       </c>
       <c r="C420" s="1">
-        <v>60</v>
+        <v>4</v>
       </c>
       <c r="D420" t="s">
         <v>19</v>
       </c>
       <c r="E420" t="s">
         <v>0</v>
       </c>
       <c r="F420" t="s">
         <v>21</v>
       </c>
       <c r="G420" t="s">
-        <v>1247</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1237</v>
       </c>
       <c r="L420" t="s">
-        <v>2072</v>
+        <v>2067</v>
       </c>
       <c r="M420" t="s">
-        <v>2073</v>
+        <v>2068</v>
       </c>
       <c r="N420" t="s">
-        <v>2074</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="421" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A421" t="s">
-        <v>2075</v>
+        <v>2070</v>
       </c>
       <c r="B421" t="s">
-        <v>2076</v>
+        <v>2071</v>
       </c>
       <c r="C421" s="1">
-        <v>75</v>
+        <v>6</v>
       </c>
       <c r="D421" t="s">
         <v>19</v>
       </c>
       <c r="E421" t="s">
         <v>0</v>
       </c>
       <c r="F421" t="s">
         <v>21</v>
       </c>
       <c r="G421" t="s">
-        <v>1247</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1237</v>
       </c>
       <c r="L421" t="s">
-        <v>2077</v>
+        <v>2072</v>
       </c>
       <c r="M421" t="s">
-        <v>2078</v>
+        <v>2073</v>
       </c>
       <c r="N421" t="s">
-        <v>2079</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="422" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A422" t="s">
-        <v>2080</v>
+        <v>2075</v>
       </c>
       <c r="B422" t="s">
-        <v>2081</v>
+        <v>2076</v>
       </c>
       <c r="C422" s="1">
-        <v>75</v>
+        <v>7</v>
       </c>
       <c r="D422" t="s">
         <v>19</v>
       </c>
       <c r="E422" t="s">
         <v>0</v>
       </c>
       <c r="F422" t="s">
         <v>21</v>
       </c>
       <c r="G422" t="s">
-        <v>1247</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1237</v>
       </c>
       <c r="L422" t="s">
-        <v>2082</v>
+        <v>2077</v>
       </c>
       <c r="M422" t="s">
-        <v>2083</v>
+        <v>2078</v>
       </c>
       <c r="N422" t="s">
-        <v>2084</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="423" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A423" t="s">
-        <v>2085</v>
+        <v>2080</v>
       </c>
       <c r="B423" t="s">
-        <v>2086</v>
+        <v>2081</v>
       </c>
       <c r="C423" s="1">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D423" t="s">
         <v>19</v>
       </c>
       <c r="E423" t="s">
         <v>0</v>
       </c>
       <c r="F423" t="s">
         <v>21</v>
       </c>
       <c r="G423" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L423" t="s">
-        <v>2087</v>
+        <v>2082</v>
       </c>
       <c r="M423" t="s">
-        <v>2088</v>
+        <v>2083</v>
       </c>
       <c r="N423" t="s">
-        <v>2089</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="424" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A424" t="s">
-        <v>2090</v>
+        <v>2085</v>
       </c>
       <c r="B424" t="s">
-        <v>2091</v>
+        <v>2086</v>
       </c>
       <c r="C424" s="1">
-        <v>6</v>
+        <v>3.5</v>
       </c>
       <c r="D424" t="s">
         <v>19</v>
       </c>
       <c r="E424" t="s">
         <v>0</v>
       </c>
       <c r="F424" t="s">
         <v>21</v>
       </c>
       <c r="G424" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L424" t="s">
-        <v>2092</v>
+        <v>2087</v>
       </c>
       <c r="M424" t="s">
-        <v>2093</v>
+        <v>2088</v>
       </c>
       <c r="N424" t="s">
-        <v>2094</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="425" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A425" t="s">
-        <v>2095</v>
+        <v>2090</v>
       </c>
       <c r="B425" t="s">
-        <v>2096</v>
+        <v>2091</v>
       </c>
       <c r="C425" s="1">
-        <v>7</v>
+        <v>5.5</v>
       </c>
       <c r="D425" t="s">
         <v>19</v>
       </c>
       <c r="E425" t="s">
         <v>0</v>
       </c>
       <c r="F425" t="s">
         <v>21</v>
       </c>
       <c r="G425" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L425" t="s">
-        <v>2097</v>
+        <v>2092</v>
       </c>
       <c r="M425" t="s">
-        <v>2098</v>
+        <v>2093</v>
       </c>
       <c r="N425" t="s">
-        <v>2099</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="426" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A426" t="s">
-        <v>2100</v>
+        <v>2095</v>
       </c>
       <c r="B426" t="s">
-        <v>2101</v>
+        <v>2096</v>
       </c>
       <c r="C426" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D426" t="s">
         <v>19</v>
       </c>
       <c r="E426" t="s">
         <v>0</v>
       </c>
       <c r="F426" t="s">
         <v>21</v>
       </c>
       <c r="G426" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L426" t="s">
-        <v>2102</v>
+        <v>2097</v>
       </c>
       <c r="M426" t="s">
-        <v>2103</v>
+        <v>2098</v>
       </c>
       <c r="N426" t="s">
-        <v>2104</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="427" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A427" t="s">
-        <v>2105</v>
+        <v>2100</v>
       </c>
       <c r="B427" t="s">
-        <v>2106</v>
+        <v>2101</v>
       </c>
       <c r="C427" s="1">
-        <v>3.5</v>
+        <v>8.5</v>
       </c>
       <c r="D427" t="s">
         <v>19</v>
       </c>
       <c r="E427" t="s">
         <v>0</v>
       </c>
       <c r="F427" t="s">
         <v>21</v>
       </c>
       <c r="G427" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L427" t="s">
-        <v>2107</v>
+        <v>2102</v>
       </c>
       <c r="M427" t="s">
-        <v>2108</v>
+        <v>2103</v>
       </c>
       <c r="N427" t="s">
-        <v>2109</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="428" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A428" t="s">
-        <v>2110</v>
+        <v>2105</v>
       </c>
       <c r="B428" t="s">
-        <v>2111</v>
+        <v>2106</v>
       </c>
       <c r="C428" s="1">
-        <v>5.5</v>
+        <v>2</v>
       </c>
       <c r="D428" t="s">
         <v>19</v>
       </c>
       <c r="E428" t="s">
         <v>0</v>
       </c>
       <c r="F428" t="s">
         <v>21</v>
       </c>
       <c r="G428" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L428" t="s">
-        <v>2112</v>
+        <v>2107</v>
       </c>
       <c r="M428" t="s">
-        <v>2113</v>
+        <v>2108</v>
       </c>
       <c r="N428" t="s">
-        <v>2114</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="429" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A429" t="s">
-        <v>2115</v>
+        <v>2110</v>
       </c>
       <c r="B429" t="s">
-        <v>2116</v>
+        <v>2111</v>
       </c>
       <c r="C429" s="1">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D429" t="s">
         <v>19</v>
       </c>
       <c r="E429" t="s">
         <v>0</v>
       </c>
       <c r="F429" t="s">
         <v>21</v>
       </c>
       <c r="G429" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L429" t="s">
-        <v>2117</v>
+        <v>2112</v>
       </c>
       <c r="M429" t="s">
-        <v>2118</v>
+        <v>2113</v>
       </c>
       <c r="N429" t="s">
-        <v>2119</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="430" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A430" t="s">
-        <v>2120</v>
+        <v>2115</v>
       </c>
       <c r="B430" t="s">
-        <v>2121</v>
+        <v>2116</v>
       </c>
       <c r="C430" s="1">
-        <v>8.5</v>
+        <v>7</v>
       </c>
       <c r="D430" t="s">
         <v>19</v>
       </c>
       <c r="E430" t="s">
         <v>0</v>
       </c>
       <c r="F430" t="s">
         <v>21</v>
       </c>
       <c r="G430" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L430" t="s">
-        <v>2122</v>
+        <v>2117</v>
       </c>
       <c r="M430" t="s">
-        <v>2123</v>
+        <v>2118</v>
       </c>
       <c r="N430" t="s">
-        <v>2124</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="431" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A431" t="s">
-        <v>2125</v>
+        <v>2120</v>
       </c>
       <c r="B431" t="s">
-        <v>2126</v>
+        <v>2121</v>
       </c>
       <c r="C431" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D431" t="s">
         <v>19</v>
       </c>
       <c r="E431" t="s">
         <v>0</v>
       </c>
       <c r="F431" t="s">
         <v>21</v>
       </c>
       <c r="G431" t="s">
-        <v>1247</v>
+        <v>1237</v>
       </c>
       <c r="L431" t="s">
-        <v>2127</v>
+        <v>2122</v>
       </c>
       <c r="M431" t="s">
-        <v>2128</v>
+        <v>2123</v>
       </c>
       <c r="N431" t="s">
-        <v>2129</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="432" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A432" t="s">
-        <v>2130</v>
+        <v>2125</v>
       </c>
       <c r="B432" t="s">
-        <v>2131</v>
+        <v>2126</v>
       </c>
       <c r="C432" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D432" t="s">
         <v>19</v>
       </c>
       <c r="E432" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F432" t="s">
         <v>21</v>
       </c>
       <c r="G432" t="s">
-        <v>1247</v>
+        <v>1962</v>
       </c>
       <c r="L432" t="s">
-        <v>2132</v>
+        <v>2127</v>
       </c>
       <c r="M432" t="s">
-        <v>2133</v>
+        <v>2128</v>
       </c>
       <c r="N432" t="s">
-        <v>2134</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="433" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A433" t="s">
-        <v>2135</v>
+        <v>2130</v>
       </c>
       <c r="B433" t="s">
-        <v>2136</v>
+        <v>2131</v>
       </c>
       <c r="C433" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D433" t="s">
         <v>19</v>
       </c>
       <c r="E433" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F433" t="s">
         <v>21</v>
       </c>
       <c r="G433" t="s">
-        <v>1247</v>
+        <v>1962</v>
       </c>
       <c r="L433" t="s">
-        <v>2137</v>
+        <v>2132</v>
       </c>
       <c r="M433" t="s">
-        <v>2138</v>
+        <v>2133</v>
       </c>
       <c r="N433" t="s">
-        <v>2139</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="434" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A434" t="s">
-        <v>2140</v>
+        <v>2135</v>
       </c>
       <c r="B434" t="s">
-        <v>2141</v>
+        <v>2136</v>
       </c>
       <c r="C434" s="1">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D434" t="s">
         <v>19</v>
       </c>
       <c r="E434" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F434" t="s">
         <v>21</v>
       </c>
       <c r="G434" t="s">
-        <v>1247</v>
+        <v>1962</v>
       </c>
       <c r="L434" t="s">
-        <v>2142</v>
+        <v>2137</v>
       </c>
       <c r="M434" t="s">
-        <v>2143</v>
+        <v>2138</v>
       </c>
       <c r="N434" t="s">
-        <v>2144</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="435" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A435" t="s">
-        <v>2145</v>
+        <v>2140</v>
       </c>
       <c r="B435" t="s">
-        <v>2146</v>
+        <v>2141</v>
       </c>
       <c r="C435" s="1">
         <v>5</v>
       </c>
       <c r="D435" t="s">
         <v>19</v>
       </c>
       <c r="E435" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F435" t="s">
         <v>21</v>
       </c>
       <c r="G435" t="s">
-        <v>1982</v>
+        <v>2142</v>
       </c>
       <c r="L435" t="s">
-        <v>2147</v>
+        <v>2143</v>
       </c>
       <c r="M435" t="s">
-        <v>2148</v>
+        <v>2144</v>
       </c>
       <c r="N435" t="s">
-        <v>2149</v>
+        <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A436" t="s">
-        <v>2150</v>
+        <v>2145</v>
       </c>
       <c r="B436" t="s">
-        <v>2151</v>
+        <v>2146</v>
       </c>
       <c r="C436" s="1">
         <v>5</v>
       </c>
       <c r="D436" t="s">
         <v>19</v>
       </c>
       <c r="E436" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F436" t="s">
         <v>21</v>
       </c>
       <c r="G436" t="s">
-        <v>1982</v>
+        <v>2142</v>
       </c>
       <c r="L436" t="s">
-        <v>2152</v>
+        <v>2147</v>
       </c>
       <c r="M436" t="s">
-        <v>2153</v>
+        <v>2148</v>
       </c>
       <c r="N436" t="s">
-        <v>2154</v>
+        <v>0</v>
       </c>
     </row>
     <row r="437" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A437" t="s">
-        <v>2155</v>
+        <v>2149</v>
       </c>
       <c r="B437" t="s">
-        <v>2156</v>
+        <v>2150</v>
       </c>
       <c r="C437" s="1">
-        <v>5</v>
+        <v>71</v>
       </c>
       <c r="D437" t="s">
         <v>19</v>
       </c>
       <c r="E437" t="s">
         <v>29</v>
       </c>
       <c r="F437" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G437" t="s">
-        <v>1982</v>
+        <v>353</v>
+      </c>
+      <c r="H437" t="s">
+        <v>23</v>
+      </c>
+      <c r="I437">
+        <v>1</v>
       </c>
       <c r="L437" t="s">
-        <v>2157</v>
+        <v>2151</v>
       </c>
       <c r="M437" t="s">
-        <v>2158</v>
+        <v>2152</v>
       </c>
       <c r="N437" t="s">
-        <v>2159</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="438" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A438" t="s">
-        <v>2160</v>
+        <v>2154</v>
       </c>
       <c r="B438" t="s">
-        <v>2161</v>
+        <v>2155</v>
       </c>
       <c r="C438" s="1">
-        <v>5</v>
+        <v>73</v>
       </c>
       <c r="D438" t="s">
         <v>19</v>
       </c>
       <c r="E438" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F438" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G438" t="s">
-        <v>2162</v>
+        <v>353</v>
+      </c>
+      <c r="H438" t="s">
+        <v>23</v>
+      </c>
+      <c r="I438">
+        <v>1</v>
+      </c>
+      <c r="J438" t="s">
+        <v>23</v>
+      </c>
+      <c r="K438">
+        <v>1</v>
       </c>
       <c r="L438" t="s">
-        <v>2163</v>
+        <v>2156</v>
       </c>
       <c r="M438" t="s">
-        <v>2164</v>
+        <v>2157</v>
       </c>
       <c r="N438" t="s">
-        <v>0</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="439" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A439" t="s">
-        <v>2165</v>
+        <v>2159</v>
       </c>
       <c r="B439" t="s">
-        <v>2166</v>
+        <v>2160</v>
       </c>
       <c r="C439" s="1">
-        <v>5</v>
+        <v>77</v>
       </c>
       <c r="D439" t="s">
         <v>19</v>
       </c>
       <c r="E439" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F439" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G439" t="s">
+        <v>353</v>
+      </c>
+      <c r="H439" t="s">
+        <v>23</v>
+      </c>
+      <c r="I439">
+        <v>1</v>
+      </c>
+      <c r="J439" t="s">
+        <v>23</v>
+      </c>
+      <c r="K439">
+        <v>1</v>
+      </c>
+      <c r="L439" t="s">
+        <v>2161</v>
+      </c>
+      <c r="M439" t="s">
         <v>2162</v>
       </c>
-      <c r="L439" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N439" t="s">
-        <v>0</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="440" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A440" t="s">
-        <v>2169</v>
+        <v>2164</v>
       </c>
       <c r="B440" t="s">
-        <v>2170</v>
+        <v>2165</v>
       </c>
       <c r="C440" s="1">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="D440" t="s">
         <v>19</v>
       </c>
       <c r="E440" t="s">
         <v>29</v>
       </c>
       <c r="F440" t="s">
         <v>101</v>
       </c>
       <c r="G440" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H440" t="s">
         <v>23</v>
       </c>
       <c r="I440">
         <v>1</v>
       </c>
+      <c r="J440" t="s">
+        <v>23</v>
+      </c>
+      <c r="K440">
+        <v>1</v>
+      </c>
       <c r="L440" t="s">
-        <v>2171</v>
+        <v>2166</v>
       </c>
       <c r="M440" t="s">
-        <v>2172</v>
+        <v>2167</v>
       </c>
       <c r="N440" t="s">
-        <v>2173</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="441" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A441" t="s">
-        <v>2174</v>
+        <v>2169</v>
       </c>
       <c r="B441" t="s">
-        <v>2175</v>
+        <v>2170</v>
       </c>
       <c r="C441" s="1">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="D441" t="s">
         <v>19</v>
       </c>
       <c r="E441" t="s">
         <v>29</v>
       </c>
       <c r="F441" t="s">
         <v>101</v>
       </c>
       <c r="G441" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H441" t="s">
         <v>23</v>
       </c>
       <c r="I441">
         <v>1</v>
       </c>
-      <c r="J441" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L441" t="s">
-        <v>2176</v>
+        <v>2171</v>
       </c>
       <c r="M441" t="s">
-        <v>2177</v>
+        <v>2172</v>
       </c>
       <c r="N441" t="s">
-        <v>2178</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="442" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A442" t="s">
-        <v>2179</v>
+        <v>2174</v>
       </c>
       <c r="B442" t="s">
-        <v>2180</v>
+        <v>2175</v>
       </c>
       <c r="C442" s="1">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="D442" t="s">
         <v>19</v>
       </c>
       <c r="E442" t="s">
         <v>29</v>
       </c>
       <c r="F442" t="s">
         <v>101</v>
       </c>
       <c r="G442" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H442" t="s">
         <v>23</v>
       </c>
       <c r="I442">
         <v>1</v>
       </c>
-      <c r="J442" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L442" t="s">
-        <v>2181</v>
+        <v>2176</v>
       </c>
       <c r="M442" t="s">
-        <v>2182</v>
+        <v>2177</v>
       </c>
       <c r="N442" t="s">
-        <v>2183</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="443" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A443" t="s">
-        <v>2184</v>
+        <v>2179</v>
       </c>
       <c r="B443" t="s">
-        <v>2185</v>
+        <v>2180</v>
       </c>
       <c r="C443" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="D443" t="s">
         <v>19</v>
       </c>
       <c r="E443" t="s">
         <v>29</v>
       </c>
       <c r="F443" t="s">
         <v>101</v>
       </c>
       <c r="G443" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H443" t="s">
         <v>23</v>
       </c>
       <c r="I443">
         <v>1</v>
       </c>
-      <c r="J443" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L443" t="s">
-        <v>2186</v>
+        <v>2181</v>
       </c>
       <c r="M443" t="s">
-        <v>2187</v>
+        <v>2182</v>
       </c>
       <c r="N443" t="s">
-        <v>2188</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="444" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A444" t="s">
-        <v>2189</v>
+        <v>2184</v>
       </c>
       <c r="B444" t="s">
-        <v>2190</v>
+        <v>2185</v>
       </c>
       <c r="C444" s="1">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="D444" t="s">
         <v>19</v>
       </c>
       <c r="E444" t="s">
         <v>29</v>
       </c>
       <c r="F444" t="s">
         <v>101</v>
       </c>
       <c r="G444" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H444" t="s">
         <v>23</v>
       </c>
       <c r="I444">
         <v>1</v>
       </c>
       <c r="L444" t="s">
-        <v>2191</v>
+        <v>2186</v>
       </c>
       <c r="M444" t="s">
-        <v>2192</v>
+        <v>2187</v>
       </c>
       <c r="N444" t="s">
-        <v>2193</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="445" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A445" t="s">
-        <v>2194</v>
+        <v>2189</v>
       </c>
       <c r="B445" t="s">
-        <v>2195</v>
+        <v>2190</v>
       </c>
       <c r="C445" s="1">
         <v>50</v>
       </c>
       <c r="D445" t="s">
         <v>19</v>
       </c>
       <c r="E445" t="s">
         <v>29</v>
       </c>
       <c r="F445" t="s">
         <v>101</v>
       </c>
       <c r="G445" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H445" t="s">
         <v>23</v>
       </c>
       <c r="I445">
         <v>1</v>
       </c>
       <c r="L445" t="s">
-        <v>2196</v>
+        <v>2191</v>
       </c>
       <c r="M445" t="s">
-        <v>2197</v>
+        <v>2192</v>
       </c>
       <c r="N445" t="s">
-        <v>2198</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="446" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A446" t="s">
-        <v>2199</v>
+        <v>2194</v>
       </c>
       <c r="B446" t="s">
-        <v>2200</v>
+        <v>2195</v>
       </c>
       <c r="C446" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="D446" t="s">
         <v>19</v>
       </c>
       <c r="E446" t="s">
         <v>29</v>
       </c>
       <c r="F446" t="s">
         <v>101</v>
       </c>
       <c r="G446" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H446" t="s">
         <v>23</v>
       </c>
       <c r="I446">
         <v>1</v>
       </c>
       <c r="L446" t="s">
-        <v>2201</v>
+        <v>2196</v>
       </c>
       <c r="M446" t="s">
-        <v>2202</v>
+        <v>2197</v>
       </c>
       <c r="N446" t="s">
-        <v>2203</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="447" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A447" t="s">
-        <v>2204</v>
+        <v>2199</v>
       </c>
       <c r="B447" t="s">
-        <v>2205</v>
+        <v>2200</v>
       </c>
       <c r="C447" s="1">
         <v>50</v>
       </c>
       <c r="D447" t="s">
         <v>19</v>
       </c>
       <c r="E447" t="s">
         <v>29</v>
       </c>
       <c r="F447" t="s">
         <v>101</v>
       </c>
       <c r="G447" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H447" t="s">
         <v>23</v>
       </c>
       <c r="I447">
         <v>1</v>
       </c>
       <c r="L447" t="s">
-        <v>2206</v>
+        <v>2201</v>
       </c>
       <c r="M447" t="s">
-        <v>2207</v>
+        <v>2202</v>
       </c>
       <c r="N447" t="s">
-        <v>2208</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="448" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A448" t="s">
-        <v>2209</v>
+        <v>2204</v>
       </c>
       <c r="B448" t="s">
-        <v>2210</v>
+        <v>2205</v>
       </c>
       <c r="C448" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="D448" t="s">
         <v>19</v>
       </c>
       <c r="E448" t="s">
         <v>29</v>
       </c>
       <c r="F448" t="s">
         <v>101</v>
       </c>
       <c r="G448" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H448" t="s">
         <v>23</v>
       </c>
       <c r="I448">
         <v>1</v>
       </c>
       <c r="L448" t="s">
-        <v>2211</v>
+        <v>2206</v>
       </c>
       <c r="M448" t="s">
-        <v>2212</v>
+        <v>2207</v>
       </c>
       <c r="N448" t="s">
-        <v>2213</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="449" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A449" t="s">
-        <v>2214</v>
+        <v>2209</v>
       </c>
       <c r="B449" t="s">
-        <v>2215</v>
+        <v>2210</v>
       </c>
       <c r="C449" s="1">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="D449" t="s">
         <v>19</v>
       </c>
       <c r="E449" t="s">
         <v>29</v>
       </c>
       <c r="F449" t="s">
         <v>101</v>
       </c>
       <c r="G449" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H449" t="s">
         <v>23</v>
       </c>
       <c r="I449">
         <v>1</v>
       </c>
       <c r="L449" t="s">
-        <v>2216</v>
+        <v>2211</v>
       </c>
       <c r="M449" t="s">
-        <v>2217</v>
+        <v>2212</v>
       </c>
       <c r="N449" t="s">
-        <v>2218</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="450" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A450" t="s">
-        <v>2219</v>
+        <v>2214</v>
       </c>
       <c r="B450" t="s">
-        <v>2220</v>
+        <v>2215</v>
       </c>
       <c r="C450" s="1">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="D450" t="s">
         <v>19</v>
       </c>
       <c r="E450" t="s">
         <v>29</v>
       </c>
       <c r="F450" t="s">
         <v>101</v>
       </c>
       <c r="G450" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H450" t="s">
         <v>23</v>
       </c>
       <c r="I450">
         <v>1</v>
       </c>
       <c r="L450" t="s">
-        <v>2221</v>
+        <v>2216</v>
       </c>
       <c r="M450" t="s">
-        <v>2222</v>
+        <v>2217</v>
       </c>
       <c r="N450" t="s">
-        <v>2223</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="451" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A451" t="s">
-        <v>2224</v>
+        <v>2219</v>
       </c>
       <c r="B451" t="s">
-        <v>2225</v>
+        <v>2220</v>
       </c>
       <c r="C451" s="1">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="D451" t="s">
         <v>19</v>
       </c>
       <c r="E451" t="s">
         <v>29</v>
       </c>
       <c r="F451" t="s">
         <v>101</v>
       </c>
       <c r="G451" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H451" t="s">
         <v>23</v>
       </c>
       <c r="I451">
         <v>1</v>
       </c>
       <c r="L451" t="s">
-        <v>2226</v>
+        <v>2221</v>
       </c>
       <c r="M451" t="s">
-        <v>2227</v>
+        <v>2222</v>
       </c>
       <c r="N451" t="s">
-        <v>2228</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="452" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A452" t="s">
-        <v>2229</v>
+        <v>2224</v>
       </c>
       <c r="B452" t="s">
-        <v>2230</v>
+        <v>2225</v>
       </c>
       <c r="C452" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="D452" t="s">
         <v>19</v>
       </c>
       <c r="E452" t="s">
         <v>29</v>
       </c>
       <c r="F452" t="s">
         <v>101</v>
       </c>
       <c r="G452" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H452" t="s">
         <v>23</v>
       </c>
       <c r="I452">
         <v>1</v>
       </c>
       <c r="L452" t="s">
-        <v>2231</v>
+        <v>2226</v>
       </c>
       <c r="M452" t="s">
-        <v>2232</v>
+        <v>2227</v>
       </c>
       <c r="N452" t="s">
-        <v>2233</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="453" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A453" t="s">
-        <v>2234</v>
+        <v>2229</v>
       </c>
       <c r="B453" t="s">
-        <v>2235</v>
+        <v>2230</v>
       </c>
       <c r="C453" s="1">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="D453" t="s">
         <v>19</v>
       </c>
       <c r="E453" t="s">
         <v>29</v>
       </c>
       <c r="F453" t="s">
         <v>101</v>
       </c>
       <c r="G453" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H453" t="s">
         <v>23</v>
       </c>
       <c r="I453">
         <v>1</v>
       </c>
       <c r="L453" t="s">
-        <v>2236</v>
+        <v>2231</v>
       </c>
       <c r="M453" t="s">
-        <v>2237</v>
+        <v>2232</v>
       </c>
       <c r="N453" t="s">
-        <v>2238</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="454" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A454" t="s">
-        <v>2239</v>
+        <v>2234</v>
       </c>
       <c r="B454" t="s">
-        <v>2240</v>
+        <v>2235</v>
       </c>
       <c r="C454" s="1">
         <v>30</v>
       </c>
       <c r="D454" t="s">
         <v>19</v>
       </c>
       <c r="E454" t="s">
         <v>29</v>
       </c>
       <c r="F454" t="s">
         <v>101</v>
       </c>
       <c r="G454" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H454" t="s">
         <v>23</v>
       </c>
       <c r="I454">
         <v>1</v>
       </c>
       <c r="L454" t="s">
-        <v>2241</v>
+        <v>2236</v>
       </c>
       <c r="M454" t="s">
-        <v>2242</v>
+        <v>2237</v>
       </c>
       <c r="N454" t="s">
-        <v>2243</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="455" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A455" t="s">
-        <v>2244</v>
+        <v>2239</v>
       </c>
       <c r="B455" t="s">
-        <v>2245</v>
+        <v>2240</v>
       </c>
       <c r="C455" s="1">
         <v>30</v>
       </c>
       <c r="D455" t="s">
         <v>19</v>
       </c>
       <c r="E455" t="s">
         <v>29</v>
       </c>
       <c r="F455" t="s">
         <v>101</v>
       </c>
       <c r="G455" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H455" t="s">
         <v>23</v>
       </c>
       <c r="I455">
         <v>1</v>
       </c>
       <c r="L455" t="s">
-        <v>2246</v>
+        <v>2241</v>
       </c>
       <c r="M455" t="s">
-        <v>2247</v>
+        <v>2242</v>
       </c>
       <c r="N455" t="s">
-        <v>2248</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="456" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A456" t="s">
-        <v>2249</v>
+        <v>2244</v>
       </c>
       <c r="B456" t="s">
-        <v>2250</v>
+        <v>2245</v>
       </c>
       <c r="C456" s="1">
         <v>30</v>
       </c>
       <c r="D456" t="s">
         <v>19</v>
       </c>
       <c r="E456" t="s">
         <v>29</v>
       </c>
       <c r="F456" t="s">
         <v>101</v>
       </c>
       <c r="G456" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H456" t="s">
         <v>23</v>
       </c>
       <c r="I456">
         <v>1</v>
       </c>
       <c r="L456" t="s">
-        <v>2251</v>
+        <v>2246</v>
       </c>
       <c r="M456" t="s">
-        <v>2252</v>
+        <v>2247</v>
       </c>
       <c r="N456" t="s">
-        <v>2253</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="457" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A457" t="s">
-        <v>2254</v>
+        <v>2249</v>
       </c>
       <c r="B457" t="s">
-        <v>2255</v>
+        <v>2250</v>
       </c>
       <c r="C457" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D457" t="s">
         <v>19</v>
       </c>
       <c r="E457" t="s">
         <v>29</v>
       </c>
       <c r="F457" t="s">
         <v>101</v>
       </c>
       <c r="G457" t="s">
-        <v>352</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>353</v>
       </c>
       <c r="L457" t="s">
-        <v>2256</v>
+        <v>2251</v>
       </c>
       <c r="M457" t="s">
-        <v>2257</v>
+        <v>2252</v>
       </c>
       <c r="N457" t="s">
-        <v>2258</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="458" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A458" t="s">
-        <v>2259</v>
+        <v>2254</v>
       </c>
       <c r="B458" t="s">
-        <v>2260</v>
+        <v>2255</v>
       </c>
       <c r="C458" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D458" t="s">
         <v>19</v>
       </c>
       <c r="E458" t="s">
         <v>29</v>
       </c>
       <c r="F458" t="s">
         <v>101</v>
       </c>
       <c r="G458" t="s">
-        <v>352</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>353</v>
       </c>
       <c r="L458" t="s">
-        <v>2261</v>
+        <v>2256</v>
       </c>
       <c r="M458" t="s">
-        <v>2262</v>
+        <v>2257</v>
       </c>
       <c r="N458" t="s">
-        <v>2263</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="459" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A459" t="s">
-        <v>2264</v>
+        <v>2259</v>
       </c>
       <c r="B459" t="s">
-        <v>2265</v>
+        <v>2260</v>
       </c>
       <c r="C459" s="1">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="D459" t="s">
         <v>19</v>
       </c>
       <c r="E459" t="s">
         <v>29</v>
       </c>
       <c r="F459" t="s">
         <v>101</v>
       </c>
       <c r="G459" t="s">
-        <v>352</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>353</v>
       </c>
       <c r="L459" t="s">
-        <v>2266</v>
+        <v>2261</v>
       </c>
       <c r="M459" t="s">
-        <v>2267</v>
+        <v>2262</v>
       </c>
       <c r="N459" t="s">
-        <v>2268</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="460" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A460" t="s">
-        <v>2269</v>
+        <v>2264</v>
       </c>
       <c r="B460" t="s">
-        <v>2270</v>
+        <v>2265</v>
       </c>
       <c r="C460" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="D460" t="s">
         <v>19</v>
       </c>
       <c r="E460" t="s">
         <v>29</v>
       </c>
       <c r="F460" t="s">
         <v>101</v>
       </c>
       <c r="G460" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="L460" t="s">
-        <v>2271</v>
+        <v>2266</v>
       </c>
       <c r="M460" t="s">
-        <v>2272</v>
+        <v>2267</v>
       </c>
       <c r="N460" t="s">
-        <v>2273</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="461" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A461" t="s">
-        <v>2274</v>
+        <v>2269</v>
       </c>
       <c r="B461" t="s">
-        <v>2275</v>
+        <v>2270</v>
       </c>
       <c r="C461" s="1">
         <v>12</v>
       </c>
       <c r="D461" t="s">
         <v>19</v>
       </c>
       <c r="E461" t="s">
         <v>29</v>
       </c>
       <c r="F461" t="s">
         <v>101</v>
       </c>
       <c r="G461" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="L461" t="s">
-        <v>2276</v>
+        <v>2271</v>
       </c>
       <c r="M461" t="s">
-        <v>2277</v>
+        <v>2272</v>
       </c>
       <c r="N461" t="s">
-        <v>2278</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="462" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A462" t="s">
-        <v>2279</v>
+        <v>2274</v>
       </c>
       <c r="B462" t="s">
-        <v>2280</v>
+        <v>2275</v>
       </c>
       <c r="C462" s="1">
-        <v>5</v>
+        <v>68</v>
       </c>
       <c r="D462" t="s">
         <v>19</v>
       </c>
       <c r="E462" t="s">
-        <v>29</v>
+        <v>1751</v>
       </c>
       <c r="F462" t="s">
         <v>101</v>
       </c>
       <c r="G462" t="s">
-        <v>352</v>
+        <v>2276</v>
+      </c>
+      <c r="H462" t="s">
+        <v>103</v>
+      </c>
+      <c r="I462">
+        <v>1</v>
       </c>
       <c r="L462" t="s">
-        <v>2281</v>
+        <v>2277</v>
       </c>
       <c r="M462" t="s">
-        <v>2282</v>
+        <v>2278</v>
       </c>
       <c r="N462" t="s">
-        <v>2283</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="463" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A463" t="s">
-        <v>2284</v>
+        <v>2280</v>
       </c>
       <c r="B463" t="s">
-        <v>2285</v>
+        <v>2281</v>
       </c>
       <c r="C463" s="1">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="D463" t="s">
         <v>19</v>
       </c>
       <c r="E463" t="s">
-        <v>29</v>
+        <v>1751</v>
       </c>
       <c r="F463" t="s">
         <v>101</v>
       </c>
       <c r="G463" t="s">
-        <v>352</v>
+        <v>2276</v>
+      </c>
+      <c r="H463" t="s">
+        <v>103</v>
+      </c>
+      <c r="I463">
+        <v>1</v>
       </c>
       <c r="L463" t="s">
-        <v>2286</v>
+        <v>2282</v>
       </c>
       <c r="M463" t="s">
-        <v>2287</v>
+        <v>2283</v>
       </c>
       <c r="N463" t="s">
-        <v>2288</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="464" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A464" t="s">
-        <v>2289</v>
+        <v>2285</v>
       </c>
       <c r="B464" t="s">
-        <v>2290</v>
+        <v>2286</v>
       </c>
       <c r="C464" s="1">
-        <v>12</v>
+        <v>68</v>
       </c>
       <c r="D464" t="s">
         <v>19</v>
       </c>
       <c r="E464" t="s">
-        <v>29</v>
+        <v>1751</v>
       </c>
       <c r="F464" t="s">
         <v>101</v>
       </c>
       <c r="G464" t="s">
-        <v>352</v>
+        <v>2276</v>
+      </c>
+      <c r="H464" t="s">
+        <v>103</v>
+      </c>
+      <c r="I464">
+        <v>1</v>
       </c>
       <c r="L464" t="s">
-        <v>2291</v>
+        <v>2287</v>
       </c>
       <c r="M464" t="s">
-        <v>2292</v>
+        <v>2288</v>
       </c>
       <c r="N464" t="s">
-        <v>2293</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="465" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A465" t="s">
-        <v>2294</v>
+        <v>2290</v>
       </c>
       <c r="B465" t="s">
-        <v>2295</v>
+        <v>2291</v>
       </c>
       <c r="C465" s="1">
         <v>68</v>
       </c>
       <c r="D465" t="s">
         <v>19</v>
       </c>
       <c r="E465" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F465" t="s">
         <v>101</v>
       </c>
       <c r="G465" t="s">
-        <v>2296</v>
+        <v>2276</v>
       </c>
       <c r="H465" t="s">
         <v>103</v>
       </c>
       <c r="I465">
         <v>1</v>
       </c>
       <c r="L465" t="s">
-        <v>2297</v>
+        <v>2292</v>
       </c>
       <c r="M465" t="s">
-        <v>2298</v>
+        <v>2293</v>
       </c>
       <c r="N465" t="s">
-        <v>2299</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="466" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A466" t="s">
+        <v>2295</v>
+      </c>
+      <c r="B466" t="s">
+        <v>2296</v>
+      </c>
+      <c r="C466" s="1">
+        <v>4.5</v>
+      </c>
+      <c r="D466" t="s">
+        <v>19</v>
+      </c>
+      <c r="E466" t="s">
+        <v>29</v>
+      </c>
+      <c r="F466" t="s">
+        <v>21</v>
+      </c>
+      <c r="G466" t="s">
+        <v>2297</v>
+      </c>
+      <c r="L466" t="s">
+        <v>2298</v>
+      </c>
+      <c r="M466" t="s">
+        <v>2299</v>
+      </c>
+      <c r="N466" t="s">
         <v>2300</v>
-      </c>
-[...31 lines deleted...]
-        <v>2304</v>
       </c>
     </row>
     <row r="467" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A467" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B467" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C467" s="1">
+        <v>4.5</v>
+      </c>
+      <c r="D467" t="s">
+        <v>19</v>
+      </c>
+      <c r="E467" t="s">
+        <v>29</v>
+      </c>
+      <c r="F467" t="s">
+        <v>21</v>
+      </c>
+      <c r="G467" t="s">
+        <v>2297</v>
+      </c>
+      <c r="L467" t="s">
+        <v>2303</v>
+      </c>
+      <c r="M467" t="s">
+        <v>2304</v>
+      </c>
+      <c r="N467" t="s">
         <v>2305</v>
-      </c>
-[...31 lines deleted...]
-        <v>2309</v>
       </c>
     </row>
     <row r="468" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A468" t="s">
-        <v>2310</v>
+        <v>2306</v>
       </c>
       <c r="B468" t="s">
-        <v>2311</v>
+        <v>2307</v>
       </c>
       <c r="C468" s="1">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="D468" t="s">
         <v>19</v>
       </c>
       <c r="E468" t="s">
-        <v>1771</v>
+        <v>29</v>
       </c>
       <c r="F468" t="s">
         <v>101</v>
       </c>
       <c r="G468" t="s">
-        <v>2296</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>102</v>
       </c>
       <c r="L468" t="s">
-        <v>2312</v>
+        <v>2308</v>
       </c>
       <c r="M468" t="s">
-        <v>2313</v>
+        <v>2309</v>
       </c>
       <c r="N468" t="s">
-        <v>2314</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="469" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A469" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B469" t="s">
+        <v>2312</v>
+      </c>
+      <c r="C469" s="1">
+        <v>18</v>
+      </c>
+      <c r="D469" t="s">
+        <v>19</v>
+      </c>
+      <c r="E469" t="s">
+        <v>2313</v>
+      </c>
+      <c r="F469" t="s">
+        <v>101</v>
+      </c>
+      <c r="G469" t="s">
+        <v>102</v>
+      </c>
+      <c r="L469" t="s">
+        <v>2314</v>
+      </c>
+      <c r="M469" t="s">
         <v>2315</v>
       </c>
-      <c r="B469" t="s">
+      <c r="N469" t="s">
         <v>2316</v>
-      </c>
-[...22 lines deleted...]
-        <v>2320</v>
       </c>
     </row>
     <row r="470" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A470" t="s">
-        <v>2321</v>
+        <v>2317</v>
       </c>
       <c r="B470" t="s">
-        <v>2322</v>
+        <v>2318</v>
       </c>
       <c r="C470" s="1">
-        <v>4.5</v>
+        <v>11</v>
       </c>
       <c r="D470" t="s">
         <v>19</v>
       </c>
       <c r="E470" t="s">
         <v>29</v>
       </c>
       <c r="F470" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G470" t="s">
-        <v>2317</v>
+        <v>102</v>
       </c>
       <c r="L470" t="s">
-        <v>2323</v>
+        <v>2319</v>
       </c>
       <c r="M470" t="s">
-        <v>2324</v>
+        <v>2320</v>
       </c>
       <c r="N470" t="s">
-        <v>2325</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="471" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A471" t="s">
-        <v>2326</v>
+        <v>2322</v>
       </c>
       <c r="B471" t="s">
-        <v>2327</v>
+        <v>2323</v>
       </c>
       <c r="C471" s="1">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D471" t="s">
         <v>19</v>
       </c>
       <c r="E471" t="s">
-        <v>29</v>
+        <v>2313</v>
       </c>
       <c r="F471" t="s">
         <v>101</v>
       </c>
       <c r="G471" t="s">
         <v>102</v>
       </c>
       <c r="L471" t="s">
-        <v>2328</v>
+        <v>2324</v>
       </c>
       <c r="M471" t="s">
-        <v>2329</v>
+        <v>2325</v>
       </c>
       <c r="N471" t="s">
-        <v>2330</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="472" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A472" t="s">
-        <v>2331</v>
+        <v>2327</v>
       </c>
       <c r="B472" t="s">
-        <v>2332</v>
+        <v>2328</v>
       </c>
       <c r="C472" s="1">
-        <v>18</v>
+        <v>1.8</v>
       </c>
       <c r="D472" t="s">
         <v>19</v>
       </c>
       <c r="E472" t="s">
-        <v>2333</v>
+        <v>29</v>
       </c>
       <c r="F472" t="s">
         <v>101</v>
       </c>
       <c r="G472" t="s">
         <v>102</v>
       </c>
       <c r="L472" t="s">
-        <v>2334</v>
+        <v>2329</v>
       </c>
       <c r="M472" t="s">
-        <v>2335</v>
+        <v>2330</v>
       </c>
       <c r="N472" t="s">
-        <v>2336</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="473" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A473" t="s">
-        <v>2337</v>
+        <v>2332</v>
       </c>
       <c r="B473" t="s">
-        <v>2338</v>
+        <v>2333</v>
       </c>
       <c r="C473" s="1">
-        <v>11</v>
+        <v>88</v>
       </c>
       <c r="D473" t="s">
         <v>19</v>
       </c>
       <c r="E473" t="s">
-        <v>29</v>
+        <v>1337</v>
       </c>
       <c r="F473" t="s">
         <v>101</v>
       </c>
       <c r="G473" t="s">
-        <v>102</v>
+        <v>353</v>
+      </c>
+      <c r="H473" t="s">
+        <v>103</v>
+      </c>
+      <c r="I473">
+        <v>1</v>
       </c>
       <c r="L473" t="s">
-        <v>2339</v>
+        <v>2334</v>
       </c>
       <c r="M473" t="s">
-        <v>2340</v>
+        <v>2335</v>
       </c>
       <c r="N473" t="s">
-        <v>2341</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="474" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A474" t="s">
-        <v>2342</v>
+        <v>2337</v>
       </c>
       <c r="B474" t="s">
-        <v>2343</v>
+        <v>2338</v>
       </c>
       <c r="C474" s="1">
-        <v>18</v>
+        <v>88</v>
       </c>
       <c r="D474" t="s">
         <v>19</v>
       </c>
       <c r="E474" t="s">
-        <v>2333</v>
+        <v>1337</v>
       </c>
       <c r="F474" t="s">
         <v>101</v>
       </c>
       <c r="G474" t="s">
-        <v>102</v>
+        <v>353</v>
+      </c>
+      <c r="H474" t="s">
+        <v>103</v>
+      </c>
+      <c r="I474">
+        <v>1</v>
       </c>
       <c r="L474" t="s">
-        <v>2344</v>
+        <v>2339</v>
       </c>
       <c r="M474" t="s">
-        <v>2345</v>
+        <v>2340</v>
       </c>
       <c r="N474" t="s">
-        <v>2346</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="475" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A475" t="s">
-        <v>2347</v>
+        <v>2342</v>
       </c>
       <c r="B475" t="s">
-        <v>2348</v>
+        <v>2343</v>
       </c>
       <c r="C475" s="1">
-        <v>1.8</v>
+        <v>110</v>
       </c>
       <c r="D475" t="s">
         <v>19</v>
       </c>
       <c r="E475" t="s">
-        <v>29</v>
+        <v>1337</v>
       </c>
       <c r="F475" t="s">
         <v>101</v>
       </c>
       <c r="G475" t="s">
-        <v>102</v>
+        <v>353</v>
+      </c>
+      <c r="H475" t="s">
+        <v>103</v>
+      </c>
+      <c r="I475">
+        <v>1</v>
       </c>
       <c r="L475" t="s">
-        <v>2349</v>
+        <v>2344</v>
       </c>
       <c r="M475" t="s">
-        <v>2350</v>
+        <v>2345</v>
       </c>
       <c r="N475" t="s">
-        <v>2351</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="476" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A476" t="s">
-        <v>2352</v>
+        <v>2347</v>
       </c>
       <c r="B476" t="s">
-        <v>2353</v>
+        <v>2348</v>
       </c>
       <c r="C476" s="1">
         <v>88</v>
       </c>
       <c r="D476" t="s">
         <v>19</v>
       </c>
       <c r="E476" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F476" t="s">
         <v>101</v>
       </c>
       <c r="G476" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H476" t="s">
         <v>103</v>
       </c>
       <c r="I476">
         <v>1</v>
       </c>
       <c r="L476" t="s">
-        <v>2354</v>
+        <v>2349</v>
       </c>
       <c r="M476" t="s">
-        <v>2355</v>
+        <v>2350</v>
       </c>
       <c r="N476" t="s">
-        <v>2356</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="477" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A477" t="s">
-        <v>2357</v>
+        <v>2352</v>
       </c>
       <c r="B477" t="s">
-        <v>2358</v>
+        <v>2353</v>
       </c>
       <c r="C477" s="1">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="D477" t="s">
         <v>19</v>
       </c>
       <c r="E477" t="s">
-        <v>1347</v>
+        <v>0</v>
       </c>
       <c r="F477" t="s">
         <v>101</v>
       </c>
       <c r="G477" t="s">
-        <v>352</v>
+        <v>102</v>
       </c>
       <c r="H477" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I477">
         <v>1</v>
       </c>
       <c r="L477" t="s">
-        <v>2359</v>
+        <v>0</v>
       </c>
       <c r="M477" t="s">
-        <v>2360</v>
+        <v>2354</v>
       </c>
       <c r="N477" t="s">
-        <v>2361</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="478" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A478" t="s">
-        <v>2362</v>
+        <v>2356</v>
       </c>
       <c r="B478" t="s">
-        <v>2363</v>
+        <v>2357</v>
       </c>
       <c r="C478" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="D478" t="s">
         <v>19</v>
       </c>
       <c r="E478" t="s">
-        <v>1347</v>
+        <v>0</v>
       </c>
       <c r="F478" t="s">
         <v>101</v>
       </c>
       <c r="G478" t="s">
-        <v>352</v>
+        <v>102</v>
       </c>
       <c r="H478" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I478">
         <v>1</v>
       </c>
       <c r="L478" t="s">
-        <v>2364</v>
+        <v>0</v>
       </c>
       <c r="M478" t="s">
-        <v>2365</v>
+        <v>2358</v>
       </c>
       <c r="N478" t="s">
-        <v>2366</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="479" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A479" t="s">
-        <v>2367</v>
+        <v>2360</v>
       </c>
       <c r="B479" t="s">
-        <v>2368</v>
+        <v>2361</v>
       </c>
       <c r="C479" s="1">
-        <v>88</v>
+        <v>120</v>
       </c>
       <c r="D479" t="s">
         <v>19</v>
       </c>
       <c r="E479" t="s">
-        <v>1347</v>
+        <v>0</v>
       </c>
       <c r="F479" t="s">
         <v>101</v>
       </c>
       <c r="G479" t="s">
-        <v>352</v>
+        <v>102</v>
       </c>
       <c r="H479" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I479">
         <v>1</v>
       </c>
       <c r="L479" t="s">
-        <v>2369</v>
+        <v>0</v>
       </c>
       <c r="M479" t="s">
-        <v>2370</v>
+        <v>2362</v>
       </c>
       <c r="N479" t="s">
-        <v>2371</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="480" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A480" t="s">
-        <v>2372</v>
+        <v>2364</v>
       </c>
       <c r="B480" t="s">
-        <v>2373</v>
+        <v>2365</v>
       </c>
       <c r="C480" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="D480" t="s">
         <v>19</v>
       </c>
       <c r="E480" t="s">
         <v>0</v>
       </c>
       <c r="F480" t="s">
         <v>101</v>
       </c>
       <c r="G480" t="s">
         <v>102</v>
       </c>
       <c r="H480" t="s">
         <v>23</v>
       </c>
       <c r="I480">
         <v>1</v>
       </c>
       <c r="L480" t="s">
         <v>0</v>
       </c>
       <c r="M480" t="s">
-        <v>2374</v>
+        <v>2366</v>
       </c>
       <c r="N480" t="s">
-        <v>2375</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="481" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A481" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B481" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C481" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="D481" t="s">
         <v>19</v>
       </c>
       <c r="E481" t="s">
         <v>0</v>
       </c>
       <c r="F481" t="s">
         <v>101</v>
       </c>
       <c r="G481" t="s">
         <v>102</v>
       </c>
       <c r="H481" t="s">
         <v>23</v>
       </c>
       <c r="I481">
         <v>1</v>
       </c>
       <c r="L481" t="s">
         <v>0</v>
       </c>
       <c r="M481" t="s">
-        <v>2378</v>
+        <v>2370</v>
       </c>
       <c r="N481" t="s">
-        <v>2379</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="482" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A482" t="s">
-        <v>2380</v>
+        <v>2372</v>
       </c>
       <c r="B482" t="s">
-        <v>2381</v>
+        <v>2369</v>
       </c>
       <c r="C482" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D482" t="s">
         <v>19</v>
       </c>
       <c r="E482" t="s">
         <v>0</v>
       </c>
       <c r="F482" t="s">
         <v>101</v>
       </c>
       <c r="G482" t="s">
         <v>102</v>
       </c>
       <c r="H482" t="s">
         <v>23</v>
       </c>
       <c r="I482">
         <v>1</v>
       </c>
       <c r="L482" t="s">
-        <v>0</v>
+        <v>2373</v>
       </c>
       <c r="M482" t="s">
-        <v>2382</v>
+        <v>2374</v>
       </c>
       <c r="N482" t="s">
-        <v>2383</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="483" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A483" t="s">
-        <v>2384</v>
+        <v>2376</v>
       </c>
       <c r="B483" t="s">
-        <v>2385</v>
+        <v>2377</v>
       </c>
       <c r="C483" s="1">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D483" t="s">
         <v>19</v>
       </c>
       <c r="E483" t="s">
         <v>0</v>
       </c>
       <c r="F483" t="s">
         <v>101</v>
       </c>
       <c r="G483" t="s">
         <v>102</v>
       </c>
       <c r="H483" t="s">
         <v>23</v>
       </c>
       <c r="I483">
         <v>1</v>
       </c>
       <c r="L483" t="s">
-        <v>0</v>
+        <v>2378</v>
       </c>
       <c r="M483" t="s">
-        <v>2386</v>
+        <v>2379</v>
       </c>
       <c r="N483" t="s">
-        <v>2387</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="484" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A484" t="s">
-        <v>2388</v>
+        <v>2381</v>
       </c>
       <c r="B484" t="s">
-        <v>2389</v>
+        <v>2382</v>
       </c>
       <c r="C484" s="1">
         <v>115</v>
       </c>
       <c r="D484" t="s">
         <v>19</v>
       </c>
       <c r="E484" t="s">
         <v>0</v>
       </c>
       <c r="F484" t="s">
         <v>101</v>
       </c>
       <c r="G484" t="s">
         <v>102</v>
       </c>
       <c r="H484" t="s">
         <v>23</v>
       </c>
       <c r="I484">
         <v>1</v>
       </c>
       <c r="L484" t="s">
-        <v>0</v>
+        <v>2383</v>
       </c>
       <c r="M484" t="s">
-        <v>2390</v>
+        <v>2384</v>
       </c>
       <c r="N484" t="s">
-        <v>2391</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="485" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A485" t="s">
-        <v>2392</v>
+        <v>2386</v>
       </c>
       <c r="B485" t="s">
-        <v>2389</v>
+        <v>2387</v>
       </c>
       <c r="C485" s="1">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="D485" t="s">
         <v>19</v>
       </c>
       <c r="E485" t="s">
         <v>0</v>
       </c>
       <c r="F485" t="s">
         <v>101</v>
       </c>
       <c r="G485" t="s">
         <v>102</v>
       </c>
       <c r="H485" t="s">
         <v>23</v>
       </c>
       <c r="I485">
         <v>1</v>
       </c>
       <c r="L485" t="s">
-        <v>2393</v>
+        <v>2388</v>
       </c>
       <c r="M485" t="s">
-        <v>2394</v>
+        <v>2389</v>
       </c>
       <c r="N485" t="s">
-        <v>2395</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="486" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A486" t="s">
-        <v>2396</v>
+        <v>2391</v>
       </c>
       <c r="B486" t="s">
-        <v>2397</v>
+        <v>2392</v>
       </c>
       <c r="C486" s="1">
-        <v>115</v>
+        <v>56</v>
       </c>
       <c r="D486" t="s">
         <v>19</v>
       </c>
       <c r="E486" t="s">
-        <v>0</v>
+        <v>1751</v>
       </c>
       <c r="F486" t="s">
         <v>101</v>
       </c>
       <c r="G486" t="s">
-        <v>102</v>
+        <v>2393</v>
       </c>
       <c r="H486" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I486">
         <v>1</v>
       </c>
       <c r="L486" t="s">
-        <v>2398</v>
+        <v>2394</v>
       </c>
       <c r="M486" t="s">
-        <v>2399</v>
+        <v>2395</v>
       </c>
       <c r="N486" t="s">
-        <v>2400</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="487" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A487" t="s">
-        <v>2401</v>
+        <v>2397</v>
       </c>
       <c r="B487" t="s">
-        <v>2402</v>
+        <v>2398</v>
       </c>
       <c r="C487" s="1">
-        <v>115</v>
+        <v>67</v>
       </c>
       <c r="D487" t="s">
         <v>19</v>
       </c>
       <c r="E487" t="s">
-        <v>0</v>
+        <v>2313</v>
       </c>
       <c r="F487" t="s">
         <v>101</v>
       </c>
       <c r="G487" t="s">
         <v>102</v>
       </c>
       <c r="H487" t="s">
         <v>23</v>
       </c>
       <c r="I487">
         <v>1</v>
       </c>
       <c r="L487" t="s">
-        <v>2403</v>
+        <v>2399</v>
       </c>
       <c r="M487" t="s">
-        <v>2404</v>
+        <v>2400</v>
       </c>
       <c r="N487" t="s">
-        <v>2405</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="488" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A488" t="s">
-        <v>2406</v>
+        <v>2402</v>
       </c>
       <c r="B488" t="s">
-        <v>2407</v>
+        <v>2403</v>
       </c>
       <c r="C488" s="1">
-        <v>105</v>
+        <v>67</v>
       </c>
       <c r="D488" t="s">
         <v>19</v>
       </c>
       <c r="E488" t="s">
-        <v>0</v>
+        <v>1337</v>
       </c>
       <c r="F488" t="s">
         <v>101</v>
       </c>
       <c r="G488" t="s">
         <v>102</v>
       </c>
       <c r="H488" t="s">
         <v>23</v>
       </c>
       <c r="I488">
         <v>1</v>
       </c>
       <c r="L488" t="s">
-        <v>2408</v>
+        <v>2404</v>
       </c>
       <c r="M488" t="s">
-        <v>2409</v>
+        <v>2405</v>
       </c>
       <c r="N488" t="s">
-        <v>2410</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="489" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A489" t="s">
-        <v>2411</v>
+        <v>2407</v>
       </c>
       <c r="B489" t="s">
-        <v>2412</v>
+        <v>2408</v>
       </c>
       <c r="C489" s="1">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="D489" t="s">
         <v>19</v>
       </c>
       <c r="E489" t="s">
-        <v>1771</v>
+        <v>1337</v>
       </c>
       <c r="F489" t="s">
         <v>101</v>
       </c>
       <c r="G489" t="s">
-        <v>2413</v>
+        <v>102</v>
       </c>
       <c r="H489" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I489">
         <v>1</v>
       </c>
       <c r="L489" t="s">
-        <v>2414</v>
+        <v>2409</v>
       </c>
       <c r="M489" t="s">
-        <v>2415</v>
+        <v>2410</v>
       </c>
       <c r="N489" t="s">
-        <v>2416</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="490" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A490" t="s">
-        <v>2417</v>
+        <v>2412</v>
       </c>
       <c r="B490" t="s">
-        <v>2418</v>
+        <v>2413</v>
       </c>
       <c r="C490" s="1">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D490" t="s">
         <v>19</v>
       </c>
       <c r="E490" t="s">
-        <v>2333</v>
+        <v>2414</v>
       </c>
       <c r="F490" t="s">
         <v>101</v>
       </c>
       <c r="G490" t="s">
         <v>102</v>
       </c>
       <c r="H490" t="s">
         <v>23</v>
       </c>
       <c r="I490">
         <v>1</v>
       </c>
       <c r="L490" t="s">
-        <v>2419</v>
+        <v>2415</v>
       </c>
       <c r="M490" t="s">
-        <v>2420</v>
+        <v>2416</v>
       </c>
       <c r="N490" t="s">
-        <v>2421</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="491" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A491" t="s">
-        <v>2422</v>
+        <v>2418</v>
       </c>
       <c r="B491" t="s">
-        <v>2423</v>
+        <v>2419</v>
       </c>
       <c r="C491" s="1">
-        <v>67</v>
+        <v>99.0675</v>
       </c>
       <c r="D491" t="s">
         <v>19</v>
       </c>
       <c r="E491" t="s">
-        <v>1347</v>
+        <v>2313</v>
       </c>
       <c r="F491" t="s">
         <v>101</v>
       </c>
       <c r="G491" t="s">
         <v>102</v>
       </c>
       <c r="H491" t="s">
         <v>23</v>
       </c>
       <c r="I491">
         <v>1</v>
       </c>
       <c r="L491" t="s">
-        <v>2424</v>
+        <v>2420</v>
       </c>
       <c r="M491" t="s">
-        <v>2425</v>
+        <v>2421</v>
       </c>
       <c r="N491" t="s">
-        <v>2426</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="492" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A492" t="s">
-        <v>2427</v>
+        <v>2423</v>
       </c>
       <c r="B492" t="s">
-        <v>2428</v>
+        <v>2424</v>
       </c>
       <c r="C492" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="D492" t="s">
         <v>19</v>
       </c>
       <c r="E492" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F492" t="s">
         <v>101</v>
       </c>
       <c r="G492" t="s">
         <v>102</v>
       </c>
       <c r="H492" t="s">
         <v>23</v>
       </c>
       <c r="I492">
         <v>1</v>
       </c>
       <c r="L492" t="s">
-        <v>2429</v>
+        <v>2425</v>
       </c>
       <c r="M492" t="s">
-        <v>2430</v>
+        <v>2426</v>
       </c>
       <c r="N492" t="s">
-        <v>2431</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="493" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A493" t="s">
-        <v>2432</v>
+        <v>2428</v>
       </c>
       <c r="B493" t="s">
-        <v>2433</v>
+        <v>2429</v>
       </c>
       <c r="C493" s="1">
         <v>70</v>
       </c>
       <c r="D493" t="s">
         <v>19</v>
       </c>
       <c r="E493" t="s">
-        <v>2434</v>
+        <v>1337</v>
       </c>
       <c r="F493" t="s">
         <v>101</v>
       </c>
       <c r="G493" t="s">
         <v>102</v>
       </c>
       <c r="H493" t="s">
         <v>23</v>
       </c>
       <c r="I493">
         <v>1</v>
       </c>
       <c r="L493" t="s">
-        <v>2435</v>
+        <v>2430</v>
       </c>
       <c r="M493" t="s">
-        <v>2436</v>
+        <v>2431</v>
       </c>
       <c r="N493" t="s">
-        <v>2437</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="494" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A494" t="s">
-        <v>2438</v>
+        <v>2433</v>
       </c>
       <c r="B494" t="s">
-        <v>2439</v>
+        <v>2434</v>
       </c>
       <c r="C494" s="1">
-        <v>99.0675</v>
+        <v>67</v>
       </c>
       <c r="D494" t="s">
         <v>19</v>
       </c>
       <c r="E494" t="s">
-        <v>2333</v>
+        <v>2313</v>
       </c>
       <c r="F494" t="s">
         <v>101</v>
       </c>
       <c r="G494" t="s">
         <v>102</v>
       </c>
       <c r="H494" t="s">
         <v>23</v>
       </c>
       <c r="I494">
         <v>1</v>
       </c>
       <c r="L494" t="s">
-        <v>2440</v>
+        <v>2435</v>
       </c>
       <c r="M494" t="s">
-        <v>2441</v>
+        <v>2436</v>
       </c>
       <c r="N494" t="s">
-        <v>2442</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="495" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A495" t="s">
-        <v>2443</v>
+        <v>2438</v>
       </c>
       <c r="B495" t="s">
-        <v>2444</v>
+        <v>2439</v>
       </c>
       <c r="C495" s="1">
-        <v>90</v>
+        <v>67</v>
       </c>
       <c r="D495" t="s">
         <v>19</v>
       </c>
       <c r="E495" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F495" t="s">
         <v>101</v>
       </c>
       <c r="G495" t="s">
         <v>102</v>
       </c>
       <c r="H495" t="s">
         <v>23</v>
       </c>
       <c r="I495">
         <v>1</v>
       </c>
       <c r="L495" t="s">
-        <v>2445</v>
+        <v>2440</v>
       </c>
       <c r="M495" t="s">
-        <v>2446</v>
+        <v>2441</v>
       </c>
       <c r="N495" t="s">
-        <v>2447</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="496" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A496" t="s">
-        <v>2448</v>
+        <v>2443</v>
       </c>
       <c r="B496" t="s">
-        <v>2449</v>
+        <v>2444</v>
       </c>
       <c r="C496" s="1">
         <v>70</v>
       </c>
       <c r="D496" t="s">
         <v>19</v>
       </c>
       <c r="E496" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F496" t="s">
         <v>101</v>
       </c>
       <c r="G496" t="s">
         <v>102</v>
       </c>
       <c r="H496" t="s">
         <v>23</v>
       </c>
       <c r="I496">
         <v>1</v>
       </c>
       <c r="L496" t="s">
-        <v>2450</v>
+        <v>2445</v>
       </c>
       <c r="M496" t="s">
-        <v>2451</v>
+        <v>2446</v>
       </c>
       <c r="N496" t="s">
-        <v>2452</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="497" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A497" t="s">
-        <v>2453</v>
+        <v>2448</v>
       </c>
       <c r="B497" t="s">
-        <v>2454</v>
+        <v>2449</v>
       </c>
       <c r="C497" s="1">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D497" t="s">
         <v>19</v>
       </c>
       <c r="E497" t="s">
-        <v>2333</v>
+        <v>29</v>
       </c>
       <c r="F497" t="s">
         <v>101</v>
       </c>
       <c r="G497" t="s">
         <v>102</v>
       </c>
       <c r="H497" t="s">
         <v>23</v>
       </c>
       <c r="I497">
         <v>1</v>
       </c>
       <c r="L497" t="s">
-        <v>2455</v>
+        <v>2450</v>
       </c>
       <c r="M497" t="s">
-        <v>2456</v>
+        <v>2451</v>
       </c>
       <c r="N497" t="s">
-        <v>2457</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="498" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A498" t="s">
-        <v>2458</v>
+        <v>2453</v>
       </c>
       <c r="B498" t="s">
-        <v>2459</v>
+        <v>2454</v>
       </c>
       <c r="C498" s="1">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="D498" t="s">
         <v>19</v>
       </c>
       <c r="E498" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F498" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G498" t="s">
-        <v>102</v>
+        <v>2297</v>
       </c>
       <c r="H498" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I498">
         <v>1</v>
       </c>
       <c r="L498" t="s">
-        <v>2460</v>
+        <v>2455</v>
       </c>
       <c r="M498" t="s">
-        <v>2461</v>
+        <v>2456</v>
       </c>
       <c r="N498" t="s">
-        <v>2462</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="499" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A499" t="s">
-        <v>2463</v>
+        <v>2458</v>
       </c>
       <c r="B499" t="s">
-        <v>2464</v>
+        <v>2459</v>
       </c>
       <c r="C499" s="1">
         <v>70</v>
       </c>
       <c r="D499" t="s">
         <v>19</v>
       </c>
       <c r="E499" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F499" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G499" t="s">
-        <v>102</v>
+        <v>2297</v>
       </c>
       <c r="H499" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I499">
         <v>1</v>
       </c>
       <c r="L499" t="s">
-        <v>2465</v>
+        <v>2460</v>
       </c>
       <c r="M499" t="s">
-        <v>2466</v>
+        <v>2461</v>
       </c>
       <c r="N499" t="s">
-        <v>2467</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="500" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A500" t="s">
-        <v>2468</v>
+        <v>2463</v>
       </c>
       <c r="B500" t="s">
-        <v>2469</v>
+        <v>2459</v>
       </c>
       <c r="C500" s="1">
         <v>70</v>
       </c>
       <c r="D500" t="s">
         <v>19</v>
       </c>
       <c r="E500" t="s">
-        <v>29</v>
+        <v>1337</v>
       </c>
       <c r="F500" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G500" t="s">
-        <v>102</v>
+        <v>2297</v>
       </c>
       <c r="H500" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I500">
         <v>1</v>
       </c>
       <c r="L500" t="s">
-        <v>2470</v>
+        <v>2464</v>
       </c>
       <c r="M500" t="s">
-        <v>2471</v>
+        <v>2465</v>
       </c>
       <c r="N500" t="s">
-        <v>2472</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="501" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A501" t="s">
-        <v>2473</v>
+        <v>2467</v>
       </c>
       <c r="B501" t="s">
-        <v>2474</v>
+        <v>2454</v>
       </c>
       <c r="C501" s="1">
         <v>70</v>
       </c>
       <c r="D501" t="s">
         <v>19</v>
       </c>
       <c r="E501" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F501" t="s">
         <v>21</v>
       </c>
       <c r="G501" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H501" t="s">
         <v>103</v>
       </c>
       <c r="I501">
         <v>1</v>
       </c>
       <c r="L501" t="s">
-        <v>2475</v>
+        <v>2468</v>
       </c>
       <c r="M501" t="s">
-        <v>2476</v>
+        <v>2469</v>
       </c>
       <c r="N501" t="s">
-        <v>2477</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="502" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A502" t="s">
-        <v>2478</v>
+        <v>2471</v>
       </c>
       <c r="B502" t="s">
-        <v>2479</v>
+        <v>2459</v>
       </c>
       <c r="C502" s="1">
         <v>70</v>
       </c>
       <c r="D502" t="s">
         <v>19</v>
       </c>
       <c r="E502" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F502" t="s">
         <v>21</v>
       </c>
       <c r="G502" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H502" t="s">
         <v>103</v>
       </c>
       <c r="I502">
         <v>1</v>
       </c>
       <c r="L502" t="s">
-        <v>2480</v>
+        <v>2472</v>
       </c>
       <c r="M502" t="s">
-        <v>2481</v>
+        <v>2473</v>
       </c>
       <c r="N502" t="s">
-        <v>2482</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="503" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A503" t="s">
-        <v>2483</v>
+        <v>2475</v>
       </c>
       <c r="B503" t="s">
-        <v>2479</v>
+        <v>2459</v>
       </c>
       <c r="C503" s="1">
         <v>70</v>
       </c>
       <c r="D503" t="s">
         <v>19</v>
       </c>
       <c r="E503" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F503" t="s">
         <v>21</v>
       </c>
       <c r="G503" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H503" t="s">
         <v>103</v>
       </c>
       <c r="I503">
         <v>1</v>
       </c>
       <c r="L503" t="s">
-        <v>2484</v>
+        <v>2476</v>
       </c>
       <c r="M503" t="s">
-        <v>2485</v>
+        <v>2477</v>
       </c>
       <c r="N503" t="s">
-        <v>2486</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="504" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A504" t="s">
-        <v>2487</v>
+        <v>2479</v>
       </c>
       <c r="B504" t="s">
-        <v>2474</v>
+        <v>2480</v>
       </c>
       <c r="C504" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D504" t="s">
         <v>19</v>
       </c>
       <c r="E504" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F504" t="s">
         <v>21</v>
       </c>
       <c r="G504" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H504" t="s">
         <v>103</v>
       </c>
       <c r="I504">
         <v>1</v>
       </c>
       <c r="L504" t="s">
-        <v>2488</v>
+        <v>2481</v>
       </c>
       <c r="M504" t="s">
-        <v>2489</v>
+        <v>2482</v>
       </c>
       <c r="N504" t="s">
-        <v>2490</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="505" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A505" t="s">
-        <v>2491</v>
+        <v>2484</v>
       </c>
       <c r="B505" t="s">
-        <v>2479</v>
+        <v>2485</v>
       </c>
       <c r="C505" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D505" t="s">
         <v>19</v>
       </c>
       <c r="E505" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F505" t="s">
         <v>21</v>
       </c>
       <c r="G505" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H505" t="s">
         <v>103</v>
       </c>
       <c r="I505">
         <v>1</v>
       </c>
       <c r="L505" t="s">
-        <v>2492</v>
+        <v>2486</v>
       </c>
       <c r="M505" t="s">
-        <v>2493</v>
+        <v>2487</v>
       </c>
       <c r="N505" t="s">
-        <v>2494</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="506" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A506" t="s">
-        <v>2495</v>
+        <v>2489</v>
       </c>
       <c r="B506" t="s">
-        <v>2479</v>
+        <v>2490</v>
       </c>
       <c r="C506" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D506" t="s">
         <v>19</v>
       </c>
       <c r="E506" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F506" t="s">
         <v>21</v>
       </c>
       <c r="G506" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H506" t="s">
         <v>103</v>
       </c>
       <c r="I506">
         <v>1</v>
       </c>
       <c r="L506" t="s">
-        <v>2496</v>
+        <v>2491</v>
       </c>
       <c r="M506" t="s">
-        <v>2497</v>
+        <v>2492</v>
       </c>
       <c r="N506" t="s">
-        <v>2498</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="507" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A507" t="s">
-        <v>2499</v>
+        <v>2494</v>
       </c>
       <c r="B507" t="s">
-        <v>2500</v>
+        <v>2495</v>
       </c>
       <c r="C507" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="D507" t="s">
         <v>19</v>
       </c>
       <c r="E507" t="s">
-        <v>1347</v>
+        <v>0</v>
       </c>
       <c r="F507" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G507" t="s">
-        <v>2317</v>
+        <v>102</v>
       </c>
       <c r="H507" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I507">
         <v>1</v>
       </c>
       <c r="L507" t="s">
-        <v>2501</v>
+        <v>2496</v>
       </c>
       <c r="M507" t="s">
-        <v>2502</v>
+        <v>2497</v>
       </c>
       <c r="N507" t="s">
-        <v>2503</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="508" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A508" t="s">
-        <v>2504</v>
+        <v>2499</v>
       </c>
       <c r="B508" t="s">
-        <v>2505</v>
+        <v>2495</v>
       </c>
       <c r="C508" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="D508" t="s">
         <v>19</v>
       </c>
       <c r="E508" t="s">
-        <v>1347</v>
+        <v>0</v>
       </c>
       <c r="F508" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G508" t="s">
-        <v>2317</v>
+        <v>102</v>
       </c>
       <c r="H508" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I508">
         <v>1</v>
       </c>
       <c r="L508" t="s">
-        <v>2506</v>
+        <v>2500</v>
       </c>
       <c r="M508" t="s">
-        <v>2507</v>
+        <v>2501</v>
       </c>
       <c r="N508" t="s">
-        <v>2508</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="509" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A509" t="s">
-        <v>2509</v>
+        <v>2503</v>
       </c>
       <c r="B509" t="s">
-        <v>2510</v>
+        <v>2504</v>
       </c>
       <c r="C509" s="1">
-        <v>60</v>
+        <v>135</v>
       </c>
       <c r="D509" t="s">
         <v>19</v>
       </c>
       <c r="E509" t="s">
-        <v>1347</v>
+        <v>0</v>
       </c>
       <c r="F509" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G509" t="s">
-        <v>2317</v>
+        <v>102</v>
       </c>
       <c r="H509" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I509">
         <v>1</v>
       </c>
       <c r="L509" t="s">
-        <v>2511</v>
+        <v>2505</v>
       </c>
       <c r="M509" t="s">
-        <v>2512</v>
+        <v>2506</v>
       </c>
       <c r="N509" t="s">
-        <v>2513</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="510" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A510" t="s">
-        <v>2514</v>
+        <v>2508</v>
       </c>
       <c r="B510" t="s">
-        <v>2515</v>
+        <v>2504</v>
       </c>
       <c r="C510" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
       <c r="D510" t="s">
         <v>19</v>
       </c>
       <c r="E510" t="s">
         <v>0</v>
       </c>
       <c r="F510" t="s">
         <v>101</v>
       </c>
       <c r="G510" t="s">
         <v>102</v>
       </c>
       <c r="H510" t="s">
         <v>23</v>
       </c>
       <c r="I510">
         <v>1</v>
       </c>
       <c r="L510" t="s">
-        <v>2516</v>
+        <v>2509</v>
       </c>
       <c r="M510" t="s">
-        <v>2517</v>
+        <v>2510</v>
       </c>
       <c r="N510" t="s">
-        <v>2518</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="511" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A511" t="s">
-        <v>2519</v>
+        <v>2512</v>
       </c>
       <c r="B511" t="s">
-        <v>2515</v>
+        <v>2513</v>
       </c>
       <c r="C511" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="D511" t="s">
         <v>19</v>
       </c>
       <c r="E511" t="s">
         <v>0</v>
       </c>
       <c r="F511" t="s">
         <v>101</v>
       </c>
       <c r="G511" t="s">
         <v>102</v>
       </c>
       <c r="H511" t="s">
         <v>23</v>
       </c>
       <c r="I511">
         <v>1</v>
       </c>
       <c r="L511" t="s">
-        <v>2520</v>
+        <v>2514</v>
       </c>
       <c r="M511" t="s">
-        <v>2521</v>
+        <v>2515</v>
       </c>
       <c r="N511" t="s">
-        <v>2522</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="512" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A512" t="s">
-        <v>2523</v>
+        <v>2517</v>
       </c>
       <c r="B512" t="s">
-        <v>2524</v>
+        <v>2518</v>
       </c>
       <c r="C512" s="1">
-        <v>135</v>
+        <v>87</v>
       </c>
       <c r="D512" t="s">
         <v>19</v>
       </c>
       <c r="E512" t="s">
-        <v>0</v>
+        <v>1751</v>
       </c>
       <c r="F512" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G512" t="s">
-        <v>102</v>
+        <v>2297</v>
       </c>
       <c r="H512" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I512">
         <v>1</v>
       </c>
       <c r="L512" t="s">
-        <v>2525</v>
+        <v>2519</v>
       </c>
       <c r="M512" t="s">
-        <v>2526</v>
+        <v>2520</v>
       </c>
       <c r="N512" t="s">
-        <v>2527</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="513" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A513" t="s">
-        <v>2528</v>
+        <v>2522</v>
       </c>
       <c r="B513" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C513" s="1">
+        <v>87</v>
+      </c>
+      <c r="D513" t="s">
+        <v>19</v>
+      </c>
+      <c r="E513" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F513" t="s">
+        <v>21</v>
+      </c>
+      <c r="G513" t="s">
+        <v>2297</v>
+      </c>
+      <c r="H513" t="s">
+        <v>103</v>
+      </c>
+      <c r="I513">
+        <v>1</v>
+      </c>
+      <c r="L513" t="s">
         <v>2524</v>
       </c>
-      <c r="C513" s="1">
-[...22 lines deleted...]
-      </c>
       <c r="M513" t="s">
-        <v>2530</v>
+        <v>2525</v>
       </c>
       <c r="N513" t="s">
-        <v>2531</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="514" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A514" t="s">
-        <v>2532</v>
+        <v>2527</v>
       </c>
       <c r="B514" t="s">
-        <v>2533</v>
+        <v>2528</v>
       </c>
       <c r="C514" s="1">
-        <v>125</v>
+        <v>87</v>
       </c>
       <c r="D514" t="s">
         <v>19</v>
       </c>
       <c r="E514" t="s">
-        <v>0</v>
+        <v>1751</v>
       </c>
       <c r="F514" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G514" t="s">
-        <v>102</v>
+        <v>2297</v>
       </c>
       <c r="H514" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I514">
         <v>1</v>
       </c>
       <c r="L514" t="s">
-        <v>2534</v>
+        <v>2529</v>
       </c>
       <c r="M514" t="s">
-        <v>2535</v>
+        <v>2530</v>
       </c>
       <c r="N514" t="s">
-        <v>2536</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="515" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A515" t="s">
-        <v>2537</v>
+        <v>2532</v>
       </c>
       <c r="B515" t="s">
-        <v>2538</v>
+        <v>2533</v>
       </c>
       <c r="C515" s="1">
         <v>87</v>
       </c>
       <c r="D515" t="s">
         <v>19</v>
       </c>
       <c r="E515" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F515" t="s">
         <v>21</v>
       </c>
       <c r="G515" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H515" t="s">
         <v>103</v>
       </c>
       <c r="I515">
         <v>1</v>
       </c>
       <c r="L515" t="s">
-        <v>2539</v>
+        <v>2534</v>
       </c>
       <c r="M515" t="s">
-        <v>2540</v>
+        <v>2535</v>
       </c>
       <c r="N515" t="s">
-        <v>2541</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="516" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A516" t="s">
-        <v>2542</v>
+        <v>2537</v>
       </c>
       <c r="B516" t="s">
-        <v>2543</v>
+        <v>2538</v>
       </c>
       <c r="C516" s="1">
         <v>87</v>
       </c>
       <c r="D516" t="s">
         <v>19</v>
       </c>
       <c r="E516" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F516" t="s">
         <v>21</v>
       </c>
       <c r="G516" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H516" t="s">
         <v>103</v>
       </c>
       <c r="I516">
         <v>1</v>
       </c>
       <c r="L516" t="s">
-        <v>2544</v>
+        <v>2539</v>
       </c>
       <c r="M516" t="s">
-        <v>2545</v>
+        <v>2540</v>
       </c>
       <c r="N516" t="s">
-        <v>2546</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="517" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A517" t="s">
-        <v>2547</v>
+        <v>2542</v>
       </c>
       <c r="B517" t="s">
-        <v>2548</v>
+        <v>2543</v>
       </c>
       <c r="C517" s="1">
         <v>87</v>
       </c>
       <c r="D517" t="s">
         <v>19</v>
       </c>
       <c r="E517" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F517" t="s">
         <v>21</v>
       </c>
       <c r="G517" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H517" t="s">
         <v>103</v>
       </c>
       <c r="I517">
         <v>1</v>
       </c>
       <c r="L517" t="s">
-        <v>2549</v>
+        <v>2544</v>
       </c>
       <c r="M517" t="s">
-        <v>2550</v>
+        <v>2545</v>
       </c>
       <c r="N517" t="s">
-        <v>2551</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="518" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A518" t="s">
-        <v>2552</v>
+        <v>2547</v>
       </c>
       <c r="B518" t="s">
-        <v>2553</v>
+        <v>2548</v>
       </c>
       <c r="C518" s="1">
-        <v>87</v>
+        <v>117</v>
       </c>
       <c r="D518" t="s">
         <v>19</v>
       </c>
       <c r="E518" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F518" t="s">
         <v>21</v>
       </c>
       <c r="G518" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H518" t="s">
         <v>103</v>
       </c>
       <c r="I518">
         <v>1</v>
       </c>
       <c r="L518" t="s">
-        <v>2554</v>
+        <v>2549</v>
       </c>
       <c r="M518" t="s">
-        <v>2555</v>
+        <v>2550</v>
       </c>
       <c r="N518" t="s">
-        <v>2556</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="519" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A519" t="s">
-        <v>2557</v>
+        <v>2552</v>
       </c>
       <c r="B519" t="s">
-        <v>2558</v>
+        <v>2553</v>
       </c>
       <c r="C519" s="1">
-        <v>87</v>
+        <v>117</v>
       </c>
       <c r="D519" t="s">
         <v>19</v>
       </c>
       <c r="E519" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F519" t="s">
         <v>21</v>
       </c>
       <c r="G519" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H519" t="s">
         <v>103</v>
       </c>
       <c r="I519">
         <v>1</v>
       </c>
       <c r="L519" t="s">
-        <v>2559</v>
+        <v>2554</v>
       </c>
       <c r="M519" t="s">
-        <v>2560</v>
+        <v>2555</v>
       </c>
       <c r="N519" t="s">
-        <v>2561</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="520" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A520" t="s">
-        <v>2562</v>
+        <v>2557</v>
       </c>
       <c r="B520" t="s">
-        <v>2563</v>
+        <v>2558</v>
       </c>
       <c r="C520" s="1">
-        <v>87</v>
+        <v>117</v>
       </c>
       <c r="D520" t="s">
         <v>19</v>
       </c>
       <c r="E520" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F520" t="s">
         <v>21</v>
       </c>
       <c r="G520" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H520" t="s">
         <v>103</v>
       </c>
       <c r="I520">
         <v>1</v>
       </c>
       <c r="L520" t="s">
-        <v>2564</v>
+        <v>2559</v>
       </c>
       <c r="M520" t="s">
-        <v>2565</v>
+        <v>2560</v>
       </c>
       <c r="N520" t="s">
-        <v>2566</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="521" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A521" t="s">
-        <v>2567</v>
+        <v>2562</v>
       </c>
       <c r="B521" t="s">
-        <v>2568</v>
+        <v>2563</v>
       </c>
       <c r="C521" s="1">
         <v>117</v>
       </c>
       <c r="D521" t="s">
         <v>19</v>
       </c>
       <c r="E521" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F521" t="s">
         <v>21</v>
       </c>
       <c r="G521" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H521" t="s">
         <v>103</v>
       </c>
       <c r="I521">
         <v>1</v>
       </c>
       <c r="L521" t="s">
-        <v>2569</v>
+        <v>2564</v>
       </c>
       <c r="M521" t="s">
-        <v>2570</v>
+        <v>2565</v>
       </c>
       <c r="N521" t="s">
-        <v>2571</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="522" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A522" t="s">
-        <v>2572</v>
+        <v>2567</v>
       </c>
       <c r="B522" t="s">
-        <v>2573</v>
+        <v>2568</v>
       </c>
       <c r="C522" s="1">
         <v>117</v>
       </c>
       <c r="D522" t="s">
         <v>19</v>
       </c>
       <c r="E522" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F522" t="s">
         <v>21</v>
       </c>
       <c r="G522" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H522" t="s">
         <v>103</v>
       </c>
       <c r="I522">
         <v>1</v>
       </c>
       <c r="L522" t="s">
-        <v>2574</v>
+        <v>2569</v>
       </c>
       <c r="M522" t="s">
-        <v>2575</v>
+        <v>2570</v>
       </c>
       <c r="N522" t="s">
-        <v>2576</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="523" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A523" t="s">
-        <v>2577</v>
+        <v>2572</v>
       </c>
       <c r="B523" t="s">
-        <v>2578</v>
+        <v>2573</v>
       </c>
       <c r="C523" s="1">
         <v>117</v>
       </c>
       <c r="D523" t="s">
         <v>19</v>
       </c>
       <c r="E523" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F523" t="s">
         <v>21</v>
       </c>
       <c r="G523" t="s">
-        <v>2317</v>
+        <v>2297</v>
       </c>
       <c r="H523" t="s">
         <v>103</v>
       </c>
       <c r="I523">
         <v>1</v>
       </c>
       <c r="L523" t="s">
-        <v>2579</v>
+        <v>2574</v>
       </c>
       <c r="M523" t="s">
-        <v>2580</v>
+        <v>2575</v>
       </c>
       <c r="N523" t="s">
-        <v>2581</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="524" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A524" t="s">
-        <v>2582</v>
+        <v>2577</v>
       </c>
       <c r="B524" t="s">
-        <v>2583</v>
+        <v>2578</v>
       </c>
       <c r="C524" s="1">
-        <v>117</v>
+        <v>70</v>
       </c>
       <c r="D524" t="s">
         <v>19</v>
       </c>
       <c r="E524" t="s">
-        <v>1771</v>
+        <v>1337</v>
       </c>
       <c r="F524" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G524" t="s">
-        <v>2317</v>
+        <v>2579</v>
       </c>
       <c r="H524" t="s">
         <v>103</v>
       </c>
       <c r="I524">
         <v>1</v>
       </c>
       <c r="L524" t="s">
-        <v>2584</v>
+        <v>2580</v>
       </c>
       <c r="M524" t="s">
-        <v>2585</v>
+        <v>2581</v>
       </c>
       <c r="N524" t="s">
-        <v>2586</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="525" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A525" t="s">
-        <v>2587</v>
+        <v>2583</v>
       </c>
       <c r="B525" t="s">
-        <v>2588</v>
+        <v>2584</v>
       </c>
       <c r="C525" s="1">
-        <v>117</v>
+        <v>70</v>
       </c>
       <c r="D525" t="s">
         <v>19</v>
       </c>
       <c r="E525" t="s">
-        <v>1771</v>
+        <v>1337</v>
       </c>
       <c r="F525" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G525" t="s">
-        <v>2317</v>
+        <v>2579</v>
       </c>
       <c r="H525" t="s">
         <v>103</v>
       </c>
       <c r="I525">
         <v>1</v>
       </c>
       <c r="L525" t="s">
-        <v>2589</v>
+        <v>2585</v>
       </c>
       <c r="M525" t="s">
-        <v>2590</v>
+        <v>2586</v>
       </c>
       <c r="N525" t="s">
-        <v>2591</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="526" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A526" t="s">
-        <v>2592</v>
+        <v>2588</v>
       </c>
       <c r="B526" t="s">
-        <v>2593</v>
+        <v>2589</v>
       </c>
       <c r="C526" s="1">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="D526" t="s">
         <v>19</v>
       </c>
       <c r="E526" t="s">
-        <v>1771</v>
+        <v>2590</v>
       </c>
       <c r="F526" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G526" t="s">
-        <v>2317</v>
+        <v>2393</v>
       </c>
       <c r="H526" t="s">
         <v>103</v>
       </c>
       <c r="I526">
         <v>1</v>
       </c>
       <c r="L526" t="s">
-        <v>2594</v>
+        <v>2591</v>
       </c>
       <c r="M526" t="s">
-        <v>2595</v>
+        <v>2592</v>
       </c>
       <c r="N526" t="s">
-        <v>2596</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="527" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A527" t="s">
-        <v>2597</v>
+        <v>2594</v>
       </c>
       <c r="B527" t="s">
-        <v>2598</v>
+        <v>2595</v>
       </c>
       <c r="C527" s="1">
-        <v>70</v>
+        <v>109</v>
       </c>
       <c r="D527" t="s">
         <v>19</v>
       </c>
       <c r="E527" t="s">
-        <v>1347</v>
+        <v>2590</v>
       </c>
       <c r="F527" t="s">
         <v>101</v>
       </c>
       <c r="G527" t="s">
-        <v>2599</v>
+        <v>2393</v>
       </c>
       <c r="H527" t="s">
         <v>103</v>
       </c>
       <c r="I527">
         <v>1</v>
       </c>
       <c r="L527" t="s">
-        <v>2600</v>
+        <v>2596</v>
       </c>
       <c r="M527" t="s">
-        <v>2601</v>
+        <v>2597</v>
       </c>
       <c r="N527" t="s">
-        <v>2602</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="528" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A528" t="s">
-        <v>2603</v>
+        <v>2599</v>
       </c>
       <c r="B528" t="s">
-        <v>2604</v>
+        <v>2600</v>
       </c>
       <c r="C528" s="1">
-        <v>70</v>
+        <v>109</v>
       </c>
       <c r="D528" t="s">
         <v>19</v>
       </c>
       <c r="E528" t="s">
-        <v>1347</v>
+        <v>2590</v>
       </c>
       <c r="F528" t="s">
         <v>101</v>
       </c>
       <c r="G528" t="s">
-        <v>2599</v>
+        <v>2393</v>
       </c>
       <c r="H528" t="s">
         <v>103</v>
       </c>
       <c r="I528">
         <v>1</v>
       </c>
       <c r="L528" t="s">
-        <v>2605</v>
+        <v>2601</v>
       </c>
       <c r="M528" t="s">
-        <v>2606</v>
+        <v>2602</v>
       </c>
       <c r="N528" t="s">
-        <v>2607</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="529" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A529" t="s">
-        <v>2608</v>
+        <v>2604</v>
       </c>
       <c r="B529" t="s">
-        <v>2609</v>
+        <v>2605</v>
       </c>
       <c r="C529" s="1">
-        <v>109</v>
+        <v>175</v>
       </c>
       <c r="D529" t="s">
         <v>19</v>
       </c>
       <c r="E529" t="s">
-        <v>2610</v>
+        <v>0</v>
       </c>
       <c r="F529" t="s">
         <v>101</v>
       </c>
       <c r="G529" t="s">
-        <v>2413</v>
+        <v>102</v>
       </c>
       <c r="H529" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I529">
         <v>1</v>
       </c>
       <c r="L529" t="s">
-        <v>2611</v>
+        <v>2606</v>
       </c>
       <c r="M529" t="s">
-        <v>2612</v>
+        <v>2607</v>
       </c>
       <c r="N529" t="s">
-        <v>2613</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="530" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A530" t="s">
-        <v>2614</v>
+        <v>2609</v>
       </c>
       <c r="B530" t="s">
-        <v>2615</v>
+        <v>2610</v>
       </c>
       <c r="C530" s="1">
-        <v>109</v>
+        <v>175</v>
       </c>
       <c r="D530" t="s">
         <v>19</v>
       </c>
       <c r="E530" t="s">
-        <v>2610</v>
+        <v>0</v>
       </c>
       <c r="F530" t="s">
         <v>101</v>
       </c>
       <c r="G530" t="s">
-        <v>2413</v>
+        <v>102</v>
       </c>
       <c r="H530" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I530">
         <v>1</v>
       </c>
       <c r="L530" t="s">
-        <v>2616</v>
+        <v>2611</v>
       </c>
       <c r="M530" t="s">
-        <v>2617</v>
+        <v>2612</v>
       </c>
       <c r="N530" t="s">
-        <v>2618</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="531" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A531" t="s">
-        <v>2619</v>
+        <v>2614</v>
       </c>
       <c r="B531" t="s">
-        <v>2620</v>
+        <v>2615</v>
       </c>
       <c r="C531" s="1">
-        <v>109</v>
+        <v>220</v>
       </c>
       <c r="D531" t="s">
         <v>19</v>
       </c>
       <c r="E531" t="s">
-        <v>2610</v>
+        <v>0</v>
       </c>
       <c r="F531" t="s">
         <v>101</v>
       </c>
       <c r="G531" t="s">
-        <v>2413</v>
+        <v>102</v>
       </c>
       <c r="H531" t="s">
         <v>103</v>
       </c>
       <c r="I531">
         <v>1</v>
       </c>
       <c r="L531" t="s">
-        <v>2621</v>
+        <v>2616</v>
       </c>
       <c r="M531" t="s">
-        <v>2622</v>
+        <v>2617</v>
       </c>
       <c r="N531" t="s">
-        <v>2623</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="532" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A532" t="s">
-        <v>2624</v>
+        <v>2619</v>
       </c>
       <c r="B532" t="s">
-        <v>2625</v>
+        <v>2615</v>
       </c>
       <c r="C532" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
       <c r="D532" t="s">
         <v>19</v>
       </c>
       <c r="E532" t="s">
         <v>0</v>
       </c>
       <c r="F532" t="s">
         <v>101</v>
       </c>
       <c r="G532" t="s">
         <v>102</v>
       </c>
       <c r="H532" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I532">
         <v>1</v>
       </c>
       <c r="L532" t="s">
-        <v>2626</v>
+        <v>2620</v>
       </c>
       <c r="M532" t="s">
-        <v>2627</v>
+        <v>2621</v>
       </c>
       <c r="N532" t="s">
-        <v>2628</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="533" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A533" t="s">
-        <v>2629</v>
+        <v>2623</v>
       </c>
       <c r="B533" t="s">
-        <v>2630</v>
+        <v>2624</v>
       </c>
       <c r="C533" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
       <c r="D533" t="s">
         <v>19</v>
       </c>
       <c r="E533" t="s">
         <v>0</v>
       </c>
       <c r="F533" t="s">
         <v>101</v>
       </c>
       <c r="G533" t="s">
         <v>102</v>
       </c>
       <c r="H533" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I533">
         <v>1</v>
       </c>
       <c r="L533" t="s">
-        <v>2631</v>
+        <v>2625</v>
       </c>
       <c r="M533" t="s">
-        <v>2632</v>
+        <v>2626</v>
       </c>
       <c r="N533" t="s">
-        <v>2633</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="534" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A534" t="s">
-        <v>2634</v>
+        <v>2628</v>
       </c>
       <c r="B534" t="s">
-        <v>2635</v>
+        <v>2624</v>
       </c>
       <c r="C534" s="1">
         <v>220</v>
       </c>
       <c r="D534" t="s">
         <v>19</v>
       </c>
       <c r="E534" t="s">
         <v>0</v>
       </c>
       <c r="F534" t="s">
         <v>101</v>
       </c>
       <c r="G534" t="s">
         <v>102</v>
       </c>
       <c r="H534" t="s">
         <v>103</v>
       </c>
       <c r="I534">
         <v>1</v>
       </c>
       <c r="L534" t="s">
-        <v>2636</v>
+        <v>2629</v>
       </c>
       <c r="M534" t="s">
-        <v>2637</v>
+        <v>2630</v>
       </c>
       <c r="N534" t="s">
-        <v>2638</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="535" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A535" t="s">
-        <v>2639</v>
+        <v>2632</v>
       </c>
       <c r="B535" t="s">
-        <v>2635</v>
+        <v>2633</v>
       </c>
       <c r="C535" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
       <c r="D535" t="s">
         <v>19</v>
       </c>
       <c r="E535" t="s">
-        <v>0</v>
+        <v>1337</v>
       </c>
       <c r="F535" t="s">
         <v>101</v>
       </c>
       <c r="G535" t="s">
         <v>102</v>
       </c>
       <c r="H535" t="s">
         <v>103</v>
       </c>
       <c r="I535">
         <v>1</v>
       </c>
       <c r="L535" t="s">
-        <v>2640</v>
+        <v>2634</v>
       </c>
       <c r="M535" t="s">
-        <v>2641</v>
+        <v>2635</v>
       </c>
       <c r="N535" t="s">
-        <v>2642</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="536" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A536" t="s">
-        <v>2643</v>
+        <v>2637</v>
       </c>
       <c r="B536" t="s">
-        <v>2644</v>
+        <v>2638</v>
       </c>
       <c r="C536" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
       <c r="D536" t="s">
         <v>19</v>
       </c>
       <c r="E536" t="s">
-        <v>0</v>
+        <v>1337</v>
       </c>
       <c r="F536" t="s">
         <v>101</v>
       </c>
       <c r="G536" t="s">
         <v>102</v>
       </c>
       <c r="H536" t="s">
         <v>103</v>
       </c>
       <c r="I536">
         <v>1</v>
       </c>
       <c r="L536" t="s">
-        <v>2645</v>
+        <v>2639</v>
       </c>
       <c r="M536" t="s">
-        <v>2646</v>
+        <v>2640</v>
       </c>
       <c r="N536" t="s">
-        <v>2647</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="537" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A537" t="s">
-        <v>2648</v>
+        <v>2642</v>
       </c>
       <c r="B537" t="s">
-        <v>2644</v>
+        <v>2643</v>
       </c>
       <c r="C537" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
       <c r="D537" t="s">
         <v>19</v>
       </c>
       <c r="E537" t="s">
-        <v>0</v>
+        <v>1751</v>
       </c>
       <c r="F537" t="s">
         <v>101</v>
       </c>
       <c r="G537" t="s">
         <v>102</v>
       </c>
       <c r="H537" t="s">
         <v>103</v>
       </c>
       <c r="I537">
         <v>1</v>
       </c>
       <c r="L537" t="s">
-        <v>2649</v>
+        <v>2644</v>
       </c>
       <c r="M537" t="s">
-        <v>2650</v>
+        <v>2645</v>
       </c>
       <c r="N537" t="s">
-        <v>2651</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="538" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A538" t="s">
-        <v>2652</v>
+        <v>2647</v>
       </c>
       <c r="B538" t="s">
-        <v>2653</v>
+        <v>2648</v>
       </c>
       <c r="C538" s="1">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="D538" t="s">
         <v>19</v>
       </c>
       <c r="E538" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F538" t="s">
         <v>101</v>
       </c>
       <c r="G538" t="s">
         <v>102</v>
       </c>
       <c r="H538" t="s">
         <v>103</v>
       </c>
       <c r="I538">
         <v>1</v>
       </c>
       <c r="L538" t="s">
-        <v>2654</v>
+        <v>2649</v>
       </c>
       <c r="M538" t="s">
-        <v>2655</v>
+        <v>2650</v>
       </c>
       <c r="N538" t="s">
-        <v>2656</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="539" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A539" t="s">
-        <v>2657</v>
+        <v>2652</v>
       </c>
       <c r="B539" t="s">
-        <v>2658</v>
+        <v>2653</v>
       </c>
       <c r="C539" s="1">
         <v>90</v>
       </c>
       <c r="D539" t="s">
         <v>19</v>
       </c>
       <c r="E539" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F539" t="s">
         <v>101</v>
       </c>
       <c r="G539" t="s">
         <v>102</v>
       </c>
       <c r="H539" t="s">
         <v>103</v>
       </c>
       <c r="I539">
         <v>1</v>
       </c>
       <c r="L539" t="s">
-        <v>2659</v>
+        <v>2654</v>
       </c>
       <c r="M539" t="s">
-        <v>2660</v>
+        <v>2655</v>
       </c>
       <c r="N539" t="s">
-        <v>2661</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="540" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A540" t="s">
-        <v>2662</v>
+        <v>2657</v>
       </c>
       <c r="B540" t="s">
-        <v>2663</v>
+        <v>2658</v>
       </c>
       <c r="C540" s="1">
         <v>90</v>
       </c>
       <c r="D540" t="s">
         <v>19</v>
       </c>
       <c r="E540" t="s">
-        <v>1771</v>
+        <v>1337</v>
       </c>
       <c r="F540" t="s">
         <v>101</v>
       </c>
       <c r="G540" t="s">
         <v>102</v>
       </c>
       <c r="H540" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I540">
         <v>1</v>
       </c>
       <c r="L540" t="s">
-        <v>2664</v>
+        <v>2659</v>
       </c>
       <c r="M540" t="s">
-        <v>2665</v>
+        <v>2660</v>
       </c>
       <c r="N540" t="s">
-        <v>2666</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="541" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A541" t="s">
-        <v>2667</v>
+        <v>2662</v>
       </c>
       <c r="B541" t="s">
-        <v>2668</v>
+        <v>2663</v>
       </c>
       <c r="C541" s="1">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="D541" t="s">
         <v>19</v>
       </c>
       <c r="E541" t="s">
-        <v>1347</v>
+        <v>1751</v>
       </c>
       <c r="F541" t="s">
         <v>101</v>
       </c>
       <c r="G541" t="s">
         <v>102</v>
       </c>
       <c r="H541" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I541">
         <v>1</v>
       </c>
       <c r="L541" t="s">
-        <v>2669</v>
+        <v>2664</v>
       </c>
       <c r="M541" t="s">
-        <v>2670</v>
+        <v>2665</v>
       </c>
       <c r="N541" t="s">
-        <v>2671</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="542" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A542" t="s">
-        <v>2672</v>
+        <v>2667</v>
       </c>
       <c r="B542" t="s">
-        <v>2673</v>
+        <v>2668</v>
       </c>
       <c r="C542" s="1">
-        <v>90</v>
+        <v>4</v>
       </c>
       <c r="D542" t="s">
         <v>19</v>
       </c>
       <c r="E542" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F542" t="s">
         <v>101</v>
       </c>
       <c r="G542" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>433</v>
       </c>
       <c r="L542" t="s">
-        <v>2674</v>
+        <v>2669</v>
       </c>
       <c r="M542" t="s">
-        <v>2675</v>
+        <v>2670</v>
       </c>
       <c r="N542" t="s">
-        <v>2676</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="543" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A543" t="s">
-        <v>2677</v>
+        <v>2672</v>
       </c>
       <c r="B543" t="s">
-        <v>2678</v>
+        <v>2673</v>
       </c>
       <c r="C543" s="1">
-        <v>90</v>
+        <v>4</v>
       </c>
       <c r="D543" t="s">
         <v>19</v>
       </c>
       <c r="E543" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F543" t="s">
         <v>101</v>
       </c>
       <c r="G543" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>433</v>
       </c>
       <c r="L543" t="s">
-        <v>2679</v>
+        <v>2674</v>
       </c>
       <c r="M543" t="s">
-        <v>2680</v>
+        <v>2675</v>
       </c>
       <c r="N543" t="s">
-        <v>2681</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="544" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A544" t="s">
-        <v>2682</v>
+        <v>2677</v>
       </c>
       <c r="B544" t="s">
-        <v>2683</v>
+        <v>2678</v>
       </c>
       <c r="C544" s="1">
-        <v>90</v>
+        <v>4</v>
       </c>
       <c r="D544" t="s">
         <v>19</v>
       </c>
       <c r="E544" t="s">
-        <v>1771</v>
+        <v>29</v>
       </c>
       <c r="F544" t="s">
         <v>101</v>
       </c>
       <c r="G544" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>433</v>
       </c>
       <c r="L544" t="s">
-        <v>2684</v>
+        <v>2679</v>
       </c>
       <c r="M544" t="s">
-        <v>2685</v>
+        <v>2680</v>
       </c>
       <c r="N544" t="s">
-        <v>2686</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="545" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A545" t="s">
-        <v>2687</v>
+        <v>2682</v>
       </c>
       <c r="B545" t="s">
-        <v>2688</v>
+        <v>2683</v>
       </c>
       <c r="C545" s="1">
-        <v>4</v>
+        <v>310</v>
       </c>
       <c r="D545" t="s">
         <v>19</v>
       </c>
       <c r="E545" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F545" t="s">
         <v>101</v>
       </c>
       <c r="G545" t="s">
-        <v>432</v>
+        <v>102</v>
+      </c>
+      <c r="H545" t="s">
+        <v>23</v>
+      </c>
+      <c r="I545">
+        <v>1</v>
       </c>
       <c r="L545" t="s">
-        <v>2689</v>
+        <v>2684</v>
       </c>
       <c r="M545" t="s">
-        <v>2690</v>
+        <v>2685</v>
       </c>
       <c r="N545" t="s">
-        <v>2691</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="546" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A546" t="s">
-        <v>2692</v>
+        <v>2687</v>
       </c>
       <c r="B546" t="s">
-        <v>2693</v>
+        <v>2683</v>
       </c>
       <c r="C546" s="1">
-        <v>4</v>
+        <v>310</v>
       </c>
       <c r="D546" t="s">
         <v>19</v>
       </c>
       <c r="E546" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F546" t="s">
         <v>101</v>
       </c>
       <c r="G546" t="s">
-        <v>432</v>
+        <v>102</v>
+      </c>
+      <c r="H546" t="s">
+        <v>23</v>
+      </c>
+      <c r="I546">
+        <v>1</v>
       </c>
       <c r="L546" t="s">
-        <v>2694</v>
+        <v>2688</v>
       </c>
       <c r="M546" t="s">
-        <v>2695</v>
+        <v>2689</v>
       </c>
       <c r="N546" t="s">
-        <v>2696</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="547" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A547" t="s">
-        <v>2697</v>
+        <v>2691</v>
       </c>
       <c r="B547" t="s">
-        <v>2698</v>
+        <v>2692</v>
       </c>
       <c r="C547" s="1">
-        <v>4</v>
+        <v>345</v>
       </c>
       <c r="D547" t="s">
         <v>19</v>
       </c>
       <c r="E547" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F547" t="s">
         <v>101</v>
       </c>
       <c r="G547" t="s">
-        <v>432</v>
+        <v>102</v>
+      </c>
+      <c r="H547" t="s">
+        <v>23</v>
+      </c>
+      <c r="I547">
+        <v>1</v>
       </c>
       <c r="L547" t="s">
-        <v>2699</v>
+        <v>2693</v>
       </c>
       <c r="M547" t="s">
-        <v>2700</v>
+        <v>2694</v>
       </c>
       <c r="N547" t="s">
-        <v>2701</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="548" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A548" t="s">
-        <v>2702</v>
+        <v>2696</v>
       </c>
       <c r="B548" t="s">
-        <v>2703</v>
+        <v>2692</v>
       </c>
       <c r="C548" s="1">
-        <v>310</v>
+        <v>345</v>
       </c>
       <c r="D548" t="s">
         <v>19</v>
       </c>
       <c r="E548" t="s">
         <v>0</v>
       </c>
       <c r="F548" t="s">
         <v>101</v>
       </c>
       <c r="G548" t="s">
         <v>102</v>
       </c>
       <c r="H548" t="s">
         <v>23</v>
       </c>
       <c r="I548">
         <v>1</v>
       </c>
       <c r="L548" t="s">
-        <v>2704</v>
+        <v>2697</v>
       </c>
       <c r="M548" t="s">
-        <v>2705</v>
+        <v>2698</v>
       </c>
       <c r="N548" t="s">
-        <v>2706</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="549" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A549" t="s">
-        <v>2707</v>
+        <v>2700</v>
       </c>
       <c r="B549" t="s">
-        <v>2703</v>
+        <v>2701</v>
       </c>
       <c r="C549" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
       <c r="D549" t="s">
         <v>19</v>
       </c>
       <c r="E549" t="s">
         <v>0</v>
       </c>
       <c r="F549" t="s">
         <v>101</v>
       </c>
       <c r="G549" t="s">
         <v>102</v>
       </c>
       <c r="H549" t="s">
         <v>23</v>
       </c>
       <c r="I549">
         <v>1</v>
       </c>
       <c r="L549" t="s">
-        <v>2708</v>
+        <v>2702</v>
       </c>
       <c r="M549" t="s">
-        <v>2709</v>
+        <v>2703</v>
       </c>
       <c r="N549" t="s">
-        <v>2710</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="550" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A550" t="s">
-        <v>2711</v>
+        <v>2705</v>
       </c>
       <c r="B550" t="s">
-        <v>2712</v>
+        <v>2701</v>
       </c>
       <c r="C550" s="1">
-        <v>345</v>
+        <v>220</v>
       </c>
       <c r="D550" t="s">
         <v>19</v>
       </c>
       <c r="E550" t="s">
         <v>0</v>
       </c>
       <c r="F550" t="s">
         <v>101</v>
       </c>
       <c r="G550" t="s">
         <v>102</v>
       </c>
       <c r="H550" t="s">
         <v>23</v>
       </c>
       <c r="I550">
         <v>1</v>
       </c>
       <c r="L550" t="s">
-        <v>2713</v>
+        <v>2706</v>
       </c>
       <c r="M550" t="s">
-        <v>2714</v>
+        <v>2707</v>
       </c>
       <c r="N550" t="s">
-        <v>2715</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="551" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A551" t="s">
-        <v>2716</v>
+        <v>2709</v>
       </c>
       <c r="B551" t="s">
-        <v>2712</v>
+        <v>2701</v>
       </c>
       <c r="C551" s="1">
-        <v>345</v>
+        <v>240</v>
       </c>
       <c r="D551" t="s">
         <v>19</v>
       </c>
       <c r="E551" t="s">
         <v>0</v>
       </c>
       <c r="F551" t="s">
         <v>101</v>
       </c>
       <c r="G551" t="s">
         <v>102</v>
       </c>
       <c r="H551" t="s">
         <v>23</v>
       </c>
       <c r="I551">
         <v>1</v>
       </c>
       <c r="L551" t="s">
-        <v>2717</v>
+        <v>2710</v>
       </c>
       <c r="M551" t="s">
-        <v>2718</v>
+        <v>2711</v>
       </c>
       <c r="N551" t="s">
-        <v>2719</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="552" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A552" t="s">
-        <v>2720</v>
+        <v>2713</v>
       </c>
       <c r="B552" t="s">
-        <v>2721</v>
+        <v>2701</v>
       </c>
       <c r="C552" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="D552" t="s">
         <v>19</v>
       </c>
       <c r="E552" t="s">
         <v>0</v>
       </c>
       <c r="F552" t="s">
         <v>101</v>
       </c>
       <c r="G552" t="s">
         <v>102</v>
       </c>
       <c r="H552" t="s">
         <v>23</v>
       </c>
       <c r="I552">
         <v>1</v>
       </c>
       <c r="L552" t="s">
-        <v>2722</v>
+        <v>2714</v>
       </c>
       <c r="M552" t="s">
-        <v>2723</v>
+        <v>2715</v>
       </c>
       <c r="N552" t="s">
-        <v>2724</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="553" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A553" t="s">
-        <v>2725</v>
+        <v>2717</v>
       </c>
       <c r="B553" t="s">
-        <v>2721</v>
+        <v>2718</v>
       </c>
       <c r="C553" s="1">
-        <v>220</v>
+        <v>310</v>
       </c>
       <c r="D553" t="s">
         <v>19</v>
       </c>
       <c r="E553" t="s">
         <v>0</v>
       </c>
       <c r="F553" t="s">
         <v>101</v>
       </c>
       <c r="G553" t="s">
         <v>102</v>
       </c>
       <c r="H553" t="s">
         <v>23</v>
       </c>
       <c r="I553">
         <v>1</v>
       </c>
       <c r="L553" t="s">
-        <v>2726</v>
+        <v>2719</v>
       </c>
       <c r="M553" t="s">
-        <v>2727</v>
+        <v>2720</v>
       </c>
       <c r="N553" t="s">
-        <v>2728</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="554" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A554" t="s">
-        <v>2729</v>
+        <v>2722</v>
       </c>
       <c r="B554" t="s">
-        <v>2721</v>
+        <v>2718</v>
       </c>
       <c r="C554" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
       <c r="D554" t="s">
         <v>19</v>
       </c>
       <c r="E554" t="s">
         <v>0</v>
       </c>
       <c r="F554" t="s">
         <v>101</v>
       </c>
       <c r="G554" t="s">
         <v>102</v>
       </c>
       <c r="H554" t="s">
         <v>23</v>
       </c>
       <c r="I554">
         <v>1</v>
       </c>
       <c r="L554" t="s">
-        <v>2730</v>
+        <v>2723</v>
       </c>
       <c r="M554" t="s">
-        <v>2731</v>
+        <v>2724</v>
       </c>
       <c r="N554" t="s">
-        <v>2732</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="555" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A555" t="s">
-        <v>2733</v>
+        <v>2726</v>
       </c>
       <c r="B555" t="s">
-        <v>2721</v>
+        <v>2727</v>
       </c>
       <c r="C555" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="D555" t="s">
         <v>19</v>
       </c>
       <c r="E555" t="s">
         <v>0</v>
       </c>
       <c r="F555" t="s">
         <v>101</v>
       </c>
       <c r="G555" t="s">
         <v>102</v>
       </c>
       <c r="H555" t="s">
         <v>23</v>
       </c>
       <c r="I555">
         <v>1</v>
       </c>
       <c r="L555" t="s">
-        <v>2734</v>
+        <v>2728</v>
       </c>
       <c r="M555" t="s">
-        <v>2735</v>
+        <v>2729</v>
       </c>
       <c r="N555" t="s">
-        <v>2736</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="556" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A556" t="s">
-        <v>2737</v>
+        <v>2731</v>
       </c>
       <c r="B556" t="s">
-        <v>2738</v>
+        <v>2732</v>
       </c>
       <c r="C556" s="1">
-        <v>310</v>
+        <v>235</v>
       </c>
       <c r="D556" t="s">
         <v>19</v>
       </c>
       <c r="E556" t="s">
         <v>0</v>
       </c>
       <c r="F556" t="s">
         <v>101</v>
       </c>
       <c r="G556" t="s">
         <v>102</v>
       </c>
       <c r="H556" t="s">
         <v>23</v>
       </c>
       <c r="I556">
         <v>1</v>
       </c>
       <c r="L556" t="s">
-        <v>2739</v>
+        <v>2733</v>
       </c>
       <c r="M556" t="s">
-        <v>2740</v>
+        <v>2734</v>
       </c>
       <c r="N556" t="s">
-        <v>2741</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="557" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A557" t="s">
-        <v>2742</v>
+        <v>2736</v>
       </c>
       <c r="B557" t="s">
-        <v>2738</v>
+        <v>2737</v>
       </c>
       <c r="C557" s="1">
         <v>310</v>
       </c>
       <c r="D557" t="s">
         <v>19</v>
       </c>
       <c r="E557" t="s">
         <v>0</v>
       </c>
       <c r="F557" t="s">
         <v>101</v>
       </c>
       <c r="G557" t="s">
         <v>102</v>
       </c>
       <c r="H557" t="s">
         <v>23</v>
       </c>
       <c r="I557">
         <v>1</v>
       </c>
       <c r="L557" t="s">
-        <v>2743</v>
+        <v>2738</v>
       </c>
       <c r="M557" t="s">
-        <v>2744</v>
+        <v>2739</v>
       </c>
       <c r="N557" t="s">
-        <v>2745</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="558" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A558" t="s">
-        <v>2746</v>
+        <v>2741</v>
       </c>
       <c r="B558" t="s">
-        <v>2747</v>
+        <v>2742</v>
       </c>
       <c r="C558" s="1">
-        <v>235</v>
+        <v>310</v>
       </c>
       <c r="D558" t="s">
         <v>19</v>
       </c>
       <c r="E558" t="s">
         <v>0</v>
       </c>
       <c r="F558" t="s">
         <v>101</v>
       </c>
       <c r="G558" t="s">
         <v>102</v>
       </c>
       <c r="H558" t="s">
         <v>23</v>
       </c>
       <c r="I558">
         <v>1</v>
       </c>
       <c r="L558" t="s">
-        <v>2748</v>
+        <v>2743</v>
       </c>
       <c r="M558" t="s">
-        <v>2749</v>
+        <v>2744</v>
       </c>
       <c r="N558" t="s">
-        <v>2750</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="559" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A559" t="s">
-        <v>2751</v>
+        <v>2746</v>
       </c>
       <c r="B559" t="s">
-        <v>2752</v>
+        <v>2747</v>
       </c>
       <c r="C559" s="1">
-        <v>235</v>
+        <v>345</v>
       </c>
       <c r="D559" t="s">
         <v>19</v>
       </c>
       <c r="E559" t="s">
         <v>0</v>
       </c>
       <c r="F559" t="s">
         <v>101</v>
       </c>
       <c r="G559" t="s">
         <v>102</v>
       </c>
       <c r="H559" t="s">
         <v>23</v>
       </c>
       <c r="I559">
         <v>1</v>
       </c>
       <c r="L559" t="s">
-        <v>2753</v>
+        <v>2748</v>
       </c>
       <c r="M559" t="s">
-        <v>2754</v>
+        <v>2749</v>
       </c>
       <c r="N559" t="s">
-        <v>2755</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="560" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A560" t="s">
-        <v>2756</v>
+        <v>2751</v>
       </c>
       <c r="B560" t="s">
-        <v>2757</v>
+        <v>2747</v>
       </c>
       <c r="C560" s="1">
-        <v>310</v>
+        <v>345</v>
       </c>
       <c r="D560" t="s">
         <v>19</v>
       </c>
       <c r="E560" t="s">
         <v>0</v>
       </c>
       <c r="F560" t="s">
         <v>101</v>
       </c>
       <c r="G560" t="s">
         <v>102</v>
       </c>
       <c r="H560" t="s">
         <v>23</v>
       </c>
       <c r="I560">
         <v>1</v>
       </c>
       <c r="L560" t="s">
-        <v>2758</v>
+        <v>2752</v>
       </c>
       <c r="M560" t="s">
-        <v>2759</v>
+        <v>2753</v>
       </c>
       <c r="N560" t="s">
-        <v>2760</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="561" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A561" t="s">
-        <v>2761</v>
+        <v>2755</v>
       </c>
       <c r="B561" t="s">
-        <v>2762</v>
+        <v>2756</v>
       </c>
       <c r="C561" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
       <c r="D561" t="s">
         <v>19</v>
       </c>
       <c r="E561" t="s">
-        <v>0</v>
+        <v>1751</v>
       </c>
       <c r="F561" t="s">
         <v>101</v>
       </c>
       <c r="G561" t="s">
         <v>102</v>
       </c>
       <c r="H561" t="s">
         <v>23</v>
       </c>
       <c r="I561">
         <v>1</v>
       </c>
       <c r="L561" t="s">
-        <v>2763</v>
+        <v>2757</v>
       </c>
       <c r="M561" t="s">
-        <v>2764</v>
+        <v>2758</v>
       </c>
       <c r="N561" t="s">
-        <v>2765</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="562" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A562" t="s">
-        <v>2766</v>
+        <v>2760</v>
       </c>
       <c r="B562" t="s">
-        <v>2767</v>
+        <v>2761</v>
       </c>
       <c r="C562" s="1">
-        <v>345</v>
+        <v>131.1975</v>
       </c>
       <c r="D562" t="s">
         <v>19</v>
       </c>
       <c r="E562" t="s">
-        <v>0</v>
+        <v>1751</v>
       </c>
       <c r="F562" t="s">
         <v>101</v>
       </c>
       <c r="G562" t="s">
         <v>102</v>
       </c>
       <c r="H562" t="s">
         <v>23</v>
       </c>
       <c r="I562">
         <v>1</v>
       </c>
       <c r="L562" t="s">
-        <v>2768</v>
+        <v>2762</v>
       </c>
       <c r="M562" t="s">
-        <v>2769</v>
+        <v>2763</v>
       </c>
       <c r="N562" t="s">
-        <v>2770</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="563" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A563" t="s">
-        <v>2771</v>
+        <v>2765</v>
       </c>
       <c r="B563" t="s">
-        <v>2767</v>
+        <v>2766</v>
       </c>
       <c r="C563" s="1">
-        <v>345</v>
+        <v>150</v>
       </c>
       <c r="D563" t="s">
         <v>19</v>
       </c>
       <c r="E563" t="s">
-        <v>0</v>
+        <v>2590</v>
       </c>
       <c r="F563" t="s">
         <v>101</v>
       </c>
       <c r="G563" t="s">
         <v>102</v>
       </c>
       <c r="H563" t="s">
         <v>23</v>
       </c>
       <c r="I563">
         <v>1</v>
       </c>
       <c r="L563" t="s">
-        <v>2772</v>
+        <v>2767</v>
       </c>
       <c r="M563" t="s">
-        <v>2773</v>
+        <v>2768</v>
       </c>
       <c r="N563" t="s">
-        <v>2774</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="564" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A564" t="s">
-        <v>2775</v>
+        <v>2770</v>
       </c>
       <c r="B564" t="s">
-        <v>2776</v>
+        <v>2771</v>
       </c>
       <c r="C564" s="1">
         <v>120</v>
       </c>
       <c r="D564" t="s">
         <v>19</v>
       </c>
       <c r="E564" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F564" t="s">
         <v>101</v>
       </c>
       <c r="G564" t="s">
         <v>102</v>
       </c>
       <c r="H564" t="s">
         <v>23</v>
       </c>
       <c r="I564">
         <v>1</v>
       </c>
       <c r="L564" t="s">
-        <v>2777</v>
+        <v>2772</v>
       </c>
       <c r="M564" t="s">
-        <v>2778</v>
+        <v>2773</v>
       </c>
       <c r="N564" t="s">
-        <v>2779</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="565" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A565" t="s">
-        <v>2780</v>
+        <v>2775</v>
       </c>
       <c r="B565" t="s">
-        <v>2781</v>
+        <v>2776</v>
       </c>
       <c r="C565" s="1">
-        <v>131.1975</v>
+        <v>140</v>
       </c>
       <c r="D565" t="s">
         <v>19</v>
       </c>
       <c r="E565" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F565" t="s">
         <v>101</v>
       </c>
       <c r="G565" t="s">
         <v>102</v>
       </c>
       <c r="H565" t="s">
         <v>23</v>
       </c>
       <c r="I565">
         <v>1</v>
       </c>
       <c r="L565" t="s">
-        <v>2782</v>
+        <v>2777</v>
       </c>
       <c r="M565" t="s">
-        <v>2783</v>
+        <v>2778</v>
       </c>
       <c r="N565" t="s">
-        <v>2784</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="566" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A566" t="s">
-        <v>2785</v>
+        <v>2780</v>
       </c>
       <c r="B566" t="s">
-        <v>2786</v>
+        <v>2781</v>
       </c>
       <c r="C566" s="1">
-        <v>150</v>
+        <v>115</v>
       </c>
       <c r="D566" t="s">
         <v>19</v>
       </c>
       <c r="E566" t="s">
-        <v>2610</v>
+        <v>1751</v>
       </c>
       <c r="F566" t="s">
         <v>101</v>
       </c>
       <c r="G566" t="s">
         <v>102</v>
       </c>
       <c r="H566" t="s">
         <v>23</v>
       </c>
       <c r="I566">
         <v>1</v>
       </c>
       <c r="L566" t="s">
-        <v>2787</v>
+        <v>2782</v>
       </c>
       <c r="M566" t="s">
-        <v>2788</v>
+        <v>2783</v>
       </c>
       <c r="N566" t="s">
-        <v>2789</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="567" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A567" t="s">
-        <v>2790</v>
+        <v>2785</v>
       </c>
       <c r="B567" t="s">
-        <v>2791</v>
+        <v>2786</v>
       </c>
       <c r="C567" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="D567" t="s">
         <v>19</v>
       </c>
       <c r="E567" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F567" t="s">
         <v>101</v>
       </c>
       <c r="G567" t="s">
         <v>102</v>
       </c>
       <c r="H567" t="s">
         <v>23</v>
       </c>
       <c r="I567">
         <v>1</v>
       </c>
       <c r="L567" t="s">
-        <v>2792</v>
+        <v>2787</v>
       </c>
       <c r="M567" t="s">
-        <v>2793</v>
+        <v>2788</v>
       </c>
       <c r="N567" t="s">
-        <v>2794</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="568" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A568" t="s">
-        <v>2795</v>
+        <v>2790</v>
       </c>
       <c r="B568" t="s">
-        <v>2796</v>
+        <v>2791</v>
       </c>
       <c r="C568" s="1">
         <v>140</v>
       </c>
       <c r="D568" t="s">
         <v>19</v>
       </c>
       <c r="E568" t="s">
-        <v>1771</v>
+        <v>2590</v>
       </c>
       <c r="F568" t="s">
         <v>101</v>
       </c>
       <c r="G568" t="s">
         <v>102</v>
       </c>
       <c r="H568" t="s">
         <v>23</v>
       </c>
       <c r="I568">
         <v>1</v>
       </c>
       <c r="L568" t="s">
-        <v>2797</v>
+        <v>2792</v>
       </c>
       <c r="M568" t="s">
-        <v>2798</v>
+        <v>2793</v>
       </c>
       <c r="N568" t="s">
-        <v>2799</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="569" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A569" t="s">
-        <v>2800</v>
+        <v>2795</v>
       </c>
       <c r="B569" t="s">
-        <v>2801</v>
+        <v>2796</v>
       </c>
       <c r="C569" s="1">
-        <v>115</v>
+        <v>124.95</v>
       </c>
       <c r="D569" t="s">
         <v>19</v>
       </c>
       <c r="E569" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F569" t="s">
         <v>101</v>
       </c>
       <c r="G569" t="s">
         <v>102</v>
       </c>
       <c r="H569" t="s">
         <v>23</v>
       </c>
       <c r="I569">
         <v>1</v>
       </c>
       <c r="L569" t="s">
-        <v>2802</v>
+        <v>2797</v>
       </c>
       <c r="M569" t="s">
-        <v>2803</v>
+        <v>2798</v>
       </c>
       <c r="N569" t="s">
-        <v>2804</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="570" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A570" t="s">
-        <v>2805</v>
+        <v>2800</v>
       </c>
       <c r="B570" t="s">
-        <v>2806</v>
+        <v>2801</v>
       </c>
       <c r="C570" s="1">
-        <v>110</v>
+        <v>60</v>
       </c>
       <c r="D570" t="s">
         <v>19</v>
       </c>
       <c r="E570" t="s">
-        <v>1771</v>
+        <v>1337</v>
       </c>
       <c r="F570" t="s">
         <v>101</v>
       </c>
       <c r="G570" t="s">
         <v>102</v>
       </c>
       <c r="H570" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I570">
         <v>1</v>
       </c>
       <c r="L570" t="s">
-        <v>2807</v>
+        <v>2802</v>
       </c>
       <c r="M570" t="s">
-        <v>2808</v>
+        <v>2803</v>
       </c>
       <c r="N570" t="s">
-        <v>2809</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="571" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A571" t="s">
-        <v>2810</v>
+        <v>2805</v>
       </c>
       <c r="B571" t="s">
-        <v>2811</v>
+        <v>2806</v>
       </c>
       <c r="C571" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
       <c r="D571" t="s">
         <v>19</v>
       </c>
       <c r="E571" t="s">
-        <v>2610</v>
+        <v>1337</v>
       </c>
       <c r="F571" t="s">
         <v>101</v>
       </c>
       <c r="G571" t="s">
         <v>102</v>
       </c>
       <c r="H571" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I571">
         <v>1</v>
       </c>
       <c r="L571" t="s">
-        <v>2812</v>
+        <v>2807</v>
       </c>
       <c r="M571" t="s">
-        <v>2813</v>
+        <v>2808</v>
       </c>
       <c r="N571" t="s">
-        <v>2814</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="572" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A572" t="s">
-        <v>2815</v>
+        <v>2810</v>
       </c>
       <c r="B572" t="s">
-        <v>2816</v>
+        <v>2811</v>
       </c>
       <c r="C572" s="1">
-        <v>124.95</v>
+        <v>60</v>
       </c>
       <c r="D572" t="s">
         <v>19</v>
       </c>
       <c r="E572" t="s">
-        <v>1771</v>
+        <v>1337</v>
       </c>
       <c r="F572" t="s">
         <v>101</v>
       </c>
       <c r="G572" t="s">
         <v>102</v>
       </c>
       <c r="H572" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I572">
         <v>1</v>
       </c>
       <c r="L572" t="s">
-        <v>2817</v>
+        <v>2812</v>
       </c>
       <c r="M572" t="s">
-        <v>2818</v>
+        <v>2813</v>
       </c>
       <c r="N572" t="s">
-        <v>2819</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="573" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A573" t="s">
-        <v>2820</v>
+        <v>2815</v>
       </c>
       <c r="B573" t="s">
-        <v>2821</v>
+        <v>2816</v>
       </c>
       <c r="C573" s="1">
         <v>60</v>
       </c>
       <c r="D573" t="s">
         <v>19</v>
       </c>
       <c r="E573" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F573" t="s">
         <v>101</v>
       </c>
       <c r="G573" t="s">
         <v>102</v>
       </c>
       <c r="H573" t="s">
         <v>103</v>
       </c>
       <c r="I573">
         <v>1</v>
       </c>
       <c r="L573" t="s">
-        <v>2822</v>
+        <v>2817</v>
       </c>
       <c r="M573" t="s">
-        <v>2823</v>
+        <v>2818</v>
       </c>
       <c r="N573" t="s">
-        <v>2824</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="574" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A574" t="s">
-        <v>2825</v>
+        <v>2820</v>
       </c>
       <c r="B574" t="s">
-        <v>2826</v>
+        <v>2821</v>
       </c>
       <c r="C574" s="1">
-        <v>60</v>
+        <v>6</v>
       </c>
       <c r="D574" t="s">
         <v>19</v>
       </c>
       <c r="E574" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F574" t="s">
         <v>101</v>
       </c>
       <c r="G574" t="s">
         <v>102</v>
       </c>
-      <c r="H574" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L574" t="s">
-        <v>2827</v>
+        <v>2822</v>
       </c>
       <c r="M574" t="s">
-        <v>2828</v>
+        <v>2823</v>
       </c>
       <c r="N574" t="s">
-        <v>2829</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="575" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A575" t="s">
-        <v>2830</v>
+        <v>2825</v>
       </c>
       <c r="B575" t="s">
-        <v>2831</v>
+        <v>2826</v>
       </c>
       <c r="C575" s="1">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="D575" t="s">
         <v>19</v>
       </c>
       <c r="E575" t="s">
-        <v>1347</v>
+        <v>2827</v>
       </c>
       <c r="F575" t="s">
         <v>101</v>
       </c>
       <c r="G575" t="s">
         <v>102</v>
       </c>
-      <c r="H575" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L575" t="s">
-        <v>2832</v>
+        <v>2828</v>
       </c>
       <c r="M575" t="s">
-        <v>2833</v>
+        <v>2829</v>
       </c>
       <c r="N575" t="s">
-        <v>2834</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="576" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A576" t="s">
-        <v>2835</v>
+        <v>2831</v>
       </c>
       <c r="B576" t="s">
-        <v>2836</v>
+        <v>2832</v>
       </c>
       <c r="C576" s="1">
-        <v>60</v>
+        <v>6</v>
       </c>
       <c r="D576" t="s">
         <v>19</v>
       </c>
       <c r="E576" t="s">
-        <v>1347</v>
+        <v>2833</v>
       </c>
       <c r="F576" t="s">
         <v>101</v>
       </c>
       <c r="G576" t="s">
         <v>102</v>
       </c>
-      <c r="H576" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L576" t="s">
-        <v>2837</v>
+        <v>2834</v>
       </c>
       <c r="M576" t="s">
-        <v>2838</v>
+        <v>2835</v>
       </c>
       <c r="N576" t="s">
-        <v>2839</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="577" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A577" t="s">
-        <v>2840</v>
+        <v>2837</v>
       </c>
       <c r="B577" t="s">
-        <v>2841</v>
+        <v>2838</v>
       </c>
       <c r="C577" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D577" t="s">
         <v>19</v>
       </c>
       <c r="E577" t="s">
         <v>29</v>
       </c>
       <c r="F577" t="s">
         <v>101</v>
       </c>
       <c r="G577" t="s">
         <v>102</v>
       </c>
       <c r="L577" t="s">
-        <v>2842</v>
+        <v>2839</v>
       </c>
       <c r="M577" t="s">
-        <v>2843</v>
+        <v>2840</v>
       </c>
       <c r="N577" t="s">
-        <v>2844</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="578" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A578" t="s">
-        <v>2845</v>
+        <v>2842</v>
       </c>
       <c r="B578" t="s">
-        <v>2846</v>
+        <v>2843</v>
       </c>
       <c r="C578" s="1">
-        <v>79</v>
+        <v>6</v>
       </c>
       <c r="D578" t="s">
         <v>19</v>
       </c>
       <c r="E578" t="s">
-        <v>2847</v>
+        <v>29</v>
       </c>
       <c r="F578" t="s">
         <v>101</v>
       </c>
       <c r="G578" t="s">
         <v>102</v>
       </c>
       <c r="L578" t="s">
-        <v>2848</v>
+        <v>2844</v>
       </c>
       <c r="M578" t="s">
-        <v>2849</v>
+        <v>2845</v>
       </c>
       <c r="N578" t="s">
-        <v>2850</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="579" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A579" t="s">
-        <v>2851</v>
+        <v>2847</v>
       </c>
       <c r="B579" t="s">
-        <v>2852</v>
+        <v>2848</v>
       </c>
       <c r="C579" s="1">
-        <v>6</v>
+        <v>79</v>
       </c>
       <c r="D579" t="s">
         <v>19</v>
       </c>
       <c r="E579" t="s">
-        <v>2853</v>
+        <v>1337</v>
       </c>
       <c r="F579" t="s">
         <v>101</v>
       </c>
       <c r="G579" t="s">
         <v>102</v>
       </c>
       <c r="L579" t="s">
-        <v>2854</v>
+        <v>2849</v>
       </c>
       <c r="M579" t="s">
-        <v>2855</v>
+        <v>2850</v>
       </c>
       <c r="N579" t="s">
-        <v>2856</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="580" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A580" t="s">
-        <v>2857</v>
+        <v>2852</v>
       </c>
       <c r="B580" t="s">
-        <v>2858</v>
+        <v>2853</v>
       </c>
       <c r="C580" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D580" t="s">
         <v>19</v>
       </c>
       <c r="E580" t="s">
         <v>29</v>
       </c>
       <c r="F580" t="s">
         <v>101</v>
       </c>
       <c r="G580" t="s">
         <v>102</v>
       </c>
       <c r="L580" t="s">
-        <v>2859</v>
+        <v>2854</v>
       </c>
       <c r="M580" t="s">
-        <v>2860</v>
+        <v>2855</v>
       </c>
       <c r="N580" t="s">
-        <v>2861</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="581" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A581" t="s">
-        <v>2862</v>
+        <v>2857</v>
       </c>
       <c r="B581" t="s">
-        <v>2863</v>
+        <v>2858</v>
       </c>
       <c r="C581" s="1">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="D581" t="s">
         <v>19</v>
       </c>
       <c r="E581" t="s">
-        <v>29</v>
+        <v>1337</v>
       </c>
       <c r="F581" t="s">
         <v>101</v>
       </c>
       <c r="G581" t="s">
         <v>102</v>
       </c>
+      <c r="H581" t="s">
+        <v>103</v>
+      </c>
+      <c r="I581">
+        <v>1</v>
+      </c>
       <c r="L581" t="s">
-        <v>2864</v>
+        <v>2859</v>
       </c>
       <c r="M581" t="s">
-        <v>2865</v>
+        <v>2860</v>
       </c>
       <c r="N581" t="s">
-        <v>2866</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="582" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A582" t="s">
-        <v>2867</v>
+        <v>2862</v>
       </c>
       <c r="B582" t="s">
-        <v>2868</v>
+        <v>2863</v>
       </c>
       <c r="C582" s="1">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="D582" t="s">
         <v>19</v>
       </c>
       <c r="E582" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F582" t="s">
         <v>101</v>
       </c>
       <c r="G582" t="s">
         <v>102</v>
       </c>
+      <c r="H582" t="s">
+        <v>103</v>
+      </c>
+      <c r="I582">
+        <v>1</v>
+      </c>
       <c r="L582" t="s">
-        <v>2869</v>
+        <v>2864</v>
       </c>
       <c r="M582" t="s">
-        <v>2870</v>
+        <v>2865</v>
       </c>
       <c r="N582" t="s">
-        <v>2871</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="583" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A583" t="s">
-        <v>2872</v>
+        <v>2867</v>
       </c>
       <c r="B583" t="s">
-        <v>2873</v>
+        <v>2868</v>
       </c>
       <c r="C583" s="1">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="D583" t="s">
         <v>19</v>
       </c>
       <c r="E583" t="s">
-        <v>29</v>
+        <v>1337</v>
       </c>
       <c r="F583" t="s">
         <v>101</v>
       </c>
       <c r="G583" t="s">
         <v>102</v>
       </c>
+      <c r="H583" t="s">
+        <v>103</v>
+      </c>
+      <c r="I583">
+        <v>1</v>
+      </c>
       <c r="L583" t="s">
-        <v>2874</v>
+        <v>2869</v>
       </c>
       <c r="M583" t="s">
-        <v>2875</v>
+        <v>2870</v>
       </c>
       <c r="N583" t="s">
-        <v>2876</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="584" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A584" t="s">
-        <v>2877</v>
+        <v>2872</v>
       </c>
       <c r="B584" t="s">
-        <v>2878</v>
+        <v>2873</v>
       </c>
       <c r="C584" s="1">
         <v>45</v>
       </c>
       <c r="D584" t="s">
         <v>19</v>
       </c>
       <c r="E584" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F584" t="s">
         <v>101</v>
       </c>
       <c r="G584" t="s">
         <v>102</v>
       </c>
       <c r="H584" t="s">
         <v>103</v>
       </c>
       <c r="I584">
         <v>1</v>
       </c>
       <c r="L584" t="s">
-        <v>2879</v>
+        <v>2874</v>
       </c>
       <c r="M584" t="s">
-        <v>2880</v>
+        <v>2875</v>
       </c>
       <c r="N584" t="s">
-        <v>2881</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="585" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A585" t="s">
-        <v>2882</v>
+        <v>2877</v>
       </c>
       <c r="B585" t="s">
-        <v>2883</v>
+        <v>2878</v>
       </c>
       <c r="C585" s="1">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="D585" t="s">
         <v>19</v>
       </c>
       <c r="E585" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F585" t="s">
         <v>101</v>
       </c>
       <c r="G585" t="s">
         <v>102</v>
       </c>
       <c r="H585" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I585">
         <v>1</v>
       </c>
       <c r="L585" t="s">
-        <v>2884</v>
+        <v>2879</v>
       </c>
       <c r="M585" t="s">
-        <v>2885</v>
+        <v>2880</v>
       </c>
       <c r="N585" t="s">
-        <v>2886</v>
+        <v>0</v>
       </c>
     </row>
     <row r="586" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A586" t="s">
-        <v>2887</v>
+        <v>2881</v>
       </c>
       <c r="B586" t="s">
-        <v>2888</v>
+        <v>2882</v>
       </c>
       <c r="C586" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="D586" t="s">
         <v>19</v>
       </c>
       <c r="E586" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F586" t="s">
         <v>101</v>
       </c>
       <c r="G586" t="s">
         <v>102</v>
       </c>
       <c r="H586" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I586">
         <v>1</v>
       </c>
       <c r="L586" t="s">
-        <v>2889</v>
+        <v>2883</v>
       </c>
       <c r="M586" t="s">
-        <v>2890</v>
+        <v>2884</v>
       </c>
       <c r="N586" t="s">
-        <v>2891</v>
+        <v>0</v>
       </c>
     </row>
     <row r="587" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A587" t="s">
-        <v>2892</v>
+        <v>2885</v>
       </c>
       <c r="B587" t="s">
-        <v>2893</v>
+        <v>2886</v>
       </c>
       <c r="C587" s="1">
-        <v>45</v>
+        <v>84</v>
       </c>
       <c r="D587" t="s">
         <v>19</v>
       </c>
       <c r="E587" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F587" t="s">
         <v>101</v>
       </c>
       <c r="G587" t="s">
         <v>102</v>
       </c>
       <c r="H587" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I587">
         <v>1</v>
       </c>
       <c r="L587" t="s">
-        <v>2894</v>
+        <v>2887</v>
       </c>
       <c r="M587" t="s">
-        <v>2895</v>
+        <v>2888</v>
       </c>
       <c r="N587" t="s">
-        <v>2896</v>
+        <v>0</v>
       </c>
     </row>
     <row r="588" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A588" t="s">
-        <v>2897</v>
+        <v>2889</v>
       </c>
       <c r="B588" t="s">
-        <v>2898</v>
+        <v>2890</v>
       </c>
       <c r="C588" s="1">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="D588" t="s">
         <v>19</v>
       </c>
       <c r="E588" t="s">
         <v>29</v>
       </c>
       <c r="F588" t="s">
         <v>101</v>
       </c>
       <c r="G588" t="s">
         <v>102</v>
       </c>
       <c r="H588" t="s">
         <v>23</v>
       </c>
       <c r="I588">
         <v>1</v>
       </c>
       <c r="L588" t="s">
-        <v>2899</v>
+        <v>2891</v>
       </c>
       <c r="M588" t="s">
-        <v>2900</v>
+        <v>2892</v>
       </c>
       <c r="N588" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="589" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A589" t="s">
-        <v>2901</v>
+        <v>2893</v>
       </c>
       <c r="B589" t="s">
-        <v>2902</v>
+        <v>2894</v>
       </c>
       <c r="C589" s="1">
-        <v>80</v>
+        <v>31</v>
       </c>
       <c r="D589" t="s">
         <v>19</v>
       </c>
       <c r="E589" t="s">
         <v>29</v>
       </c>
       <c r="F589" t="s">
         <v>101</v>
       </c>
       <c r="G589" t="s">
         <v>102</v>
       </c>
       <c r="H589" t="s">
         <v>23</v>
       </c>
       <c r="I589">
         <v>1</v>
       </c>
       <c r="L589" t="s">
-        <v>2903</v>
+        <v>2895</v>
       </c>
       <c r="M589" t="s">
-        <v>2904</v>
+        <v>2896</v>
       </c>
       <c r="N589" t="s">
-        <v>0</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="590" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A590" t="s">
-        <v>2905</v>
+        <v>2898</v>
       </c>
       <c r="B590" t="s">
-        <v>2906</v>
+        <v>2899</v>
       </c>
       <c r="C590" s="1">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="D590" t="s">
         <v>19</v>
       </c>
       <c r="E590" t="s">
         <v>29</v>
       </c>
       <c r="F590" t="s">
         <v>101</v>
       </c>
       <c r="G590" t="s">
         <v>102</v>
       </c>
       <c r="H590" t="s">
         <v>23</v>
       </c>
       <c r="I590">
         <v>1</v>
       </c>
       <c r="L590" t="s">
-        <v>2907</v>
+        <v>2900</v>
       </c>
       <c r="M590" t="s">
-        <v>2908</v>
+        <v>2901</v>
       </c>
       <c r="N590" t="s">
-        <v>0</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="591" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A591" t="s">
-        <v>2909</v>
+        <v>2903</v>
       </c>
       <c r="B591" t="s">
-        <v>2910</v>
+        <v>2904</v>
       </c>
       <c r="C591" s="1">
-        <v>86</v>
+        <v>49</v>
       </c>
       <c r="D591" t="s">
         <v>19</v>
       </c>
       <c r="E591" t="s">
         <v>29</v>
       </c>
       <c r="F591" t="s">
         <v>101</v>
       </c>
       <c r="G591" t="s">
         <v>102</v>
       </c>
       <c r="H591" t="s">
         <v>23</v>
       </c>
       <c r="I591">
         <v>1</v>
       </c>
       <c r="L591" t="s">
-        <v>2911</v>
+        <v>2905</v>
       </c>
       <c r="M591" t="s">
-        <v>2912</v>
+        <v>2906</v>
       </c>
       <c r="N591" t="s">
-        <v>0</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="592" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A592" t="s">
-        <v>2913</v>
+        <v>2908</v>
       </c>
       <c r="B592" t="s">
-        <v>2914</v>
+        <v>2909</v>
       </c>
       <c r="C592" s="1">
-        <v>31</v>
+        <v>65</v>
       </c>
       <c r="D592" t="s">
         <v>19</v>
       </c>
       <c r="E592" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F592" t="s">
         <v>101</v>
       </c>
       <c r="G592" t="s">
         <v>102</v>
       </c>
       <c r="H592" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I592">
         <v>1</v>
       </c>
       <c r="L592" t="s">
-        <v>2915</v>
+        <v>2910</v>
       </c>
       <c r="M592" t="s">
-        <v>2916</v>
+        <v>2911</v>
       </c>
       <c r="N592" t="s">
-        <v>2917</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="593" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A593" t="s">
-        <v>2918</v>
+        <v>2913</v>
       </c>
       <c r="B593" t="s">
-        <v>2919</v>
+        <v>2914</v>
       </c>
       <c r="C593" s="1">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="D593" t="s">
         <v>19</v>
       </c>
       <c r="E593" t="s">
-        <v>29</v>
+        <v>1337</v>
       </c>
       <c r="F593" t="s">
         <v>101</v>
       </c>
       <c r="G593" t="s">
         <v>102</v>
       </c>
       <c r="H593" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I593">
         <v>1</v>
       </c>
       <c r="L593" t="s">
-        <v>2920</v>
+        <v>2915</v>
       </c>
       <c r="M593" t="s">
-        <v>2921</v>
+        <v>2916</v>
       </c>
       <c r="N593" t="s">
-        <v>2922</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="594" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A594" t="s">
-        <v>2923</v>
+        <v>2918</v>
       </c>
       <c r="B594" t="s">
-        <v>2924</v>
+        <v>2919</v>
       </c>
       <c r="C594" s="1">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D594" t="s">
         <v>19</v>
       </c>
       <c r="E594" t="s">
-        <v>29</v>
+        <v>1337</v>
       </c>
       <c r="F594" t="s">
         <v>101</v>
       </c>
       <c r="G594" t="s">
         <v>102</v>
       </c>
       <c r="H594" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I594">
         <v>1</v>
       </c>
       <c r="L594" t="s">
-        <v>2925</v>
+        <v>2920</v>
       </c>
       <c r="M594" t="s">
-        <v>2926</v>
+        <v>2921</v>
       </c>
       <c r="N594" t="s">
-        <v>2927</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="595" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A595" t="s">
-        <v>2928</v>
+        <v>2923</v>
       </c>
       <c r="B595" t="s">
-        <v>2929</v>
+        <v>2924</v>
       </c>
       <c r="C595" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="D595" t="s">
         <v>19</v>
       </c>
       <c r="E595" t="s">
-        <v>0</v>
+        <v>1337</v>
       </c>
       <c r="F595" t="s">
         <v>101</v>
       </c>
       <c r="G595" t="s">
         <v>102</v>
       </c>
       <c r="H595" t="s">
         <v>103</v>
       </c>
       <c r="I595">
         <v>1</v>
       </c>
       <c r="L595" t="s">
-        <v>2930</v>
+        <v>2925</v>
       </c>
       <c r="M595" t="s">
-        <v>2931</v>
+        <v>2926</v>
       </c>
       <c r="N595" t="s">
-        <v>2932</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="596" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A596" t="s">
-        <v>2933</v>
+        <v>2928</v>
       </c>
       <c r="B596" t="s">
-        <v>2934</v>
+        <v>2929</v>
       </c>
       <c r="C596" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="D596" t="s">
         <v>19</v>
       </c>
       <c r="E596" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F596" t="s">
         <v>101</v>
       </c>
       <c r="G596" t="s">
         <v>102</v>
       </c>
       <c r="H596" t="s">
         <v>103</v>
       </c>
       <c r="I596">
         <v>1</v>
       </c>
       <c r="L596" t="s">
-        <v>2935</v>
+        <v>2930</v>
       </c>
       <c r="M596" t="s">
-        <v>2936</v>
+        <v>2931</v>
       </c>
       <c r="N596" t="s">
-        <v>2937</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="597" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A597" t="s">
-        <v>2938</v>
+        <v>2933</v>
       </c>
       <c r="B597" t="s">
-        <v>2939</v>
+        <v>2934</v>
       </c>
       <c r="C597" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="D597" t="s">
         <v>19</v>
       </c>
       <c r="E597" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F597" t="s">
         <v>101</v>
       </c>
       <c r="G597" t="s">
         <v>102</v>
       </c>
       <c r="H597" t="s">
         <v>103</v>
       </c>
       <c r="I597">
         <v>1</v>
       </c>
       <c r="L597" t="s">
-        <v>2940</v>
+        <v>2935</v>
       </c>
       <c r="M597" t="s">
-        <v>2941</v>
+        <v>2936</v>
       </c>
       <c r="N597" t="s">
-        <v>2942</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="598" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A598" t="s">
-        <v>2943</v>
+        <v>2938</v>
       </c>
       <c r="B598" t="s">
-        <v>2944</v>
+        <v>2939</v>
       </c>
       <c r="C598" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="D598" t="s">
         <v>19</v>
       </c>
       <c r="E598" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F598" t="s">
         <v>101</v>
       </c>
       <c r="G598" t="s">
         <v>102</v>
       </c>
       <c r="H598" t="s">
         <v>103</v>
       </c>
       <c r="I598">
         <v>1</v>
       </c>
       <c r="L598" t="s">
-        <v>2945</v>
+        <v>2940</v>
       </c>
       <c r="M598" t="s">
-        <v>2946</v>
+        <v>2941</v>
       </c>
       <c r="N598" t="s">
-        <v>2947</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="599" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A599" t="s">
-        <v>2948</v>
+        <v>2943</v>
       </c>
       <c r="B599" t="s">
-        <v>2949</v>
+        <v>2944</v>
       </c>
       <c r="C599" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="D599" t="s">
         <v>19</v>
       </c>
       <c r="E599" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F599" t="s">
         <v>101</v>
       </c>
       <c r="G599" t="s">
         <v>102</v>
       </c>
       <c r="H599" t="s">
         <v>103</v>
       </c>
       <c r="I599">
         <v>1</v>
       </c>
       <c r="L599" t="s">
-        <v>2950</v>
+        <v>2945</v>
       </c>
       <c r="M599" t="s">
-        <v>2951</v>
+        <v>2946</v>
       </c>
       <c r="N599" t="s">
-        <v>2952</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="600" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A600" t="s">
-        <v>2953</v>
+        <v>2948</v>
       </c>
       <c r="B600" t="s">
-        <v>2954</v>
+        <v>2949</v>
       </c>
       <c r="C600" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="D600" t="s">
         <v>19</v>
       </c>
       <c r="E600" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F600" t="s">
         <v>101</v>
       </c>
       <c r="G600" t="s">
         <v>102</v>
       </c>
       <c r="H600" t="s">
         <v>103</v>
       </c>
       <c r="I600">
         <v>1</v>
       </c>
       <c r="L600" t="s">
-        <v>2955</v>
+        <v>2950</v>
       </c>
       <c r="M600" t="s">
-        <v>2956</v>
+        <v>2951</v>
       </c>
       <c r="N600" t="s">
-        <v>2957</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="601" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A601" t="s">
-        <v>2958</v>
+        <v>2953</v>
       </c>
       <c r="B601" t="s">
-        <v>2959</v>
+        <v>2954</v>
       </c>
       <c r="C601" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="D601" t="s">
         <v>19</v>
       </c>
       <c r="E601" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F601" t="s">
         <v>101</v>
       </c>
       <c r="G601" t="s">
         <v>102</v>
       </c>
       <c r="H601" t="s">
         <v>103</v>
       </c>
       <c r="I601">
         <v>1</v>
       </c>
       <c r="L601" t="s">
-        <v>2960</v>
+        <v>2955</v>
       </c>
       <c r="M601" t="s">
-        <v>2961</v>
+        <v>2956</v>
       </c>
       <c r="N601" t="s">
-        <v>2962</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="602" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A602" t="s">
-        <v>2963</v>
+        <v>2958</v>
       </c>
       <c r="B602" t="s">
-        <v>2964</v>
+        <v>2959</v>
       </c>
       <c r="C602" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="D602" t="s">
         <v>19</v>
       </c>
       <c r="E602" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F602" t="s">
         <v>101</v>
       </c>
       <c r="G602" t="s">
         <v>102</v>
       </c>
       <c r="H602" t="s">
         <v>103</v>
       </c>
       <c r="I602">
         <v>1</v>
       </c>
       <c r="L602" t="s">
-        <v>2965</v>
+        <v>2960</v>
       </c>
       <c r="M602" t="s">
-        <v>2966</v>
+        <v>2961</v>
       </c>
       <c r="N602" t="s">
-        <v>2967</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="603" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A603" t="s">
-        <v>2968</v>
+        <v>2963</v>
       </c>
       <c r="B603" t="s">
-        <v>2969</v>
+        <v>2964</v>
       </c>
       <c r="C603" s="1">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="D603" t="s">
         <v>19</v>
       </c>
       <c r="E603" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F603" t="s">
         <v>101</v>
       </c>
       <c r="G603" t="s">
         <v>102</v>
       </c>
       <c r="H603" t="s">
         <v>103</v>
       </c>
       <c r="I603">
         <v>1</v>
       </c>
       <c r="L603" t="s">
-        <v>2970</v>
+        <v>2965</v>
       </c>
       <c r="M603" t="s">
-        <v>2971</v>
+        <v>2966</v>
       </c>
       <c r="N603" t="s">
-        <v>2972</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="604" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A604" t="s">
-        <v>2973</v>
+        <v>2968</v>
       </c>
       <c r="B604" t="s">
-        <v>2974</v>
+        <v>2969</v>
       </c>
       <c r="C604" s="1">
         <v>90</v>
       </c>
       <c r="D604" t="s">
         <v>19</v>
       </c>
       <c r="E604" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F604" t="s">
         <v>101</v>
       </c>
       <c r="G604" t="s">
         <v>102</v>
       </c>
       <c r="H604" t="s">
         <v>103</v>
       </c>
       <c r="I604">
         <v>1</v>
       </c>
       <c r="L604" t="s">
-        <v>2975</v>
+        <v>2970</v>
       </c>
       <c r="M604" t="s">
-        <v>2976</v>
+        <v>2971</v>
       </c>
       <c r="N604" t="s">
-        <v>2977</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="605" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A605" t="s">
-        <v>2978</v>
+        <v>2973</v>
       </c>
       <c r="B605" t="s">
-        <v>2979</v>
+        <v>2974</v>
       </c>
       <c r="C605" s="1">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="D605" t="s">
         <v>19</v>
       </c>
       <c r="E605" t="s">
-        <v>1347</v>
+        <v>0</v>
       </c>
       <c r="F605" t="s">
         <v>101</v>
       </c>
       <c r="G605" t="s">
         <v>102</v>
       </c>
       <c r="H605" t="s">
         <v>103</v>
       </c>
       <c r="I605">
         <v>1</v>
       </c>
       <c r="L605" t="s">
-        <v>2980</v>
+        <v>2975</v>
       </c>
       <c r="M605" t="s">
-        <v>2981</v>
+        <v>2976</v>
       </c>
       <c r="N605" t="s">
-        <v>2982</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="606" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A606" t="s">
-        <v>2983</v>
+        <v>2978</v>
       </c>
       <c r="B606" t="s">
-        <v>2984</v>
+        <v>2979</v>
       </c>
       <c r="C606" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="D606" t="s">
         <v>19</v>
       </c>
       <c r="E606" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F606" t="s">
         <v>101</v>
       </c>
       <c r="G606" t="s">
         <v>102</v>
       </c>
       <c r="H606" t="s">
         <v>103</v>
       </c>
       <c r="I606">
         <v>1</v>
       </c>
       <c r="L606" t="s">
-        <v>2985</v>
+        <v>2980</v>
       </c>
       <c r="M606" t="s">
-        <v>2986</v>
+        <v>2981</v>
       </c>
       <c r="N606" t="s">
-        <v>2987</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="607" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A607" t="s">
-        <v>2988</v>
+        <v>2983</v>
       </c>
       <c r="B607" t="s">
-        <v>2989</v>
+        <v>2984</v>
       </c>
       <c r="C607" s="1">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="D607" t="s">
         <v>19</v>
       </c>
       <c r="E607" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F607" t="s">
         <v>101</v>
       </c>
       <c r="G607" t="s">
         <v>102</v>
       </c>
       <c r="H607" t="s">
         <v>103</v>
       </c>
       <c r="I607">
         <v>1</v>
       </c>
       <c r="L607" t="s">
-        <v>2990</v>
+        <v>2985</v>
       </c>
       <c r="M607" t="s">
-        <v>2991</v>
+        <v>2986</v>
       </c>
       <c r="N607" t="s">
-        <v>2992</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="608" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A608" t="s">
-        <v>2993</v>
+        <v>2988</v>
       </c>
       <c r="B608" t="s">
-        <v>2994</v>
+        <v>2989</v>
       </c>
       <c r="C608" s="1">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="D608" t="s">
         <v>19</v>
       </c>
       <c r="E608" t="s">
-        <v>0</v>
+        <v>1337</v>
       </c>
       <c r="F608" t="s">
         <v>101</v>
       </c>
       <c r="G608" t="s">
         <v>102</v>
       </c>
       <c r="H608" t="s">
         <v>103</v>
       </c>
       <c r="I608">
         <v>1</v>
       </c>
       <c r="L608" t="s">
-        <v>2995</v>
+        <v>2990</v>
       </c>
       <c r="M608" t="s">
-        <v>2996</v>
+        <v>2991</v>
       </c>
       <c r="N608" t="s">
-        <v>2997</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="609" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A609" t="s">
-        <v>2998</v>
+        <v>2993</v>
       </c>
       <c r="B609" t="s">
-        <v>2999</v>
+        <v>2994</v>
       </c>
       <c r="C609" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="D609" t="s">
         <v>19</v>
       </c>
       <c r="E609" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F609" t="s">
         <v>101</v>
       </c>
       <c r="G609" t="s">
         <v>102</v>
       </c>
       <c r="H609" t="s">
         <v>103</v>
       </c>
       <c r="I609">
         <v>1</v>
       </c>
       <c r="L609" t="s">
-        <v>3000</v>
+        <v>2995</v>
       </c>
       <c r="M609" t="s">
-        <v>3001</v>
+        <v>2996</v>
       </c>
       <c r="N609" t="s">
-        <v>3002</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="610" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A610" t="s">
-        <v>3003</v>
+        <v>2998</v>
       </c>
       <c r="B610" t="s">
-        <v>3004</v>
+        <v>2999</v>
       </c>
       <c r="C610" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="D610" t="s">
         <v>19</v>
       </c>
       <c r="E610" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F610" t="s">
         <v>101</v>
       </c>
       <c r="G610" t="s">
         <v>102</v>
       </c>
       <c r="H610" t="s">
         <v>103</v>
       </c>
       <c r="I610">
         <v>1</v>
       </c>
       <c r="L610" t="s">
-        <v>3005</v>
+        <v>3000</v>
       </c>
       <c r="M610" t="s">
-        <v>3006</v>
+        <v>3001</v>
       </c>
       <c r="N610" t="s">
-        <v>3007</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="611" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A611" t="s">
-        <v>3008</v>
+        <v>3003</v>
       </c>
       <c r="B611" t="s">
-        <v>3009</v>
+        <v>3004</v>
       </c>
       <c r="C611" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="D611" t="s">
         <v>19</v>
       </c>
       <c r="E611" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F611" t="s">
         <v>101</v>
       </c>
       <c r="G611" t="s">
         <v>102</v>
       </c>
       <c r="H611" t="s">
         <v>103</v>
       </c>
       <c r="I611">
         <v>1</v>
       </c>
       <c r="L611" t="s">
-        <v>3010</v>
+        <v>3005</v>
       </c>
       <c r="M611" t="s">
-        <v>3011</v>
+        <v>3006</v>
       </c>
       <c r="N611" t="s">
-        <v>3012</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="612" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A612" t="s">
-        <v>3013</v>
+        <v>3008</v>
       </c>
       <c r="B612" t="s">
-        <v>3014</v>
+        <v>3009</v>
       </c>
       <c r="C612" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
       <c r="D612" t="s">
         <v>19</v>
       </c>
       <c r="E612" t="s">
-        <v>1347</v>
+        <v>1751</v>
       </c>
       <c r="F612" t="s">
         <v>101</v>
       </c>
       <c r="G612" t="s">
         <v>102</v>
       </c>
       <c r="H612" t="s">
         <v>103</v>
       </c>
       <c r="I612">
         <v>1</v>
       </c>
       <c r="L612" t="s">
-        <v>3015</v>
+        <v>3010</v>
       </c>
       <c r="M612" t="s">
-        <v>3016</v>
+        <v>3011</v>
       </c>
       <c r="N612" t="s">
-        <v>3017</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="613" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A613" t="s">
-        <v>3018</v>
+        <v>3013</v>
       </c>
       <c r="B613" t="s">
-        <v>3019</v>
+        <v>3014</v>
       </c>
       <c r="C613" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
       <c r="D613" t="s">
         <v>19</v>
       </c>
       <c r="E613" t="s">
-        <v>1347</v>
+        <v>1751</v>
       </c>
       <c r="F613" t="s">
         <v>101</v>
       </c>
       <c r="G613" t="s">
         <v>102</v>
       </c>
       <c r="H613" t="s">
         <v>103</v>
       </c>
       <c r="I613">
         <v>1</v>
       </c>
       <c r="L613" t="s">
-        <v>3020</v>
+        <v>3015</v>
       </c>
       <c r="M613" t="s">
-        <v>3021</v>
+        <v>3016</v>
       </c>
       <c r="N613" t="s">
-        <v>3022</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="614" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A614" t="s">
-        <v>3023</v>
+        <v>3018</v>
       </c>
       <c r="B614" t="s">
-        <v>3024</v>
+        <v>3019</v>
       </c>
       <c r="C614" s="1">
-        <v>80</v>
+        <v>207</v>
       </c>
       <c r="D614" t="s">
         <v>19</v>
       </c>
       <c r="E614" t="s">
-        <v>1347</v>
+        <v>3020</v>
       </c>
       <c r="F614" t="s">
         <v>101</v>
       </c>
       <c r="G614" t="s">
-        <v>102</v>
+        <v>3021</v>
       </c>
       <c r="H614" t="s">
         <v>103</v>
       </c>
       <c r="I614">
         <v>1</v>
       </c>
       <c r="L614" t="s">
-        <v>3025</v>
+        <v>3022</v>
       </c>
       <c r="M614" t="s">
-        <v>3026</v>
+        <v>3023</v>
       </c>
       <c r="N614" t="s">
-        <v>3027</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="615" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A615" t="s">
-        <v>3028</v>
+        <v>3025</v>
       </c>
       <c r="B615" t="s">
-        <v>3029</v>
+        <v>3026</v>
       </c>
       <c r="C615" s="1">
-        <v>150</v>
+        <v>71</v>
       </c>
       <c r="D615" t="s">
         <v>19</v>
       </c>
       <c r="E615" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F615" t="s">
         <v>101</v>
       </c>
       <c r="G615" t="s">
-        <v>102</v>
+        <v>3027</v>
       </c>
       <c r="H615" t="s">
         <v>103</v>
       </c>
       <c r="I615">
         <v>1</v>
       </c>
       <c r="L615" t="s">
+        <v>3028</v>
+      </c>
+      <c r="M615" t="s">
+        <v>3029</v>
+      </c>
+      <c r="N615" t="s">
         <v>3030</v>
-      </c>
-[...4 lines deleted...]
-        <v>3032</v>
       </c>
     </row>
     <row r="616" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A616" t="s">
-        <v>3033</v>
+        <v>3031</v>
       </c>
       <c r="B616" t="s">
-        <v>3034</v>
+        <v>3032</v>
       </c>
       <c r="C616" s="1">
-        <v>150</v>
+        <v>71</v>
       </c>
       <c r="D616" t="s">
         <v>19</v>
       </c>
       <c r="E616" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F616" t="s">
         <v>101</v>
       </c>
       <c r="G616" t="s">
-        <v>102</v>
+        <v>3027</v>
       </c>
       <c r="H616" t="s">
         <v>103</v>
       </c>
       <c r="I616">
         <v>1</v>
       </c>
       <c r="L616" t="s">
+        <v>3033</v>
+      </c>
+      <c r="M616" t="s">
+        <v>3034</v>
+      </c>
+      <c r="N616" t="s">
         <v>3035</v>
-      </c>
-[...4 lines deleted...]
-        <v>3037</v>
       </c>
     </row>
     <row r="617" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A617" t="s">
-        <v>3038</v>
+        <v>3036</v>
       </c>
       <c r="B617" t="s">
-        <v>3039</v>
+        <v>3037</v>
       </c>
       <c r="C617" s="1">
-        <v>207</v>
+        <v>71</v>
       </c>
       <c r="D617" t="s">
         <v>19</v>
       </c>
       <c r="E617" t="s">
-        <v>1425</v>
+        <v>1751</v>
       </c>
       <c r="F617" t="s">
         <v>101</v>
       </c>
       <c r="G617" t="s">
-        <v>3040</v>
+        <v>3027</v>
       </c>
       <c r="H617" t="s">
         <v>103</v>
       </c>
       <c r="I617">
         <v>1</v>
       </c>
       <c r="L617" t="s">
-        <v>3041</v>
+        <v>3038</v>
       </c>
       <c r="M617" t="s">
-        <v>3042</v>
+        <v>3039</v>
       </c>
       <c r="N617" t="s">
-        <v>3043</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="618" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A618" t="s">
-        <v>3044</v>
+        <v>3041</v>
       </c>
       <c r="B618" t="s">
-        <v>3045</v>
+        <v>3042</v>
       </c>
       <c r="C618" s="1">
-        <v>71</v>
+        <v>5</v>
       </c>
       <c r="D618" t="s">
         <v>19</v>
       </c>
       <c r="E618" t="s">
-        <v>1771</v>
+        <v>2414</v>
       </c>
       <c r="F618" t="s">
         <v>101</v>
       </c>
       <c r="G618" t="s">
-        <v>3046</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3027</v>
       </c>
       <c r="L618" t="s">
-        <v>3047</v>
+        <v>3043</v>
       </c>
       <c r="M618" t="s">
-        <v>3048</v>
+        <v>3044</v>
       </c>
       <c r="N618" t="s">
-        <v>3049</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="619" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A619" t="s">
-        <v>3050</v>
+        <v>3046</v>
       </c>
       <c r="B619" t="s">
-        <v>3051</v>
+        <v>3047</v>
       </c>
       <c r="C619" s="1">
-        <v>71</v>
+        <v>5</v>
       </c>
       <c r="D619" t="s">
         <v>19</v>
       </c>
       <c r="E619" t="s">
-        <v>1771</v>
+        <v>2414</v>
       </c>
       <c r="F619" t="s">
         <v>101</v>
       </c>
       <c r="G619" t="s">
-        <v>3046</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3027</v>
       </c>
       <c r="L619" t="s">
-        <v>3052</v>
+        <v>3048</v>
       </c>
       <c r="M619" t="s">
-        <v>3053</v>
+        <v>3049</v>
       </c>
       <c r="N619" t="s">
-        <v>3054</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="620" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A620" t="s">
-        <v>3055</v>
+        <v>3051</v>
       </c>
       <c r="B620" t="s">
-        <v>3056</v>
+        <v>3052</v>
       </c>
       <c r="C620" s="1">
-        <v>71</v>
+        <v>595</v>
       </c>
       <c r="D620" t="s">
         <v>19</v>
       </c>
       <c r="E620" t="s">
-        <v>1771</v>
+        <v>0</v>
       </c>
       <c r="F620" t="s">
         <v>101</v>
       </c>
       <c r="G620" t="s">
-        <v>3046</v>
+        <v>102</v>
       </c>
       <c r="H620" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="I620">
         <v>1</v>
       </c>
       <c r="L620" t="s">
-        <v>3057</v>
+        <v>3053</v>
       </c>
       <c r="M620" t="s">
-        <v>3058</v>
+        <v>3054</v>
       </c>
       <c r="N620" t="s">
-        <v>3059</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="621" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A621" t="s">
-        <v>3060</v>
+        <v>3056</v>
       </c>
       <c r="B621" t="s">
-        <v>3061</v>
+        <v>3057</v>
       </c>
       <c r="C621" s="1">
-        <v>5</v>
+        <v>595</v>
       </c>
       <c r="D621" t="s">
         <v>19</v>
       </c>
       <c r="E621" t="s">
-        <v>2434</v>
+        <v>0</v>
       </c>
       <c r="F621" t="s">
         <v>101</v>
       </c>
       <c r="G621" t="s">
-        <v>3046</v>
+        <v>102</v>
+      </c>
+      <c r="H621" t="s">
+        <v>23</v>
+      </c>
+      <c r="I621">
+        <v>1</v>
       </c>
       <c r="L621" t="s">
-        <v>3062</v>
+        <v>3058</v>
       </c>
       <c r="M621" t="s">
-        <v>3063</v>
+        <v>3059</v>
       </c>
       <c r="N621" t="s">
-        <v>3064</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="622" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A622" t="s">
-        <v>3065</v>
+        <v>3061</v>
       </c>
       <c r="B622" t="s">
-        <v>3066</v>
+        <v>3062</v>
       </c>
       <c r="C622" s="1">
-        <v>5</v>
+        <v>395</v>
       </c>
       <c r="D622" t="s">
         <v>19</v>
       </c>
       <c r="E622" t="s">
-        <v>2434</v>
+        <v>0</v>
       </c>
       <c r="F622" t="s">
         <v>101</v>
       </c>
       <c r="G622" t="s">
-        <v>3046</v>
+        <v>102</v>
+      </c>
+      <c r="H622" t="s">
+        <v>23</v>
+      </c>
+      <c r="I622">
+        <v>1</v>
       </c>
       <c r="L622" t="s">
-        <v>3067</v>
+        <v>3063</v>
       </c>
       <c r="M622" t="s">
-        <v>3068</v>
+        <v>3064</v>
       </c>
       <c r="N622" t="s">
-        <v>3069</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="623" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A623" t="s">
-        <v>3070</v>
+        <v>3066</v>
       </c>
       <c r="B623" t="s">
-        <v>3071</v>
+        <v>3067</v>
       </c>
       <c r="C623" s="1">
-        <v>595</v>
+        <v>395</v>
       </c>
       <c r="D623" t="s">
         <v>19</v>
       </c>
       <c r="E623" t="s">
         <v>0</v>
       </c>
       <c r="F623" t="s">
         <v>101</v>
       </c>
       <c r="G623" t="s">
         <v>102</v>
       </c>
       <c r="H623" t="s">
         <v>23</v>
       </c>
       <c r="I623">
         <v>1</v>
       </c>
       <c r="L623" t="s">
-        <v>3072</v>
+        <v>3068</v>
       </c>
       <c r="M623" t="s">
-        <v>3073</v>
+        <v>3069</v>
       </c>
       <c r="N623" t="s">
-        <v>3074</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="624" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A624" t="s">
-        <v>3075</v>
+        <v>3071</v>
       </c>
       <c r="B624" t="s">
-        <v>3076</v>
+        <v>3072</v>
       </c>
       <c r="C624" s="1">
-        <v>595</v>
+        <v>230</v>
       </c>
       <c r="D624" t="s">
         <v>19</v>
       </c>
       <c r="E624" t="s">
-        <v>0</v>
+        <v>1751</v>
       </c>
       <c r="F624" t="s">
         <v>101</v>
       </c>
       <c r="G624" t="s">
         <v>102</v>
       </c>
       <c r="H624" t="s">
         <v>23</v>
       </c>
       <c r="I624">
         <v>1</v>
       </c>
       <c r="L624" t="s">
-        <v>3077</v>
+        <v>3073</v>
       </c>
       <c r="M624" t="s">
-        <v>3078</v>
+        <v>3074</v>
       </c>
       <c r="N624" t="s">
-        <v>3079</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="625" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A625" t="s">
-        <v>3080</v>
+        <v>3076</v>
       </c>
       <c r="B625" t="s">
-        <v>3081</v>
+        <v>3077</v>
       </c>
       <c r="C625" s="1">
-        <v>395</v>
+        <v>230</v>
       </c>
       <c r="D625" t="s">
         <v>19</v>
       </c>
       <c r="E625" t="s">
-        <v>0</v>
+        <v>1751</v>
       </c>
       <c r="F625" t="s">
         <v>101</v>
       </c>
       <c r="G625" t="s">
         <v>102</v>
       </c>
       <c r="H625" t="s">
         <v>23</v>
       </c>
       <c r="I625">
         <v>1</v>
       </c>
       <c r="L625" t="s">
-        <v>3082</v>
+        <v>3078</v>
       </c>
       <c r="M625" t="s">
-        <v>3083</v>
+        <v>3079</v>
       </c>
       <c r="N625" t="s">
-        <v>3084</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="626" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A626" t="s">
-        <v>3085</v>
+        <v>3081</v>
       </c>
       <c r="B626" t="s">
-        <v>3086</v>
+        <v>3082</v>
       </c>
       <c r="C626" s="1">
-        <v>395</v>
+        <v>6</v>
       </c>
       <c r="D626" t="s">
         <v>19</v>
       </c>
       <c r="E626" t="s">
-        <v>0</v>
+        <v>2414</v>
       </c>
       <c r="F626" t="s">
         <v>101</v>
       </c>
       <c r="G626" t="s">
         <v>102</v>
       </c>
-      <c r="H626" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L626" t="s">
-        <v>3087</v>
+        <v>3083</v>
       </c>
       <c r="M626" t="s">
-        <v>3088</v>
+        <v>3084</v>
       </c>
       <c r="N626" t="s">
-        <v>3089</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="627" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A627" t="s">
-        <v>3090</v>
+        <v>3086</v>
       </c>
       <c r="B627" t="s">
-        <v>3091</v>
+        <v>3087</v>
       </c>
       <c r="C627" s="1">
-        <v>230</v>
+        <v>6</v>
       </c>
       <c r="D627" t="s">
         <v>19</v>
       </c>
       <c r="E627" t="s">
-        <v>1771</v>
+        <v>2414</v>
       </c>
       <c r="F627" t="s">
         <v>101</v>
       </c>
       <c r="G627" t="s">
         <v>102</v>
       </c>
-      <c r="H627" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L627" t="s">
-        <v>3092</v>
+        <v>3088</v>
       </c>
       <c r="M627" t="s">
-        <v>3093</v>
+        <v>3089</v>
       </c>
       <c r="N627" t="s">
-        <v>3094</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="628" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A628" t="s">
-        <v>3095</v>
+        <v>3091</v>
       </c>
       <c r="B628" t="s">
-        <v>3096</v>
+        <v>3092</v>
       </c>
       <c r="C628" s="1">
-        <v>230</v>
+        <v>8</v>
       </c>
       <c r="D628" t="s">
         <v>19</v>
       </c>
       <c r="E628" t="s">
-        <v>1771</v>
+        <v>29</v>
       </c>
       <c r="F628" t="s">
         <v>101</v>
       </c>
       <c r="G628" t="s">
         <v>102</v>
       </c>
-      <c r="H628" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L628" t="s">
-        <v>3097</v>
+        <v>3093</v>
       </c>
       <c r="M628" t="s">
-        <v>3098</v>
+        <v>3094</v>
       </c>
       <c r="N628" t="s">
-        <v>3099</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="629" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A629" t="s">
-        <v>3100</v>
+        <v>3096</v>
       </c>
       <c r="B629" t="s">
-        <v>3101</v>
+        <v>3097</v>
       </c>
       <c r="C629" s="1">
         <v>6</v>
       </c>
       <c r="D629" t="s">
         <v>19</v>
       </c>
       <c r="E629" t="s">
-        <v>2434</v>
+        <v>2414</v>
       </c>
       <c r="F629" t="s">
         <v>101</v>
       </c>
       <c r="G629" t="s">
         <v>102</v>
       </c>
       <c r="L629" t="s">
-        <v>3102</v>
+        <v>3098</v>
       </c>
       <c r="M629" t="s">
-        <v>3103</v>
+        <v>3099</v>
       </c>
       <c r="N629" t="s">
-        <v>3104</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="630" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A630" t="s">
-        <v>3105</v>
+        <v>3101</v>
       </c>
       <c r="B630" t="s">
-        <v>3106</v>
+        <v>3102</v>
       </c>
       <c r="C630" s="1">
         <v>6</v>
       </c>
       <c r="D630" t="s">
         <v>19</v>
       </c>
       <c r="E630" t="s">
-        <v>2434</v>
+        <v>2414</v>
       </c>
       <c r="F630" t="s">
         <v>101</v>
       </c>
       <c r="G630" t="s">
         <v>102</v>
       </c>
       <c r="L630" t="s">
-        <v>3107</v>
+        <v>3103</v>
       </c>
       <c r="M630" t="s">
-        <v>3108</v>
+        <v>3104</v>
       </c>
       <c r="N630" t="s">
-        <v>3109</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="631" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A631" t="s">
-        <v>3110</v>
+        <v>3106</v>
       </c>
       <c r="B631" t="s">
-        <v>3111</v>
+        <v>3107</v>
       </c>
       <c r="C631" s="1">
-        <v>8</v>
+        <v>55</v>
       </c>
       <c r="D631" t="s">
         <v>19</v>
       </c>
       <c r="E631" t="s">
-        <v>29</v>
+        <v>1337</v>
       </c>
       <c r="F631" t="s">
         <v>101</v>
       </c>
       <c r="G631" t="s">
         <v>102</v>
       </c>
+      <c r="H631" t="s">
+        <v>103</v>
+      </c>
+      <c r="I631">
+        <v>1</v>
+      </c>
       <c r="L631" t="s">
-        <v>3112</v>
+        <v>3108</v>
       </c>
       <c r="M631" t="s">
-        <v>3113</v>
+        <v>3109</v>
       </c>
       <c r="N631" t="s">
-        <v>3114</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="632" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A632" t="s">
-        <v>3115</v>
+        <v>3111</v>
       </c>
       <c r="B632" t="s">
-        <v>3116</v>
+        <v>3112</v>
       </c>
       <c r="C632" s="1">
-        <v>6</v>
+        <v>55</v>
       </c>
       <c r="D632" t="s">
         <v>19</v>
       </c>
       <c r="E632" t="s">
-        <v>2434</v>
+        <v>1337</v>
       </c>
       <c r="F632" t="s">
         <v>101</v>
       </c>
       <c r="G632" t="s">
         <v>102</v>
       </c>
+      <c r="H632" t="s">
+        <v>103</v>
+      </c>
+      <c r="I632">
+        <v>1</v>
+      </c>
       <c r="L632" t="s">
-        <v>3117</v>
+        <v>3113</v>
       </c>
       <c r="M632" t="s">
-        <v>3118</v>
+        <v>3114</v>
       </c>
       <c r="N632" t="s">
-        <v>3119</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="633" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A633" t="s">
-        <v>3120</v>
+        <v>3116</v>
       </c>
       <c r="B633" t="s">
-        <v>3121</v>
+        <v>3117</v>
       </c>
       <c r="C633" s="1">
-        <v>6</v>
+        <v>55</v>
       </c>
       <c r="D633" t="s">
         <v>19</v>
       </c>
       <c r="E633" t="s">
-        <v>2434</v>
+        <v>1337</v>
       </c>
       <c r="F633" t="s">
         <v>101</v>
       </c>
       <c r="G633" t="s">
         <v>102</v>
       </c>
+      <c r="H633" t="s">
+        <v>103</v>
+      </c>
+      <c r="I633">
+        <v>1</v>
+      </c>
       <c r="L633" t="s">
-        <v>3122</v>
+        <v>3118</v>
       </c>
       <c r="M633" t="s">
-        <v>3123</v>
+        <v>3119</v>
       </c>
       <c r="N633" t="s">
-        <v>3124</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="634" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A634" t="s">
-        <v>3125</v>
+        <v>3121</v>
       </c>
       <c r="B634" t="s">
-        <v>3126</v>
+        <v>3122</v>
       </c>
       <c r="C634" s="1">
         <v>55</v>
       </c>
       <c r="D634" t="s">
         <v>19</v>
       </c>
       <c r="E634" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F634" t="s">
         <v>101</v>
       </c>
       <c r="G634" t="s">
         <v>102</v>
       </c>
       <c r="H634" t="s">
         <v>103</v>
       </c>
       <c r="I634">
         <v>1</v>
       </c>
       <c r="L634" t="s">
-        <v>3127</v>
+        <v>3123</v>
       </c>
       <c r="M634" t="s">
-        <v>3128</v>
+        <v>3124</v>
       </c>
       <c r="N634" t="s">
-        <v>3129</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="635" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A635" t="s">
-        <v>3130</v>
+        <v>3126</v>
       </c>
       <c r="B635" t="s">
-        <v>3131</v>
+        <v>3127</v>
       </c>
       <c r="C635" s="1">
         <v>55</v>
       </c>
       <c r="D635" t="s">
         <v>19</v>
       </c>
       <c r="E635" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F635" t="s">
         <v>101</v>
       </c>
       <c r="G635" t="s">
         <v>102</v>
       </c>
       <c r="H635" t="s">
         <v>103</v>
       </c>
       <c r="I635">
         <v>1</v>
       </c>
       <c r="L635" t="s">
-        <v>3132</v>
+        <v>3128</v>
       </c>
       <c r="M635" t="s">
-        <v>3133</v>
+        <v>3129</v>
       </c>
       <c r="N635" t="s">
-        <v>3134</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="636" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A636" t="s">
-        <v>3135</v>
+        <v>3131</v>
       </c>
       <c r="B636" t="s">
-        <v>3136</v>
+        <v>3132</v>
       </c>
       <c r="C636" s="1">
         <v>55</v>
       </c>
       <c r="D636" t="s">
         <v>19</v>
       </c>
       <c r="E636" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F636" t="s">
         <v>101</v>
       </c>
       <c r="G636" t="s">
         <v>102</v>
       </c>
       <c r="H636" t="s">
         <v>103</v>
       </c>
       <c r="I636">
         <v>1</v>
       </c>
       <c r="L636" t="s">
-        <v>3137</v>
+        <v>3133</v>
       </c>
       <c r="M636" t="s">
-        <v>3138</v>
+        <v>3134</v>
       </c>
       <c r="N636" t="s">
-        <v>3139</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="637" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A637" t="s">
-        <v>3140</v>
+        <v>3136</v>
       </c>
       <c r="B637" t="s">
-        <v>3141</v>
+        <v>3137</v>
       </c>
       <c r="C637" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D637" t="s">
         <v>19</v>
       </c>
       <c r="E637" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F637" t="s">
         <v>101</v>
       </c>
       <c r="G637" t="s">
         <v>102</v>
       </c>
       <c r="H637" t="s">
         <v>103</v>
       </c>
       <c r="I637">
         <v>1</v>
       </c>
       <c r="L637" t="s">
-        <v>3142</v>
+        <v>3138</v>
       </c>
       <c r="M637" t="s">
-        <v>3143</v>
+        <v>3139</v>
       </c>
       <c r="N637" t="s">
-        <v>3144</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="638" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A638" t="s">
-        <v>3145</v>
+        <v>3141</v>
       </c>
       <c r="B638" t="s">
-        <v>3146</v>
+        <v>3142</v>
       </c>
       <c r="C638" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D638" t="s">
         <v>19</v>
       </c>
       <c r="E638" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F638" t="s">
         <v>101</v>
       </c>
       <c r="G638" t="s">
         <v>102</v>
       </c>
       <c r="H638" t="s">
         <v>103</v>
       </c>
       <c r="I638">
         <v>1</v>
       </c>
       <c r="L638" t="s">
-        <v>3147</v>
+        <v>3143</v>
       </c>
       <c r="M638" t="s">
-        <v>3148</v>
+        <v>3144</v>
       </c>
       <c r="N638" t="s">
-        <v>3149</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="639" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A639" t="s">
-        <v>3150</v>
+        <v>3146</v>
       </c>
       <c r="B639" t="s">
-        <v>3151</v>
+        <v>3147</v>
       </c>
       <c r="C639" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D639" t="s">
         <v>19</v>
       </c>
       <c r="E639" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F639" t="s">
         <v>101</v>
       </c>
       <c r="G639" t="s">
         <v>102</v>
       </c>
       <c r="H639" t="s">
         <v>103</v>
       </c>
       <c r="I639">
         <v>1</v>
       </c>
       <c r="L639" t="s">
-        <v>3152</v>
+        <v>3148</v>
       </c>
       <c r="M639" t="s">
-        <v>3153</v>
+        <v>3149</v>
       </c>
       <c r="N639" t="s">
-        <v>3154</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="640" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A640" t="s">
-        <v>3155</v>
+        <v>3151</v>
       </c>
       <c r="B640" t="s">
-        <v>3156</v>
+        <v>3152</v>
       </c>
       <c r="C640" s="1">
         <v>65</v>
       </c>
       <c r="D640" t="s">
         <v>19</v>
       </c>
       <c r="E640" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F640" t="s">
         <v>101</v>
       </c>
       <c r="G640" t="s">
         <v>102</v>
       </c>
       <c r="H640" t="s">
         <v>103</v>
       </c>
       <c r="I640">
         <v>1</v>
       </c>
       <c r="L640" t="s">
-        <v>3157</v>
+        <v>3153</v>
       </c>
       <c r="M640" t="s">
-        <v>3158</v>
+        <v>3154</v>
       </c>
       <c r="N640" t="s">
-        <v>3159</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="641" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A641" t="s">
-        <v>3160</v>
+        <v>3156</v>
       </c>
       <c r="B641" t="s">
-        <v>3161</v>
+        <v>3157</v>
       </c>
       <c r="C641" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="D641" t="s">
         <v>19</v>
       </c>
       <c r="E641" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F641" t="s">
         <v>101</v>
       </c>
       <c r="G641" t="s">
         <v>102</v>
       </c>
       <c r="H641" t="s">
         <v>103</v>
       </c>
       <c r="I641">
         <v>1</v>
       </c>
       <c r="L641" t="s">
-        <v>3162</v>
+        <v>3158</v>
       </c>
       <c r="M641" t="s">
-        <v>3163</v>
+        <v>3159</v>
       </c>
       <c r="N641" t="s">
-        <v>3164</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="642" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A642" t="s">
-        <v>3165</v>
+        <v>3161</v>
       </c>
       <c r="B642" t="s">
-        <v>3166</v>
+        <v>3162</v>
       </c>
       <c r="C642" s="1">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="D642" t="s">
         <v>19</v>
       </c>
       <c r="E642" t="s">
-        <v>29</v>
+        <v>1337</v>
       </c>
       <c r="F642" t="s">
         <v>101</v>
       </c>
       <c r="G642" t="s">
         <v>102</v>
       </c>
       <c r="H642" t="s">
         <v>103</v>
       </c>
       <c r="I642">
         <v>1</v>
       </c>
       <c r="L642" t="s">
-        <v>3167</v>
+        <v>3163</v>
       </c>
       <c r="M642" t="s">
-        <v>3168</v>
+        <v>3164</v>
       </c>
       <c r="N642" t="s">
-        <v>3169</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="643" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A643" t="s">
-        <v>3170</v>
+        <v>3166</v>
       </c>
       <c r="B643" t="s">
-        <v>3171</v>
+        <v>3167</v>
       </c>
       <c r="C643" s="1">
         <v>65</v>
       </c>
       <c r="D643" t="s">
         <v>19</v>
       </c>
       <c r="E643" t="s">
-        <v>29</v>
+        <v>1337</v>
       </c>
       <c r="F643" t="s">
         <v>101</v>
       </c>
       <c r="G643" t="s">
         <v>102</v>
       </c>
       <c r="H643" t="s">
         <v>103</v>
       </c>
       <c r="I643">
         <v>1</v>
       </c>
       <c r="L643" t="s">
-        <v>3172</v>
+        <v>3168</v>
       </c>
       <c r="M643" t="s">
-        <v>3173</v>
+        <v>3169</v>
       </c>
       <c r="N643" t="s">
-        <v>3174</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="644" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A644" t="s">
-        <v>3175</v>
+        <v>3171</v>
       </c>
       <c r="B644" t="s">
-        <v>3176</v>
+        <v>3172</v>
       </c>
       <c r="C644" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="D644" t="s">
         <v>19</v>
       </c>
       <c r="E644" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F644" t="s">
         <v>101</v>
       </c>
       <c r="G644" t="s">
         <v>102</v>
       </c>
       <c r="H644" t="s">
         <v>103</v>
       </c>
       <c r="I644">
         <v>1</v>
       </c>
       <c r="L644" t="s">
-        <v>3177</v>
+        <v>3173</v>
       </c>
       <c r="M644" t="s">
-        <v>3178</v>
+        <v>3174</v>
       </c>
       <c r="N644" t="s">
-        <v>3179</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="645" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A645" t="s">
-        <v>3180</v>
+        <v>3176</v>
       </c>
       <c r="B645" t="s">
-        <v>3181</v>
+        <v>3177</v>
       </c>
       <c r="C645" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="D645" t="s">
         <v>19</v>
       </c>
       <c r="E645" t="s">
-        <v>1347</v>
+        <v>1773</v>
       </c>
       <c r="F645" t="s">
         <v>101</v>
       </c>
       <c r="G645" t="s">
         <v>102</v>
       </c>
       <c r="H645" t="s">
         <v>103</v>
       </c>
       <c r="I645">
         <v>1</v>
       </c>
       <c r="L645" t="s">
-        <v>3182</v>
+        <v>3178</v>
       </c>
       <c r="M645" t="s">
-        <v>3183</v>
+        <v>3179</v>
       </c>
       <c r="N645" t="s">
-        <v>3184</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="646" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A646" t="s">
-        <v>3185</v>
+        <v>3181</v>
       </c>
       <c r="B646" t="s">
-        <v>3186</v>
+        <v>3182</v>
       </c>
       <c r="C646" s="1">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="D646" t="s">
         <v>19</v>
       </c>
       <c r="E646" t="s">
-        <v>1347</v>
+        <v>1773</v>
       </c>
       <c r="F646" t="s">
         <v>101</v>
       </c>
       <c r="G646" t="s">
         <v>102</v>
       </c>
       <c r="H646" t="s">
         <v>103</v>
       </c>
       <c r="I646">
         <v>1</v>
       </c>
       <c r="L646" t="s">
-        <v>3187</v>
+        <v>3183</v>
       </c>
       <c r="M646" t="s">
-        <v>3188</v>
+        <v>3184</v>
       </c>
       <c r="N646" t="s">
-        <v>3189</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="647" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A647" t="s">
-        <v>3190</v>
+        <v>3186</v>
       </c>
       <c r="B647" t="s">
-        <v>3191</v>
+        <v>3187</v>
       </c>
       <c r="C647" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D647" t="s">
         <v>19</v>
       </c>
       <c r="E647" t="s">
-        <v>1347</v>
+        <v>1751</v>
       </c>
       <c r="F647" t="s">
         <v>101</v>
       </c>
       <c r="G647" t="s">
         <v>102</v>
       </c>
       <c r="H647" t="s">
         <v>103</v>
       </c>
       <c r="I647">
         <v>1</v>
       </c>
       <c r="L647" t="s">
-        <v>3192</v>
+        <v>3188</v>
       </c>
       <c r="M647" t="s">
-        <v>3193</v>
+        <v>3189</v>
       </c>
       <c r="N647" t="s">
-        <v>3194</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="648" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A648" t="s">
-        <v>3195</v>
+        <v>3191</v>
       </c>
       <c r="B648" t="s">
-        <v>3196</v>
+        <v>3192</v>
       </c>
       <c r="C648" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="D648" t="s">
         <v>19</v>
       </c>
       <c r="E648" t="s">
-        <v>1793</v>
+        <v>1751</v>
       </c>
       <c r="F648" t="s">
         <v>101</v>
       </c>
       <c r="G648" t="s">
         <v>102</v>
       </c>
       <c r="H648" t="s">
         <v>103</v>
       </c>
       <c r="I648">
         <v>1</v>
       </c>
       <c r="L648" t="s">
-        <v>3197</v>
+        <v>3193</v>
       </c>
       <c r="M648" t="s">
-        <v>3198</v>
+        <v>3194</v>
       </c>
       <c r="N648" t="s">
-        <v>3199</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="649" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A649" t="s">
-        <v>3200</v>
+        <v>3196</v>
       </c>
       <c r="B649" t="s">
-        <v>3201</v>
+        <v>3197</v>
       </c>
       <c r="C649" s="1">
         <v>80</v>
       </c>
       <c r="D649" t="s">
         <v>19</v>
       </c>
       <c r="E649" t="s">
-        <v>1793</v>
+        <v>1773</v>
       </c>
       <c r="F649" t="s">
         <v>101</v>
       </c>
       <c r="G649" t="s">
         <v>102</v>
       </c>
       <c r="H649" t="s">
         <v>103</v>
       </c>
       <c r="I649">
         <v>1</v>
       </c>
       <c r="L649" t="s">
-        <v>3202</v>
+        <v>3198</v>
       </c>
       <c r="M649" t="s">
-        <v>3203</v>
+        <v>3199</v>
       </c>
       <c r="N649" t="s">
-        <v>3204</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="650" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A650" t="s">
-        <v>3205</v>
+        <v>3201</v>
       </c>
       <c r="B650" t="s">
-        <v>3206</v>
+        <v>3202</v>
       </c>
       <c r="C650" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="D650" t="s">
         <v>19</v>
       </c>
       <c r="E650" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="F650" t="s">
         <v>101</v>
       </c>
       <c r="G650" t="s">
         <v>102</v>
       </c>
       <c r="H650" t="s">
         <v>103</v>
       </c>
       <c r="I650">
         <v>1</v>
       </c>
       <c r="L650" t="s">
-        <v>3207</v>
+        <v>3203</v>
       </c>
       <c r="M650" t="s">
-        <v>3208</v>
+        <v>3204</v>
       </c>
       <c r="N650" t="s">
-        <v>3209</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="651" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A651" t="s">
-        <v>3210</v>
+        <v>3206</v>
       </c>
       <c r="B651" t="s">
-        <v>3211</v>
+        <v>3207</v>
       </c>
       <c r="C651" s="1">
         <v>60</v>
       </c>
       <c r="D651" t="s">
         <v>19</v>
       </c>
       <c r="E651" t="s">
-        <v>1771</v>
+        <v>1751</v>
       </c>
       <c r="F651" t="s">
         <v>101</v>
       </c>
       <c r="G651" t="s">
         <v>102</v>
       </c>
       <c r="H651" t="s">
         <v>103</v>
       </c>
       <c r="I651">
         <v>1</v>
       </c>
       <c r="L651" t="s">
-        <v>3212</v>
+        <v>3208</v>
       </c>
       <c r="M651" t="s">
-        <v>3213</v>
+        <v>3209</v>
       </c>
       <c r="N651" t="s">
-        <v>3214</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="652" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A652" t="s">
-        <v>3215</v>
+        <v>3211</v>
       </c>
       <c r="B652" t="s">
-        <v>3216</v>
+        <v>3212</v>
       </c>
       <c r="C652" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="D652" t="s">
         <v>19</v>
       </c>
       <c r="E652" t="s">
-        <v>1793</v>
+        <v>1751</v>
       </c>
       <c r="F652" t="s">
         <v>101</v>
       </c>
       <c r="G652" t="s">
         <v>102</v>
       </c>
       <c r="H652" t="s">
         <v>103</v>
       </c>
       <c r="I652">
         <v>1</v>
       </c>
       <c r="L652" t="s">
-        <v>3217</v>
+        <v>3213</v>
       </c>
       <c r="M652" t="s">
-        <v>3218</v>
+        <v>3214</v>
       </c>
       <c r="N652" t="s">
-        <v>3219</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="653" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A653" t="s">
-        <v>3220</v>
+        <v>3216</v>
       </c>
       <c r="B653" t="s">
-        <v>3221</v>
+        <v>3217</v>
       </c>
       <c r="C653" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D653" t="s">
         <v>19</v>
       </c>
       <c r="E653" t="s">
-        <v>1793</v>
+        <v>0</v>
       </c>
       <c r="F653" t="s">
         <v>101</v>
       </c>
       <c r="G653" t="s">
         <v>102</v>
       </c>
       <c r="H653" t="s">
         <v>103</v>
       </c>
       <c r="I653">
         <v>1</v>
       </c>
       <c r="L653" t="s">
-        <v>3222</v>
+        <v>3218</v>
       </c>
       <c r="M653" t="s">
-        <v>3223</v>
+        <v>3219</v>
       </c>
       <c r="N653" t="s">
-        <v>3224</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="654" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A654" t="s">
-        <v>3225</v>
+        <v>3221</v>
       </c>
       <c r="B654" t="s">
-        <v>3226</v>
+        <v>3222</v>
       </c>
       <c r="C654" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="D654" t="s">
         <v>19</v>
       </c>
       <c r="E654" t="s">
-        <v>1771</v>
+        <v>0</v>
       </c>
       <c r="F654" t="s">
         <v>101</v>
       </c>
       <c r="G654" t="s">
         <v>102</v>
       </c>
       <c r="H654" t="s">
         <v>103</v>
       </c>
       <c r="I654">
         <v>1</v>
       </c>
       <c r="L654" t="s">
-        <v>3227</v>
+        <v>3223</v>
       </c>
       <c r="M654" t="s">
-        <v>3228</v>
+        <v>3224</v>
       </c>
       <c r="N654" t="s">
-        <v>3229</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="655" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A655" t="s">
-        <v>3230</v>
+        <v>3226</v>
       </c>
       <c r="B655" t="s">
-        <v>3231</v>
+        <v>3227</v>
       </c>
       <c r="C655" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="D655" t="s">
         <v>19</v>
       </c>
       <c r="E655" t="s">
-        <v>1771</v>
+        <v>0</v>
       </c>
       <c r="F655" t="s">
         <v>101</v>
       </c>
       <c r="G655" t="s">
         <v>102</v>
       </c>
       <c r="H655" t="s">
         <v>103</v>
       </c>
       <c r="I655">
         <v>1</v>
       </c>
       <c r="L655" t="s">
-        <v>3232</v>
+        <v>3228</v>
       </c>
       <c r="M655" t="s">
-        <v>3233</v>
+        <v>3229</v>
       </c>
       <c r="N655" t="s">
-        <v>3234</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="656" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A656" t="s">
-        <v>3235</v>
+        <v>3231</v>
       </c>
       <c r="B656" t="s">
-        <v>3236</v>
+        <v>3232</v>
       </c>
       <c r="C656" s="1">
         <v>75</v>
       </c>
       <c r="D656" t="s">
         <v>19</v>
       </c>
       <c r="E656" t="s">
         <v>0</v>
       </c>
       <c r="F656" t="s">
         <v>101</v>
       </c>
       <c r="G656" t="s">
         <v>102</v>
       </c>
       <c r="H656" t="s">
         <v>103</v>
       </c>
       <c r="I656">
         <v>1</v>
       </c>
       <c r="L656" t="s">
-        <v>3237</v>
+        <v>3233</v>
       </c>
       <c r="M656" t="s">
-        <v>3238</v>
+        <v>3234</v>
       </c>
       <c r="N656" t="s">
-        <v>3239</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="657" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A657" t="s">
-        <v>3240</v>
+        <v>3236</v>
       </c>
       <c r="B657" t="s">
-        <v>3241</v>
+        <v>3237</v>
       </c>
       <c r="C657" s="1">
         <v>75</v>
       </c>
       <c r="D657" t="s">
         <v>19</v>
       </c>
       <c r="E657" t="s">
-        <v>0</v>
+        <v>1337</v>
       </c>
       <c r="F657" t="s">
         <v>101</v>
       </c>
       <c r="G657" t="s">
         <v>102</v>
       </c>
       <c r="H657" t="s">
         <v>103</v>
       </c>
       <c r="I657">
         <v>1</v>
       </c>
       <c r="L657" t="s">
-        <v>3242</v>
+        <v>3238</v>
       </c>
       <c r="M657" t="s">
-        <v>3243</v>
+        <v>3239</v>
       </c>
       <c r="N657" t="s">
-        <v>3244</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="658" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A658" t="s">
-        <v>3245</v>
+        <v>3241</v>
       </c>
       <c r="B658" t="s">
-        <v>3246</v>
+        <v>3242</v>
       </c>
       <c r="C658" s="1">
         <v>75</v>
       </c>
       <c r="D658" t="s">
         <v>19</v>
       </c>
       <c r="E658" t="s">
-        <v>0</v>
+        <v>1337</v>
       </c>
       <c r="F658" t="s">
         <v>101</v>
       </c>
       <c r="G658" t="s">
         <v>102</v>
       </c>
       <c r="H658" t="s">
         <v>103</v>
       </c>
       <c r="I658">
         <v>1</v>
       </c>
       <c r="L658" t="s">
-        <v>3247</v>
+        <v>3243</v>
       </c>
       <c r="M658" t="s">
-        <v>3248</v>
+        <v>3244</v>
       </c>
       <c r="N658" t="s">
-        <v>3249</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="659" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A659" t="s">
-        <v>3250</v>
+        <v>3246</v>
       </c>
       <c r="B659" t="s">
-        <v>3251</v>
+        <v>3247</v>
       </c>
       <c r="C659" s="1">
         <v>75</v>
       </c>
       <c r="D659" t="s">
         <v>19</v>
       </c>
       <c r="E659" t="s">
-        <v>0</v>
+        <v>1337</v>
       </c>
       <c r="F659" t="s">
         <v>101</v>
       </c>
       <c r="G659" t="s">
         <v>102</v>
       </c>
       <c r="H659" t="s">
         <v>103</v>
       </c>
       <c r="I659">
         <v>1</v>
       </c>
       <c r="L659" t="s">
-        <v>3252</v>
+        <v>3248</v>
       </c>
       <c r="M659" t="s">
-        <v>3253</v>
+        <v>3249</v>
       </c>
       <c r="N659" t="s">
-        <v>3254</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="660" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A660" t="s">
-        <v>3255</v>
+        <v>3251</v>
       </c>
       <c r="B660" t="s">
-        <v>3256</v>
+        <v>3252</v>
       </c>
       <c r="C660" s="1">
         <v>75</v>
       </c>
       <c r="D660" t="s">
         <v>19</v>
       </c>
       <c r="E660" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="F660" t="s">
         <v>101</v>
       </c>
       <c r="G660" t="s">
         <v>102</v>
       </c>
       <c r="H660" t="s">
         <v>103</v>
       </c>
       <c r="I660">
         <v>1</v>
       </c>
       <c r="L660" t="s">
-        <v>3257</v>
+        <v>3253</v>
       </c>
       <c r="M660" t="s">
-        <v>3258</v>
+        <v>3254</v>
       </c>
       <c r="N660" t="s">
-        <v>3259</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="661" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A661" t="s">
-        <v>3260</v>
+        <v>3256</v>
       </c>
       <c r="B661" t="s">
-        <v>3261</v>
+        <v>3257</v>
       </c>
       <c r="C661" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="D661" t="s">
         <v>19</v>
       </c>
       <c r="E661" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F661" t="s">
         <v>101</v>
       </c>
       <c r="G661" t="s">
         <v>102</v>
       </c>
       <c r="H661" t="s">
         <v>103</v>
       </c>
       <c r="I661">
         <v>1</v>
       </c>
       <c r="L661" t="s">
-        <v>3262</v>
+        <v>3258</v>
       </c>
       <c r="M661" t="s">
-        <v>3263</v>
+        <v>3259</v>
       </c>
       <c r="N661" t="s">
-        <v>3264</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="662" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A662" t="s">
-        <v>3265</v>
+        <v>3261</v>
       </c>
       <c r="B662" t="s">
-        <v>3266</v>
+        <v>3262</v>
       </c>
       <c r="C662" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="D662" t="s">
         <v>19</v>
       </c>
       <c r="E662" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F662" t="s">
         <v>101</v>
       </c>
       <c r="G662" t="s">
         <v>102</v>
       </c>
       <c r="H662" t="s">
         <v>103</v>
       </c>
       <c r="I662">
         <v>1</v>
       </c>
       <c r="L662" t="s">
-        <v>3267</v>
+        <v>3263</v>
       </c>
       <c r="M662" t="s">
-        <v>3268</v>
+        <v>3264</v>
       </c>
       <c r="N662" t="s">
-        <v>3269</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="663" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A663" t="s">
-        <v>3270</v>
+        <v>3266</v>
       </c>
       <c r="B663" t="s">
-        <v>3271</v>
+        <v>3267</v>
       </c>
       <c r="C663" s="1">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="D663" t="s">
         <v>19</v>
       </c>
       <c r="E663" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F663" t="s">
         <v>101</v>
       </c>
       <c r="G663" t="s">
         <v>102</v>
       </c>
       <c r="H663" t="s">
         <v>103</v>
       </c>
       <c r="I663">
         <v>1</v>
       </c>
       <c r="L663" t="s">
-        <v>3272</v>
+        <v>3268</v>
       </c>
       <c r="M663" t="s">
-        <v>3273</v>
+        <v>3269</v>
       </c>
       <c r="N663" t="s">
-        <v>3274</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="664" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A664" t="s">
-        <v>3275</v>
+        <v>3271</v>
       </c>
       <c r="B664" t="s">
-        <v>3276</v>
+        <v>3272</v>
       </c>
       <c r="C664" s="1">
         <v>85</v>
       </c>
       <c r="D664" t="s">
         <v>19</v>
       </c>
       <c r="E664" t="s">
         <v>29</v>
       </c>
       <c r="F664" t="s">
         <v>101</v>
       </c>
       <c r="G664" t="s">
         <v>102</v>
       </c>
       <c r="H664" t="s">
         <v>103</v>
       </c>
       <c r="I664">
         <v>1</v>
       </c>
       <c r="L664" t="s">
-        <v>3277</v>
+        <v>3273</v>
       </c>
       <c r="M664" t="s">
-        <v>3278</v>
+        <v>3274</v>
       </c>
       <c r="N664" t="s">
-        <v>3279</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="665" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A665" t="s">
-        <v>3280</v>
+        <v>3276</v>
       </c>
       <c r="B665" t="s">
-        <v>3281</v>
+        <v>3277</v>
       </c>
       <c r="C665" s="1">
-        <v>85</v>
+        <v>38</v>
       </c>
       <c r="D665" t="s">
         <v>19</v>
       </c>
       <c r="E665" t="s">
         <v>29</v>
       </c>
       <c r="F665" t="s">
         <v>101</v>
       </c>
       <c r="G665" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3021</v>
       </c>
       <c r="L665" t="s">
-        <v>3282</v>
+        <v>3278</v>
       </c>
       <c r="M665" t="s">
-        <v>3283</v>
+        <v>3279</v>
       </c>
       <c r="N665" t="s">
-        <v>3284</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="666" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A666" t="s">
-        <v>3285</v>
+        <v>3281</v>
       </c>
       <c r="B666" t="s">
-        <v>3286</v>
+        <v>3282</v>
       </c>
       <c r="C666" s="1">
-        <v>85</v>
+        <v>10</v>
       </c>
       <c r="D666" t="s">
         <v>19</v>
       </c>
       <c r="E666" t="s">
         <v>29</v>
       </c>
       <c r="F666" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G666" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3283</v>
       </c>
       <c r="L666" t="s">
-        <v>3287</v>
+        <v>3284</v>
       </c>
       <c r="M666" t="s">
-        <v>3288</v>
+        <v>3285</v>
       </c>
       <c r="N666" t="s">
-        <v>3289</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="667" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A667" t="s">
-        <v>3290</v>
+        <v>3287</v>
       </c>
       <c r="B667" t="s">
-        <v>3291</v>
+        <v>3288</v>
       </c>
       <c r="C667" s="1">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D667" t="s">
         <v>19</v>
       </c>
       <c r="E667" t="s">
-        <v>29</v>
+        <v>3289</v>
       </c>
       <c r="F667" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G667" t="s">
-        <v>102</v>
+        <v>3283</v>
       </c>
       <c r="H667" t="s">
         <v>103</v>
       </c>
       <c r="I667">
         <v>1</v>
       </c>
+      <c r="J667" t="s">
+        <v>3290</v>
+      </c>
+      <c r="K667">
+        <v>1</v>
+      </c>
       <c r="L667" t="s">
+        <v>3291</v>
+      </c>
+      <c r="M667" t="s">
         <v>3292</v>
       </c>
-      <c r="M667" t="s">
+      <c r="N667" t="s">
         <v>3293</v>
-      </c>
-[...1 lines deleted...]
-        <v>3294</v>
       </c>
     </row>
     <row r="668" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A668" t="s">
+        <v>3294</v>
+      </c>
+      <c r="B668" t="s">
         <v>3295</v>
       </c>
-      <c r="B668" t="s">
+      <c r="C668" s="1">
+        <v>196</v>
+      </c>
+      <c r="D668" t="s">
+        <v>19</v>
+      </c>
+      <c r="E668" t="s">
+        <v>0</v>
+      </c>
+      <c r="F668" t="s">
+        <v>21</v>
+      </c>
+      <c r="G668" t="s">
         <v>3296</v>
       </c>
-      <c r="C668" s="1">
-[...12 lines deleted...]
-        <v>3040</v>
+      <c r="H668" t="s">
+        <v>103</v>
+      </c>
+      <c r="I668">
+        <v>1</v>
       </c>
       <c r="L668" t="s">
         <v>3297</v>
       </c>
       <c r="M668" t="s">
         <v>3298</v>
       </c>
       <c r="N668" t="s">
         <v>3299</v>
       </c>
     </row>
     <row r="669" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A669" t="s">
         <v>3300</v>
       </c>
       <c r="B669" t="s">
         <v>3301</v>
       </c>
       <c r="C669" s="1">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="D669" t="s">
         <v>19</v>
       </c>
       <c r="E669" t="s">
         <v>29</v>
       </c>
       <c r="F669" t="s">
         <v>21</v>
       </c>
       <c r="G669" t="s">
+        <v>1120</v>
+      </c>
+      <c r="L669" t="s">
         <v>3302</v>
       </c>
-      <c r="L669" t="s">
+      <c r="M669" t="s">
         <v>3303</v>
       </c>
-      <c r="M669" t="s">
+      <c r="N669" t="s">
         <v>3304</v>
-      </c>
-[...1 lines deleted...]
-        <v>3305</v>
       </c>
     </row>
     <row r="670" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A670" t="s">
+        <v>3305</v>
+      </c>
+      <c r="B670" t="s">
         <v>3306</v>
       </c>
-      <c r="B670" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C670" s="1">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="D670" t="s">
         <v>19</v>
       </c>
       <c r="E670" t="s">
-        <v>3308</v>
+        <v>29</v>
       </c>
       <c r="F670" t="s">
         <v>21</v>
       </c>
       <c r="G670" t="s">
-        <v>3302</v>
-[...7 lines deleted...]
-      <c r="J670" t="s">
+        <v>1120</v>
+      </c>
+      <c r="L670" t="s">
+        <v>3307</v>
+      </c>
+      <c r="M670" t="s">
+        <v>3308</v>
+      </c>
+      <c r="N670" t="s">
         <v>3309</v>
-      </c>
-[...10 lines deleted...]
-        <v>3312</v>
       </c>
     </row>
     <row r="671" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A671" t="s">
+        <v>3310</v>
+      </c>
+      <c r="B671" t="s">
+        <v>3311</v>
+      </c>
+      <c r="C671" s="1">
+        <v>204</v>
+      </c>
+      <c r="D671" t="s">
+        <v>19</v>
+      </c>
+      <c r="E671" t="s">
+        <v>29</v>
+      </c>
+      <c r="F671" t="s">
+        <v>711</v>
+      </c>
+      <c r="G671" t="s">
+        <v>3312</v>
+      </c>
+      <c r="H671" t="s">
+        <v>23</v>
+      </c>
+      <c r="I671">
+        <v>1</v>
+      </c>
+      <c r="L671" t="s">
         <v>3313</v>
       </c>
-      <c r="B671" t="s">
+      <c r="M671" t="s">
         <v>3314</v>
       </c>
-      <c r="C671" s="1">
-[...11 lines deleted...]
-      <c r="G671" t="s">
+      <c r="N671" t="s">
         <v>3315</v>
-      </c>
-[...13 lines deleted...]
-        <v>3318</v>
       </c>
     </row>
     <row r="672" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A672" t="s">
-        <v>3319</v>
+        <v>3316</v>
       </c>
       <c r="B672" t="s">
-        <v>3320</v>
+        <v>3317</v>
       </c>
       <c r="C672" s="1">
-        <v>29</v>
+        <v>50.5</v>
       </c>
       <c r="D672" t="s">
         <v>19</v>
       </c>
       <c r="E672" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F672" t="s">
         <v>21</v>
       </c>
       <c r="G672" t="s">
-        <v>1130</v>
+        <v>3318</v>
+      </c>
+      <c r="H672" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I672">
+        <v>1</v>
       </c>
       <c r="L672" t="s">
+        <v>3319</v>
+      </c>
+      <c r="M672" t="s">
+        <v>3320</v>
+      </c>
+      <c r="N672" t="s">
         <v>3321</v>
-      </c>
-[...4 lines deleted...]
-        <v>3323</v>
       </c>
     </row>
     <row r="673" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A673" t="s">
-        <v>3324</v>
+        <v>3322</v>
       </c>
       <c r="B673" t="s">
-        <v>3325</v>
+        <v>3323</v>
       </c>
       <c r="C673" s="1">
-        <v>29</v>
+        <v>60.5</v>
       </c>
       <c r="D673" t="s">
         <v>19</v>
       </c>
       <c r="E673" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F673" t="s">
         <v>21</v>
       </c>
       <c r="G673" t="s">
-        <v>1130</v>
+        <v>3318</v>
+      </c>
+      <c r="H673" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I673">
+        <v>1</v>
       </c>
       <c r="L673" t="s">
+        <v>3324</v>
+      </c>
+      <c r="M673" t="s">
+        <v>3325</v>
+      </c>
+      <c r="N673" t="s">
         <v>3326</v>
-      </c>
-[...4 lines deleted...]
-        <v>3328</v>
       </c>
     </row>
     <row r="674" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A674" t="s">
-        <v>3329</v>
+        <v>3327</v>
       </c>
       <c r="B674" t="s">
-        <v>3330</v>
+        <v>3328</v>
       </c>
       <c r="C674" s="1">
-        <v>204</v>
+        <v>12</v>
       </c>
       <c r="D674" t="s">
         <v>19</v>
       </c>
       <c r="E674" t="s">
         <v>29</v>
       </c>
       <c r="F674" t="s">
-        <v>718</v>
+        <v>711</v>
       </c>
       <c r="G674" t="s">
+        <v>3329</v>
+      </c>
+      <c r="H674" t="s">
+        <v>767</v>
+      </c>
+      <c r="I674">
+        <v>1</v>
+      </c>
+      <c r="L674" t="s">
+        <v>3330</v>
+      </c>
+      <c r="M674" t="s">
         <v>3331</v>
       </c>
-      <c r="H674" t="s">
-[...5 lines deleted...]
-      <c r="L674" t="s">
+      <c r="N674" t="s">
         <v>3332</v>
-      </c>
-[...4 lines deleted...]
-        <v>3334</v>
       </c>
     </row>
     <row r="675" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A675" t="s">
+        <v>3333</v>
+      </c>
+      <c r="B675" t="s">
+        <v>3334</v>
+      </c>
+      <c r="C675" s="1">
+        <v>12</v>
+      </c>
+      <c r="D675" t="s">
+        <v>19</v>
+      </c>
+      <c r="E675" t="s">
+        <v>29</v>
+      </c>
+      <c r="F675" t="s">
+        <v>711</v>
+      </c>
+      <c r="G675" t="s">
         <v>3335</v>
       </c>
-      <c r="B675" t="s">
+      <c r="H675" t="s">
+        <v>767</v>
+      </c>
+      <c r="I675">
+        <v>1</v>
+      </c>
+      <c r="L675" t="s">
         <v>3336</v>
       </c>
-      <c r="C675" s="1">
-[...11 lines deleted...]
-      <c r="G675" t="s">
+      <c r="M675" t="s">
         <v>3337</v>
       </c>
-      <c r="H675" t="s">
-[...5 lines deleted...]
-      <c r="L675" t="s">
+      <c r="N675" t="s">
         <v>3338</v>
-      </c>
-[...4 lines deleted...]
-        <v>3340</v>
       </c>
     </row>
     <row r="676" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A676" t="s">
+        <v>3339</v>
+      </c>
+      <c r="B676" t="s">
+        <v>3340</v>
+      </c>
+      <c r="C676" s="1">
+        <v>73</v>
+      </c>
+      <c r="D676" t="s">
+        <v>19</v>
+      </c>
+      <c r="E676" t="s">
+        <v>29</v>
+      </c>
+      <c r="F676" t="s">
+        <v>101</v>
+      </c>
+      <c r="G676" t="s">
+        <v>433</v>
+      </c>
+      <c r="H676" t="s">
+        <v>23</v>
+      </c>
+      <c r="I676">
+        <v>1</v>
+      </c>
+      <c r="J676" t="s">
+        <v>23</v>
+      </c>
+      <c r="K676">
+        <v>1</v>
+      </c>
+      <c r="L676" t="s">
         <v>3341</v>
       </c>
-      <c r="B676" t="s">
+      <c r="M676" t="s">
         <v>3342</v>
       </c>
-      <c r="C676" s="1">
-[...20 lines deleted...]
-      <c r="L676" t="s">
+      <c r="N676" t="s">
         <v>3343</v>
-      </c>
-[...4 lines deleted...]
-        <v>3345</v>
       </c>
     </row>
     <row r="677" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A677" t="s">
-        <v>3346</v>
+        <v>3344</v>
       </c>
       <c r="B677" t="s">
-        <v>3347</v>
+        <v>3345</v>
       </c>
       <c r="C677" s="1">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="D677" t="s">
         <v>19</v>
       </c>
       <c r="E677" t="s">
         <v>29</v>
       </c>
       <c r="F677" t="s">
-        <v>718</v>
+        <v>101</v>
       </c>
       <c r="G677" t="s">
+        <v>173</v>
+      </c>
+      <c r="L677" t="s">
+        <v>3346</v>
+      </c>
+      <c r="M677" t="s">
+        <v>3347</v>
+      </c>
+      <c r="N677" t="s">
         <v>3348</v>
-      </c>
-[...13 lines deleted...]
-        <v>3351</v>
       </c>
     </row>
     <row r="678" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A678" t="s">
-        <v>3352</v>
+        <v>3349</v>
       </c>
       <c r="B678" t="s">
-        <v>3353</v>
+        <v>3350</v>
       </c>
       <c r="C678" s="1">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="D678" t="s">
         <v>19</v>
       </c>
       <c r="E678" t="s">
         <v>29</v>
       </c>
       <c r="F678" t="s">
-        <v>718</v>
+        <v>101</v>
       </c>
       <c r="G678" t="s">
-        <v>3354</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>173</v>
       </c>
       <c r="L678" t="s">
-        <v>3355</v>
+        <v>3351</v>
       </c>
       <c r="M678" t="s">
-        <v>3356</v>
+        <v>3352</v>
       </c>
       <c r="N678" t="s">
-        <v>3357</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="679" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A679" t="s">
-        <v>3358</v>
+        <v>3354</v>
       </c>
       <c r="B679" t="s">
-        <v>3359</v>
+        <v>3355</v>
       </c>
       <c r="C679" s="1">
-        <v>73</v>
+        <v>9</v>
       </c>
       <c r="D679" t="s">
         <v>19</v>
       </c>
       <c r="E679" t="s">
         <v>29</v>
       </c>
       <c r="F679" t="s">
         <v>101</v>
       </c>
       <c r="G679" t="s">
-        <v>432</v>
-[...11 lines deleted...]
-        <v>1</v>
+        <v>173</v>
       </c>
       <c r="L679" t="s">
-        <v>3360</v>
+        <v>3356</v>
       </c>
       <c r="M679" t="s">
-        <v>3361</v>
+        <v>3357</v>
       </c>
       <c r="N679" t="s">
-        <v>3362</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="680" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A680" t="s">
-        <v>3363</v>
+        <v>3359</v>
       </c>
       <c r="B680" t="s">
-        <v>3364</v>
+        <v>3360</v>
       </c>
       <c r="C680" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D680" t="s">
         <v>19</v>
       </c>
       <c r="E680" t="s">
         <v>29</v>
       </c>
       <c r="F680" t="s">
         <v>101</v>
       </c>
       <c r="G680" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L680" t="s">
-        <v>3365</v>
+        <v>3361</v>
       </c>
       <c r="M680" t="s">
-        <v>3366</v>
+        <v>3362</v>
       </c>
       <c r="N680" t="s">
-        <v>3367</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="681" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A681" t="s">
-        <v>3368</v>
+        <v>3364</v>
       </c>
       <c r="B681" t="s">
-        <v>3369</v>
+        <v>3365</v>
       </c>
       <c r="C681" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D681" t="s">
         <v>19</v>
       </c>
       <c r="E681" t="s">
         <v>29</v>
       </c>
       <c r="F681" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G681" t="s">
-        <v>172</v>
+        <v>3366</v>
       </c>
       <c r="L681" t="s">
-        <v>3370</v>
+        <v>3367</v>
       </c>
       <c r="M681" t="s">
-        <v>3371</v>
+        <v>3368</v>
       </c>
       <c r="N681" t="s">
-        <v>3372</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="682" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A682" t="s">
-        <v>3373</v>
+        <v>3370</v>
       </c>
       <c r="B682" t="s">
-        <v>3374</v>
+        <v>3371</v>
       </c>
       <c r="C682" s="1">
-        <v>9</v>
+        <v>9.63</v>
       </c>
       <c r="D682" t="s">
         <v>19</v>
       </c>
       <c r="E682" t="s">
         <v>29</v>
       </c>
       <c r="F682" t="s">
         <v>101</v>
       </c>
       <c r="G682" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L682" t="s">
-        <v>3375</v>
+        <v>3372</v>
       </c>
       <c r="M682" t="s">
-        <v>3376</v>
+        <v>3373</v>
       </c>
       <c r="N682" t="s">
-        <v>3377</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="683" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A683" t="s">
-        <v>3378</v>
+        <v>3375</v>
       </c>
       <c r="B683" t="s">
-        <v>3379</v>
+        <v>3376</v>
       </c>
       <c r="C683" s="1">
-        <v>4</v>
+        <v>4.28</v>
       </c>
       <c r="D683" t="s">
         <v>19</v>
       </c>
       <c r="E683" t="s">
         <v>29</v>
       </c>
       <c r="F683" t="s">
         <v>101</v>
       </c>
       <c r="G683" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L683" t="s">
-        <v>3380</v>
+        <v>3377</v>
       </c>
       <c r="M683" t="s">
-        <v>3381</v>
+        <v>3378</v>
       </c>
       <c r="N683" t="s">
-        <v>3382</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="684" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A684" t="s">
-        <v>3383</v>
+        <v>3380</v>
       </c>
       <c r="B684" t="s">
-        <v>3384</v>
+        <v>3381</v>
       </c>
       <c r="C684" s="1">
-        <v>8</v>
+        <v>9.63</v>
       </c>
       <c r="D684" t="s">
         <v>19</v>
       </c>
       <c r="E684" t="s">
         <v>29</v>
       </c>
       <c r="F684" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G684" t="s">
-        <v>3385</v>
+        <v>173</v>
       </c>
       <c r="L684" t="s">
-        <v>3386</v>
+        <v>3382</v>
       </c>
       <c r="M684" t="s">
-        <v>3387</v>
+        <v>3383</v>
       </c>
       <c r="N684" t="s">
-        <v>3388</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="685" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A685" t="s">
-        <v>3389</v>
+        <v>3385</v>
       </c>
       <c r="B685" t="s">
-        <v>3390</v>
+        <v>3386</v>
       </c>
       <c r="C685" s="1">
-        <v>9.63</v>
+        <v>4.28</v>
       </c>
       <c r="D685" t="s">
         <v>19</v>
       </c>
       <c r="E685" t="s">
         <v>29</v>
       </c>
       <c r="F685" t="s">
         <v>101</v>
       </c>
       <c r="G685" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L685" t="s">
-        <v>3391</v>
+        <v>3387</v>
       </c>
       <c r="M685" t="s">
-        <v>3392</v>
+        <v>3388</v>
       </c>
       <c r="N685" t="s">
-        <v>3393</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="686" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A686" t="s">
-        <v>3394</v>
+        <v>3390</v>
       </c>
       <c r="B686" t="s">
-        <v>3395</v>
+        <v>3391</v>
       </c>
       <c r="C686" s="1">
-        <v>4.28</v>
+        <v>73</v>
       </c>
       <c r="D686" t="s">
         <v>19</v>
       </c>
       <c r="E686" t="s">
         <v>29</v>
       </c>
       <c r="F686" t="s">
         <v>101</v>
       </c>
       <c r="G686" t="s">
-        <v>172</v>
+        <v>173</v>
+      </c>
+      <c r="H686" t="s">
+        <v>23</v>
+      </c>
+      <c r="I686">
+        <v>1</v>
+      </c>
+      <c r="J686" t="s">
+        <v>23</v>
+      </c>
+      <c r="K686">
+        <v>1</v>
       </c>
       <c r="L686" t="s">
-        <v>3396</v>
+        <v>3392</v>
       </c>
       <c r="M686" t="s">
-        <v>3397</v>
+        <v>3393</v>
       </c>
       <c r="N686" t="s">
-        <v>3398</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="687" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A687" t="s">
-        <v>3399</v>
+        <v>3395</v>
       </c>
       <c r="B687" t="s">
-        <v>3400</v>
+        <v>3396</v>
       </c>
       <c r="C687" s="1">
-        <v>9.63</v>
+        <v>36.38</v>
       </c>
       <c r="D687" t="s">
         <v>19</v>
       </c>
       <c r="E687" t="s">
         <v>29</v>
       </c>
       <c r="F687" t="s">
         <v>101</v>
       </c>
       <c r="G687" t="s">
-        <v>172</v>
+        <v>173</v>
+      </c>
+      <c r="H687" t="s">
+        <v>103</v>
+      </c>
+      <c r="I687">
+        <v>1</v>
       </c>
       <c r="L687" t="s">
-        <v>3401</v>
+        <v>3397</v>
       </c>
       <c r="M687" t="s">
-        <v>3402</v>
+        <v>3398</v>
       </c>
       <c r="N687" t="s">
-        <v>3403</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="688" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A688" t="s">
-        <v>3404</v>
+        <v>3400</v>
       </c>
       <c r="B688" t="s">
-        <v>3405</v>
+        <v>3401</v>
       </c>
       <c r="C688" s="1">
-        <v>4.28</v>
+        <v>36.38</v>
       </c>
       <c r="D688" t="s">
         <v>19</v>
       </c>
       <c r="E688" t="s">
         <v>29</v>
       </c>
       <c r="F688" t="s">
         <v>101</v>
       </c>
       <c r="G688" t="s">
-        <v>172</v>
+        <v>173</v>
+      </c>
+      <c r="H688" t="s">
+        <v>103</v>
+      </c>
+      <c r="I688">
+        <v>1</v>
       </c>
       <c r="L688" t="s">
-        <v>3406</v>
+        <v>3402</v>
       </c>
       <c r="M688" t="s">
-        <v>3407</v>
+        <v>3403</v>
       </c>
       <c r="N688" t="s">
-        <v>3408</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="689" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A689" t="s">
-        <v>3409</v>
+        <v>3405</v>
       </c>
       <c r="B689" t="s">
-        <v>3410</v>
+        <v>3406</v>
       </c>
       <c r="C689" s="1">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="D689" t="s">
         <v>19</v>
       </c>
       <c r="E689" t="s">
         <v>29</v>
       </c>
       <c r="F689" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G689" t="s">
-        <v>172</v>
+        <v>3407</v>
       </c>
       <c r="H689" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I689">
         <v>1</v>
       </c>
-      <c r="J689" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L689" t="s">
-        <v>3411</v>
+        <v>3408</v>
       </c>
       <c r="M689" t="s">
-        <v>3412</v>
+        <v>3409</v>
       </c>
       <c r="N689" t="s">
-        <v>3413</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="690" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A690" t="s">
+        <v>3411</v>
+      </c>
+      <c r="B690" t="s">
+        <v>3412</v>
+      </c>
+      <c r="C690" s="1">
+        <v>40</v>
+      </c>
+      <c r="D690" t="s">
+        <v>19</v>
+      </c>
+      <c r="E690" t="s">
+        <v>3413</v>
+      </c>
+      <c r="F690" t="s">
+        <v>21</v>
+      </c>
+      <c r="G690" t="s">
         <v>3414</v>
-      </c>
-[...16 lines deleted...]
-        <v>172</v>
       </c>
       <c r="H690" t="s">
         <v>103</v>
       </c>
       <c r="I690">
         <v>1</v>
       </c>
       <c r="L690" t="s">
+        <v>3415</v>
+      </c>
+      <c r="M690" t="s">
         <v>3416</v>
       </c>
-      <c r="M690" t="s">
+      <c r="N690" t="s">
         <v>3417</v>
-      </c>
-[...1 lines deleted...]
-        <v>3418</v>
       </c>
     </row>
     <row r="691" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A691" t="s">
+        <v>3418</v>
+      </c>
+      <c r="B691" t="s">
         <v>3419</v>
       </c>
-      <c r="B691" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C691" s="1">
-        <v>36.38</v>
+        <v>89</v>
       </c>
       <c r="D691" t="s">
         <v>19</v>
       </c>
       <c r="E691" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F691" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G691" t="s">
-        <v>172</v>
+        <v>3366</v>
       </c>
       <c r="H691" t="s">
         <v>103</v>
       </c>
       <c r="I691">
         <v>1</v>
       </c>
       <c r="L691" t="s">
+        <v>3420</v>
+      </c>
+      <c r="M691" t="s">
         <v>3421</v>
       </c>
-      <c r="M691" t="s">
+      <c r="N691" t="s">
         <v>3422</v>
-      </c>
-[...1 lines deleted...]
-        <v>3423</v>
       </c>
     </row>
     <row r="692" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A692" t="s">
+        <v>3423</v>
+      </c>
+      <c r="B692" t="s">
         <v>3424</v>
       </c>
-      <c r="B692" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C692" s="1">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="D692" t="s">
         <v>19</v>
       </c>
       <c r="E692" t="s">
-        <v>29</v>
+        <v>1337</v>
       </c>
       <c r="F692" t="s">
         <v>21</v>
       </c>
       <c r="G692" t="s">
-        <v>3426</v>
+        <v>3366</v>
       </c>
       <c r="H692" t="s">
         <v>103</v>
       </c>
       <c r="I692">
         <v>1</v>
       </c>
       <c r="L692" t="s">
+        <v>3425</v>
+      </c>
+      <c r="M692" t="s">
+        <v>3426</v>
+      </c>
+      <c r="N692" t="s">
         <v>3427</v>
-      </c>
-[...4 lines deleted...]
-        <v>3429</v>
       </c>
     </row>
     <row r="693" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A693" t="s">
-        <v>3430</v>
+        <v>3428</v>
       </c>
       <c r="B693" t="s">
-        <v>3431</v>
+        <v>3429</v>
       </c>
       <c r="C693" s="1">
-        <v>40</v>
+        <v>106</v>
       </c>
       <c r="D693" t="s">
         <v>19</v>
       </c>
       <c r="E693" t="s">
-        <v>3432</v>
+        <v>0</v>
       </c>
       <c r="F693" t="s">
         <v>21</v>
       </c>
       <c r="G693" t="s">
-        <v>3433</v>
+        <v>3430</v>
       </c>
       <c r="H693" t="s">
         <v>103</v>
       </c>
       <c r="I693">
         <v>1</v>
       </c>
       <c r="L693" t="s">
-        <v>3434</v>
+        <v>3431</v>
       </c>
       <c r="M693" t="s">
-        <v>3435</v>
+        <v>3432</v>
       </c>
       <c r="N693" t="s">
-        <v>3436</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="694" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A694" t="s">
-        <v>3437</v>
+        <v>3434</v>
       </c>
       <c r="B694" t="s">
-        <v>3438</v>
+        <v>3435</v>
       </c>
       <c r="C694" s="1">
-        <v>89</v>
+        <v>60</v>
       </c>
       <c r="D694" t="s">
         <v>19</v>
       </c>
       <c r="E694" t="s">
-        <v>0</v>
+        <v>3436</v>
       </c>
       <c r="F694" t="s">
         <v>21</v>
       </c>
       <c r="G694" t="s">
-        <v>3385</v>
+        <v>3430</v>
       </c>
       <c r="H694" t="s">
         <v>103</v>
       </c>
       <c r="I694">
         <v>1</v>
       </c>
       <c r="L694" t="s">
+        <v>3437</v>
+      </c>
+      <c r="M694" t="s">
+        <v>3438</v>
+      </c>
+      <c r="N694" t="s">
         <v>3439</v>
-      </c>
-[...4 lines deleted...]
-        <v>3441</v>
       </c>
     </row>
     <row r="695" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A695" t="s">
-        <v>3442</v>
+        <v>3440</v>
       </c>
       <c r="B695" t="s">
-        <v>3443</v>
+        <v>3441</v>
       </c>
       <c r="C695" s="1">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="D695" t="s">
         <v>19</v>
       </c>
       <c r="E695" t="s">
-        <v>1347</v>
+        <v>0</v>
       </c>
       <c r="F695" t="s">
         <v>21</v>
       </c>
       <c r="G695" t="s">
-        <v>3385</v>
+        <v>3430</v>
       </c>
       <c r="H695" t="s">
         <v>103</v>
       </c>
       <c r="I695">
         <v>1</v>
       </c>
       <c r="L695" t="s">
+        <v>3442</v>
+      </c>
+      <c r="M695" t="s">
+        <v>3443</v>
+      </c>
+      <c r="N695" t="s">
         <v>3444</v>
-      </c>
-[...4 lines deleted...]
-        <v>3446</v>
       </c>
     </row>
     <row r="696" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A696" t="s">
-        <v>3447</v>
+        <v>3445</v>
       </c>
       <c r="B696" t="s">
-        <v>3448</v>
+        <v>3446</v>
       </c>
       <c r="C696" s="1">
-        <v>106</v>
+        <v>60</v>
       </c>
       <c r="D696" t="s">
         <v>19</v>
       </c>
       <c r="E696" t="s">
-        <v>0</v>
+        <v>3436</v>
       </c>
       <c r="F696" t="s">
         <v>21</v>
       </c>
       <c r="G696" t="s">
-        <v>3449</v>
+        <v>3430</v>
       </c>
       <c r="H696" t="s">
         <v>103</v>
       </c>
       <c r="I696">
         <v>1</v>
       </c>
       <c r="L696" t="s">
-        <v>3450</v>
+        <v>3447</v>
       </c>
       <c r="M696" t="s">
-        <v>3451</v>
+        <v>3448</v>
       </c>
       <c r="N696" t="s">
-        <v>3452</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="697" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A697" t="s">
+        <v>3450</v>
+      </c>
+      <c r="B697" t="s">
+        <v>3451</v>
+      </c>
+      <c r="C697" s="1">
+        <v>5</v>
+      </c>
+      <c r="D697" t="s">
+        <v>19</v>
+      </c>
+      <c r="E697" t="s">
+        <v>29</v>
+      </c>
+      <c r="F697" t="s">
+        <v>101</v>
+      </c>
+      <c r="G697" t="s">
+        <v>173</v>
+      </c>
+      <c r="L697" t="s">
+        <v>3452</v>
+      </c>
+      <c r="M697" t="s">
         <v>3453</v>
       </c>
-      <c r="B697" t="s">
+      <c r="N697" t="s">
         <v>3454</v>
-      </c>
-[...28 lines deleted...]
-        <v>3458</v>
       </c>
     </row>
     <row r="698" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A698" t="s">
+        <v>3455</v>
+      </c>
+      <c r="B698" t="s">
+        <v>3456</v>
+      </c>
+      <c r="C698" s="1">
+        <v>5</v>
+      </c>
+      <c r="D698" t="s">
+        <v>19</v>
+      </c>
+      <c r="E698" t="s">
+        <v>29</v>
+      </c>
+      <c r="F698" t="s">
+        <v>101</v>
+      </c>
+      <c r="G698" t="s">
+        <v>173</v>
+      </c>
+      <c r="L698" t="s">
+        <v>3457</v>
+      </c>
+      <c r="M698" t="s">
+        <v>3458</v>
+      </c>
+      <c r="N698" t="s">
         <v>3459</v>
-      </c>
-[...31 lines deleted...]
-        <v>3463</v>
       </c>
     </row>
     <row r="699" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A699" t="s">
+        <v>3460</v>
+      </c>
+      <c r="B699" t="s">
+        <v>3461</v>
+      </c>
+      <c r="C699" s="1">
+        <v>21</v>
+      </c>
+      <c r="D699" t="s">
+        <v>19</v>
+      </c>
+      <c r="E699" t="s">
+        <v>29</v>
+      </c>
+      <c r="F699" t="s">
+        <v>101</v>
+      </c>
+      <c r="G699" t="s">
+        <v>173</v>
+      </c>
+      <c r="L699" t="s">
+        <v>3462</v>
+      </c>
+      <c r="M699" t="s">
+        <v>3463</v>
+      </c>
+      <c r="N699" t="s">
         <v>3464</v>
-      </c>
-[...31 lines deleted...]
-        <v>3468</v>
       </c>
     </row>
     <row r="700" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A700" t="s">
-        <v>3469</v>
+        <v>3465</v>
       </c>
       <c r="B700" t="s">
-        <v>3470</v>
+        <v>3466</v>
       </c>
       <c r="C700" s="1">
-        <v>5</v>
+        <v>12.84</v>
       </c>
       <c r="D700" t="s">
         <v>19</v>
       </c>
       <c r="E700" t="s">
         <v>29</v>
       </c>
       <c r="F700" t="s">
         <v>101</v>
       </c>
       <c r="G700" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L700" t="s">
-        <v>3471</v>
+        <v>3467</v>
       </c>
       <c r="M700" t="s">
-        <v>3472</v>
+        <v>3468</v>
       </c>
       <c r="N700" t="s">
-        <v>3473</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="701" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A701" t="s">
-        <v>3474</v>
+        <v>3470</v>
       </c>
       <c r="B701" t="s">
-        <v>3475</v>
+        <v>3471</v>
       </c>
       <c r="C701" s="1">
-        <v>5</v>
+        <v>6.42</v>
       </c>
       <c r="D701" t="s">
         <v>19</v>
       </c>
       <c r="E701" t="s">
         <v>29</v>
       </c>
       <c r="F701" t="s">
         <v>101</v>
       </c>
       <c r="G701" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L701" t="s">
-        <v>3476</v>
+        <v>3472</v>
       </c>
       <c r="M701" t="s">
-        <v>3477</v>
+        <v>3473</v>
       </c>
       <c r="N701" t="s">
-        <v>3478</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="702" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A702" t="s">
-        <v>3479</v>
+        <v>3475</v>
       </c>
       <c r="B702" t="s">
-        <v>3480</v>
+        <v>3476</v>
       </c>
       <c r="C702" s="1">
-        <v>21</v>
+        <v>12.84</v>
       </c>
       <c r="D702" t="s">
         <v>19</v>
       </c>
       <c r="E702" t="s">
         <v>29</v>
       </c>
       <c r="F702" t="s">
         <v>101</v>
       </c>
       <c r="G702" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L702" t="s">
-        <v>3481</v>
+        <v>3477</v>
       </c>
       <c r="M702" t="s">
-        <v>3482</v>
+        <v>3478</v>
       </c>
       <c r="N702" t="s">
-        <v>3483</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="703" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A703" t="s">
-        <v>3484</v>
+        <v>3480</v>
       </c>
       <c r="B703" t="s">
-        <v>3485</v>
+        <v>3481</v>
       </c>
       <c r="C703" s="1">
-        <v>12.84</v>
+        <v>6.42</v>
       </c>
       <c r="D703" t="s">
         <v>19</v>
       </c>
       <c r="E703" t="s">
         <v>29</v>
       </c>
       <c r="F703" t="s">
         <v>101</v>
       </c>
       <c r="G703" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L703" t="s">
-        <v>3486</v>
+        <v>3482</v>
       </c>
       <c r="M703" t="s">
-        <v>3487</v>
+        <v>3483</v>
       </c>
       <c r="N703" t="s">
-        <v>3488</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="704" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A704" t="s">
-        <v>3489</v>
+        <v>3485</v>
       </c>
       <c r="B704" t="s">
-        <v>3490</v>
+        <v>3486</v>
       </c>
       <c r="C704" s="1">
-        <v>6.42</v>
+        <v>12.84</v>
       </c>
       <c r="D704" t="s">
         <v>19</v>
       </c>
       <c r="E704" t="s">
         <v>29</v>
       </c>
       <c r="F704" t="s">
         <v>101</v>
       </c>
       <c r="G704" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L704" t="s">
-        <v>3491</v>
+        <v>3487</v>
       </c>
       <c r="M704" t="s">
-        <v>3492</v>
+        <v>3488</v>
       </c>
       <c r="N704" t="s">
-        <v>3493</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="705" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A705" t="s">
-        <v>3494</v>
+        <v>3490</v>
       </c>
       <c r="B705" t="s">
-        <v>3495</v>
+        <v>3491</v>
       </c>
       <c r="C705" s="1">
-        <v>12.84</v>
+        <v>6.42</v>
       </c>
       <c r="D705" t="s">
         <v>19</v>
       </c>
       <c r="E705" t="s">
         <v>29</v>
       </c>
       <c r="F705" t="s">
         <v>101</v>
       </c>
       <c r="G705" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L705" t="s">
-        <v>3496</v>
+        <v>3492</v>
       </c>
       <c r="M705" t="s">
-        <v>3497</v>
+        <v>3493</v>
       </c>
       <c r="N705" t="s">
-        <v>3498</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="706" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A706" t="s">
-        <v>3499</v>
+        <v>3495</v>
       </c>
       <c r="B706" t="s">
-        <v>3500</v>
+        <v>3496</v>
       </c>
       <c r="C706" s="1">
-        <v>6.42</v>
+        <v>71</v>
       </c>
       <c r="D706" t="s">
         <v>19</v>
       </c>
       <c r="E706" t="s">
         <v>29</v>
       </c>
       <c r="F706" t="s">
         <v>101</v>
       </c>
       <c r="G706" t="s">
-        <v>172</v>
+        <v>173</v>
+      </c>
+      <c r="H706" t="s">
+        <v>23</v>
+      </c>
+      <c r="I706">
+        <v>1</v>
       </c>
       <c r="L706" t="s">
-        <v>3501</v>
+        <v>3497</v>
       </c>
       <c r="M706" t="s">
-        <v>3502</v>
+        <v>3498</v>
       </c>
       <c r="N706" t="s">
-        <v>3503</v>
+        <v>3499</v>
       </c>
     </row>
     <row r="707" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A707" t="s">
-        <v>3504</v>
+        <v>3500</v>
       </c>
       <c r="B707" t="s">
-        <v>3505</v>
+        <v>3501</v>
       </c>
       <c r="C707" s="1">
-        <v>12.84</v>
+        <v>71</v>
       </c>
       <c r="D707" t="s">
         <v>19</v>
       </c>
       <c r="E707" t="s">
         <v>29</v>
       </c>
       <c r="F707" t="s">
         <v>101</v>
       </c>
       <c r="G707" t="s">
-        <v>172</v>
+        <v>173</v>
+      </c>
+      <c r="H707" t="s">
+        <v>23</v>
+      </c>
+      <c r="I707">
+        <v>1</v>
+      </c>
+      <c r="J707" t="s">
+        <v>23</v>
+      </c>
+      <c r="K707">
+        <v>1</v>
       </c>
       <c r="L707" t="s">
-        <v>3506</v>
+        <v>3502</v>
       </c>
       <c r="M707" t="s">
-        <v>3507</v>
+        <v>3503</v>
       </c>
       <c r="N707" t="s">
-        <v>3508</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="708" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A708" t="s">
-        <v>3509</v>
+        <v>3505</v>
       </c>
       <c r="B708" t="s">
-        <v>3510</v>
+        <v>3506</v>
       </c>
       <c r="C708" s="1">
-        <v>6.42</v>
+        <v>73</v>
       </c>
       <c r="D708" t="s">
         <v>19</v>
       </c>
       <c r="E708" t="s">
         <v>29</v>
       </c>
       <c r="F708" t="s">
         <v>101</v>
       </c>
       <c r="G708" t="s">
-        <v>172</v>
+        <v>173</v>
+      </c>
+      <c r="H708" t="s">
+        <v>23</v>
+      </c>
+      <c r="I708">
+        <v>1</v>
+      </c>
+      <c r="J708" t="s">
+        <v>23</v>
+      </c>
+      <c r="K708">
+        <v>1</v>
       </c>
       <c r="L708" t="s">
-        <v>3511</v>
+        <v>3507</v>
       </c>
       <c r="M708" t="s">
-        <v>3512</v>
+        <v>3508</v>
       </c>
       <c r="N708" t="s">
-        <v>3513</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="709" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A709" t="s">
-        <v>3514</v>
+        <v>3510</v>
       </c>
       <c r="B709" t="s">
-        <v>3515</v>
+        <v>3511</v>
       </c>
       <c r="C709" s="1">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="D709" t="s">
         <v>19</v>
       </c>
       <c r="E709" t="s">
         <v>29</v>
       </c>
       <c r="F709" t="s">
         <v>101</v>
       </c>
       <c r="G709" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H709" t="s">
         <v>23</v>
       </c>
       <c r="I709">
         <v>1</v>
       </c>
+      <c r="J709" t="s">
+        <v>23</v>
+      </c>
+      <c r="K709">
+        <v>1</v>
+      </c>
       <c r="L709" t="s">
-        <v>3516</v>
+        <v>3512</v>
       </c>
       <c r="M709" t="s">
-        <v>3517</v>
+        <v>3513</v>
       </c>
       <c r="N709" t="s">
-        <v>3518</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="710" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A710" t="s">
-        <v>3519</v>
+        <v>3515</v>
       </c>
       <c r="B710" t="s">
-        <v>3520</v>
+        <v>3516</v>
       </c>
       <c r="C710" s="1">
-        <v>71</v>
+        <v>48.15</v>
       </c>
       <c r="D710" t="s">
         <v>19</v>
       </c>
       <c r="E710" t="s">
         <v>29</v>
       </c>
       <c r="F710" t="s">
         <v>101</v>
       </c>
       <c r="G710" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H710" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I710">
         <v>1</v>
       </c>
-      <c r="J710" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L710" t="s">
-        <v>3521</v>
+        <v>3517</v>
       </c>
       <c r="M710" t="s">
-        <v>3522</v>
+        <v>3518</v>
       </c>
       <c r="N710" t="s">
-        <v>3523</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="711" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A711" t="s">
-        <v>3524</v>
+        <v>3520</v>
       </c>
       <c r="B711" t="s">
-        <v>3525</v>
+        <v>3521</v>
       </c>
       <c r="C711" s="1">
-        <v>73</v>
+        <v>48.15</v>
       </c>
       <c r="D711" t="s">
         <v>19</v>
       </c>
       <c r="E711" t="s">
         <v>29</v>
       </c>
       <c r="F711" t="s">
         <v>101</v>
       </c>
       <c r="G711" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H711" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I711">
         <v>1</v>
       </c>
-      <c r="J711" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L711" t="s">
-        <v>3526</v>
+        <v>3522</v>
       </c>
       <c r="M711" t="s">
-        <v>3527</v>
+        <v>3523</v>
       </c>
       <c r="N711" t="s">
-        <v>3528</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="712" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A712" t="s">
-        <v>3529</v>
+        <v>3525</v>
       </c>
       <c r="B712" t="s">
-        <v>3530</v>
+        <v>3526</v>
       </c>
       <c r="C712" s="1">
-        <v>80</v>
+        <v>8</v>
       </c>
       <c r="D712" t="s">
         <v>19</v>
       </c>
       <c r="E712" t="s">
         <v>29</v>
       </c>
       <c r="F712" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G712" t="s">
-        <v>172</v>
-[...11 lines deleted...]
-        <v>1</v>
+        <v>3366</v>
       </c>
       <c r="L712" t="s">
-        <v>3531</v>
+        <v>3527</v>
       </c>
       <c r="M712" t="s">
-        <v>3532</v>
+        <v>3528</v>
       </c>
       <c r="N712" t="s">
-        <v>3533</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="713" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A713" t="s">
-        <v>3534</v>
+        <v>3530</v>
       </c>
       <c r="B713" t="s">
-        <v>3535</v>
+        <v>3531</v>
       </c>
       <c r="C713" s="1">
-        <v>48.15</v>
+        <v>63</v>
       </c>
       <c r="D713" t="s">
         <v>19</v>
       </c>
       <c r="E713" t="s">
-        <v>29</v>
+        <v>583</v>
       </c>
       <c r="F713" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G713" t="s">
-        <v>172</v>
+        <v>3414</v>
       </c>
       <c r="H713" t="s">
         <v>103</v>
       </c>
       <c r="I713">
         <v>1</v>
       </c>
       <c r="L713" t="s">
-        <v>3536</v>
+        <v>3532</v>
       </c>
       <c r="M713" t="s">
-        <v>3537</v>
+        <v>3533</v>
       </c>
       <c r="N713" t="s">
-        <v>3538</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="714" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A714" t="s">
-        <v>3539</v>
+        <v>3535</v>
       </c>
       <c r="B714" t="s">
-        <v>3540</v>
+        <v>3536</v>
       </c>
       <c r="C714" s="1">
-        <v>48.15</v>
+        <v>47</v>
       </c>
       <c r="D714" t="s">
         <v>19</v>
       </c>
       <c r="E714" t="s">
-        <v>29</v>
+        <v>583</v>
       </c>
       <c r="F714" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G714" t="s">
-        <v>172</v>
+        <v>3414</v>
       </c>
       <c r="H714" t="s">
         <v>103</v>
       </c>
       <c r="I714">
         <v>1</v>
       </c>
       <c r="L714" t="s">
-        <v>3541</v>
+        <v>3537</v>
       </c>
       <c r="M714" t="s">
-        <v>3542</v>
+        <v>3538</v>
       </c>
       <c r="N714" t="s">
-        <v>3543</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="715" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A715" t="s">
-        <v>3544</v>
+        <v>3540</v>
       </c>
       <c r="B715" t="s">
-        <v>3545</v>
+        <v>3541</v>
       </c>
       <c r="C715" s="1">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="D715" t="s">
         <v>19</v>
       </c>
       <c r="E715" t="s">
-        <v>29</v>
+        <v>583</v>
       </c>
       <c r="F715" t="s">
         <v>21</v>
       </c>
       <c r="G715" t="s">
-        <v>3385</v>
+        <v>3414</v>
+      </c>
+      <c r="H715" t="s">
+        <v>103</v>
+      </c>
+      <c r="I715">
+        <v>1</v>
       </c>
       <c r="L715" t="s">
-        <v>3546</v>
+        <v>3542</v>
       </c>
       <c r="M715" t="s">
-        <v>3547</v>
+        <v>3543</v>
       </c>
       <c r="N715" t="s">
-        <v>3548</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="716" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A716" t="s">
-        <v>3549</v>
+        <v>3545</v>
       </c>
       <c r="B716" t="s">
-        <v>3550</v>
+        <v>3546</v>
       </c>
       <c r="C716" s="1">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="D716" t="s">
         <v>19</v>
       </c>
       <c r="E716" t="s">
-        <v>590</v>
+        <v>0</v>
       </c>
       <c r="F716" t="s">
         <v>21</v>
       </c>
       <c r="G716" t="s">
-        <v>3433</v>
+        <v>3366</v>
       </c>
       <c r="H716" t="s">
         <v>103</v>
       </c>
       <c r="I716">
         <v>1</v>
       </c>
       <c r="L716" t="s">
-        <v>3551</v>
+        <v>3547</v>
       </c>
       <c r="M716" t="s">
-        <v>3552</v>
+        <v>3548</v>
       </c>
       <c r="N716" t="s">
-        <v>3553</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="717" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A717" t="s">
-        <v>3554</v>
+        <v>3550</v>
       </c>
       <c r="B717" t="s">
-        <v>3555</v>
+        <v>3551</v>
       </c>
       <c r="C717" s="1">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="D717" t="s">
         <v>19</v>
       </c>
       <c r="E717" t="s">
-        <v>590</v>
+        <v>1337</v>
       </c>
       <c r="F717" t="s">
         <v>21</v>
       </c>
       <c r="G717" t="s">
-        <v>3433</v>
+        <v>3366</v>
       </c>
       <c r="H717" t="s">
         <v>103</v>
       </c>
       <c r="I717">
         <v>1</v>
       </c>
       <c r="L717" t="s">
-        <v>3556</v>
+        <v>3552</v>
       </c>
       <c r="M717" t="s">
-        <v>3557</v>
+        <v>3553</v>
       </c>
       <c r="N717" t="s">
-        <v>3558</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="718" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A718" t="s">
-        <v>3559</v>
+        <v>3555</v>
       </c>
       <c r="B718" t="s">
-        <v>3560</v>
+        <v>3556</v>
       </c>
       <c r="C718" s="1">
-        <v>47</v>
+        <v>162</v>
       </c>
       <c r="D718" t="s">
         <v>19</v>
       </c>
       <c r="E718" t="s">
-        <v>590</v>
+        <v>3436</v>
       </c>
       <c r="F718" t="s">
         <v>21</v>
       </c>
       <c r="G718" t="s">
-        <v>3433</v>
+        <v>3430</v>
       </c>
       <c r="H718" t="s">
         <v>103</v>
       </c>
       <c r="I718">
         <v>1</v>
       </c>
       <c r="L718" t="s">
-        <v>3561</v>
+        <v>3557</v>
       </c>
       <c r="M718" t="s">
-        <v>3562</v>
+        <v>3558</v>
       </c>
       <c r="N718" t="s">
-        <v>3563</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="719" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A719" t="s">
-        <v>3564</v>
+        <v>3560</v>
       </c>
       <c r="B719" t="s">
-        <v>3565</v>
+        <v>3561</v>
       </c>
       <c r="C719" s="1">
-        <v>108</v>
+        <v>95</v>
       </c>
       <c r="D719" t="s">
         <v>19</v>
       </c>
       <c r="E719" t="s">
-        <v>0</v>
+        <v>3436</v>
       </c>
       <c r="F719" t="s">
         <v>21</v>
       </c>
       <c r="G719" t="s">
-        <v>3385</v>
+        <v>3430</v>
       </c>
       <c r="H719" t="s">
         <v>103</v>
       </c>
       <c r="I719">
         <v>1</v>
       </c>
       <c r="L719" t="s">
-        <v>3566</v>
+        <v>3562</v>
       </c>
       <c r="M719" t="s">
-        <v>3567</v>
+        <v>3563</v>
       </c>
       <c r="N719" t="s">
-        <v>3568</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="720" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A720" t="s">
-        <v>3569</v>
+        <v>3565</v>
       </c>
       <c r="B720" t="s">
-        <v>3570</v>
+        <v>3561</v>
       </c>
       <c r="C720" s="1">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="D720" t="s">
         <v>19</v>
       </c>
       <c r="E720" t="s">
-        <v>1347</v>
+        <v>3436</v>
       </c>
       <c r="F720" t="s">
         <v>21</v>
       </c>
       <c r="G720" t="s">
-        <v>3385</v>
+        <v>3430</v>
       </c>
       <c r="H720" t="s">
         <v>103</v>
       </c>
       <c r="I720">
         <v>1</v>
       </c>
       <c r="L720" t="s">
-        <v>3571</v>
+        <v>3566</v>
       </c>
       <c r="M720" t="s">
-        <v>3572</v>
+        <v>3567</v>
       </c>
       <c r="N720" t="s">
-        <v>3573</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="721" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A721" t="s">
-        <v>3574</v>
+        <v>3569</v>
       </c>
       <c r="B721" t="s">
-        <v>3575</v>
+        <v>3570</v>
       </c>
       <c r="C721" s="1">
-        <v>162</v>
+        <v>5</v>
       </c>
       <c r="D721" t="s">
         <v>19</v>
       </c>
       <c r="E721" t="s">
-        <v>3455</v>
+        <v>29</v>
       </c>
       <c r="F721" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G721" t="s">
-        <v>3449</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>173</v>
       </c>
       <c r="L721" t="s">
-        <v>3576</v>
+        <v>3571</v>
       </c>
       <c r="M721" t="s">
-        <v>3577</v>
+        <v>3572</v>
       </c>
       <c r="N721" t="s">
-        <v>3578</v>
+        <v>3573</v>
       </c>
     </row>
     <row r="722" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A722" t="s">
-        <v>3579</v>
+        <v>3574</v>
       </c>
       <c r="B722" t="s">
-        <v>3580</v>
+        <v>3575</v>
       </c>
       <c r="C722" s="1">
-        <v>95</v>
+        <v>5</v>
       </c>
       <c r="D722" t="s">
         <v>19</v>
       </c>
       <c r="E722" t="s">
-        <v>3455</v>
+        <v>29</v>
       </c>
       <c r="F722" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G722" t="s">
-        <v>3449</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>173</v>
       </c>
       <c r="L722" t="s">
-        <v>3581</v>
+        <v>3576</v>
       </c>
       <c r="M722" t="s">
-        <v>3582</v>
+        <v>3577</v>
       </c>
       <c r="N722" t="s">
-        <v>3583</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="723" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A723" t="s">
-        <v>3584</v>
+        <v>3579</v>
       </c>
       <c r="B723" t="s">
         <v>3580</v>
       </c>
       <c r="C723" s="1">
-        <v>95</v>
+        <v>26</v>
       </c>
       <c r="D723" t="s">
         <v>19</v>
       </c>
       <c r="E723" t="s">
-        <v>3455</v>
+        <v>29</v>
       </c>
       <c r="F723" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G723" t="s">
-        <v>3449</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>173</v>
       </c>
       <c r="L723" t="s">
-        <v>3585</v>
+        <v>3581</v>
       </c>
       <c r="M723" t="s">
-        <v>3586</v>
+        <v>3582</v>
       </c>
       <c r="N723" t="s">
-        <v>3587</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="724" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A724" t="s">
-        <v>3588</v>
+        <v>3584</v>
       </c>
       <c r="B724" t="s">
-        <v>3589</v>
+        <v>3585</v>
       </c>
       <c r="C724" s="1">
-        <v>5</v>
+        <v>14.98</v>
       </c>
       <c r="D724" t="s">
         <v>19</v>
       </c>
       <c r="E724" t="s">
         <v>29</v>
       </c>
       <c r="F724" t="s">
         <v>101</v>
       </c>
       <c r="G724" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L724" t="s">
-        <v>3590</v>
+        <v>3586</v>
       </c>
       <c r="M724" t="s">
-        <v>3591</v>
+        <v>3587</v>
       </c>
       <c r="N724" t="s">
-        <v>3592</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="725" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A725" t="s">
-        <v>3593</v>
+        <v>3589</v>
       </c>
       <c r="B725" t="s">
-        <v>3594</v>
+        <v>3590</v>
       </c>
       <c r="C725" s="1">
-        <v>5</v>
+        <v>8.56</v>
       </c>
       <c r="D725" t="s">
         <v>19</v>
       </c>
       <c r="E725" t="s">
         <v>29</v>
       </c>
       <c r="F725" t="s">
         <v>101</v>
       </c>
       <c r="G725" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L725" t="s">
-        <v>3595</v>
+        <v>3591</v>
       </c>
       <c r="M725" t="s">
-        <v>3596</v>
+        <v>3592</v>
       </c>
       <c r="N725" t="s">
-        <v>3597</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="726" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A726" t="s">
-        <v>3598</v>
+        <v>3594</v>
       </c>
       <c r="B726" t="s">
-        <v>3599</v>
+        <v>3595</v>
       </c>
       <c r="C726" s="1">
-        <v>26</v>
+        <v>14.98</v>
       </c>
       <c r="D726" t="s">
         <v>19</v>
       </c>
       <c r="E726" t="s">
         <v>29</v>
       </c>
       <c r="F726" t="s">
         <v>101</v>
       </c>
       <c r="G726" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L726" t="s">
-        <v>3600</v>
+        <v>3596</v>
       </c>
       <c r="M726" t="s">
-        <v>3601</v>
+        <v>3597</v>
       </c>
       <c r="N726" t="s">
-        <v>3602</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="727" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A727" t="s">
-        <v>3603</v>
+        <v>3599</v>
       </c>
       <c r="B727" t="s">
-        <v>3604</v>
+        <v>3600</v>
       </c>
       <c r="C727" s="1">
-        <v>14.98</v>
+        <v>8.56</v>
       </c>
       <c r="D727" t="s">
         <v>19</v>
       </c>
       <c r="E727" t="s">
         <v>29</v>
       </c>
       <c r="F727" t="s">
         <v>101</v>
       </c>
       <c r="G727" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L727" t="s">
-        <v>3605</v>
+        <v>3601</v>
       </c>
       <c r="M727" t="s">
-        <v>3606</v>
+        <v>3602</v>
       </c>
       <c r="N727" t="s">
-        <v>3607</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="728" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A728" t="s">
-        <v>3608</v>
+        <v>3604</v>
       </c>
       <c r="B728" t="s">
-        <v>3609</v>
+        <v>3605</v>
       </c>
       <c r="C728" s="1">
-        <v>8.56</v>
+        <v>14.98</v>
       </c>
       <c r="D728" t="s">
         <v>19</v>
       </c>
       <c r="E728" t="s">
         <v>29</v>
       </c>
       <c r="F728" t="s">
         <v>101</v>
       </c>
       <c r="G728" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L728" t="s">
-        <v>3610</v>
+        <v>3606</v>
       </c>
       <c r="M728" t="s">
-        <v>3611</v>
+        <v>3607</v>
       </c>
       <c r="N728" t="s">
-        <v>3612</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="729" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A729" t="s">
-        <v>3613</v>
+        <v>3609</v>
       </c>
       <c r="B729" t="s">
-        <v>3614</v>
+        <v>3610</v>
       </c>
       <c r="C729" s="1">
-        <v>14.98</v>
+        <v>8.56</v>
       </c>
       <c r="D729" t="s">
         <v>19</v>
       </c>
       <c r="E729" t="s">
         <v>29</v>
       </c>
       <c r="F729" t="s">
         <v>101</v>
       </c>
       <c r="G729" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L729" t="s">
-        <v>3615</v>
+        <v>3611</v>
       </c>
       <c r="M729" t="s">
-        <v>3616</v>
+        <v>3612</v>
       </c>
       <c r="N729" t="s">
-        <v>3617</v>
+        <v>3613</v>
       </c>
     </row>
     <row r="730" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A730" t="s">
-        <v>3618</v>
+        <v>3614</v>
       </c>
       <c r="B730" t="s">
-        <v>3619</v>
+        <v>3615</v>
       </c>
       <c r="C730" s="1">
-        <v>8.56</v>
+        <v>60</v>
       </c>
       <c r="D730" t="s">
         <v>19</v>
       </c>
       <c r="E730" t="s">
         <v>29</v>
       </c>
       <c r="F730" t="s">
         <v>101</v>
       </c>
       <c r="G730" t="s">
-        <v>172</v>
+        <v>173</v>
+      </c>
+      <c r="H730" t="s">
+        <v>23</v>
+      </c>
+      <c r="I730">
+        <v>1</v>
       </c>
       <c r="L730" t="s">
-        <v>3620</v>
+        <v>3616</v>
       </c>
       <c r="M730" t="s">
-        <v>3621</v>
+        <v>3617</v>
       </c>
       <c r="N730" t="s">
-        <v>3622</v>
+        <v>0</v>
       </c>
     </row>
     <row r="731" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A731" t="s">
-        <v>3623</v>
+        <v>3618</v>
       </c>
       <c r="B731" t="s">
-        <v>3624</v>
+        <v>3619</v>
       </c>
       <c r="C731" s="1">
-        <v>14.98</v>
+        <v>63</v>
       </c>
       <c r="D731" t="s">
         <v>19</v>
       </c>
       <c r="E731" t="s">
         <v>29</v>
       </c>
       <c r="F731" t="s">
         <v>101</v>
       </c>
       <c r="G731" t="s">
-        <v>172</v>
+        <v>173</v>
+      </c>
+      <c r="H731" t="s">
+        <v>23</v>
+      </c>
+      <c r="I731">
+        <v>1</v>
+      </c>
+      <c r="J731" t="s">
+        <v>23</v>
+      </c>
+      <c r="K731">
+        <v>1</v>
       </c>
       <c r="L731" t="s">
-        <v>3625</v>
+        <v>3620</v>
       </c>
       <c r="M731" t="s">
-        <v>3626</v>
+        <v>3621</v>
       </c>
       <c r="N731" t="s">
-        <v>3627</v>
+        <v>0</v>
       </c>
     </row>
     <row r="732" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A732" t="s">
-        <v>3628</v>
+        <v>3622</v>
       </c>
       <c r="B732" t="s">
-        <v>3629</v>
+        <v>3623</v>
       </c>
       <c r="C732" s="1">
-        <v>8.56</v>
+        <v>65</v>
       </c>
       <c r="D732" t="s">
         <v>19</v>
       </c>
       <c r="E732" t="s">
         <v>29</v>
       </c>
       <c r="F732" t="s">
         <v>101</v>
       </c>
       <c r="G732" t="s">
-        <v>172</v>
+        <v>173</v>
+      </c>
+      <c r="H732" t="s">
+        <v>23</v>
+      </c>
+      <c r="I732">
+        <v>1</v>
+      </c>
+      <c r="J732" t="s">
+        <v>23</v>
+      </c>
+      <c r="K732">
+        <v>1</v>
       </c>
       <c r="L732" t="s">
-        <v>3630</v>
+        <v>3624</v>
       </c>
       <c r="M732" t="s">
-        <v>3631</v>
+        <v>3625</v>
       </c>
       <c r="N732" t="s">
-        <v>3632</v>
+        <v>0</v>
       </c>
     </row>
     <row r="733" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A733" t="s">
-        <v>3633</v>
+        <v>3626</v>
       </c>
       <c r="B733" t="s">
-        <v>3634</v>
+        <v>3627</v>
       </c>
       <c r="C733" s="1">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="D733" t="s">
         <v>19</v>
       </c>
       <c r="E733" t="s">
         <v>29</v>
       </c>
       <c r="F733" t="s">
         <v>101</v>
       </c>
       <c r="G733" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H733" t="s">
         <v>23</v>
       </c>
       <c r="I733">
         <v>1</v>
       </c>
+      <c r="J733" t="s">
+        <v>23</v>
+      </c>
+      <c r="K733">
+        <v>1</v>
+      </c>
       <c r="L733" t="s">
-        <v>3635</v>
+        <v>3628</v>
       </c>
       <c r="M733" t="s">
-        <v>3636</v>
+        <v>3629</v>
       </c>
       <c r="N733" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="734" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A734" t="s">
-        <v>3637</v>
+        <v>3630</v>
       </c>
       <c r="B734" t="s">
-        <v>3638</v>
+        <v>3631</v>
       </c>
       <c r="C734" s="1">
-        <v>63</v>
+        <v>60.99</v>
       </c>
       <c r="D734" t="s">
         <v>19</v>
       </c>
       <c r="E734" t="s">
         <v>29</v>
       </c>
       <c r="F734" t="s">
         <v>101</v>
       </c>
       <c r="G734" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H734" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I734">
         <v>1</v>
       </c>
-      <c r="J734" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L734" t="s">
-        <v>3639</v>
+        <v>3632</v>
       </c>
       <c r="M734" t="s">
-        <v>3640</v>
+        <v>3633</v>
       </c>
       <c r="N734" t="s">
-        <v>0</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="735" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A735" t="s">
-        <v>3641</v>
+        <v>3635</v>
       </c>
       <c r="B735" t="s">
-        <v>3642</v>
+        <v>3636</v>
       </c>
       <c r="C735" s="1">
-        <v>65</v>
+        <v>60.99</v>
       </c>
       <c r="D735" t="s">
         <v>19</v>
       </c>
       <c r="E735" t="s">
         <v>29</v>
       </c>
       <c r="F735" t="s">
         <v>101</v>
       </c>
       <c r="G735" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H735" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="I735">
         <v>1</v>
       </c>
-      <c r="J735" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L735" t="s">
-        <v>3643</v>
+        <v>3637</v>
       </c>
       <c r="M735" t="s">
-        <v>3644</v>
+        <v>3638</v>
       </c>
       <c r="N735" t="s">
-        <v>0</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="736" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A736" t="s">
-        <v>3645</v>
+        <v>3640</v>
       </c>
       <c r="B736" t="s">
-        <v>3646</v>
+        <v>3641</v>
       </c>
       <c r="C736" s="1">
-        <v>68</v>
+        <v>7</v>
       </c>
       <c r="D736" t="s">
         <v>19</v>
       </c>
       <c r="E736" t="s">
         <v>29</v>
       </c>
       <c r="F736" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G736" t="s">
-        <v>172</v>
-[...11 lines deleted...]
-        <v>1</v>
+        <v>3366</v>
       </c>
       <c r="L736" t="s">
-        <v>3647</v>
+        <v>3642</v>
       </c>
       <c r="M736" t="s">
-        <v>3648</v>
+        <v>3643</v>
       </c>
       <c r="N736" t="s">
-        <v>0</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="737" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A737" t="s">
-        <v>3649</v>
+        <v>3645</v>
       </c>
       <c r="B737" t="s">
-        <v>3650</v>
+        <v>3646</v>
       </c>
       <c r="C737" s="1">
-        <v>60.99</v>
+        <v>56</v>
       </c>
       <c r="D737" t="s">
         <v>19</v>
       </c>
       <c r="E737" t="s">
-        <v>29</v>
+        <v>3647</v>
       </c>
       <c r="F737" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G737" t="s">
-        <v>172</v>
+        <v>3414</v>
       </c>
       <c r="H737" t="s">
         <v>103</v>
       </c>
       <c r="I737">
         <v>1</v>
       </c>
       <c r="L737" t="s">
-        <v>3651</v>
+        <v>3648</v>
       </c>
       <c r="M737" t="s">
-        <v>3652</v>
+        <v>3649</v>
       </c>
       <c r="N737" t="s">
-        <v>3653</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="738" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A738" t="s">
-        <v>3654</v>
+        <v>3651</v>
       </c>
       <c r="B738" t="s">
-        <v>3655</v>
+        <v>3652</v>
       </c>
       <c r="C738" s="1">
-        <v>60.99</v>
+        <v>128</v>
       </c>
       <c r="D738" t="s">
         <v>19</v>
       </c>
       <c r="E738" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F738" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G738" t="s">
-        <v>172</v>
+        <v>3366</v>
       </c>
       <c r="H738" t="s">
         <v>103</v>
       </c>
       <c r="I738">
         <v>1</v>
       </c>
       <c r="L738" t="s">
-        <v>3656</v>
+        <v>3653</v>
       </c>
       <c r="M738" t="s">
-        <v>3657</v>
+        <v>3654</v>
       </c>
       <c r="N738" t="s">
-        <v>3658</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="739" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A739" t="s">
-        <v>3659</v>
+        <v>3656</v>
       </c>
       <c r="B739" t="s">
-        <v>3660</v>
+        <v>3657</v>
       </c>
       <c r="C739" s="1">
-        <v>7</v>
+        <v>80</v>
       </c>
       <c r="D739" t="s">
         <v>19</v>
       </c>
       <c r="E739" t="s">
-        <v>29</v>
+        <v>1337</v>
       </c>
       <c r="F739" t="s">
         <v>21</v>
       </c>
       <c r="G739" t="s">
-        <v>3385</v>
+        <v>3366</v>
+      </c>
+      <c r="H739" t="s">
+        <v>103</v>
+      </c>
+      <c r="I739">
+        <v>1</v>
       </c>
       <c r="L739" t="s">
-        <v>3661</v>
+        <v>3658</v>
       </c>
       <c r="M739" t="s">
-        <v>3662</v>
+        <v>3659</v>
       </c>
       <c r="N739" t="s">
-        <v>3663</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="740" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A740" t="s">
-        <v>3664</v>
+        <v>3661</v>
       </c>
       <c r="B740" t="s">
-        <v>3665</v>
+        <v>3662</v>
       </c>
       <c r="C740" s="1">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="D740" t="s">
         <v>19</v>
       </c>
       <c r="E740" t="s">
-        <v>3666</v>
+        <v>1337</v>
       </c>
       <c r="F740" t="s">
         <v>21</v>
       </c>
       <c r="G740" t="s">
-        <v>3433</v>
+        <v>3366</v>
       </c>
       <c r="H740" t="s">
         <v>103</v>
       </c>
       <c r="I740">
         <v>1</v>
       </c>
       <c r="L740" t="s">
-        <v>3667</v>
+        <v>3663</v>
       </c>
       <c r="M740" t="s">
-        <v>3668</v>
+        <v>3664</v>
       </c>
       <c r="N740" t="s">
-        <v>3669</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="741" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A741" t="s">
-        <v>3670</v>
+        <v>3666</v>
       </c>
       <c r="B741" t="s">
-        <v>3671</v>
+        <v>3667</v>
       </c>
       <c r="C741" s="1">
-        <v>128</v>
+        <v>6</v>
       </c>
       <c r="D741" t="s">
         <v>19</v>
       </c>
       <c r="E741" t="s">
+        <v>29</v>
+      </c>
+      <c r="F741" t="s">
+        <v>101</v>
+      </c>
+      <c r="G741" t="s">
+        <v>3366</v>
+      </c>
+      <c r="L741" t="s">
+        <v>3668</v>
+      </c>
+      <c r="M741" t="s">
+        <v>3669</v>
+      </c>
+      <c r="N741" t="s">
         <v>0</v>
-      </c>
-[...19 lines deleted...]
-        <v>3674</v>
       </c>
     </row>
     <row r="742" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A742" t="s">
-        <v>3675</v>
+        <v>3670</v>
       </c>
       <c r="B742" t="s">
-        <v>3676</v>
+        <v>3671</v>
       </c>
       <c r="C742" s="1">
-        <v>80</v>
+        <v>131</v>
       </c>
       <c r="D742" t="s">
         <v>19</v>
       </c>
       <c r="E742" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F742" t="s">
         <v>21</v>
       </c>
       <c r="G742" t="s">
-        <v>3385</v>
+        <v>3672</v>
       </c>
       <c r="H742" t="s">
-        <v>103</v>
+        <v>934</v>
       </c>
       <c r="I742">
         <v>1</v>
       </c>
       <c r="L742" t="s">
-        <v>3677</v>
+        <v>3673</v>
       </c>
       <c r="M742" t="s">
-        <v>3678</v>
+        <v>3674</v>
       </c>
       <c r="N742" t="s">
-        <v>3679</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="743" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A743" t="s">
-        <v>3680</v>
+        <v>3676</v>
       </c>
       <c r="B743" t="s">
-        <v>3681</v>
+        <v>3677</v>
       </c>
       <c r="C743" s="1">
-        <v>80</v>
+        <v>274</v>
       </c>
       <c r="D743" t="s">
         <v>19</v>
       </c>
       <c r="E743" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="F743" t="s">
         <v>21</v>
       </c>
       <c r="G743" t="s">
-        <v>3385</v>
+        <v>3672</v>
       </c>
       <c r="H743" t="s">
-        <v>103</v>
+        <v>934</v>
       </c>
       <c r="I743">
         <v>1</v>
       </c>
       <c r="L743" t="s">
-        <v>3682</v>
+        <v>3678</v>
       </c>
       <c r="M743" t="s">
-        <v>3683</v>
+        <v>3679</v>
       </c>
       <c r="N743" t="s">
-        <v>3684</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="744" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A744" t="s">
-        <v>3685</v>
+        <v>3681</v>
       </c>
       <c r="B744" t="s">
-        <v>3686</v>
+        <v>3682</v>
       </c>
       <c r="C744" s="1">
-        <v>6</v>
+        <v>132</v>
       </c>
       <c r="D744" t="s">
         <v>19</v>
       </c>
       <c r="E744" t="s">
         <v>29</v>
       </c>
       <c r="F744" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G744" t="s">
-        <v>3385</v>
+        <v>3683</v>
+      </c>
+      <c r="H744" t="s">
+        <v>934</v>
+      </c>
+      <c r="I744">
+        <v>1</v>
       </c>
       <c r="L744" t="s">
-        <v>3687</v>
+        <v>3684</v>
       </c>
       <c r="M744" t="s">
-        <v>3688</v>
+        <v>3685</v>
       </c>
       <c r="N744" t="s">
-        <v>0</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="745" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A745" t="s">
-        <v>3689</v>
+        <v>3687</v>
       </c>
       <c r="B745" t="s">
-        <v>3690</v>
+        <v>3688</v>
       </c>
       <c r="C745" s="1">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D745" t="s">
         <v>19</v>
       </c>
       <c r="E745" t="s">
         <v>29</v>
       </c>
       <c r="F745" t="s">
         <v>21</v>
       </c>
       <c r="G745" t="s">
+        <v>3683</v>
+      </c>
+      <c r="H745" t="s">
+        <v>934</v>
+      </c>
+      <c r="I745">
+        <v>1</v>
+      </c>
+      <c r="L745" t="s">
+        <v>3689</v>
+      </c>
+      <c r="M745" t="s">
+        <v>3690</v>
+      </c>
+      <c r="N745" t="s">
         <v>3691</v>
-      </c>
-[...13 lines deleted...]
-        <v>3694</v>
       </c>
     </row>
     <row r="746" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A746" t="s">
-        <v>3695</v>
+        <v>3692</v>
       </c>
       <c r="B746" t="s">
-        <v>3696</v>
+        <v>3693</v>
       </c>
       <c r="C746" s="1">
-        <v>274</v>
+        <v>98</v>
       </c>
       <c r="D746" t="s">
         <v>19</v>
       </c>
       <c r="E746" t="s">
         <v>29</v>
       </c>
       <c r="F746" t="s">
         <v>21</v>
       </c>
       <c r="G746" t="s">
-        <v>3691</v>
+        <v>3683</v>
       </c>
       <c r="H746" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I746">
         <v>1</v>
       </c>
       <c r="L746" t="s">
-        <v>3697</v>
+        <v>3694</v>
       </c>
       <c r="M746" t="s">
-        <v>3698</v>
+        <v>3695</v>
       </c>
       <c r="N746" t="s">
-        <v>3699</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="747" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A747" t="s">
-        <v>3700</v>
+        <v>3697</v>
       </c>
       <c r="B747" t="s">
-        <v>3701</v>
+        <v>3698</v>
       </c>
       <c r="C747" s="1">
-        <v>132</v>
+        <v>176</v>
       </c>
       <c r="D747" t="s">
         <v>19</v>
       </c>
       <c r="E747" t="s">
         <v>29</v>
       </c>
       <c r="F747" t="s">
         <v>21</v>
       </c>
       <c r="G747" t="s">
-        <v>3702</v>
+        <v>3683</v>
       </c>
       <c r="H747" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I747">
         <v>1</v>
       </c>
       <c r="L747" t="s">
-        <v>3703</v>
+        <v>3699</v>
       </c>
       <c r="M747" t="s">
-        <v>3704</v>
+        <v>3700</v>
       </c>
       <c r="N747" t="s">
-        <v>3705</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="748" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A748" t="s">
-        <v>3706</v>
+        <v>3702</v>
       </c>
       <c r="B748" t="s">
-        <v>3707</v>
+        <v>3703</v>
       </c>
       <c r="C748" s="1">
-        <v>132</v>
+        <v>198</v>
       </c>
       <c r="D748" t="s">
         <v>19</v>
       </c>
       <c r="E748" t="s">
         <v>29</v>
       </c>
       <c r="F748" t="s">
         <v>21</v>
       </c>
       <c r="G748" t="s">
-        <v>3702</v>
+        <v>3683</v>
       </c>
       <c r="H748" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I748">
         <v>1</v>
       </c>
       <c r="L748" t="s">
-        <v>3708</v>
+        <v>3704</v>
       </c>
       <c r="M748" t="s">
-        <v>3709</v>
+        <v>3705</v>
       </c>
       <c r="N748" t="s">
-        <v>3710</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="749" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A749" t="s">
-        <v>3711</v>
+        <v>3707</v>
       </c>
       <c r="B749" t="s">
-        <v>3712</v>
+        <v>3708</v>
       </c>
       <c r="C749" s="1">
-        <v>98</v>
+        <v>198</v>
       </c>
       <c r="D749" t="s">
         <v>19</v>
       </c>
       <c r="E749" t="s">
         <v>29</v>
       </c>
       <c r="F749" t="s">
         <v>21</v>
       </c>
       <c r="G749" t="s">
-        <v>3702</v>
+        <v>3683</v>
       </c>
       <c r="H749" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I749">
         <v>1</v>
       </c>
       <c r="L749" t="s">
-        <v>3713</v>
+        <v>3709</v>
       </c>
       <c r="M749" t="s">
-        <v>3714</v>
+        <v>3710</v>
       </c>
       <c r="N749" t="s">
-        <v>3715</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="750" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A750" t="s">
-        <v>3716</v>
+        <v>3712</v>
       </c>
       <c r="B750" t="s">
-        <v>3717</v>
+        <v>3713</v>
       </c>
       <c r="C750" s="1">
-        <v>176</v>
+        <v>153</v>
       </c>
       <c r="D750" t="s">
         <v>19</v>
       </c>
       <c r="E750" t="s">
         <v>29</v>
       </c>
       <c r="F750" t="s">
         <v>21</v>
       </c>
       <c r="G750" t="s">
-        <v>3702</v>
+        <v>3683</v>
       </c>
       <c r="H750" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I750">
         <v>1</v>
       </c>
       <c r="L750" t="s">
-        <v>3718</v>
+        <v>3714</v>
       </c>
       <c r="M750" t="s">
-        <v>3719</v>
+        <v>3715</v>
       </c>
       <c r="N750" t="s">
-        <v>3720</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="751" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A751" t="s">
-        <v>3721</v>
+        <v>3717</v>
       </c>
       <c r="B751" t="s">
-        <v>3722</v>
+        <v>3718</v>
       </c>
       <c r="C751" s="1">
-        <v>198</v>
+        <v>385</v>
       </c>
       <c r="D751" t="s">
         <v>19</v>
       </c>
       <c r="E751" t="s">
         <v>29</v>
       </c>
       <c r="F751" t="s">
         <v>21</v>
       </c>
       <c r="G751" t="s">
-        <v>3702</v>
+        <v>3683</v>
       </c>
       <c r="H751" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I751">
         <v>1</v>
       </c>
       <c r="L751" t="s">
-        <v>3723</v>
+        <v>3719</v>
       </c>
       <c r="M751" t="s">
-        <v>3724</v>
+        <v>3720</v>
       </c>
       <c r="N751" t="s">
-        <v>3725</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="752" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A752" t="s">
-        <v>3726</v>
+        <v>3722</v>
       </c>
       <c r="B752" t="s">
-        <v>3727</v>
+        <v>3723</v>
       </c>
       <c r="C752" s="1">
-        <v>198</v>
+        <v>318</v>
       </c>
       <c r="D752" t="s">
         <v>19</v>
       </c>
       <c r="E752" t="s">
         <v>29</v>
       </c>
       <c r="F752" t="s">
         <v>21</v>
       </c>
       <c r="G752" t="s">
-        <v>3702</v>
+        <v>3683</v>
       </c>
       <c r="H752" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I752">
         <v>1</v>
       </c>
       <c r="L752" t="s">
-        <v>3728</v>
+        <v>3724</v>
       </c>
       <c r="M752" t="s">
-        <v>3729</v>
+        <v>3725</v>
       </c>
       <c r="N752" t="s">
-        <v>3730</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="753" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A753" t="s">
-        <v>3731</v>
+        <v>3727</v>
       </c>
       <c r="B753" t="s">
-        <v>3732</v>
+        <v>3728</v>
       </c>
       <c r="C753" s="1">
-        <v>153</v>
+        <v>25</v>
       </c>
       <c r="D753" t="s">
         <v>19</v>
       </c>
       <c r="E753" t="s">
-        <v>29</v>
+        <v>2313</v>
       </c>
       <c r="F753" t="s">
         <v>21</v>
       </c>
       <c r="G753" t="s">
-        <v>3702</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>985</v>
       </c>
       <c r="L753" t="s">
-        <v>3733</v>
+        <v>3729</v>
       </c>
       <c r="M753" t="s">
-        <v>3734</v>
+        <v>3730</v>
       </c>
       <c r="N753" t="s">
-        <v>3735</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="754" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A754" t="s">
-        <v>3736</v>
+        <v>3732</v>
       </c>
       <c r="B754" t="s">
-        <v>3737</v>
+        <v>3733</v>
       </c>
       <c r="C754" s="1">
-        <v>385</v>
+        <v>38</v>
       </c>
       <c r="D754" t="s">
         <v>19</v>
       </c>
       <c r="E754" t="s">
-        <v>29</v>
+        <v>927</v>
       </c>
       <c r="F754" t="s">
         <v>21</v>
       </c>
       <c r="G754" t="s">
-        <v>3702</v>
+        <v>985</v>
       </c>
       <c r="H754" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="I754">
         <v>1</v>
       </c>
       <c r="L754" t="s">
-        <v>3738</v>
+        <v>3734</v>
       </c>
       <c r="M754" t="s">
-        <v>3739</v>
+        <v>3735</v>
       </c>
       <c r="N754" t="s">
-        <v>3740</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="755" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A755" t="s">
-        <v>3741</v>
+        <v>3737</v>
       </c>
       <c r="B755" t="s">
-        <v>3742</v>
+        <v>3738</v>
       </c>
       <c r="C755" s="1">
-        <v>318</v>
+        <v>66</v>
       </c>
       <c r="D755" t="s">
         <v>19</v>
       </c>
       <c r="E755" t="s">
-        <v>29</v>
+        <v>927</v>
       </c>
       <c r="F755" t="s">
         <v>21</v>
       </c>
       <c r="G755" t="s">
-        <v>3702</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>985</v>
       </c>
       <c r="L755" t="s">
-        <v>3743</v>
+        <v>3739</v>
       </c>
       <c r="M755" t="s">
-        <v>3744</v>
+        <v>3740</v>
       </c>
       <c r="N755" t="s">
-        <v>3745</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="756" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A756" t="s">
-        <v>3746</v>
+        <v>3742</v>
       </c>
       <c r="B756" t="s">
-        <v>3747</v>
+        <v>3743</v>
       </c>
       <c r="C756" s="1">
-        <v>25</v>
+        <v>159</v>
       </c>
       <c r="D756" t="s">
         <v>19</v>
       </c>
       <c r="E756" t="s">
-        <v>2333</v>
+        <v>29</v>
       </c>
       <c r="F756" t="s">
         <v>21</v>
       </c>
       <c r="G756" t="s">
-        <v>998</v>
+        <v>3744</v>
       </c>
       <c r="L756" t="s">
-        <v>3748</v>
+        <v>3745</v>
       </c>
       <c r="M756" t="s">
-        <v>3749</v>
+        <v>3746</v>
       </c>
       <c r="N756" t="s">
-        <v>3750</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="757" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A757" t="s">
-        <v>3751</v>
+        <v>3748</v>
       </c>
       <c r="B757" t="s">
-        <v>3752</v>
+        <v>3749</v>
       </c>
       <c r="C757" s="1">
-        <v>38</v>
+        <v>317</v>
       </c>
       <c r="D757" t="s">
         <v>19</v>
       </c>
       <c r="E757" t="s">
-        <v>941</v>
+        <v>29</v>
       </c>
       <c r="F757" t="s">
         <v>21</v>
       </c>
       <c r="G757" t="s">
-        <v>998</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3744</v>
       </c>
       <c r="L757" t="s">
-        <v>3753</v>
+        <v>3750</v>
       </c>
       <c r="M757" t="s">
-        <v>3754</v>
+        <v>3751</v>
       </c>
       <c r="N757" t="s">
-        <v>3755</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="758" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A758" t="s">
-        <v>3756</v>
+        <v>3753</v>
       </c>
       <c r="B758" t="s">
-        <v>3757</v>
+        <v>3754</v>
       </c>
       <c r="C758" s="1">
-        <v>66</v>
+        <v>413</v>
       </c>
       <c r="D758" t="s">
         <v>19</v>
       </c>
       <c r="E758" t="s">
-        <v>941</v>
+        <v>29</v>
       </c>
       <c r="F758" t="s">
         <v>21</v>
       </c>
       <c r="G758" t="s">
-        <v>998</v>
+        <v>3744</v>
       </c>
       <c r="L758" t="s">
-        <v>3758</v>
+        <v>3755</v>
       </c>
       <c r="M758" t="s">
-        <v>3759</v>
+        <v>3756</v>
       </c>
       <c r="N758" t="s">
-        <v>3760</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="759" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A759" t="s">
-        <v>3761</v>
+        <v>3758</v>
       </c>
       <c r="B759" t="s">
-        <v>3762</v>
+        <v>3759</v>
       </c>
       <c r="C759" s="1">
-        <v>159</v>
+        <v>509</v>
       </c>
       <c r="D759" t="s">
         <v>19</v>
       </c>
       <c r="E759" t="s">
         <v>29</v>
       </c>
       <c r="F759" t="s">
         <v>21</v>
       </c>
       <c r="G759" t="s">
-        <v>3763</v>
+        <v>3744</v>
       </c>
       <c r="L759" t="s">
-        <v>3764</v>
+        <v>3760</v>
       </c>
       <c r="M759" t="s">
-        <v>3765</v>
+        <v>3761</v>
       </c>
       <c r="N759" t="s">
-        <v>3766</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="760" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A760" t="s">
-        <v>3767</v>
+        <v>3763</v>
       </c>
       <c r="B760" t="s">
-        <v>3768</v>
+        <v>3764</v>
       </c>
       <c r="C760" s="1">
-        <v>317</v>
+        <v>54</v>
       </c>
       <c r="D760" t="s">
         <v>19</v>
       </c>
       <c r="E760" t="s">
         <v>29</v>
       </c>
       <c r="F760" t="s">
         <v>21</v>
       </c>
       <c r="G760" t="s">
-        <v>3763</v>
+        <v>1018</v>
       </c>
       <c r="L760" t="s">
-        <v>3769</v>
+        <v>3765</v>
       </c>
       <c r="M760" t="s">
-        <v>3770</v>
+        <v>3766</v>
       </c>
       <c r="N760" t="s">
-        <v>3771</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="761" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A761" t="s">
-        <v>3772</v>
+        <v>3768</v>
       </c>
       <c r="B761" t="s">
-        <v>3773</v>
+        <v>3769</v>
       </c>
       <c r="C761" s="1">
-        <v>413</v>
+        <v>25</v>
       </c>
       <c r="D761" t="s">
         <v>19</v>
       </c>
       <c r="E761" t="s">
         <v>29</v>
       </c>
       <c r="F761" t="s">
         <v>21</v>
       </c>
       <c r="G761" t="s">
-        <v>3763</v>
+        <v>1018</v>
       </c>
       <c r="L761" t="s">
-        <v>3774</v>
+        <v>3770</v>
       </c>
       <c r="M761" t="s">
-        <v>3775</v>
+        <v>3771</v>
       </c>
       <c r="N761" t="s">
-        <v>3776</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="762" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A762" t="s">
-        <v>3777</v>
+        <v>3773</v>
       </c>
       <c r="B762" t="s">
-        <v>3778</v>
+        <v>3774</v>
       </c>
       <c r="C762" s="1">
-        <v>509</v>
+        <v>794</v>
       </c>
       <c r="D762" t="s">
         <v>19</v>
       </c>
       <c r="E762" t="s">
         <v>29</v>
       </c>
       <c r="F762" t="s">
         <v>21</v>
       </c>
       <c r="G762" t="s">
-        <v>3763</v>
+        <v>3744</v>
+      </c>
+      <c r="H762" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I762">
+        <v>1</v>
       </c>
       <c r="L762" t="s">
-        <v>3779</v>
+        <v>3775</v>
       </c>
       <c r="M762" t="s">
-        <v>3780</v>
+        <v>3776</v>
       </c>
       <c r="N762" t="s">
-        <v>3781</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="763" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A763" t="s">
-        <v>3782</v>
+        <v>3778</v>
       </c>
       <c r="B763" t="s">
-        <v>3783</v>
+        <v>3779</v>
       </c>
       <c r="C763" s="1">
-        <v>54</v>
+        <v>794</v>
       </c>
       <c r="D763" t="s">
         <v>19</v>
       </c>
       <c r="E763" t="s">
         <v>29</v>
       </c>
       <c r="F763" t="s">
         <v>21</v>
       </c>
       <c r="G763" t="s">
-        <v>1031</v>
+        <v>3744</v>
+      </c>
+      <c r="H763" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I763">
+        <v>1</v>
       </c>
       <c r="L763" t="s">
-        <v>3784</v>
+        <v>3780</v>
       </c>
       <c r="M763" t="s">
-        <v>3785</v>
+        <v>3781</v>
       </c>
       <c r="N763" t="s">
-        <v>3786</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="764" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A764" t="s">
-        <v>3787</v>
+        <v>3783</v>
       </c>
       <c r="B764" t="s">
-        <v>3788</v>
+        <v>3784</v>
       </c>
       <c r="C764" s="1">
-        <v>25</v>
+        <v>794</v>
       </c>
       <c r="D764" t="s">
         <v>19</v>
       </c>
       <c r="E764" t="s">
         <v>29</v>
       </c>
       <c r="F764" t="s">
         <v>21</v>
       </c>
       <c r="G764" t="s">
-        <v>1031</v>
+        <v>3744</v>
+      </c>
+      <c r="H764" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I764">
+        <v>1</v>
       </c>
       <c r="L764" t="s">
-        <v>3789</v>
+        <v>3785</v>
       </c>
       <c r="M764" t="s">
-        <v>3790</v>
+        <v>3786</v>
       </c>
       <c r="N764" t="s">
-        <v>3791</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="765" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A765" t="s">
-        <v>3792</v>
+        <v>3788</v>
       </c>
       <c r="B765" t="s">
-        <v>3793</v>
+        <v>3789</v>
       </c>
       <c r="C765" s="1">
-        <v>794</v>
+        <v>31</v>
       </c>
       <c r="D765" t="s">
         <v>19</v>
       </c>
       <c r="E765" t="s">
         <v>29</v>
       </c>
       <c r="F765" t="s">
         <v>21</v>
       </c>
       <c r="G765" t="s">
-        <v>3763</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3744</v>
       </c>
       <c r="L765" t="s">
-        <v>3794</v>
+        <v>3790</v>
       </c>
       <c r="M765" t="s">
-        <v>3795</v>
+        <v>3791</v>
       </c>
       <c r="N765" t="s">
-        <v>3796</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="766" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A766" t="s">
-        <v>3797</v>
+        <v>3793</v>
       </c>
       <c r="B766" t="s">
-        <v>3798</v>
+        <v>3794</v>
       </c>
       <c r="C766" s="1">
-        <v>794</v>
+        <v>402</v>
       </c>
       <c r="D766" t="s">
         <v>19</v>
       </c>
       <c r="E766" t="s">
-        <v>29</v>
+        <v>3795</v>
       </c>
       <c r="F766" t="s">
         <v>21</v>
       </c>
       <c r="G766" t="s">
-        <v>3763</v>
+        <v>3796</v>
       </c>
       <c r="H766" t="s">
-        <v>1434</v>
+        <v>103</v>
       </c>
       <c r="I766">
         <v>1</v>
       </c>
       <c r="L766" t="s">
+        <v>3797</v>
+      </c>
+      <c r="M766" t="s">
+        <v>3798</v>
+      </c>
+      <c r="N766" t="s">
         <v>3799</v>
-      </c>
-[...4 lines deleted...]
-        <v>3801</v>
       </c>
     </row>
     <row r="767" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A767" t="s">
-        <v>3802</v>
+        <v>3800</v>
       </c>
       <c r="B767" t="s">
-        <v>3803</v>
+        <v>3801</v>
       </c>
       <c r="C767" s="1">
-        <v>794</v>
+        <v>153</v>
       </c>
       <c r="D767" t="s">
         <v>19</v>
       </c>
       <c r="E767" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F767" t="s">
         <v>21</v>
       </c>
       <c r="G767" t="s">
-        <v>3763</v>
+        <v>3796</v>
       </c>
       <c r="H767" t="s">
-        <v>1434</v>
+        <v>103</v>
       </c>
       <c r="I767">
         <v>1</v>
       </c>
       <c r="L767" t="s">
+        <v>3802</v>
+      </c>
+      <c r="M767" t="s">
+        <v>3803</v>
+      </c>
+      <c r="N767" t="s">
         <v>3804</v>
-      </c>
-[...4 lines deleted...]
-        <v>3806</v>
       </c>
     </row>
     <row r="768" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A768" t="s">
+        <v>3805</v>
+      </c>
+      <c r="B768" t="s">
+        <v>3806</v>
+      </c>
+      <c r="C768" s="1">
+        <v>278</v>
+      </c>
+      <c r="D768" t="s">
+        <v>19</v>
+      </c>
+      <c r="E768" t="s">
         <v>3807</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F768" t="s">
         <v>21</v>
       </c>
       <c r="G768" t="s">
-        <v>3763</v>
+        <v>3796</v>
+      </c>
+      <c r="H768" t="s">
+        <v>103</v>
+      </c>
+      <c r="I768">
+        <v>1</v>
       </c>
       <c r="L768" t="s">
+        <v>3808</v>
+      </c>
+      <c r="M768" t="s">
         <v>3809</v>
       </c>
-      <c r="M768" t="s">
+      <c r="N768" t="s">
         <v>3810</v>
-      </c>
-[...1 lines deleted...]
-        <v>3811</v>
       </c>
     </row>
     <row r="769" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A769" t="s">
+        <v>3811</v>
+      </c>
+      <c r="B769" t="s">
         <v>3812</v>
       </c>
-      <c r="B769" t="s">
+      <c r="C769" s="1">
+        <v>900</v>
+      </c>
+      <c r="D769" t="s">
+        <v>19</v>
+      </c>
+      <c r="E769" t="s">
+        <v>0</v>
+      </c>
+      <c r="F769" t="s">
+        <v>883</v>
+      </c>
+      <c r="G769" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H769" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I769">
+        <v>1</v>
+      </c>
+      <c r="L769" t="s">
         <v>3813</v>
       </c>
-      <c r="C769" s="1">
-[...5 lines deleted...]
-      <c r="E769" t="s">
+      <c r="M769" t="s">
         <v>3814</v>
       </c>
-      <c r="F769" t="s">
-[...2 lines deleted...]
-      <c r="G769" t="s">
+      <c r="N769" t="s">
         <v>3815</v>
-      </c>
-[...13 lines deleted...]
-        <v>3818</v>
       </c>
     </row>
     <row r="770" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A770" t="s">
-        <v>3819</v>
+        <v>3816</v>
       </c>
       <c r="B770" t="s">
-        <v>3820</v>
+        <v>3817</v>
       </c>
       <c r="C770" s="1">
-        <v>153</v>
+        <v>900</v>
       </c>
       <c r="D770" t="s">
         <v>19</v>
       </c>
       <c r="E770" t="s">
         <v>0</v>
       </c>
       <c r="F770" t="s">
-        <v>21</v>
+        <v>883</v>
       </c>
       <c r="G770" t="s">
-        <v>3815</v>
+        <v>1018</v>
       </c>
       <c r="H770" t="s">
-        <v>103</v>
+        <v>1436</v>
       </c>
       <c r="I770">
         <v>1</v>
       </c>
       <c r="L770" t="s">
-        <v>3821</v>
+        <v>3818</v>
       </c>
       <c r="M770" t="s">
-        <v>3822</v>
+        <v>3819</v>
       </c>
       <c r="N770" t="s">
-        <v>3823</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="771" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A771" t="s">
+        <v>3821</v>
+      </c>
+      <c r="B771" t="s">
+        <v>3822</v>
+      </c>
+      <c r="C771" s="1">
+        <v>900</v>
+      </c>
+      <c r="D771" t="s">
+        <v>19</v>
+      </c>
+      <c r="E771" t="s">
+        <v>0</v>
+      </c>
+      <c r="F771" t="s">
+        <v>883</v>
+      </c>
+      <c r="G771" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H771" t="s">
+        <v>1436</v>
+      </c>
+      <c r="I771">
+        <v>1</v>
+      </c>
+      <c r="L771" t="s">
+        <v>0</v>
+      </c>
+      <c r="M771" t="s">
+        <v>3823</v>
+      </c>
+      <c r="N771" t="s">
         <v>3824</v>
-      </c>
-[...31 lines deleted...]
-        <v>3829</v>
       </c>
     </row>
     <row r="772" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A772" t="s">
-        <v>3830</v>
+        <v>3825</v>
       </c>
       <c r="B772" t="s">
-        <v>3831</v>
+        <v>3826</v>
       </c>
       <c r="C772" s="1">
         <v>900</v>
       </c>
       <c r="D772" t="s">
         <v>19</v>
       </c>
       <c r="E772" t="s">
         <v>0</v>
       </c>
       <c r="F772" t="s">
-        <v>890</v>
+        <v>883</v>
       </c>
       <c r="G772" t="s">
-        <v>1031</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1018</v>
       </c>
       <c r="L772" t="s">
-        <v>3832</v>
+        <v>0</v>
       </c>
       <c r="M772" t="s">
-        <v>3833</v>
+        <v>3827</v>
       </c>
       <c r="N772" t="s">
-        <v>3834</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="773" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A773" t="s">
-        <v>3835</v>
+        <v>3829</v>
       </c>
       <c r="B773" t="s">
-        <v>3836</v>
+        <v>3830</v>
       </c>
       <c r="C773" s="1">
-        <v>900</v>
+        <v>17</v>
       </c>
       <c r="D773" t="s">
         <v>19</v>
       </c>
       <c r="E773" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F773" t="s">
-        <v>890</v>
+        <v>21</v>
       </c>
       <c r="G773" t="s">
-        <v>1031</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3796</v>
       </c>
       <c r="L773" t="s">
-        <v>3837</v>
+        <v>3831</v>
       </c>
       <c r="M773" t="s">
-        <v>3838</v>
+        <v>3832</v>
       </c>
       <c r="N773" t="s">
-        <v>3839</v>
+        <v>3833</v>
       </c>
     </row>
     <row r="774" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A774" t="s">
-        <v>3840</v>
+        <v>3834</v>
       </c>
       <c r="B774" t="s">
-        <v>3841</v>
+        <v>3835</v>
       </c>
       <c r="C774" s="1">
-        <v>900</v>
+        <v>19</v>
       </c>
       <c r="D774" t="s">
         <v>19</v>
       </c>
       <c r="E774" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F774" t="s">
-        <v>890</v>
+        <v>21</v>
       </c>
       <c r="G774" t="s">
-        <v>1031</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3796</v>
       </c>
       <c r="L774" t="s">
-        <v>0</v>
+        <v>3836</v>
       </c>
       <c r="M774" t="s">
-        <v>3842</v>
+        <v>3837</v>
       </c>
       <c r="N774" t="s">
-        <v>3843</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="775" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A775" t="s">
-        <v>3844</v>
+        <v>3839</v>
       </c>
       <c r="B775" t="s">
-        <v>3845</v>
+        <v>3840</v>
       </c>
       <c r="C775" s="1">
-        <v>900</v>
+        <v>17</v>
       </c>
       <c r="D775" t="s">
         <v>19</v>
       </c>
       <c r="E775" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F775" t="s">
-        <v>890</v>
+        <v>21</v>
       </c>
       <c r="G775" t="s">
-        <v>1031</v>
+        <v>3796</v>
       </c>
       <c r="L775" t="s">
-        <v>0</v>
+        <v>3841</v>
       </c>
       <c r="M775" t="s">
-        <v>3846</v>
+        <v>3842</v>
       </c>
       <c r="N775" t="s">
-        <v>3847</v>
+        <v>3843</v>
       </c>
     </row>
     <row r="776" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A776" t="s">
-        <v>3848</v>
+        <v>3844</v>
       </c>
       <c r="B776" t="s">
-        <v>3849</v>
+        <v>3845</v>
       </c>
       <c r="C776" s="1">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D776" t="s">
         <v>19</v>
       </c>
       <c r="E776" t="s">
         <v>29</v>
       </c>
       <c r="F776" t="s">
         <v>21</v>
       </c>
       <c r="G776" t="s">
-        <v>3815</v>
+        <v>3796</v>
       </c>
       <c r="L776" t="s">
-        <v>3850</v>
+        <v>3846</v>
       </c>
       <c r="M776" t="s">
-        <v>3851</v>
+        <v>3847</v>
       </c>
       <c r="N776" t="s">
-        <v>3852</v>
+        <v>3848</v>
       </c>
     </row>
     <row r="777" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A777" t="s">
-        <v>3853</v>
+        <v>3849</v>
       </c>
       <c r="B777" t="s">
-        <v>3854</v>
+        <v>3850</v>
       </c>
       <c r="C777" s="1">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D777" t="s">
         <v>19</v>
       </c>
       <c r="E777" t="s">
         <v>29</v>
       </c>
       <c r="F777" t="s">
         <v>21</v>
       </c>
       <c r="G777" t="s">
-        <v>3815</v>
+        <v>3796</v>
       </c>
       <c r="L777" t="s">
-        <v>3855</v>
+        <v>3851</v>
       </c>
       <c r="M777" t="s">
-        <v>3856</v>
+        <v>3852</v>
       </c>
       <c r="N777" t="s">
-        <v>3857</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="778" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A778" t="s">
-        <v>3858</v>
+        <v>3854</v>
       </c>
       <c r="B778" t="s">
-        <v>3859</v>
+        <v>3855</v>
       </c>
       <c r="C778" s="1">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D778" t="s">
         <v>19</v>
       </c>
       <c r="E778" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F778" t="s">
         <v>21</v>
       </c>
       <c r="G778" t="s">
-        <v>3815</v>
+        <v>3856</v>
+      </c>
+      <c r="H778" t="s">
+        <v>934</v>
+      </c>
+      <c r="I778">
+        <v>1</v>
       </c>
       <c r="L778" t="s">
-        <v>3860</v>
+        <v>3857</v>
       </c>
       <c r="M778" t="s">
-        <v>3861</v>
+        <v>3858</v>
       </c>
       <c r="N778" t="s">
-        <v>3862</v>
+        <v>3859</v>
       </c>
     </row>
     <row r="779" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A779" t="s">
-        <v>3863</v>
+        <v>3860</v>
       </c>
       <c r="B779" t="s">
-        <v>3864</v>
+        <v>3861</v>
       </c>
       <c r="C779" s="1">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="D779" t="s">
         <v>19</v>
       </c>
       <c r="E779" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F779" t="s">
         <v>21</v>
       </c>
       <c r="G779" t="s">
-        <v>3815</v>
+        <v>3856</v>
+      </c>
+      <c r="H779" t="s">
+        <v>934</v>
+      </c>
+      <c r="I779">
+        <v>1</v>
       </c>
       <c r="L779" t="s">
-        <v>3865</v>
+        <v>3862</v>
       </c>
       <c r="M779" t="s">
-        <v>3866</v>
+        <v>3863</v>
       </c>
       <c r="N779" t="s">
-        <v>3867</v>
+        <v>3864</v>
       </c>
     </row>
     <row r="780" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A780" t="s">
-        <v>3868</v>
+        <v>3865</v>
       </c>
       <c r="B780" t="s">
-        <v>3869</v>
+        <v>3866</v>
       </c>
       <c r="C780" s="1">
-        <v>25</v>
+        <v>191</v>
       </c>
       <c r="D780" t="s">
         <v>19</v>
       </c>
       <c r="E780" t="s">
         <v>29</v>
       </c>
       <c r="F780" t="s">
-        <v>21</v>
+        <v>883</v>
       </c>
       <c r="G780" t="s">
-        <v>3815</v>
+        <v>1018</v>
       </c>
       <c r="L780" t="s">
-        <v>3870</v>
+        <v>3867</v>
       </c>
       <c r="M780" t="s">
-        <v>3871</v>
+        <v>3868</v>
       </c>
       <c r="N780" t="s">
-        <v>3872</v>
+        <v>3869</v>
       </c>
     </row>
     <row r="781" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A781" t="s">
-        <v>3873</v>
+        <v>3870</v>
       </c>
       <c r="B781" t="s">
-        <v>3874</v>
+        <v>3871</v>
       </c>
       <c r="C781" s="1">
-        <v>55</v>
+        <v>216</v>
       </c>
       <c r="D781" t="s">
         <v>19</v>
       </c>
       <c r="E781" t="s">
         <v>0</v>
       </c>
       <c r="F781" t="s">
-        <v>21</v>
+        <v>883</v>
       </c>
       <c r="G781" t="s">
-        <v>3875</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1018</v>
       </c>
       <c r="L781" t="s">
-        <v>3876</v>
+        <v>3872</v>
       </c>
       <c r="M781" t="s">
-        <v>3877</v>
+        <v>3873</v>
       </c>
       <c r="N781" t="s">
-        <v>3878</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="782" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A782" t="s">
-        <v>3879</v>
+        <v>3875</v>
       </c>
       <c r="B782" t="s">
-        <v>3880</v>
+        <v>3876</v>
       </c>
       <c r="C782" s="1">
-        <v>80</v>
+        <v>227</v>
       </c>
       <c r="D782" t="s">
         <v>19</v>
       </c>
       <c r="E782" t="s">
         <v>0</v>
       </c>
       <c r="F782" t="s">
-        <v>21</v>
+        <v>883</v>
       </c>
       <c r="G782" t="s">
-        <v>3875</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1018</v>
       </c>
       <c r="L782" t="s">
-        <v>3881</v>
+        <v>3877</v>
       </c>
       <c r="M782" t="s">
-        <v>3882</v>
+        <v>3878</v>
       </c>
       <c r="N782" t="s">
-        <v>3883</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="783" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A783" t="s">
-        <v>3884</v>
+        <v>3880</v>
       </c>
       <c r="B783" t="s">
-        <v>3885</v>
+        <v>3881</v>
       </c>
       <c r="C783" s="1">
-        <v>191</v>
+        <v>212</v>
       </c>
       <c r="D783" t="s">
         <v>19</v>
       </c>
       <c r="E783" t="s">
         <v>29</v>
       </c>
       <c r="F783" t="s">
-        <v>890</v>
+        <v>883</v>
       </c>
       <c r="G783" t="s">
-        <v>1031</v>
+        <v>1018</v>
       </c>
       <c r="L783" t="s">
-        <v>3886</v>
+        <v>3882</v>
       </c>
       <c r="M783" t="s">
-        <v>3887</v>
+        <v>3883</v>
       </c>
       <c r="N783" t="s">
-        <v>3888</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="784" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A784" t="s">
+        <v>3885</v>
+      </c>
+      <c r="B784" t="s">
+        <v>3886</v>
+      </c>
+      <c r="C784" s="1">
+        <v>250</v>
+      </c>
+      <c r="D784" t="s">
+        <v>19</v>
+      </c>
+      <c r="E784" t="s">
+        <v>29</v>
+      </c>
+      <c r="F784" t="s">
+        <v>883</v>
+      </c>
+      <c r="G784" t="s">
+        <v>1018</v>
+      </c>
+      <c r="L784" t="s">
+        <v>3887</v>
+      </c>
+      <c r="M784" t="s">
+        <v>3888</v>
+      </c>
+      <c r="N784" t="s">
         <v>3889</v>
-      </c>
-[...25 lines deleted...]
-        <v>3893</v>
       </c>
     </row>
     <row r="785" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A785" t="s">
+        <v>3890</v>
+      </c>
+      <c r="B785" t="s">
+        <v>3891</v>
+      </c>
+      <c r="C785" s="1">
+        <v>21</v>
+      </c>
+      <c r="D785" t="s">
+        <v>19</v>
+      </c>
+      <c r="E785" t="s">
+        <v>3892</v>
+      </c>
+      <c r="F785" t="s">
+        <v>21</v>
+      </c>
+      <c r="G785" t="s">
+        <v>91</v>
+      </c>
+      <c r="L785" t="s">
+        <v>3893</v>
+      </c>
+      <c r="M785" t="s">
         <v>3894</v>
       </c>
-      <c r="B785" t="s">
+      <c r="N785" t="s">
         <v>3895</v>
-      </c>
-[...22 lines deleted...]
-        <v>3898</v>
       </c>
     </row>
     <row r="786" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A786" t="s">
+        <v>3896</v>
+      </c>
+      <c r="B786" t="s">
+        <v>3897</v>
+      </c>
+      <c r="C786" s="1">
+        <v>21</v>
+      </c>
+      <c r="D786" t="s">
+        <v>19</v>
+      </c>
+      <c r="E786" t="s">
+        <v>3892</v>
+      </c>
+      <c r="F786" t="s">
+        <v>21</v>
+      </c>
+      <c r="G786" t="s">
+        <v>91</v>
+      </c>
+      <c r="L786" t="s">
+        <v>3898</v>
+      </c>
+      <c r="M786" t="s">
         <v>3899</v>
       </c>
-      <c r="B786" t="s">
+      <c r="N786" t="s">
         <v>3900</v>
-      </c>
-[...22 lines deleted...]
-        <v>3903</v>
       </c>
     </row>
     <row r="787" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A787" t="s">
+        <v>3901</v>
+      </c>
+      <c r="B787" t="s">
+        <v>3902</v>
+      </c>
+      <c r="C787" s="1">
+        <v>31</v>
+      </c>
+      <c r="D787" t="s">
+        <v>19</v>
+      </c>
+      <c r="E787" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F787" t="s">
+        <v>21</v>
+      </c>
+      <c r="G787" t="s">
+        <v>91</v>
+      </c>
+      <c r="L787" t="s">
+        <v>3903</v>
+      </c>
+      <c r="M787" t="s">
         <v>3904</v>
       </c>
-      <c r="B787" t="s">
+      <c r="N787" t="s">
         <v>3905</v>
-      </c>
-[...22 lines deleted...]
-        <v>3908</v>
       </c>
     </row>
     <row r="788" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A788" t="s">
+        <v>3906</v>
+      </c>
+      <c r="B788" t="s">
+        <v>3907</v>
+      </c>
+      <c r="C788" s="1">
+        <v>25</v>
+      </c>
+      <c r="D788" t="s">
+        <v>19</v>
+      </c>
+      <c r="E788" t="s">
+        <v>3892</v>
+      </c>
+      <c r="F788" t="s">
+        <v>21</v>
+      </c>
+      <c r="G788" t="s">
+        <v>91</v>
+      </c>
+      <c r="L788" t="s">
+        <v>3908</v>
+      </c>
+      <c r="M788" t="s">
         <v>3909</v>
       </c>
-      <c r="B788" t="s">
+      <c r="N788" t="s">
         <v>3910</v>
-      </c>
-[...22 lines deleted...]
-        <v>3914</v>
       </c>
     </row>
     <row r="789" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A789" t="s">
+        <v>3911</v>
+      </c>
+      <c r="B789" t="s">
+        <v>3912</v>
+      </c>
+      <c r="C789" s="1">
+        <v>25</v>
+      </c>
+      <c r="D789" t="s">
+        <v>19</v>
+      </c>
+      <c r="E789" t="s">
+        <v>3892</v>
+      </c>
+      <c r="F789" t="s">
+        <v>21</v>
+      </c>
+      <c r="G789" t="s">
+        <v>91</v>
+      </c>
+      <c r="L789" t="s">
+        <v>3913</v>
+      </c>
+      <c r="M789" t="s">
+        <v>3914</v>
+      </c>
+      <c r="N789" t="s">
         <v>3915</v>
-      </c>
-[...25 lines deleted...]
-        <v>3919</v>
       </c>
     </row>
     <row r="790" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A790" t="s">
+        <v>3916</v>
+      </c>
+      <c r="B790" t="s">
+        <v>3917</v>
+      </c>
+      <c r="C790" s="1">
+        <v>25</v>
+      </c>
+      <c r="D790" t="s">
+        <v>19</v>
+      </c>
+      <c r="E790" t="s">
+        <v>3892</v>
+      </c>
+      <c r="F790" t="s">
+        <v>21</v>
+      </c>
+      <c r="G790" t="s">
+        <v>91</v>
+      </c>
+      <c r="L790" t="s">
+        <v>3918</v>
+      </c>
+      <c r="M790" t="s">
+        <v>3919</v>
+      </c>
+      <c r="N790" t="s">
         <v>3920</v>
-      </c>
-[...25 lines deleted...]
-        <v>3924</v>
       </c>
     </row>
     <row r="791" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A791" t="s">
+        <v>3921</v>
+      </c>
+      <c r="B791" t="s">
+        <v>3922</v>
+      </c>
+      <c r="C791" s="1">
+        <v>25</v>
+      </c>
+      <c r="D791" t="s">
+        <v>19</v>
+      </c>
+      <c r="E791" t="s">
+        <v>3892</v>
+      </c>
+      <c r="F791" t="s">
+        <v>21</v>
+      </c>
+      <c r="G791" t="s">
+        <v>91</v>
+      </c>
+      <c r="L791" t="s">
+        <v>3923</v>
+      </c>
+      <c r="M791" t="s">
+        <v>3924</v>
+      </c>
+      <c r="N791" t="s">
         <v>3925</v>
-      </c>
-[...25 lines deleted...]
-        <v>3929</v>
       </c>
     </row>
     <row r="792" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A792" t="s">
-        <v>3930</v>
+        <v>3926</v>
       </c>
       <c r="B792" t="s">
-        <v>3931</v>
+        <v>3927</v>
       </c>
       <c r="C792" s="1">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D792" t="s">
         <v>19</v>
       </c>
       <c r="E792" t="s">
-        <v>3932</v>
+        <v>3892</v>
       </c>
       <c r="F792" t="s">
         <v>21</v>
       </c>
       <c r="G792" t="s">
         <v>91</v>
       </c>
       <c r="L792" t="s">
-        <v>3933</v>
+        <v>3928</v>
       </c>
       <c r="M792" t="s">
-        <v>3934</v>
+        <v>3929</v>
       </c>
       <c r="N792" t="s">
-        <v>3935</v>
+        <v>3930</v>
       </c>
     </row>
     <row r="793" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A793" t="s">
-        <v>3936</v>
+        <v>3931</v>
       </c>
       <c r="B793" t="s">
-        <v>3937</v>
+        <v>3932</v>
       </c>
       <c r="C793" s="1">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D793" t="s">
         <v>19</v>
       </c>
       <c r="E793" t="s">
-        <v>3932</v>
+        <v>29</v>
       </c>
       <c r="F793" t="s">
         <v>21</v>
       </c>
       <c r="G793" t="s">
         <v>91</v>
       </c>
       <c r="L793" t="s">
-        <v>3938</v>
+        <v>3933</v>
       </c>
       <c r="M793" t="s">
-        <v>3939</v>
+        <v>3934</v>
       </c>
       <c r="N793" t="s">
-        <v>3940</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="794" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A794" t="s">
-        <v>3941</v>
+        <v>3936</v>
       </c>
       <c r="B794" t="s">
-        <v>3942</v>
+        <v>3937</v>
       </c>
       <c r="C794" s="1">
-        <v>31</v>
+        <v>2</v>
       </c>
       <c r="D794" t="s">
         <v>19</v>
       </c>
       <c r="E794" t="s">
-        <v>1771</v>
+        <v>3938</v>
       </c>
       <c r="F794" t="s">
         <v>21</v>
       </c>
       <c r="G794" t="s">
         <v>91</v>
       </c>
       <c r="L794" t="s">
-        <v>3943</v>
+        <v>3939</v>
       </c>
       <c r="M794" t="s">
-        <v>3944</v>
+        <v>3940</v>
       </c>
       <c r="N794" t="s">
-        <v>3945</v>
+        <v>3941</v>
       </c>
     </row>
     <row r="795" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A795" t="s">
-        <v>3946</v>
+        <v>3942</v>
       </c>
       <c r="B795" t="s">
-        <v>3947</v>
+        <v>3943</v>
       </c>
       <c r="C795" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D795" t="s">
         <v>19</v>
       </c>
       <c r="E795" t="s">
-        <v>3932</v>
+        <v>2313</v>
       </c>
       <c r="F795" t="s">
         <v>21</v>
       </c>
       <c r="G795" t="s">
         <v>91</v>
       </c>
       <c r="L795" t="s">
-        <v>3948</v>
+        <v>3944</v>
       </c>
       <c r="M795" t="s">
-        <v>3949</v>
+        <v>3945</v>
       </c>
       <c r="N795" t="s">
-        <v>3950</v>
+        <v>3946</v>
       </c>
     </row>
     <row r="796" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A796" t="s">
-        <v>3951</v>
+        <v>3947</v>
       </c>
       <c r="B796" t="s">
-        <v>3952</v>
+        <v>3948</v>
       </c>
       <c r="C796" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D796" t="s">
         <v>19</v>
       </c>
       <c r="E796" t="s">
-        <v>3932</v>
+        <v>2313</v>
       </c>
       <c r="F796" t="s">
         <v>21</v>
       </c>
       <c r="G796" t="s">
         <v>91</v>
       </c>
       <c r="L796" t="s">
-        <v>3953</v>
+        <v>3949</v>
       </c>
       <c r="M796" t="s">
-        <v>3954</v>
+        <v>3950</v>
       </c>
       <c r="N796" t="s">
-        <v>3955</v>
+        <v>3951</v>
       </c>
     </row>
     <row r="797" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A797" t="s">
-        <v>3956</v>
+        <v>3952</v>
       </c>
       <c r="B797" t="s">
-        <v>3957</v>
+        <v>3953</v>
       </c>
       <c r="C797" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D797" t="s">
         <v>19</v>
       </c>
       <c r="E797" t="s">
-        <v>3932</v>
+        <v>2313</v>
       </c>
       <c r="F797" t="s">
         <v>21</v>
       </c>
       <c r="G797" t="s">
         <v>91</v>
       </c>
       <c r="L797" t="s">
-        <v>3958</v>
+        <v>3954</v>
       </c>
       <c r="M797" t="s">
-        <v>3959</v>
+        <v>3955</v>
       </c>
       <c r="N797" t="s">
-        <v>3960</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="798" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A798" t="s">
-        <v>3961</v>
+        <v>3957</v>
       </c>
       <c r="B798" t="s">
-        <v>3962</v>
+        <v>3958</v>
       </c>
       <c r="C798" s="1">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="D798" t="s">
         <v>19</v>
       </c>
       <c r="E798" t="s">
-        <v>3932</v>
+        <v>2313</v>
       </c>
       <c r="F798" t="s">
         <v>21</v>
       </c>
       <c r="G798" t="s">
         <v>91</v>
       </c>
       <c r="L798" t="s">
-        <v>3963</v>
+        <v>3959</v>
       </c>
       <c r="M798" t="s">
-        <v>3964</v>
+        <v>3960</v>
       </c>
       <c r="N798" t="s">
-        <v>3965</v>
+        <v>3961</v>
       </c>
     </row>
     <row r="799" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A799" t="s">
-        <v>3966</v>
+        <v>3962</v>
       </c>
       <c r="B799" t="s">
-        <v>3967</v>
+        <v>3963</v>
       </c>
       <c r="C799" s="1">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D799" t="s">
         <v>19</v>
       </c>
       <c r="E799" t="s">
-        <v>3932</v>
+        <v>3892</v>
       </c>
       <c r="F799" t="s">
         <v>21</v>
       </c>
       <c r="G799" t="s">
         <v>91</v>
       </c>
       <c r="L799" t="s">
-        <v>3968</v>
+        <v>3964</v>
       </c>
       <c r="M799" t="s">
-        <v>3969</v>
+        <v>3965</v>
       </c>
       <c r="N799" t="s">
-        <v>3970</v>
+        <v>3966</v>
       </c>
     </row>
     <row r="800" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A800" t="s">
-        <v>3971</v>
+        <v>3967</v>
       </c>
       <c r="B800" t="s">
-        <v>3972</v>
+        <v>3968</v>
       </c>
       <c r="C800" s="1">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D800" t="s">
         <v>19</v>
       </c>
       <c r="E800" t="s">
-        <v>29</v>
+        <v>3892</v>
       </c>
       <c r="F800" t="s">
         <v>21</v>
       </c>
       <c r="G800" t="s">
         <v>91</v>
       </c>
       <c r="L800" t="s">
-        <v>3973</v>
+        <v>3969</v>
       </c>
       <c r="M800" t="s">
-        <v>3974</v>
+        <v>3970</v>
       </c>
       <c r="N800" t="s">
-        <v>3975</v>
+        <v>3971</v>
       </c>
     </row>
     <row r="801" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A801" t="s">
-        <v>3976</v>
+        <v>3972</v>
       </c>
       <c r="B801" t="s">
-        <v>3977</v>
+        <v>3973</v>
       </c>
       <c r="C801" s="1">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="D801" t="s">
         <v>19</v>
       </c>
       <c r="E801" t="s">
-        <v>3978</v>
+        <v>1751</v>
       </c>
       <c r="F801" t="s">
         <v>21</v>
       </c>
       <c r="G801" t="s">
         <v>91</v>
       </c>
       <c r="L801" t="s">
-        <v>3979</v>
+        <v>3974</v>
       </c>
       <c r="M801" t="s">
-        <v>3980</v>
+        <v>3975</v>
       </c>
       <c r="N801" t="s">
-        <v>3981</v>
+        <v>3976</v>
       </c>
     </row>
     <row r="802" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A802" t="s">
-        <v>3982</v>
+        <v>3977</v>
       </c>
       <c r="B802" t="s">
-        <v>3983</v>
+        <v>3978</v>
       </c>
       <c r="C802" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D802" t="s">
         <v>19</v>
       </c>
       <c r="E802" t="s">
-        <v>2333</v>
+        <v>3892</v>
       </c>
       <c r="F802" t="s">
         <v>21</v>
       </c>
       <c r="G802" t="s">
         <v>91</v>
       </c>
       <c r="L802" t="s">
-        <v>3984</v>
+        <v>3979</v>
       </c>
       <c r="M802" t="s">
-        <v>3985</v>
+        <v>3980</v>
       </c>
       <c r="N802" t="s">
-        <v>3986</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="803" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A803" t="s">
-        <v>3987</v>
+        <v>3982</v>
       </c>
       <c r="B803" t="s">
-        <v>3988</v>
+        <v>3983</v>
       </c>
       <c r="C803" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D803" t="s">
         <v>19</v>
       </c>
       <c r="E803" t="s">
-        <v>2333</v>
+        <v>3892</v>
       </c>
       <c r="F803" t="s">
         <v>21</v>
       </c>
       <c r="G803" t="s">
         <v>91</v>
       </c>
       <c r="L803" t="s">
-        <v>3989</v>
+        <v>3984</v>
       </c>
       <c r="M803" t="s">
-        <v>3990</v>
+        <v>3985</v>
       </c>
       <c r="N803" t="s">
-        <v>3991</v>
+        <v>3986</v>
       </c>
     </row>
     <row r="804" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A804" t="s">
-        <v>3992</v>
+        <v>3987</v>
       </c>
       <c r="B804" t="s">
-        <v>3993</v>
+        <v>3988</v>
       </c>
       <c r="C804" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D804" t="s">
         <v>19</v>
       </c>
       <c r="E804" t="s">
-        <v>2333</v>
+        <v>3892</v>
       </c>
       <c r="F804" t="s">
         <v>21</v>
       </c>
       <c r="G804" t="s">
         <v>91</v>
       </c>
       <c r="L804" t="s">
-        <v>3994</v>
+        <v>3989</v>
       </c>
       <c r="M804" t="s">
-        <v>3995</v>
+        <v>3990</v>
       </c>
       <c r="N804" t="s">
-        <v>3996</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="805" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A805" t="s">
-        <v>3997</v>
+        <v>3992</v>
       </c>
       <c r="B805" t="s">
-        <v>3998</v>
+        <v>3993</v>
       </c>
       <c r="C805" s="1">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="D805" t="s">
         <v>19</v>
       </c>
       <c r="E805" t="s">
-        <v>2333</v>
+        <v>3892</v>
       </c>
       <c r="F805" t="s">
         <v>21</v>
       </c>
       <c r="G805" t="s">
         <v>91</v>
       </c>
       <c r="L805" t="s">
-        <v>3999</v>
+        <v>3994</v>
       </c>
       <c r="M805" t="s">
-        <v>4000</v>
+        <v>3995</v>
       </c>
       <c r="N805" t="s">
-        <v>4001</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="806" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A806" t="s">
-        <v>4002</v>
+        <v>3997</v>
       </c>
       <c r="B806" t="s">
-        <v>4003</v>
+        <v>3998</v>
       </c>
       <c r="C806" s="1">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D806" t="s">
         <v>19</v>
       </c>
       <c r="E806" t="s">
-        <v>3932</v>
+        <v>3892</v>
       </c>
       <c r="F806" t="s">
         <v>21</v>
       </c>
       <c r="G806" t="s">
         <v>91</v>
       </c>
       <c r="L806" t="s">
-        <v>4004</v>
+        <v>3999</v>
       </c>
       <c r="M806" t="s">
-        <v>4005</v>
+        <v>4000</v>
       </c>
       <c r="N806" t="s">
-        <v>4006</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="807" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A807" t="s">
-        <v>4007</v>
+        <v>4002</v>
       </c>
       <c r="B807" t="s">
-        <v>4008</v>
+        <v>4003</v>
       </c>
       <c r="C807" s="1">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D807" t="s">
         <v>19</v>
       </c>
       <c r="E807" t="s">
-        <v>3932</v>
+        <v>29</v>
       </c>
       <c r="F807" t="s">
         <v>21</v>
       </c>
       <c r="G807" t="s">
         <v>91</v>
       </c>
       <c r="L807" t="s">
-        <v>4009</v>
+        <v>4004</v>
       </c>
       <c r="M807" t="s">
-        <v>4010</v>
+        <v>4005</v>
       </c>
       <c r="N807" t="s">
-        <v>4011</v>
+        <v>4006</v>
       </c>
     </row>
     <row r="808" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A808" t="s">
-        <v>4012</v>
+        <v>4007</v>
       </c>
       <c r="B808" t="s">
-        <v>4013</v>
+        <v>4008</v>
       </c>
       <c r="C808" s="1">
-        <v>31</v>
+        <v>2</v>
       </c>
       <c r="D808" t="s">
         <v>19</v>
       </c>
       <c r="E808" t="s">
-        <v>1771</v>
+        <v>3938</v>
       </c>
       <c r="F808" t="s">
         <v>21</v>
       </c>
       <c r="G808" t="s">
         <v>91</v>
       </c>
       <c r="L808" t="s">
-        <v>4014</v>
+        <v>4009</v>
       </c>
       <c r="M808" t="s">
-        <v>4015</v>
+        <v>4010</v>
       </c>
       <c r="N808" t="s">
-        <v>4016</v>
+        <v>4011</v>
       </c>
     </row>
     <row r="809" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A809" t="s">
-        <v>4017</v>
+        <v>4012</v>
       </c>
       <c r="B809" t="s">
-        <v>4018</v>
+        <v>4013</v>
       </c>
       <c r="C809" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D809" t="s">
         <v>19</v>
       </c>
       <c r="E809" t="s">
-        <v>3932</v>
+        <v>2313</v>
       </c>
       <c r="F809" t="s">
         <v>21</v>
       </c>
       <c r="G809" t="s">
         <v>91</v>
       </c>
       <c r="L809" t="s">
-        <v>4019</v>
+        <v>4014</v>
       </c>
       <c r="M809" t="s">
-        <v>4020</v>
+        <v>4015</v>
       </c>
       <c r="N809" t="s">
-        <v>4021</v>
+        <v>4016</v>
       </c>
     </row>
     <row r="810" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A810" t="s">
-        <v>4022</v>
+        <v>4017</v>
       </c>
       <c r="B810" t="s">
-        <v>4023</v>
+        <v>4018</v>
       </c>
       <c r="C810" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D810" t="s">
         <v>19</v>
       </c>
       <c r="E810" t="s">
-        <v>3932</v>
+        <v>2313</v>
       </c>
       <c r="F810" t="s">
         <v>21</v>
       </c>
       <c r="G810" t="s">
         <v>91</v>
       </c>
       <c r="L810" t="s">
-        <v>4024</v>
+        <v>4019</v>
       </c>
       <c r="M810" t="s">
-        <v>4025</v>
+        <v>4020</v>
       </c>
       <c r="N810" t="s">
-        <v>4026</v>
+        <v>4021</v>
       </c>
     </row>
     <row r="811" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A811" t="s">
-        <v>4027</v>
+        <v>4022</v>
       </c>
       <c r="B811" t="s">
-        <v>4028</v>
+        <v>4023</v>
       </c>
       <c r="C811" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D811" t="s">
         <v>19</v>
       </c>
       <c r="E811" t="s">
-        <v>3932</v>
+        <v>2313</v>
       </c>
       <c r="F811" t="s">
         <v>21</v>
       </c>
       <c r="G811" t="s">
         <v>91</v>
       </c>
       <c r="L811" t="s">
-        <v>4029</v>
+        <v>4024</v>
       </c>
       <c r="M811" t="s">
-        <v>4030</v>
+        <v>4025</v>
       </c>
       <c r="N811" t="s">
-        <v>4031</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="812" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A812" t="s">
-        <v>4032</v>
+        <v>4027</v>
       </c>
       <c r="B812" t="s">
-        <v>4033</v>
+        <v>4028</v>
       </c>
       <c r="C812" s="1">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="D812" t="s">
         <v>19</v>
       </c>
       <c r="E812" t="s">
-        <v>3932</v>
+        <v>2313</v>
       </c>
       <c r="F812" t="s">
         <v>21</v>
       </c>
       <c r="G812" t="s">
         <v>91</v>
       </c>
       <c r="L812" t="s">
-        <v>4034</v>
+        <v>4029</v>
       </c>
       <c r="M812" t="s">
-        <v>4035</v>
+        <v>4030</v>
       </c>
       <c r="N812" t="s">
-        <v>4036</v>
+        <v>4031</v>
       </c>
     </row>
     <row r="813" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A813" t="s">
-        <v>4037</v>
+        <v>4032</v>
       </c>
       <c r="B813" t="s">
-        <v>4038</v>
+        <v>4033</v>
       </c>
       <c r="C813" s="1">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="D813" t="s">
         <v>19</v>
       </c>
       <c r="E813" t="s">
-        <v>3932</v>
+        <v>4034</v>
       </c>
       <c r="F813" t="s">
         <v>21</v>
       </c>
       <c r="G813" t="s">
         <v>91</v>
       </c>
       <c r="L813" t="s">
-        <v>4039</v>
+        <v>4035</v>
       </c>
       <c r="M813" t="s">
-        <v>4040</v>
+        <v>4036</v>
       </c>
       <c r="N813" t="s">
-        <v>4041</v>
+        <v>4037</v>
       </c>
     </row>
     <row r="814" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A814" t="s">
-        <v>4042</v>
+        <v>4038</v>
       </c>
       <c r="B814" t="s">
-        <v>4043</v>
+        <v>4039</v>
       </c>
       <c r="C814" s="1">
-        <v>25</v>
+        <v>131</v>
       </c>
       <c r="D814" t="s">
         <v>19</v>
       </c>
       <c r="E814" t="s">
-        <v>29</v>
+        <v>3436</v>
       </c>
       <c r="F814" t="s">
         <v>21</v>
       </c>
       <c r="G814" t="s">
-        <v>91</v>
+        <v>4040</v>
+      </c>
+      <c r="H814" t="s">
+        <v>103</v>
+      </c>
+      <c r="I814">
+        <v>1</v>
       </c>
       <c r="L814" t="s">
-        <v>4044</v>
+        <v>4041</v>
       </c>
       <c r="M814" t="s">
-        <v>4045</v>
+        <v>4042</v>
       </c>
       <c r="N814" t="s">
-        <v>4046</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="815" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A815" t="s">
-        <v>4047</v>
+        <v>4044</v>
       </c>
       <c r="B815" t="s">
-        <v>4048</v>
+        <v>4045</v>
       </c>
       <c r="C815" s="1">
-        <v>2</v>
+        <v>131</v>
       </c>
       <c r="D815" t="s">
         <v>19</v>
       </c>
       <c r="E815" t="s">
-        <v>3978</v>
+        <v>3436</v>
       </c>
       <c r="F815" t="s">
         <v>21</v>
       </c>
       <c r="G815" t="s">
-        <v>91</v>
+        <v>4040</v>
+      </c>
+      <c r="H815" t="s">
+        <v>103</v>
+      </c>
+      <c r="I815">
+        <v>1</v>
       </c>
       <c r="L815" t="s">
-        <v>4049</v>
+        <v>4046</v>
       </c>
       <c r="M815" t="s">
-        <v>4050</v>
+        <v>4047</v>
       </c>
       <c r="N815" t="s">
-        <v>4051</v>
+        <v>4048</v>
       </c>
     </row>
     <row r="816" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A816" t="s">
-        <v>4052</v>
+        <v>4049</v>
       </c>
       <c r="B816" t="s">
-        <v>4053</v>
+        <v>4050</v>
       </c>
       <c r="C816" s="1">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="D816" t="s">
         <v>19</v>
       </c>
       <c r="E816" t="s">
-        <v>2333</v>
+        <v>927</v>
       </c>
       <c r="F816" t="s">
         <v>21</v>
       </c>
       <c r="G816" t="s">
         <v>91</v>
       </c>
       <c r="L816" t="s">
-        <v>4054</v>
+        <v>4051</v>
       </c>
       <c r="M816" t="s">
-        <v>4055</v>
+        <v>4052</v>
       </c>
       <c r="N816" t="s">
-        <v>4056</v>
+        <v>4053</v>
       </c>
     </row>
     <row r="817" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A817" t="s">
-        <v>4057</v>
+        <v>4054</v>
       </c>
       <c r="B817" t="s">
-        <v>4058</v>
+        <v>4055</v>
       </c>
       <c r="C817" s="1">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="D817" t="s">
         <v>19</v>
       </c>
       <c r="E817" t="s">
-        <v>2333</v>
+        <v>927</v>
       </c>
       <c r="F817" t="s">
         <v>21</v>
       </c>
       <c r="G817" t="s">
         <v>91</v>
       </c>
       <c r="L817" t="s">
-        <v>4059</v>
+        <v>4056</v>
       </c>
       <c r="M817" t="s">
-        <v>4060</v>
+        <v>4057</v>
       </c>
       <c r="N817" t="s">
-        <v>4061</v>
+        <v>4058</v>
       </c>
     </row>
     <row r="818" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A818" t="s">
-        <v>4062</v>
+        <v>4059</v>
       </c>
       <c r="B818" t="s">
-        <v>4063</v>
+        <v>4060</v>
       </c>
       <c r="C818" s="1">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D818" t="s">
         <v>19</v>
       </c>
       <c r="E818" t="s">
-        <v>2333</v>
+        <v>2414</v>
       </c>
       <c r="F818" t="s">
         <v>21</v>
       </c>
       <c r="G818" t="s">
         <v>91</v>
       </c>
       <c r="L818" t="s">
-        <v>4064</v>
+        <v>4061</v>
       </c>
       <c r="M818" t="s">
-        <v>4065</v>
+        <v>4062</v>
       </c>
       <c r="N818" t="s">
-        <v>4066</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="819" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A819" t="s">
-        <v>4067</v>
+        <v>4064</v>
       </c>
       <c r="B819" t="s">
-        <v>4068</v>
+        <v>4065</v>
       </c>
       <c r="C819" s="1">
-        <v>8</v>
+        <v>67</v>
       </c>
       <c r="D819" t="s">
         <v>19</v>
       </c>
       <c r="E819" t="s">
-        <v>2333</v>
+        <v>927</v>
       </c>
       <c r="F819" t="s">
         <v>21</v>
       </c>
       <c r="G819" t="s">
         <v>91</v>
       </c>
       <c r="L819" t="s">
-        <v>4069</v>
+        <v>4066</v>
       </c>
       <c r="M819" t="s">
-        <v>4070</v>
+        <v>4067</v>
       </c>
       <c r="N819" t="s">
-        <v>4071</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="820" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A820" t="s">
-        <v>4072</v>
+        <v>4069</v>
       </c>
       <c r="B820" t="s">
-        <v>4073</v>
+        <v>4070</v>
       </c>
       <c r="C820" s="1">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D820" t="s">
         <v>19</v>
       </c>
       <c r="E820" t="s">
-        <v>4074</v>
+        <v>2414</v>
       </c>
       <c r="F820" t="s">
         <v>21</v>
       </c>
       <c r="G820" t="s">
         <v>91</v>
       </c>
       <c r="L820" t="s">
-        <v>4075</v>
+        <v>4071</v>
       </c>
       <c r="M820" t="s">
-        <v>4076</v>
+        <v>4072</v>
       </c>
       <c r="N820" t="s">
-        <v>4077</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="821" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A821" t="s">
-        <v>4078</v>
+        <v>4074</v>
       </c>
       <c r="B821" t="s">
-        <v>4079</v>
+        <v>4075</v>
       </c>
       <c r="C821" s="1">
-        <v>131</v>
+        <v>67</v>
       </c>
       <c r="D821" t="s">
         <v>19</v>
       </c>
       <c r="E821" t="s">
-        <v>3455</v>
+        <v>927</v>
       </c>
       <c r="F821" t="s">
         <v>21</v>
       </c>
       <c r="G821" t="s">
-        <v>4080</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>91</v>
       </c>
       <c r="L821" t="s">
-        <v>4081</v>
+        <v>4076</v>
       </c>
       <c r="M821" t="s">
-        <v>4082</v>
+        <v>4077</v>
       </c>
       <c r="N821" t="s">
-        <v>4083</v>
+        <v>4078</v>
       </c>
     </row>
     <row r="822" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A822" t="s">
-        <v>4084</v>
+        <v>4079</v>
       </c>
       <c r="B822" t="s">
-        <v>4085</v>
+        <v>4080</v>
       </c>
       <c r="C822" s="1">
-        <v>131</v>
+        <v>13</v>
       </c>
       <c r="D822" t="s">
         <v>19</v>
       </c>
       <c r="E822" t="s">
-        <v>3455</v>
+        <v>29</v>
       </c>
       <c r="F822" t="s">
         <v>21</v>
       </c>
       <c r="G822" t="s">
-        <v>4080</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>91</v>
       </c>
       <c r="L822" t="s">
-        <v>4086</v>
+        <v>4081</v>
       </c>
       <c r="M822" t="s">
-        <v>4087</v>
+        <v>4082</v>
       </c>
       <c r="N822" t="s">
-        <v>4088</v>
+        <v>4083</v>
       </c>
     </row>
     <row r="823" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A823" t="s">
-        <v>4089</v>
+        <v>4084</v>
       </c>
       <c r="B823" t="s">
-        <v>4090</v>
+        <v>4085</v>
       </c>
       <c r="C823" s="1">
-        <v>34</v>
+        <v>103</v>
       </c>
       <c r="D823" t="s">
         <v>19</v>
       </c>
       <c r="E823" t="s">
-        <v>941</v>
+        <v>927</v>
       </c>
       <c r="F823" t="s">
         <v>21</v>
       </c>
       <c r="G823" t="s">
         <v>91</v>
       </c>
       <c r="L823" t="s">
-        <v>4091</v>
+        <v>4086</v>
       </c>
       <c r="M823" t="s">
-        <v>4092</v>
+        <v>4087</v>
       </c>
       <c r="N823" t="s">
-        <v>4093</v>
+        <v>4088</v>
       </c>
     </row>
     <row r="824" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A824" t="s">
-        <v>4094</v>
+        <v>4089</v>
       </c>
       <c r="B824" t="s">
-        <v>4095</v>
+        <v>4090</v>
       </c>
       <c r="C824" s="1">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="D824" t="s">
         <v>19</v>
       </c>
       <c r="E824" t="s">
-        <v>941</v>
+        <v>29</v>
       </c>
       <c r="F824" t="s">
         <v>21</v>
       </c>
       <c r="G824" t="s">
         <v>91</v>
       </c>
       <c r="L824" t="s">
-        <v>4096</v>
+        <v>4091</v>
       </c>
       <c r="M824" t="s">
-        <v>4097</v>
+        <v>4092</v>
       </c>
       <c r="N824" t="s">
-        <v>4098</v>
+        <v>4093</v>
       </c>
     </row>
     <row r="825" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A825" t="s">
-        <v>4099</v>
+        <v>4094</v>
       </c>
       <c r="B825" t="s">
-        <v>4100</v>
+        <v>4095</v>
       </c>
       <c r="C825" s="1">
-        <v>11</v>
+        <v>103</v>
       </c>
       <c r="D825" t="s">
         <v>19</v>
       </c>
       <c r="E825" t="s">
-        <v>2434</v>
+        <v>927</v>
       </c>
       <c r="F825" t="s">
         <v>21</v>
       </c>
       <c r="G825" t="s">
         <v>91</v>
       </c>
       <c r="L825" t="s">
-        <v>4101</v>
+        <v>4096</v>
       </c>
       <c r="M825" t="s">
-        <v>4102</v>
+        <v>4097</v>
       </c>
       <c r="N825" t="s">
-        <v>4103</v>
+        <v>4098</v>
       </c>
     </row>
     <row r="826" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A826" t="s">
-        <v>4104</v>
+        <v>4099</v>
       </c>
       <c r="B826" t="s">
-        <v>4105</v>
+        <v>4100</v>
       </c>
       <c r="C826" s="1">
-        <v>67</v>
+        <v>1515</v>
       </c>
       <c r="D826" t="s">
         <v>19</v>
       </c>
       <c r="E826" t="s">
-        <v>941</v>
+        <v>0</v>
       </c>
       <c r="F826" t="s">
-        <v>21</v>
+        <v>883</v>
       </c>
       <c r="G826" t="s">
-        <v>91</v>
+        <v>4101</v>
       </c>
       <c r="L826" t="s">
-        <v>4106</v>
+        <v>0</v>
       </c>
       <c r="M826" t="s">
-        <v>4107</v>
+        <v>4102</v>
       </c>
       <c r="N826" t="s">
-        <v>4108</v>
+        <v>4103</v>
       </c>
     </row>
     <row r="827" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A827" t="s">
-        <v>4109</v>
+        <v>4104</v>
       </c>
       <c r="B827" t="s">
-        <v>4110</v>
+        <v>4105</v>
       </c>
       <c r="C827" s="1">
-        <v>11</v>
+        <v>1960</v>
       </c>
       <c r="D827" t="s">
         <v>19</v>
       </c>
       <c r="E827" t="s">
-        <v>2434</v>
+        <v>0</v>
       </c>
       <c r="F827" t="s">
-        <v>21</v>
+        <v>883</v>
       </c>
       <c r="G827" t="s">
-        <v>91</v>
+        <v>4101</v>
       </c>
       <c r="L827" t="s">
-        <v>4111</v>
+        <v>0</v>
       </c>
       <c r="M827" t="s">
-        <v>4112</v>
+        <v>4106</v>
       </c>
       <c r="N827" t="s">
-        <v>4113</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="828" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A828" t="s">
-        <v>4114</v>
+        <v>4108</v>
       </c>
       <c r="B828" t="s">
-        <v>4115</v>
+        <v>4109</v>
       </c>
       <c r="C828" s="1">
-        <v>67</v>
+        <v>830</v>
       </c>
       <c r="D828" t="s">
         <v>19</v>
       </c>
       <c r="E828" t="s">
-        <v>941</v>
+        <v>0</v>
       </c>
       <c r="F828" t="s">
-        <v>21</v>
+        <v>883</v>
       </c>
       <c r="G828" t="s">
-        <v>91</v>
+        <v>4101</v>
       </c>
       <c r="L828" t="s">
-        <v>4116</v>
+        <v>0</v>
       </c>
       <c r="M828" t="s">
-        <v>4117</v>
+        <v>4110</v>
       </c>
       <c r="N828" t="s">
-        <v>4118</v>
+        <v>4111</v>
       </c>
     </row>
     <row r="829" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A829" t="s">
-        <v>4119</v>
+        <v>4112</v>
       </c>
       <c r="B829" t="s">
-        <v>4120</v>
+        <v>4113</v>
       </c>
       <c r="C829" s="1">
-        <v>13</v>
+        <v>1035</v>
       </c>
       <c r="D829" t="s">
         <v>19</v>
       </c>
       <c r="E829" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F829" t="s">
-        <v>21</v>
+        <v>883</v>
       </c>
       <c r="G829" t="s">
-        <v>91</v>
+        <v>4101</v>
       </c>
       <c r="L829" t="s">
-        <v>4121</v>
+        <v>0</v>
       </c>
       <c r="M829" t="s">
-        <v>4122</v>
+        <v>4114</v>
       </c>
       <c r="N829" t="s">
-        <v>4123</v>
+        <v>4115</v>
       </c>
     </row>
     <row r="830" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A830" t="s">
-        <v>4124</v>
+        <v>4116</v>
       </c>
       <c r="B830" t="s">
-        <v>4125</v>
+        <v>4117</v>
       </c>
       <c r="C830" s="1">
-        <v>103</v>
+        <v>995</v>
       </c>
       <c r="D830" t="s">
         <v>19</v>
       </c>
       <c r="E830" t="s">
-        <v>941</v>
+        <v>0</v>
       </c>
       <c r="F830" t="s">
-        <v>21</v>
+        <v>883</v>
       </c>
       <c r="G830" t="s">
-        <v>91</v>
+        <v>4101</v>
       </c>
       <c r="L830" t="s">
-        <v>4126</v>
+        <v>0</v>
       </c>
       <c r="M830" t="s">
-        <v>4127</v>
+        <v>4118</v>
       </c>
       <c r="N830" t="s">
-        <v>4128</v>
+        <v>4119</v>
       </c>
     </row>
     <row r="831" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A831" t="s">
-        <v>4129</v>
+        <v>4120</v>
       </c>
       <c r="B831" t="s">
-        <v>4130</v>
+        <v>4121</v>
       </c>
       <c r="C831" s="1">
-        <v>13</v>
+        <v>1310</v>
       </c>
       <c r="D831" t="s">
         <v>19</v>
       </c>
       <c r="E831" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F831" t="s">
-        <v>21</v>
+        <v>883</v>
       </c>
       <c r="G831" t="s">
-        <v>91</v>
+        <v>4101</v>
       </c>
       <c r="L831" t="s">
-        <v>4131</v>
+        <v>0</v>
       </c>
       <c r="M831" t="s">
-        <v>4132</v>
+        <v>4122</v>
       </c>
       <c r="N831" t="s">
-        <v>4133</v>
+        <v>4123</v>
       </c>
     </row>
     <row r="832" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A832" t="s">
-        <v>4134</v>
+        <v>4124</v>
       </c>
       <c r="B832" t="s">
-        <v>4135</v>
+        <v>4125</v>
       </c>
       <c r="C832" s="1">
+        <v>361</v>
+      </c>
+      <c r="D832" t="s">
+        <v>19</v>
+      </c>
+      <c r="E832" t="s">
+        <v>0</v>
+      </c>
+      <c r="F832" t="s">
+        <v>883</v>
+      </c>
+      <c r="G832" t="s">
+        <v>4126</v>
+      </c>
+      <c r="H832" t="s">
         <v>103</v>
       </c>
-      <c r="D832" t="s">
-[...9 lines deleted...]
-        <v>91</v>
+      <c r="I832">
+        <v>1</v>
       </c>
       <c r="L832" t="s">
-        <v>4136</v>
+        <v>0</v>
       </c>
       <c r="M832" t="s">
-        <v>4137</v>
+        <v>4127</v>
       </c>
       <c r="N832" t="s">
-        <v>4138</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="833" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A833" t="s">
-        <v>4139</v>
+        <v>4129</v>
       </c>
       <c r="B833" t="s">
-        <v>4140</v>
+        <v>4130</v>
       </c>
       <c r="C833" s="1">
-        <v>1515</v>
+        <v>125</v>
       </c>
       <c r="D833" t="s">
         <v>19</v>
       </c>
       <c r="E833" t="s">
         <v>0</v>
       </c>
       <c r="F833" t="s">
-        <v>890</v>
+        <v>101</v>
       </c>
       <c r="G833" t="s">
-        <v>4141</v>
+        <v>102</v>
+      </c>
+      <c r="H833" t="s">
+        <v>103</v>
+      </c>
+      <c r="I833">
+        <v>1</v>
       </c>
       <c r="L833" t="s">
-        <v>0</v>
+        <v>4131</v>
       </c>
       <c r="M833" t="s">
-        <v>4142</v>
+        <v>4132</v>
       </c>
       <c r="N833" t="s">
-        <v>4143</v>
+        <v>4133</v>
       </c>
     </row>
     <row r="834" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A834" t="s">
-        <v>4144</v>
+        <v>4134</v>
       </c>
       <c r="B834" t="s">
-        <v>4145</v>
+        <v>4135</v>
       </c>
       <c r="C834" s="1">
-        <v>1960</v>
+        <v>125</v>
       </c>
       <c r="D834" t="s">
         <v>19</v>
       </c>
       <c r="E834" t="s">
         <v>0</v>
       </c>
       <c r="F834" t="s">
-        <v>890</v>
+        <v>101</v>
       </c>
       <c r="G834" t="s">
-        <v>4141</v>
+        <v>102</v>
+      </c>
+      <c r="H834" t="s">
+        <v>103</v>
+      </c>
+      <c r="I834">
+        <v>1</v>
       </c>
       <c r="L834" t="s">
-        <v>0</v>
+        <v>4136</v>
       </c>
       <c r="M834" t="s">
-        <v>4146</v>
+        <v>4137</v>
       </c>
       <c r="N834" t="s">
-        <v>4147</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="835" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A835" t="s">
-        <v>4148</v>
+        <v>4139</v>
       </c>
       <c r="B835" t="s">
-        <v>4149</v>
+        <v>4140</v>
       </c>
       <c r="C835" s="1">
-        <v>830</v>
+        <v>125</v>
       </c>
       <c r="D835" t="s">
         <v>19</v>
       </c>
       <c r="E835" t="s">
         <v>0</v>
       </c>
       <c r="F835" t="s">
-        <v>890</v>
+        <v>101</v>
       </c>
       <c r="G835" t="s">
+        <v>102</v>
+      </c>
+      <c r="H835" t="s">
+        <v>103</v>
+      </c>
+      <c r="I835">
+        <v>1</v>
+      </c>
+      <c r="L835" t="s">
         <v>4141</v>
       </c>
-      <c r="L835" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M835" t="s">
-        <v>4150</v>
+        <v>4142</v>
       </c>
       <c r="N835" t="s">
-        <v>4151</v>
+        <v>4143</v>
       </c>
     </row>
     <row r="836" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A836" t="s">
-        <v>4152</v>
+        <v>4144</v>
       </c>
       <c r="B836" t="s">
-        <v>4153</v>
+        <v>4145</v>
       </c>
       <c r="C836" s="1">
-        <v>1035</v>
+        <v>125</v>
       </c>
       <c r="D836" t="s">
         <v>19</v>
       </c>
       <c r="E836" t="s">
         <v>0</v>
       </c>
       <c r="F836" t="s">
-        <v>890</v>
+        <v>101</v>
       </c>
       <c r="G836" t="s">
-        <v>4141</v>
+        <v>102</v>
+      </c>
+      <c r="H836" t="s">
+        <v>103</v>
+      </c>
+      <c r="I836">
+        <v>1</v>
       </c>
       <c r="L836" t="s">
-        <v>0</v>
+        <v>4146</v>
       </c>
       <c r="M836" t="s">
-        <v>4154</v>
+        <v>4147</v>
       </c>
       <c r="N836" t="s">
-        <v>4155</v>
+        <v>4148</v>
       </c>
     </row>
     <row r="837" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A837" t="s">
-        <v>4156</v>
+        <v>4149</v>
       </c>
       <c r="B837" t="s">
-        <v>4157</v>
+        <v>4150</v>
       </c>
       <c r="C837" s="1">
-        <v>995</v>
+        <v>145</v>
       </c>
       <c r="D837" t="s">
         <v>19</v>
       </c>
       <c r="E837" t="s">
         <v>0</v>
       </c>
       <c r="F837" t="s">
-        <v>890</v>
+        <v>101</v>
       </c>
       <c r="G837" t="s">
-        <v>4141</v>
+        <v>102</v>
+      </c>
+      <c r="H837" t="s">
+        <v>103</v>
+      </c>
+      <c r="I837">
+        <v>1</v>
       </c>
       <c r="L837" t="s">
-        <v>0</v>
+        <v>4151</v>
       </c>
       <c r="M837" t="s">
-        <v>4158</v>
+        <v>4152</v>
       </c>
       <c r="N837" t="s">
-        <v>4159</v>
+        <v>4153</v>
       </c>
     </row>
     <row r="838" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A838" t="s">
-        <v>4160</v>
+        <v>4154</v>
       </c>
       <c r="B838" t="s">
-        <v>4161</v>
+        <v>4155</v>
       </c>
       <c r="C838" s="1">
-        <v>1310</v>
+        <v>145</v>
       </c>
       <c r="D838" t="s">
         <v>19</v>
       </c>
       <c r="E838" t="s">
         <v>0</v>
       </c>
       <c r="F838" t="s">
-        <v>890</v>
+        <v>101</v>
       </c>
       <c r="G838" t="s">
-        <v>4141</v>
+        <v>102</v>
+      </c>
+      <c r="H838" t="s">
+        <v>103</v>
+      </c>
+      <c r="I838">
+        <v>1</v>
       </c>
       <c r="L838" t="s">
-        <v>0</v>
+        <v>4156</v>
       </c>
       <c r="M838" t="s">
-        <v>4162</v>
+        <v>4157</v>
       </c>
       <c r="N838" t="s">
-        <v>4163</v>
+        <v>4158</v>
       </c>
     </row>
     <row r="839" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A839" t="s">
-        <v>4164</v>
+        <v>4159</v>
       </c>
       <c r="B839" t="s">
-        <v>4165</v>
+        <v>4160</v>
       </c>
       <c r="C839" s="1">
-        <v>361</v>
+        <v>145</v>
       </c>
       <c r="D839" t="s">
         <v>19</v>
       </c>
       <c r="E839" t="s">
         <v>0</v>
       </c>
       <c r="F839" t="s">
-        <v>890</v>
+        <v>101</v>
       </c>
       <c r="G839" t="s">
-        <v>4166</v>
+        <v>102</v>
       </c>
       <c r="H839" t="s">
         <v>103</v>
       </c>
       <c r="I839">
         <v>1</v>
       </c>
       <c r="L839" t="s">
-        <v>0</v>
+        <v>4161</v>
       </c>
       <c r="M839" t="s">
-        <v>4167</v>
+        <v>4162</v>
       </c>
       <c r="N839" t="s">
-        <v>4168</v>
+        <v>4163</v>
       </c>
     </row>
     <row r="840" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A840" t="s">
-        <v>4169</v>
+        <v>4164</v>
       </c>
       <c r="B840" t="s">
-        <v>4170</v>
+        <v>4165</v>
       </c>
       <c r="C840" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="D840" t="s">
         <v>19</v>
       </c>
       <c r="E840" t="s">
         <v>0</v>
       </c>
       <c r="F840" t="s">
         <v>101</v>
       </c>
       <c r="G840" t="s">
         <v>102</v>
       </c>
       <c r="H840" t="s">
         <v>103</v>
       </c>
       <c r="I840">
         <v>1</v>
       </c>
       <c r="L840" t="s">
-        <v>4171</v>
+        <v>4166</v>
       </c>
       <c r="M840" t="s">
-        <v>4172</v>
+        <v>4167</v>
       </c>
       <c r="N840" t="s">
-        <v>4173</v>
+        <v>4168</v>
       </c>
     </row>
     <row r="841" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A841" t="s">
-        <v>4174</v>
+        <v>4169</v>
       </c>
       <c r="B841" t="s">
-        <v>4175</v>
+        <v>4170</v>
       </c>
       <c r="C841" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="D841" t="s">
         <v>19</v>
       </c>
       <c r="E841" t="s">
         <v>0</v>
       </c>
       <c r="F841" t="s">
         <v>101</v>
       </c>
       <c r="G841" t="s">
         <v>102</v>
       </c>
       <c r="H841" t="s">
         <v>103</v>
       </c>
       <c r="I841">
         <v>1</v>
       </c>
       <c r="L841" t="s">
-        <v>4176</v>
+        <v>4171</v>
       </c>
       <c r="M841" t="s">
-        <v>4177</v>
+        <v>4172</v>
       </c>
       <c r="N841" t="s">
-        <v>4178</v>
+        <v>4173</v>
       </c>
     </row>
     <row r="842" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A842" t="s">
-        <v>4179</v>
+        <v>4174</v>
       </c>
       <c r="B842" t="s">
-        <v>4180</v>
+        <v>4175</v>
       </c>
       <c r="C842" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="D842" t="s">
         <v>19</v>
       </c>
       <c r="E842" t="s">
         <v>0</v>
       </c>
       <c r="F842" t="s">
         <v>101</v>
       </c>
       <c r="G842" t="s">
         <v>102</v>
       </c>
       <c r="H842" t="s">
         <v>103</v>
       </c>
       <c r="I842">
         <v>1</v>
       </c>
       <c r="L842" t="s">
-        <v>4181</v>
+        <v>4176</v>
       </c>
       <c r="M842" t="s">
-        <v>4182</v>
+        <v>4177</v>
       </c>
       <c r="N842" t="s">
-        <v>4183</v>
+        <v>4178</v>
       </c>
     </row>
     <row r="843" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A843" t="s">
-        <v>4184</v>
+        <v>4179</v>
       </c>
       <c r="B843" t="s">
-        <v>4185</v>
+        <v>4180</v>
       </c>
       <c r="C843" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="D843" t="s">
         <v>19</v>
       </c>
       <c r="E843" t="s">
         <v>0</v>
       </c>
       <c r="F843" t="s">
         <v>101</v>
       </c>
       <c r="G843" t="s">
         <v>102</v>
       </c>
       <c r="H843" t="s">
         <v>103</v>
       </c>
       <c r="I843">
         <v>1</v>
       </c>
       <c r="L843" t="s">
-        <v>4186</v>
+        <v>4181</v>
       </c>
       <c r="M843" t="s">
-        <v>4187</v>
+        <v>4182</v>
       </c>
       <c r="N843" t="s">
-        <v>4188</v>
+        <v>4183</v>
       </c>
     </row>
     <row r="844" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A844" t="s">
-        <v>4189</v>
+        <v>4184</v>
       </c>
       <c r="B844" t="s">
-        <v>4190</v>
+        <v>4185</v>
       </c>
       <c r="C844" s="1">
         <v>145</v>
       </c>
       <c r="D844" t="s">
         <v>19</v>
       </c>
       <c r="E844" t="s">
         <v>0</v>
       </c>
       <c r="F844" t="s">
         <v>101</v>
       </c>
       <c r="G844" t="s">
         <v>102</v>
       </c>
       <c r="H844" t="s">
         <v>103</v>
       </c>
       <c r="I844">
         <v>1</v>
       </c>
       <c r="L844" t="s">
-        <v>4191</v>
+        <v>4186</v>
       </c>
       <c r="M844" t="s">
-        <v>4192</v>
+        <v>4187</v>
       </c>
       <c r="N844" t="s">
-        <v>4193</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="845" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A845" t="s">
-        <v>4194</v>
+        <v>4189</v>
       </c>
       <c r="B845" t="s">
-        <v>4195</v>
+        <v>4190</v>
       </c>
       <c r="C845" s="1">
-        <v>145</v>
+        <v>90</v>
       </c>
       <c r="D845" t="s">
         <v>19</v>
       </c>
       <c r="E845" t="s">
         <v>0</v>
       </c>
       <c r="F845" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G845" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4191</v>
       </c>
       <c r="L845" t="s">
-        <v>4196</v>
+        <v>4192</v>
       </c>
       <c r="M845" t="s">
-        <v>4197</v>
+        <v>4193</v>
       </c>
       <c r="N845" t="s">
-        <v>4198</v>
+        <v>4194</v>
       </c>
     </row>
     <row r="846" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A846" t="s">
-        <v>4199</v>
+        <v>4195</v>
       </c>
       <c r="B846" t="s">
-        <v>4200</v>
+        <v>4196</v>
       </c>
       <c r="C846" s="1">
-        <v>145</v>
+        <v>105</v>
       </c>
       <c r="D846" t="s">
         <v>19</v>
       </c>
       <c r="E846" t="s">
         <v>0</v>
       </c>
       <c r="F846" t="s">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="G846" t="s">
-        <v>102</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4191</v>
       </c>
       <c r="L846" t="s">
-        <v>4201</v>
+        <v>4197</v>
       </c>
       <c r="M846" t="s">
-        <v>4202</v>
+        <v>4198</v>
       </c>
       <c r="N846" t="s">
-        <v>4203</v>
+        <v>4199</v>
       </c>
     </row>
     <row r="847" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A847" t="s">
+        <v>4200</v>
+      </c>
+      <c r="B847" t="s">
+        <v>4201</v>
+      </c>
+      <c r="C847" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="D847" t="s">
+        <v>19</v>
+      </c>
+      <c r="E847" t="s">
+        <v>29</v>
+      </c>
+      <c r="F847" t="s">
+        <v>711</v>
+      </c>
+      <c r="G847" t="s">
+        <v>3335</v>
+      </c>
+      <c r="H847" t="s">
+        <v>4202</v>
+      </c>
+      <c r="I847">
+        <v>1</v>
+      </c>
+      <c r="J847" t="s">
+        <v>1818</v>
+      </c>
+      <c r="K847">
+        <v>1</v>
+      </c>
+      <c r="L847" t="s">
+        <v>4203</v>
+      </c>
+      <c r="M847" t="s">
         <v>4204</v>
       </c>
-      <c r="B847" t="s">
+      <c r="N847" t="s">
         <v>4205</v>
-      </c>
-[...28 lines deleted...]
-        <v>4208</v>
       </c>
     </row>
     <row r="848" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A848" t="s">
+        <v>4206</v>
+      </c>
+      <c r="B848" t="s">
+        <v>4207</v>
+      </c>
+      <c r="C848" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="D848" t="s">
+        <v>19</v>
+      </c>
+      <c r="E848" t="s">
+        <v>29</v>
+      </c>
+      <c r="F848" t="s">
+        <v>711</v>
+      </c>
+      <c r="G848" t="s">
+        <v>3335</v>
+      </c>
+      <c r="H848" t="s">
+        <v>4202</v>
+      </c>
+      <c r="I848">
+        <v>1</v>
+      </c>
+      <c r="J848" t="s">
+        <v>1818</v>
+      </c>
+      <c r="K848">
+        <v>1</v>
+      </c>
+      <c r="L848" t="s">
+        <v>4208</v>
+      </c>
+      <c r="M848" t="s">
         <v>4209</v>
       </c>
-      <c r="B848" t="s">
+      <c r="N848" t="s">
         <v>4210</v>
-      </c>
-[...28 lines deleted...]
-        <v>4213</v>
       </c>
     </row>
     <row r="849" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A849" t="s">
+        <v>4211</v>
+      </c>
+      <c r="B849" t="s">
+        <v>4212</v>
+      </c>
+      <c r="C849" s="1">
+        <v>67.2</v>
+      </c>
+      <c r="D849" t="s">
+        <v>19</v>
+      </c>
+      <c r="E849" t="s">
+        <v>29</v>
+      </c>
+      <c r="F849" t="s">
+        <v>711</v>
+      </c>
+      <c r="G849" t="s">
+        <v>3329</v>
+      </c>
+      <c r="H849" t="s">
+        <v>767</v>
+      </c>
+      <c r="I849">
+        <v>1</v>
+      </c>
+      <c r="L849" t="s">
+        <v>4213</v>
+      </c>
+      <c r="M849" t="s">
         <v>4214</v>
       </c>
-      <c r="B849" t="s">
+      <c r="N849" t="s">
         <v>4215</v>
-      </c>
-[...28 lines deleted...]
-        <v>4218</v>
       </c>
     </row>
     <row r="850" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A850" t="s">
+        <v>4216</v>
+      </c>
+      <c r="B850" t="s">
+        <v>4217</v>
+      </c>
+      <c r="C850" s="1">
+        <v>84</v>
+      </c>
+      <c r="D850" t="s">
+        <v>19</v>
+      </c>
+      <c r="E850" t="s">
+        <v>29</v>
+      </c>
+      <c r="F850" t="s">
+        <v>711</v>
+      </c>
+      <c r="G850" t="s">
+        <v>3329</v>
+      </c>
+      <c r="H850" t="s">
+        <v>767</v>
+      </c>
+      <c r="I850">
+        <v>1</v>
+      </c>
+      <c r="L850" t="s">
+        <v>4218</v>
+      </c>
+      <c r="M850" t="s">
         <v>4219</v>
       </c>
-      <c r="B850" t="s">
+      <c r="N850" t="s">
         <v>4220</v>
-      </c>
-[...28 lines deleted...]
-        <v>4223</v>
       </c>
     </row>
     <row r="851" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A851" t="s">
-        <v>4224</v>
+        <v>4221</v>
       </c>
       <c r="B851" t="s">
-        <v>4225</v>
+        <v>4222</v>
       </c>
       <c r="C851" s="1">
-        <v>145</v>
+        <v>433</v>
       </c>
       <c r="D851" t="s">
         <v>19</v>
       </c>
       <c r="E851" t="s">
         <v>0</v>
       </c>
       <c r="F851" t="s">
-        <v>101</v>
+        <v>883</v>
       </c>
       <c r="G851" t="s">
-        <v>102</v>
+        <v>4223</v>
       </c>
       <c r="H851" t="s">
         <v>103</v>
       </c>
       <c r="I851">
         <v>1</v>
       </c>
       <c r="L851" t="s">
+        <v>4224</v>
+      </c>
+      <c r="M851" t="s">
+        <v>4225</v>
+      </c>
+      <c r="N851" t="s">
         <v>4226</v>
-      </c>
-[...4 lines deleted...]
-        <v>4228</v>
       </c>
     </row>
     <row r="852" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A852" t="s">
-        <v>4229</v>
+        <v>4227</v>
       </c>
       <c r="B852" t="s">
-        <v>4230</v>
+        <v>4228</v>
       </c>
       <c r="C852" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="D852" t="s">
         <v>19</v>
       </c>
       <c r="E852" t="s">
         <v>0</v>
       </c>
       <c r="F852" t="s">
         <v>21</v>
       </c>
       <c r="G852" t="s">
+        <v>4191</v>
+      </c>
+      <c r="L852" t="s">
+        <v>4229</v>
+      </c>
+      <c r="M852" t="s">
+        <v>4230</v>
+      </c>
+      <c r="N852" t="s">
         <v>4231</v>
-      </c>
-[...7 lines deleted...]
-        <v>4234</v>
       </c>
     </row>
     <row r="853" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A853" t="s">
-        <v>4235</v>
+        <v>4232</v>
       </c>
       <c r="B853" t="s">
-        <v>4236</v>
+        <v>4233</v>
       </c>
       <c r="C853" s="1">
-        <v>105</v>
+        <v>25</v>
       </c>
       <c r="D853" t="s">
         <v>19</v>
       </c>
       <c r="E853" t="s">
         <v>0</v>
       </c>
       <c r="F853" t="s">
         <v>21</v>
       </c>
       <c r="G853" t="s">
-        <v>4231</v>
+        <v>4191</v>
       </c>
       <c r="L853" t="s">
-        <v>4237</v>
+        <v>4234</v>
       </c>
       <c r="M853" t="s">
-        <v>4238</v>
+        <v>4235</v>
       </c>
       <c r="N853" t="s">
-        <v>4239</v>
+        <v>4236</v>
       </c>
     </row>
     <row r="854" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A854" t="s">
+        <v>4237</v>
+      </c>
+      <c r="B854" t="s">
+        <v>4238</v>
+      </c>
+      <c r="C854" s="1">
+        <v>30</v>
+      </c>
+      <c r="D854" t="s">
+        <v>19</v>
+      </c>
+      <c r="E854" t="s">
+        <v>0</v>
+      </c>
+      <c r="F854" t="s">
+        <v>21</v>
+      </c>
+      <c r="G854" t="s">
+        <v>4191</v>
+      </c>
+      <c r="L854" t="s">
+        <v>4239</v>
+      </c>
+      <c r="M854" t="s">
         <v>4240</v>
       </c>
-      <c r="B854" t="s">
+      <c r="N854" t="s">
         <v>4241</v>
-      </c>
-[...34 lines deleted...]
-        <v>4245</v>
       </c>
     </row>
     <row r="855" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A855" t="s">
+        <v>4242</v>
+      </c>
+      <c r="B855" t="s">
+        <v>4243</v>
+      </c>
+      <c r="C855" s="1">
+        <v>75</v>
+      </c>
+      <c r="D855" t="s">
+        <v>19</v>
+      </c>
+      <c r="E855" t="s">
+        <v>0</v>
+      </c>
+      <c r="F855" t="s">
+        <v>21</v>
+      </c>
+      <c r="G855" t="s">
+        <v>4191</v>
+      </c>
+      <c r="H855" t="s">
+        <v>103</v>
+      </c>
+      <c r="I855">
+        <v>1</v>
+      </c>
+      <c r="L855" t="s">
+        <v>4244</v>
+      </c>
+      <c r="M855" t="s">
+        <v>4245</v>
+      </c>
+      <c r="N855" t="s">
         <v>4246</v>
-      </c>
-[...37 lines deleted...]
-        <v>4250</v>
       </c>
     </row>
     <row r="856" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A856" t="s">
+        <v>4247</v>
+      </c>
+      <c r="B856" t="s">
+        <v>4248</v>
+      </c>
+      <c r="C856" s="1">
+        <v>60</v>
+      </c>
+      <c r="D856" t="s">
+        <v>19</v>
+      </c>
+      <c r="E856" t="s">
+        <v>0</v>
+      </c>
+      <c r="F856" t="s">
+        <v>21</v>
+      </c>
+      <c r="G856" t="s">
+        <v>4191</v>
+      </c>
+      <c r="H856" t="s">
+        <v>103</v>
+      </c>
+      <c r="I856">
+        <v>1</v>
+      </c>
+      <c r="L856" t="s">
+        <v>4249</v>
+      </c>
+      <c r="M856" t="s">
+        <v>4250</v>
+      </c>
+      <c r="N856" t="s">
         <v>4251</v>
-      </c>
-[...31 lines deleted...]
-        <v>4255</v>
       </c>
     </row>
     <row r="857" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A857" t="s">
+        <v>4252</v>
+      </c>
+      <c r="B857" t="s">
+        <v>4253</v>
+      </c>
+      <c r="C857" s="1">
+        <v>95</v>
+      </c>
+      <c r="D857" t="s">
+        <v>19</v>
+      </c>
+      <c r="E857" t="s">
+        <v>0</v>
+      </c>
+      <c r="F857" t="s">
+        <v>21</v>
+      </c>
+      <c r="G857" t="s">
+        <v>4191</v>
+      </c>
+      <c r="H857" t="s">
+        <v>103</v>
+      </c>
+      <c r="I857">
+        <v>1</v>
+      </c>
+      <c r="L857" t="s">
+        <v>4254</v>
+      </c>
+      <c r="M857" t="s">
+        <v>4255</v>
+      </c>
+      <c r="N857" t="s">
         <v>4256</v>
-      </c>
-[...31 lines deleted...]
-        <v>4260</v>
       </c>
     </row>
     <row r="858" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A858" t="s">
-        <v>4261</v>
+        <v>4257</v>
       </c>
       <c r="B858" t="s">
-        <v>4262</v>
+        <v>4258</v>
       </c>
       <c r="C858" s="1">
-        <v>433</v>
+        <v>75</v>
       </c>
       <c r="D858" t="s">
         <v>19</v>
       </c>
       <c r="E858" t="s">
         <v>0</v>
       </c>
       <c r="F858" t="s">
-        <v>890</v>
+        <v>21</v>
       </c>
       <c r="G858" t="s">
-        <v>4263</v>
+        <v>4191</v>
       </c>
       <c r="H858" t="s">
         <v>103</v>
       </c>
       <c r="I858">
         <v>1</v>
       </c>
       <c r="L858" t="s">
-        <v>4264</v>
+        <v>4259</v>
       </c>
       <c r="M858" t="s">
-        <v>4265</v>
+        <v>4260</v>
       </c>
       <c r="N858" t="s">
-        <v>4266</v>
+        <v>4261</v>
       </c>
     </row>
     <row r="859" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A859" t="s">
-        <v>4267</v>
+        <v>4262</v>
       </c>
       <c r="B859" t="s">
-        <v>4268</v>
+        <v>4263</v>
       </c>
       <c r="C859" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="D859" t="s">
         <v>19</v>
       </c>
       <c r="E859" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F859" t="s">
         <v>21</v>
       </c>
       <c r="G859" t="s">
-        <v>4231</v>
+        <v>985</v>
       </c>
       <c r="L859" t="s">
-        <v>4269</v>
+        <v>4264</v>
       </c>
       <c r="M859" t="s">
-        <v>4270</v>
+        <v>4265</v>
       </c>
       <c r="N859" t="s">
-        <v>4271</v>
+        <v>4266</v>
       </c>
     </row>
     <row r="860" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A860" t="s">
-        <v>4272</v>
+        <v>4267</v>
       </c>
       <c r="B860" t="s">
-        <v>4273</v>
+        <v>4268</v>
       </c>
       <c r="C860" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D860" t="s">
         <v>19</v>
       </c>
       <c r="E860" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F860" t="s">
         <v>21</v>
       </c>
       <c r="G860" t="s">
-        <v>4231</v>
+        <v>985</v>
       </c>
       <c r="L860" t="s">
-        <v>4274</v>
+        <v>4269</v>
       </c>
       <c r="M860" t="s">
-        <v>4275</v>
+        <v>4270</v>
       </c>
       <c r="N860" t="s">
-        <v>4276</v>
+        <v>4271</v>
       </c>
     </row>
     <row r="861" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A861" t="s">
-        <v>4277</v>
+        <v>4272</v>
       </c>
       <c r="B861" t="s">
-        <v>4278</v>
+        <v>4273</v>
       </c>
       <c r="C861" s="1">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D861" t="s">
         <v>19</v>
       </c>
       <c r="E861" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F861" t="s">
         <v>21</v>
       </c>
       <c r="G861" t="s">
-        <v>4231</v>
+        <v>985</v>
       </c>
       <c r="L861" t="s">
-        <v>4279</v>
+        <v>4274</v>
       </c>
       <c r="M861" t="s">
-        <v>4280</v>
+        <v>4275</v>
       </c>
       <c r="N861" t="s">
-        <v>4281</v>
+        <v>4276</v>
       </c>
     </row>
     <row r="862" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A862" t="s">
-        <v>4282</v>
+        <v>4277</v>
       </c>
       <c r="B862" t="s">
-        <v>4283</v>
+        <v>4278</v>
       </c>
       <c r="C862" s="1">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="D862" t="s">
         <v>19</v>
       </c>
       <c r="E862" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F862" t="s">
         <v>21</v>
       </c>
       <c r="G862" t="s">
-        <v>4231</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>985</v>
       </c>
       <c r="L862" t="s">
-        <v>4284</v>
+        <v>4279</v>
       </c>
       <c r="M862" t="s">
-        <v>4285</v>
+        <v>4280</v>
       </c>
       <c r="N862" t="s">
-        <v>4286</v>
+        <v>4281</v>
       </c>
     </row>
     <row r="863" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A863" t="s">
-        <v>4287</v>
+        <v>4282</v>
       </c>
       <c r="B863" t="s">
-        <v>4288</v>
+        <v>4283</v>
       </c>
       <c r="C863" s="1">
         <v>60</v>
       </c>
       <c r="D863" t="s">
         <v>19</v>
       </c>
       <c r="E863" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F863" t="s">
         <v>21</v>
       </c>
       <c r="G863" t="s">
-        <v>4231</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>985</v>
       </c>
       <c r="L863" t="s">
-        <v>4289</v>
+        <v>4284</v>
       </c>
       <c r="M863" t="s">
-        <v>4290</v>
+        <v>4285</v>
       </c>
       <c r="N863" t="s">
-        <v>4291</v>
+        <v>4286</v>
       </c>
     </row>
     <row r="864" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A864" t="s">
-        <v>4292</v>
+        <v>4287</v>
       </c>
       <c r="B864" t="s">
-        <v>4293</v>
+        <v>4288</v>
       </c>
       <c r="C864" s="1">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="D864" t="s">
         <v>19</v>
       </c>
       <c r="E864" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F864" t="s">
         <v>21</v>
       </c>
       <c r="G864" t="s">
-        <v>4231</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>985</v>
       </c>
       <c r="L864" t="s">
-        <v>4294</v>
+        <v>4289</v>
       </c>
       <c r="M864" t="s">
-        <v>4295</v>
+        <v>4290</v>
       </c>
       <c r="N864" t="s">
-        <v>4296</v>
+        <v>4291</v>
       </c>
     </row>
     <row r="865" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A865" t="s">
-        <v>4297</v>
+        <v>4292</v>
       </c>
       <c r="B865" t="s">
-        <v>4298</v>
+        <v>4293</v>
       </c>
       <c r="C865" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="D865" t="s">
         <v>19</v>
       </c>
       <c r="E865" t="s">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F865" t="s">
         <v>21</v>
       </c>
       <c r="G865" t="s">
-        <v>4231</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>985</v>
       </c>
       <c r="L865" t="s">
-        <v>4299</v>
+        <v>4294</v>
       </c>
       <c r="M865" t="s">
-        <v>4300</v>
+        <v>4295</v>
       </c>
       <c r="N865" t="s">
-        <v>4301</v>
+        <v>4296</v>
       </c>
     </row>
     <row r="866" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A866" t="s">
-        <v>4302</v>
+        <v>4297</v>
       </c>
       <c r="B866" t="s">
-        <v>4303</v>
+        <v>4298</v>
       </c>
       <c r="C866" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="D866" t="s">
         <v>19</v>
       </c>
       <c r="E866" t="s">
         <v>29</v>
       </c>
       <c r="F866" t="s">
         <v>21</v>
       </c>
       <c r="G866" t="s">
-        <v>998</v>
+        <v>985</v>
       </c>
       <c r="L866" t="s">
-        <v>4304</v>
+        <v>4299</v>
       </c>
       <c r="M866" t="s">
-        <v>4305</v>
+        <v>4300</v>
       </c>
       <c r="N866" t="s">
-        <v>4306</v>
+        <v>4301</v>
       </c>
     </row>
     <row r="867" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A867" t="s">
-        <v>4307</v>
+        <v>4302</v>
       </c>
       <c r="B867" t="s">
-        <v>4308</v>
+        <v>4303</v>
       </c>
       <c r="C867" s="1">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="D867" t="s">
         <v>19</v>
       </c>
       <c r="E867" t="s">
         <v>29</v>
       </c>
       <c r="F867" t="s">
         <v>21</v>
       </c>
       <c r="G867" t="s">
-        <v>998</v>
+        <v>985</v>
       </c>
       <c r="L867" t="s">
-        <v>4309</v>
+        <v>4304</v>
       </c>
       <c r="M867" t="s">
-        <v>4310</v>
+        <v>4305</v>
       </c>
       <c r="N867" t="s">
-        <v>4311</v>
+        <v>4306</v>
       </c>
     </row>
     <row r="868" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A868" t="s">
-        <v>4312</v>
+        <v>4307</v>
       </c>
       <c r="B868" t="s">
-        <v>4313</v>
+        <v>4308</v>
       </c>
       <c r="C868" s="1">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="D868" t="s">
         <v>19</v>
       </c>
       <c r="E868" t="s">
         <v>29</v>
       </c>
       <c r="F868" t="s">
         <v>21</v>
       </c>
       <c r="G868" t="s">
-        <v>998</v>
+        <v>985</v>
       </c>
       <c r="L868" t="s">
-        <v>4314</v>
+        <v>4309</v>
       </c>
       <c r="M868" t="s">
-        <v>4315</v>
+        <v>4310</v>
       </c>
       <c r="N868" t="s">
-        <v>4316</v>
+        <v>4311</v>
       </c>
     </row>
     <row r="869" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A869" t="s">
-        <v>4317</v>
+        <v>4312</v>
       </c>
       <c r="B869" t="s">
-        <v>4318</v>
+        <v>4313</v>
       </c>
       <c r="C869" s="1">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="D869" t="s">
         <v>19</v>
       </c>
       <c r="E869" t="s">
         <v>29</v>
       </c>
       <c r="F869" t="s">
         <v>21</v>
       </c>
       <c r="G869" t="s">
-        <v>998</v>
+        <v>985</v>
       </c>
       <c r="L869" t="s">
-        <v>4319</v>
+        <v>4314</v>
       </c>
       <c r="M869" t="s">
-        <v>4320</v>
+        <v>4315</v>
       </c>
       <c r="N869" t="s">
-        <v>4321</v>
+        <v>4316</v>
       </c>
     </row>
     <row r="870" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A870" t="s">
-        <v>4322</v>
+        <v>4317</v>
       </c>
       <c r="B870" t="s">
-        <v>4323</v>
+        <v>4318</v>
       </c>
       <c r="C870" s="1">
-        <v>60</v>
+        <v>3</v>
       </c>
       <c r="D870" t="s">
         <v>19</v>
       </c>
       <c r="E870" t="s">
         <v>29</v>
       </c>
       <c r="F870" t="s">
         <v>21</v>
       </c>
       <c r="G870" t="s">
-        <v>998</v>
+        <v>985</v>
       </c>
       <c r="L870" t="s">
-        <v>4324</v>
+        <v>4319</v>
       </c>
       <c r="M870" t="s">
-        <v>4325</v>
+        <v>4320</v>
       </c>
       <c r="N870" t="s">
-        <v>4326</v>
+        <v>4321</v>
       </c>
     </row>
     <row r="871" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A871" t="s">
-        <v>4327</v>
+        <v>4322</v>
       </c>
       <c r="B871" t="s">
-        <v>4328</v>
+        <v>4323</v>
       </c>
       <c r="C871" s="1">
-        <v>60</v>
+        <v>7</v>
       </c>
       <c r="D871" t="s">
         <v>19</v>
       </c>
       <c r="E871" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F871" t="s">
         <v>21</v>
       </c>
       <c r="G871" t="s">
-        <v>998</v>
+        <v>985</v>
       </c>
       <c r="L871" t="s">
-        <v>4329</v>
+        <v>4324</v>
       </c>
       <c r="M871" t="s">
-        <v>4330</v>
+        <v>4325</v>
       </c>
       <c r="N871" t="s">
-        <v>4331</v>
+        <v>4326</v>
       </c>
     </row>
     <row r="872" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A872" t="s">
-        <v>4332</v>
+        <v>4327</v>
       </c>
       <c r="B872" t="s">
-        <v>4333</v>
+        <v>4328</v>
       </c>
       <c r="C872" s="1">
-        <v>70</v>
+        <v>620</v>
       </c>
       <c r="D872" t="s">
         <v>19</v>
       </c>
       <c r="E872" t="s">
         <v>29</v>
       </c>
       <c r="F872" t="s">
-        <v>21</v>
+        <v>816</v>
       </c>
       <c r="G872" t="s">
-        <v>998</v>
+        <v>817</v>
+      </c>
+      <c r="H872" t="s">
+        <v>23</v>
+      </c>
+      <c r="I872">
+        <v>1</v>
       </c>
       <c r="L872" t="s">
-        <v>4334</v>
+        <v>0</v>
       </c>
       <c r="M872" t="s">
-        <v>4335</v>
+        <v>4329</v>
       </c>
       <c r="N872" t="s">
-        <v>4336</v>
+        <v>4330</v>
       </c>
     </row>
     <row r="873" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A873" t="s">
-        <v>4337</v>
+        <v>4331</v>
       </c>
       <c r="B873" t="s">
-        <v>4338</v>
+        <v>4332</v>
       </c>
       <c r="C873" s="1">
-        <v>70</v>
+        <v>692</v>
       </c>
       <c r="D873" t="s">
         <v>19</v>
       </c>
       <c r="E873" t="s">
         <v>29</v>
       </c>
       <c r="F873" t="s">
-        <v>21</v>
+        <v>816</v>
       </c>
       <c r="G873" t="s">
-        <v>998</v>
+        <v>817</v>
+      </c>
+      <c r="H873" t="s">
+        <v>23</v>
+      </c>
+      <c r="I873">
+        <v>1</v>
       </c>
       <c r="L873" t="s">
-        <v>4339</v>
+        <v>4333</v>
       </c>
       <c r="M873" t="s">
-        <v>4340</v>
+        <v>4334</v>
       </c>
       <c r="N873" t="s">
-        <v>4341</v>
+        <v>4335</v>
       </c>
     </row>
     <row r="874" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A874" t="s">
-        <v>4342</v>
+        <v>4336</v>
       </c>
       <c r="B874" t="s">
-        <v>4343</v>
+        <v>4337</v>
       </c>
       <c r="C874" s="1">
-        <v>67</v>
+        <v>67.5</v>
       </c>
       <c r="D874" t="s">
         <v>19</v>
       </c>
       <c r="E874" t="s">
         <v>29</v>
       </c>
       <c r="F874" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G874" t="s">
-        <v>998</v>
+        <v>22</v>
+      </c>
+      <c r="H874" t="s">
+        <v>103</v>
+      </c>
+      <c r="I874">
+        <v>1</v>
       </c>
       <c r="L874" t="s">
-        <v>4344</v>
+        <v>4338</v>
       </c>
       <c r="M874" t="s">
-        <v>4345</v>
+        <v>4339</v>
       </c>
       <c r="N874" t="s">
-        <v>4346</v>
+        <v>4340</v>
       </c>
     </row>
     <row r="875" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A875" t="s">
-        <v>4347</v>
+        <v>4341</v>
       </c>
       <c r="B875" t="s">
-        <v>4348</v>
+        <v>4337</v>
       </c>
       <c r="C875" s="1">
-        <v>79</v>
+        <v>67.5</v>
       </c>
       <c r="D875" t="s">
         <v>19</v>
       </c>
       <c r="E875" t="s">
         <v>29</v>
       </c>
       <c r="F875" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="G875" t="s">
-        <v>998</v>
+        <v>22</v>
+      </c>
+      <c r="H875" t="s">
+        <v>103</v>
+      </c>
+      <c r="I875">
+        <v>1</v>
       </c>
       <c r="L875" t="s">
-        <v>4349</v>
+        <v>4342</v>
       </c>
       <c r="M875" t="s">
-        <v>4350</v>
+        <v>4343</v>
       </c>
       <c r="N875" t="s">
-        <v>4351</v>
+        <v>4344</v>
       </c>
     </row>
     <row r="876" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A876" t="s">
-        <v>4352</v>
+        <v>4345</v>
       </c>
       <c r="B876" t="s">
-        <v>4353</v>
+        <v>4346</v>
       </c>
       <c r="C876" s="1">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D876" t="s">
         <v>19</v>
       </c>
       <c r="E876" t="s">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="F876" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="G876" t="s">
-        <v>998</v>
+        <v>22</v>
       </c>
       <c r="L876" t="s">
-        <v>4354</v>
+        <v>4347</v>
       </c>
       <c r="M876" t="s">
-        <v>4355</v>
+        <v>4348</v>
       </c>
       <c r="N876" t="s">
-        <v>4356</v>
-[...247 lines deleted...]
-        <v>4389</v>
+        <v>4349</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B2:C5"/>
     <mergeCell ref="B6:C6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="M9" r:id="rId1" tooltip="teconex.eu/de/produit/bf057777-3b47-b14e-a52c-1113870e361d"/>
     <hyperlink ref="N9" r:id="rId2" tooltip="static.prod.teconex-demo.be/v5/articles/bf057777-3b47-b14e-a52c-1113870e361d/7cf352ff-3bca-438c-8e28-5799df5f0efa_720.png"/>
     <hyperlink ref="M10" r:id="rId3" tooltip="teconex.eu/de/produit/fbc8a2ae-a6ec-4f49-8338-858f1b44dac6"/>
     <hyperlink ref="N10" r:id="rId4" tooltip="static.prod.teconex-demo.be/v5/articles/fbc8a2ae-a6ec-4f49-8338-858f1b44dac6/38494d85-c1bf-4a1b-81a7-69e5bbfaca2e_720.png"/>
     <hyperlink ref="M11" r:id="rId5" tooltip="teconex.eu/de/produit/5b64411a-4ba3-cb4c-92d7-2914dfe630fa"/>
     <hyperlink ref="M12" r:id="rId6" tooltip="teconex.eu/de/produit/33b7a3cb-66a5-6e4f-a5e9-084b9941b297"/>
     <hyperlink ref="N12" r:id="rId7" tooltip="static.prod.teconex-demo.be/v5/articles/33b7a3cb-66a5-6e4f-a5e9-084b9941b297/20ec292b-6e5d-4ff5-bd5a-259858a1d12c_720.png"/>
     <hyperlink ref="M13" r:id="rId8" tooltip="teconex.eu/de/produit/ab742105-3425-fe4b-a76c-4a824e5c69c2"/>
     <hyperlink ref="N13" r:id="rId9" tooltip="static.prod.teconex-demo.be/v5/articles/ab742105-3425-fe4b-a76c-4a824e5c69c2/692fe713-0d9b-4aca-9f4f-3080a3b00897_720.png"/>
     <hyperlink ref="M14" r:id="rId10" tooltip="teconex.eu/de/produit/fc29851c-3758-1e47-8073-ffbc6a112061"/>
     <hyperlink ref="N14" r:id="rId11" tooltip="static.prod.teconex-demo.be/v5/articles/fc29851c-3758-1e47-8073-ffbc6a112061/c11cc95d-97a5-4ced-baf5-968dd0cf4d42_720.png"/>
     <hyperlink ref="M15" r:id="rId12" tooltip="teconex.eu/de/produit/bc9f59c7-660e-c84c-97d9-448588ac8b9a"/>
     <hyperlink ref="N15" r:id="rId13" tooltip="static.prod.teconex-demo.be/v5/articles/bc9f59c7-660e-c84c-97d9-448588ac8b9a/501a4fd5-3b28-4fc2-9b14-56b60ac3e8bd_720.png"/>
     <hyperlink ref="M16" r:id="rId14" tooltip="teconex.eu/de/produit/91d422a8-70b8-5941-af1e-11c84757f478"/>
     <hyperlink ref="N16" r:id="rId15" tooltip="static.prod.teconex-demo.be/v5/articles/91d422a8-70b8-5941-af1e-11c84757f478/9fd74c0a-9b7a-4085-98c5-d8744ca03ce0_720.png"/>
     <hyperlink ref="M17" r:id="rId16" tooltip="teconex.eu/de/produit/effe7fb1-b018-894c-b001-a1498b68e90c"/>
     <hyperlink ref="N17" r:id="rId17" tooltip="static.prod.teconex-demo.be/v5/articles/effe7fb1-b018-894c-b001-a1498b68e90c/94ab263f-1dcc-450e-8079-284af4fd8506_720.jpg"/>
@@ -45698,1726 +45330,1716 @@
     <hyperlink ref="M24" r:id="rId30" tooltip="teconex.eu/de/produit/186ee338-d989-3449-ab1b-6fb15b96713c"/>
     <hyperlink ref="N24" r:id="rId31" tooltip="static.prod.teconex-demo.be/v5/articles/186ee338-d989-3449-ab1b-6fb15b96713c/e2cc3454-df5c-4179-b54c-c875b25ba81e_720.png"/>
     <hyperlink ref="M25" r:id="rId32" tooltip="teconex.eu/de/produit/4e9fa0f6-aa43-454a-96f2-cb3c55fd5a58"/>
     <hyperlink ref="N25" r:id="rId33" tooltip="static.prod.teconex-demo.be/v5/articles/4e9fa0f6-aa43-454a-96f2-cb3c55fd5a58/7317056f-1c10-4ad5-81aa-7b734c5631a1_720.png"/>
     <hyperlink ref="M26" r:id="rId34" tooltip="teconex.eu/de/produit/4663043c-8eca-ee40-9db5-e7adb50fa962"/>
     <hyperlink ref="N26" r:id="rId35" tooltip="static.prod.teconex-demo.be/v5/articles/4663043c-8eca-ee40-9db5-e7adb50fa962/3540524d-313b-4d87-ad2b-f36fc61e9c9e_720.png"/>
     <hyperlink ref="M27" r:id="rId36" tooltip="teconex.eu/de/produit/ab604591-3e47-284a-bff6-22a6ac4e7039"/>
     <hyperlink ref="N27" r:id="rId37" tooltip="static.prod.teconex-demo.be/v5/articles/ab604591-3e47-284a-bff6-22a6ac4e7039/a81e9b16-5562-4aa3-a37e-5a9141ca7c97_720.png"/>
     <hyperlink ref="M28" r:id="rId38" tooltip="teconex.eu/de/produit/8bee722c-f2eb-2f4d-96d8-95eb1f4afade"/>
     <hyperlink ref="N28" r:id="rId39" tooltip="static.prod.teconex-demo.be/v5/articles/8bee722c-f2eb-2f4d-96d8-95eb1f4afade/f24ef434-c1f2-48ef-943c-d9620ce1ded2_720.png"/>
     <hyperlink ref="M29" r:id="rId40" tooltip="teconex.eu/de/produit/ffa7b501-c060-b24a-acf5-79c1f5722e36"/>
     <hyperlink ref="N29" r:id="rId41" tooltip="static.prod.teconex-demo.be/v5/articles/ffa7b501-c060-b24a-acf5-79c1f5722e36/a94790d8-d9bc-47fd-a194-12fd5ef58442_720.jpg"/>
     <hyperlink ref="M30" r:id="rId42" tooltip="teconex.eu/de/produit/5a8893ea-bc25-f444-876c-c632a7803220"/>
     <hyperlink ref="N30" r:id="rId43" tooltip="static.prod.teconex-demo.be/v5/articles/5a8893ea-bc25-f444-876c-c632a7803220/274e9f39-2f0d-4c43-9e69-21a57cd7607f_720.png"/>
     <hyperlink ref="M31" r:id="rId44" tooltip="teconex.eu/de/produit/6b3ea7bd-bd9f-2b49-9fae-02a9db7481ec"/>
     <hyperlink ref="N31" r:id="rId45" tooltip="static.prod.teconex-demo.be/v5/articles/6b3ea7bd-bd9f-2b49-9fae-02a9db7481ec/c26ac5c0-7520-4dbd-98b3-f9de468c2808_720.png"/>
     <hyperlink ref="M32" r:id="rId46" tooltip="teconex.eu/de/produit/47485bdd-afd2-4c4f-a597-f3d582edc6d3"/>
     <hyperlink ref="N32" r:id="rId47" tooltip="static.prod.teconex-demo.be/v5/articles/47485bdd-afd2-4c4f-a597-f3d582edc6d3/1f0b6129-4a8b-4ca3-a64f-abfde0f24104_720.png"/>
     <hyperlink ref="M33" r:id="rId48" tooltip="teconex.eu/de/produit/bd7cfcd3-431e-d943-af31-49be56bcce62"/>
     <hyperlink ref="N33" r:id="rId49" tooltip="static.prod.teconex-demo.be/v5/articles/bd7cfcd3-431e-d943-af31-49be56bcce62/0febd447-505d-4d33-b0af-11b3549c5435_720.png"/>
     <hyperlink ref="M34" r:id="rId50" tooltip="teconex.eu/de/produit/27e24f49-0fd2-c448-b8ef-5f1bb0f210c2"/>
     <hyperlink ref="N34" r:id="rId51" tooltip="static.prod.teconex-demo.be/v5/articles/27e24f49-0fd2-c448-b8ef-5f1bb0f210c2/d672a959-16dd-4ee7-ab4a-982f8a2bdc59_720.png"/>
     <hyperlink ref="M35" r:id="rId52" tooltip="teconex.eu/de/produit/a3c43c31-4d17-194d-82e8-efbaf87002b0"/>
     <hyperlink ref="N35" r:id="rId53" tooltip="static.prod.teconex-demo.be/v5/articles/a3c43c31-4d17-194d-82e8-efbaf87002b0/b9bb8d94-b8d1-45bb-9b53-9c219908344c_720.png"/>
     <hyperlink ref="M36" r:id="rId54" tooltip="teconex.eu/de/produit/b22185e5-4fc2-df4e-96a1-df26e4facf70"/>
-    <hyperlink ref="M37" r:id="rId55" tooltip="teconex.eu/de/produit/057be465-8085-2b41-8161-9a9200863aac"/>
-[...1670 lines deleted...]
-    <hyperlink ref="N883" r:id="rId1726" tooltip="static.prod.teconex-demo.be/v5/articles/063aa14b-c6a2-0440-aedf-3ea05bb3c223/d6cb24a4-096b-458e-a98c-ac0b02642d00_720.png"/>
+    <hyperlink ref="N36" r:id="rId55" tooltip="static.prod.teconex-demo.be/v5/articles/b22185e5-4fc2-df4e-96a1-df26e4facf70/96ca893e-a43d-4c94-872c-932535f475b9_720.png"/>
+    <hyperlink ref="M37" r:id="rId56" tooltip="teconex.eu/de/produit/057be465-8085-2b41-8161-9a9200863aac"/>
+    <hyperlink ref="N37" r:id="rId57" tooltip="static.prod.teconex-demo.be/v5/articles/057be465-8085-2b41-8161-9a9200863aac/c16272b8-304f-4bed-bda6-77041652e3c5_720.jpg"/>
+    <hyperlink ref="M38" r:id="rId58" tooltip="teconex.eu/de/produit/63a24b1e-7b64-7947-b68f-b03c5a03f8b8"/>
+    <hyperlink ref="N38" r:id="rId59" tooltip="static.prod.teconex-demo.be/v5/articles/63a24b1e-7b64-7947-b68f-b03c5a03f8b8/043a2d74-fc9a-4135-9ebf-9315be7b0a46_720.png"/>
+    <hyperlink ref="M39" r:id="rId60" tooltip="teconex.eu/de/produit/6824e020-a35d-5641-bd81-5dc015ac3fb9"/>
+    <hyperlink ref="N39" r:id="rId61" tooltip="static.prod.teconex-demo.be/v5/articles/6824e020-a35d-5641-bd81-5dc015ac3fb9/23320996-4156-4971-a1f2-38b734a0ecf9_720.jpg"/>
+    <hyperlink ref="M40" r:id="rId62" tooltip="teconex.eu/de/produit/56ac6708-4e75-6843-a220-2e3ca257de11"/>
+    <hyperlink ref="N40" r:id="rId63" tooltip="static.prod.teconex-demo.be/v5/articles/56ac6708-4e75-6843-a220-2e3ca257de11/45bd0ef8-5559-4b44-b53e-fe7a27bf094c_720.jpg"/>
+    <hyperlink ref="M41" r:id="rId64" tooltip="teconex.eu/de/produit/349159a7-0677-2343-a543-983be7cb3d38"/>
+    <hyperlink ref="N41" r:id="rId65" tooltip="static.prod.teconex-demo.be/v5/articles/349159a7-0677-2343-a543-983be7cb3d38/5d4e592b-5b34-47df-b111-41b0c62897e1_720.jpg"/>
+    <hyperlink ref="M42" r:id="rId66" tooltip="teconex.eu/de/produit/dcf930c8-4b7c-af47-9aa0-58b5828489f9"/>
+    <hyperlink ref="N42" r:id="rId67" tooltip="static.prod.teconex-demo.be/v5/articles/dcf930c8-4b7c-af47-9aa0-58b5828489f9/7d18497b-be32-4e59-ad89-0f5343cd5561_720.jpg"/>
+    <hyperlink ref="M43" r:id="rId68" tooltip="teconex.eu/de/produit/0065db06-b2a8-6540-b823-144181f771e9"/>
+    <hyperlink ref="N43" r:id="rId69" tooltip="static.prod.teconex-demo.be/v5/articles/0065db06-b2a8-6540-b823-144181f771e9/5617b3c3-7e46-4235-b4df-578c82e790fc_720.jpg"/>
+    <hyperlink ref="M44" r:id="rId70" tooltip="teconex.eu/de/produit/bf55a66f-74e5-a749-8ada-7d41ae62d039"/>
+    <hyperlink ref="N44" r:id="rId71" tooltip="static.prod.teconex-demo.be/v5/articles/bf55a66f-74e5-a749-8ada-7d41ae62d039/d4362f3d-5435-497c-a709-3dee207dbbe7_720.jpg"/>
+    <hyperlink ref="M45" r:id="rId72" tooltip="teconex.eu/de/produit/4cb9a153-33c2-6046-9d5b-bf2dee52f706"/>
+    <hyperlink ref="N45" r:id="rId73" tooltip="static.prod.teconex-demo.be/v5/articles/4cb9a153-33c2-6046-9d5b-bf2dee52f706/7ec3f720-3d84-4df1-a4de-b122ec03116e_720.jpg"/>
+    <hyperlink ref="M46" r:id="rId74" tooltip="teconex.eu/de/produit/4f45a7d1-3eab-1f44-9bf4-04625fd4dc6e"/>
+    <hyperlink ref="N46" r:id="rId75" tooltip="static.prod.teconex-demo.be/v5/articles/4f45a7d1-3eab-1f44-9bf4-04625fd4dc6e/93f1e849-420b-41de-9233-5ee5e1f99fb8_720.jpg"/>
+    <hyperlink ref="M47" r:id="rId76" tooltip="teconex.eu/de/produit/ea47a86c-4e12-3840-9c7d-1326f9e36cb5"/>
+    <hyperlink ref="N47" r:id="rId77" tooltip="static.prod.teconex-demo.be/v5/articles/ea47a86c-4e12-3840-9c7d-1326f9e36cb5/65ffaf74-03cd-457f-bde2-416b938a560a_720.jpg"/>
+    <hyperlink ref="M48" r:id="rId78" tooltip="teconex.eu/de/produit/41bdc278-8d84-9b40-8cfa-baa4f206766b"/>
+    <hyperlink ref="N48" r:id="rId79" tooltip="static.prod.teconex-demo.be/v5/articles/41bdc278-8d84-9b40-8cfa-baa4f206766b/abcf1849-1041-42fb-a0f4-6e83ccf186d0_720.jpg"/>
+    <hyperlink ref="M49" r:id="rId80" tooltip="teconex.eu/de/produit/82770b9c-7b71-f34f-9e6a-f5d5c5190dff"/>
+    <hyperlink ref="N49" r:id="rId81" tooltip="static.prod.teconex-demo.be/v5/articles/82770b9c-7b71-f34f-9e6a-f5d5c5190dff/f9d4fbf8-ee7b-4e3d-8663-fa6b4fcfd145_720.jpg"/>
+    <hyperlink ref="M50" r:id="rId82" tooltip="teconex.eu/de/produit/98140b03-c396-af41-9572-002d699e8d83"/>
+    <hyperlink ref="N50" r:id="rId83" tooltip="static.prod.teconex-demo.be/v5/articles/98140b03-c396-af41-9572-002d699e8d83/a114cedc-6607-47ce-9782-14b168e73ccb_720.jpg"/>
+    <hyperlink ref="M51" r:id="rId84" tooltip="teconex.eu/de/produit/0184b0e2-c914-4748-9247-94767dfd7864"/>
+    <hyperlink ref="N51" r:id="rId85" tooltip="static.prod.teconex-demo.be/v5/articles/0184b0e2-c914-4748-9247-94767dfd7864/032cd09f-f935-498c-a1bd-c0e39750fde9_720.jpg"/>
+    <hyperlink ref="M52" r:id="rId86" tooltip="teconex.eu/de/produit/42e760d3-5455-1642-b64f-be271b182c51"/>
+    <hyperlink ref="N52" r:id="rId87" tooltip="static.prod.teconex-demo.be/v5/articles/42e760d3-5455-1642-b64f-be271b182c51/2cbb4002-3ef8-4f3f-b4f8-bc7a7ec21011_720.jpg"/>
+    <hyperlink ref="M53" r:id="rId88" tooltip="teconex.eu/de/produit/404f449e-efc8-1443-afd8-76cfed4b42c7"/>
+    <hyperlink ref="N53" r:id="rId89" tooltip="static.prod.teconex-demo.be/v5/articles/404f449e-efc8-1443-afd8-76cfed4b42c7/fe660dcf-df47-455d-ad3f-874afa5677d9_720.jpg"/>
+    <hyperlink ref="M54" r:id="rId90" tooltip="teconex.eu/de/produit/5568a86f-e936-f84d-90b1-85d4ad7d5c18"/>
+    <hyperlink ref="N54" r:id="rId91" tooltip="static.prod.teconex-demo.be/v5/articles/5568a86f-e936-f84d-90b1-85d4ad7d5c18/3f07c0ea-d7eb-475b-9918-b0e706b35517_720.jpg"/>
+    <hyperlink ref="M55" r:id="rId92" tooltip="teconex.eu/de/produit/3a5d7d5c-4115-0a44-a976-4cf0a14f837e"/>
+    <hyperlink ref="N55" r:id="rId93" tooltip="static.prod.teconex-demo.be/v5/articles/3a5d7d5c-4115-0a44-a976-4cf0a14f837e/6d267608-5e3b-4689-adc9-fd5db0d6d0a9_720.jpg"/>
+    <hyperlink ref="M56" r:id="rId94" tooltip="teconex.eu/de/produit/9be11800-a0ff-d744-8ed5-87e30ab9d1e5"/>
+    <hyperlink ref="N56" r:id="rId95" tooltip="static.prod.teconex-demo.be/v5/articles/9be11800-a0ff-d744-8ed5-87e30ab9d1e5/a6a618d2-a30b-455f-8b16-50c35b81c3e5_720.jpg"/>
+    <hyperlink ref="M57" r:id="rId96" tooltip="teconex.eu/de/produit/1204f7a3-86cb-824e-ab59-0b92c500512e"/>
+    <hyperlink ref="N57" r:id="rId97" tooltip="static.prod.teconex-demo.be/v5/articles/1204f7a3-86cb-824e-ab59-0b92c500512e/fee116b9-2d67-4fb3-b87f-f1e11bae83a8_720.jpg"/>
+    <hyperlink ref="M58" r:id="rId98" tooltip="teconex.eu/de/produit/f0276fa6-f4cc-5548-a3e6-993b0759833a"/>
+    <hyperlink ref="N58" r:id="rId99" tooltip="static.prod.teconex-demo.be/v5/articles/f0276fa6-f4cc-5548-a3e6-993b0759833a/c602fa68-c4d5-4d7f-9c56-073b8ee50c7b_720.jpg"/>
+    <hyperlink ref="M59" r:id="rId100" tooltip="teconex.eu/de/produit/bbb8eaca-d354-614c-8795-5090328dd4b0"/>
+    <hyperlink ref="N59" r:id="rId101" tooltip="static.prod.teconex-demo.be/v5/articles/bbb8eaca-d354-614c-8795-5090328dd4b0/d471c401-c2a8-42bd-b252-3055348cd97b_720.jpg"/>
+    <hyperlink ref="M60" r:id="rId102" tooltip="teconex.eu/de/produit/f94759eb-9fce-dc41-a36c-0b345cd2c652"/>
+    <hyperlink ref="N60" r:id="rId103" tooltip="static.prod.teconex-demo.be/v5/articles/f94759eb-9fce-dc41-a36c-0b345cd2c652/a5589eb5-64ce-41bd-b3be-aaaa1695ed28_720.jpg"/>
+    <hyperlink ref="M61" r:id="rId104" tooltip="teconex.eu/de/produit/aa940a5e-364e-f14b-8018-e595f90e3440"/>
+    <hyperlink ref="N61" r:id="rId105" tooltip="static.prod.teconex-demo.be/v5/articles/aa940a5e-364e-f14b-8018-e595f90e3440/5c09ef16-e35b-4964-a547-414dc7aecca5_720.jpg"/>
+    <hyperlink ref="M62" r:id="rId106" tooltip="teconex.eu/de/produit/38546c45-1be5-0741-9914-c04b08fbdcf4"/>
+    <hyperlink ref="N62" r:id="rId107" tooltip="static.prod.teconex-demo.be/v5/articles/38546c45-1be5-0741-9914-c04b08fbdcf4/8a41f284-ad45-442e-870a-bea2cc26b184_720.jpg"/>
+    <hyperlink ref="M63" r:id="rId108" tooltip="teconex.eu/de/produit/90a20b94-9242-1d4d-80f4-60e5151d0558"/>
+    <hyperlink ref="N63" r:id="rId109" tooltip="static.prod.teconex-demo.be/v5/articles/90a20b94-9242-1d4d-80f4-60e5151d0558/b16a5ff3-69f5-4463-9cf0-506cd52c7fef_720.jpg"/>
+    <hyperlink ref="M64" r:id="rId110" tooltip="teconex.eu/de/produit/8fda4c34-2c62-6844-8560-d820690d7963"/>
+    <hyperlink ref="N64" r:id="rId111" tooltip="static.prod.teconex-demo.be/v5/articles/8fda4c34-2c62-6844-8560-d820690d7963/cd86aacd-2798-4f2f-a4c5-c323923d6436_720.jpg"/>
+    <hyperlink ref="M65" r:id="rId112" tooltip="teconex.eu/de/produit/64a9f253-b6a6-e84d-a13e-6c3cef816c08"/>
+    <hyperlink ref="N65" r:id="rId113" tooltip="static.prod.teconex-demo.be/v5/articles/64a9f253-b6a6-e84d-a13e-6c3cef816c08/0de1869a-4009-4d07-84c7-9877373f20a2_720.jpg"/>
+    <hyperlink ref="M66" r:id="rId114" tooltip="teconex.eu/de/produit/f2879e7f-aecd-7d47-a156-5604b3f127ba"/>
+    <hyperlink ref="N66" r:id="rId115" tooltip="static.prod.teconex-demo.be/v5/articles/f2879e7f-aecd-7d47-a156-5604b3f127ba/72656dd7-e868-4452-b248-50123ee07f85_720.jpg"/>
+    <hyperlink ref="M67" r:id="rId116" tooltip="teconex.eu/de/produit/d89c0418-4858-3140-b278-44f1adb84927"/>
+    <hyperlink ref="N67" r:id="rId117" tooltip="static.prod.teconex-demo.be/v5/articles/d89c0418-4858-3140-b278-44f1adb84927/32b24afc-2303-4887-9ad0-73a336c83a53_720.jpg"/>
+    <hyperlink ref="M68" r:id="rId118" tooltip="teconex.eu/de/produit/799c9bc0-fc97-904e-b95b-f54702009852"/>
+    <hyperlink ref="N68" r:id="rId119" tooltip="static.prod.teconex-demo.be/v5/articles/799c9bc0-fc97-904e-b95b-f54702009852/5f6c086f-7cc6-4eed-9727-646af5845d23_720.jpg"/>
+    <hyperlink ref="M69" r:id="rId120" tooltip="teconex.eu/de/produit/64ce642b-30bd-bb44-b000-8e5dad40168c"/>
+    <hyperlink ref="N69" r:id="rId121" tooltip="static.prod.teconex-demo.be/v5/articles/64ce642b-30bd-bb44-b000-8e5dad40168c/0dd4be8f-0ddd-4748-ac36-264c13318d31_720.jpg"/>
+    <hyperlink ref="M70" r:id="rId122" tooltip="teconex.eu/de/produit/ad69dd42-8326-cb44-881c-d00980c28052"/>
+    <hyperlink ref="N70" r:id="rId123" tooltip="static.prod.teconex-demo.be/v5/articles/ad69dd42-8326-cb44-881c-d00980c28052/d96762b9-8b1b-4f5f-bebc-2f488bc22f47_720.jpg"/>
+    <hyperlink ref="M71" r:id="rId124" tooltip="teconex.eu/de/produit/6c9b7f23-5e96-7d4d-b760-639543b7d86f"/>
+    <hyperlink ref="N71" r:id="rId125" tooltip="static.prod.teconex-demo.be/v5/articles/6c9b7f23-5e96-7d4d-b760-639543b7d86f/ae9a7f06-406e-4076-922c-a23770b6c6fb_720.jpg"/>
+    <hyperlink ref="M72" r:id="rId126" tooltip="teconex.eu/de/produit/9a336451-ad47-7f41-ad1b-9cf2ae04fefc"/>
+    <hyperlink ref="N72" r:id="rId127" tooltip="static.prod.teconex-demo.be/v5/articles/9a336451-ad47-7f41-ad1b-9cf2ae04fefc/aea0f38d-4404-493f-8369-ae5ea7cb18b2_720.jpg"/>
+    <hyperlink ref="M73" r:id="rId128" tooltip="teconex.eu/de/produit/3a881407-8b34-0449-84be-b3aa18730c6b"/>
+    <hyperlink ref="N73" r:id="rId129" tooltip="static.prod.teconex-demo.be/v5/articles/3a881407-8b34-0449-84be-b3aa18730c6b/b5c2fa00-b2dd-41fb-915e-0b6bc18d7665_720.jpg"/>
+    <hyperlink ref="M74" r:id="rId130" tooltip="teconex.eu/de/produit/d4d32211-7487-134d-aece-0f2cfe2dfbb9"/>
+    <hyperlink ref="N74" r:id="rId131" tooltip="static.prod.teconex-demo.be/v5/articles/d4d32211-7487-134d-aece-0f2cfe2dfbb9/3dd26a63-7dca-4c5a-8578-054992bbc52d_720.jpg"/>
+    <hyperlink ref="M75" r:id="rId132" tooltip="teconex.eu/de/produit/3ae670aa-253b-0f40-8d9a-a4d55651bad5"/>
+    <hyperlink ref="N75" r:id="rId133" tooltip="static.prod.teconex-demo.be/v5/articles/3ae670aa-253b-0f40-8d9a-a4d55651bad5/b474d1e9-5921-41af-8725-6133f41afa30_720.png"/>
+    <hyperlink ref="M76" r:id="rId134" tooltip="teconex.eu/de/produit/fd3d682b-8549-c74f-8eae-6d47214a0a17"/>
+    <hyperlink ref="N76" r:id="rId135" tooltip="static.prod.teconex-demo.be/v5/articles/fd3d682b-8549-c74f-8eae-6d47214a0a17/f80b5771-680f-404c-9a2f-929a8c5d1a91_720.png"/>
+    <hyperlink ref="M77" r:id="rId136" tooltip="teconex.eu/de/produit/718d6903-c795-c84a-931f-2ceb33e48270"/>
+    <hyperlink ref="N77" r:id="rId137" tooltip="static.prod.teconex-demo.be/v5/articles/718d6903-c795-c84a-931f-2ceb33e48270/bbd32ced-d85e-4545-99ff-222a84182ed2_720.png"/>
+    <hyperlink ref="M78" r:id="rId138" tooltip="teconex.eu/de/produit/598de504-cfab-3b41-8269-8ad000f58765"/>
+    <hyperlink ref="N78" r:id="rId139" tooltip="static.prod.teconex-demo.be/v5/articles/598de504-cfab-3b41-8269-8ad000f58765/fd30bbe0-a83d-4a1f-adfc-c3a964c35bcc_720.png"/>
+    <hyperlink ref="M79" r:id="rId140" tooltip="teconex.eu/de/produit/56613b9e-a420-f74d-acb6-8ef6c492d479"/>
+    <hyperlink ref="N79" r:id="rId141" tooltip="static.prod.teconex-demo.be/v5/articles/56613b9e-a420-f74d-acb6-8ef6c492d479/971973d0-9eef-422b-a6e0-0256cef602c7_720.png"/>
+    <hyperlink ref="M80" r:id="rId142" tooltip="teconex.eu/de/produit/4f953738-2c7d-e642-899c-597ac86f01ff"/>
+    <hyperlink ref="N80" r:id="rId143" tooltip="static.prod.teconex-demo.be/v5/articles/4f953738-2c7d-e642-899c-597ac86f01ff/f25037ea-3e84-4443-a0f9-e5a4018f6eda_720.png"/>
+    <hyperlink ref="M81" r:id="rId144" tooltip="teconex.eu/de/produit/38360526-393f-2542-bf7e-4047582de759"/>
+    <hyperlink ref="N81" r:id="rId145" tooltip="static.prod.teconex-demo.be/v5/articles/38360526-393f-2542-bf7e-4047582de759/c97b4509-3b3b-4b79-ab9f-c4c535335d32_720.png"/>
+    <hyperlink ref="M82" r:id="rId146" tooltip="teconex.eu/de/produit/a2445c88-d79b-ba4c-94c2-4b24274742a0"/>
+    <hyperlink ref="N82" r:id="rId147" tooltip="static.prod.teconex-demo.be/v5/articles/a2445c88-d79b-ba4c-94c2-4b24274742a0/195492b6-83bf-4669-a43a-9d991633f1cf_720.png"/>
+    <hyperlink ref="M83" r:id="rId148" tooltip="teconex.eu/de/produit/71309a67-dea8-4e42-9dc2-65cf8b930f5a"/>
+    <hyperlink ref="N83" r:id="rId149" tooltip="static.prod.teconex-demo.be/v5/articles/71309a67-dea8-4e42-9dc2-65cf8b930f5a/37a29fea-a0b4-44ab-9d63-8d17ead863fc_720.png"/>
+    <hyperlink ref="M84" r:id="rId150" tooltip="teconex.eu/de/produit/4ce13cda-0f31-b346-b210-3d9c609caa4a"/>
+    <hyperlink ref="N84" r:id="rId151" tooltip="static.prod.teconex-demo.be/v5/articles/4ce13cda-0f31-b346-b210-3d9c609caa4a/13f6916f-4e09-41a1-9660-46399b827665_720.png"/>
+    <hyperlink ref="M85" r:id="rId152" tooltip="teconex.eu/de/produit/f4b7f054-3713-744c-a14b-934c8bfacd3e"/>
+    <hyperlink ref="N85" r:id="rId153" tooltip="static.prod.teconex-demo.be/v5/articles/f4b7f054-3713-744c-a14b-934c8bfacd3e/1003b286-f886-4711-9e10-46d1dc4556e3_720.png"/>
+    <hyperlink ref="M86" r:id="rId154" tooltip="teconex.eu/de/produit/1e556669-644a-c247-bf95-9a4d794931c9"/>
+    <hyperlink ref="N86" r:id="rId155" tooltip="static.prod.teconex-demo.be/v5/articles/1e556669-644a-c247-bf95-9a4d794931c9/073659a6-bbfd-4394-aec7-a7d275f5f48c_720.png"/>
+    <hyperlink ref="M87" r:id="rId156" tooltip="teconex.eu/de/produit/7f4b9b2b-22c3-2345-90d8-7d5c3e83477a"/>
+    <hyperlink ref="N87" r:id="rId157" tooltip="static.prod.teconex-demo.be/v5/articles/7f4b9b2b-22c3-2345-90d8-7d5c3e83477a/6cfc0813-af87-4b8d-987d-e7853e4685e9_720.png"/>
+    <hyperlink ref="M88" r:id="rId158" tooltip="teconex.eu/de/produit/d06040d5-69ae-234e-9e12-94afabedca17"/>
+    <hyperlink ref="N88" r:id="rId159" tooltip="static.prod.teconex-demo.be/v5/articles/d06040d5-69ae-234e-9e12-94afabedca17/ebda309b-2b5a-4bfb-99b1-b02a59a18a34_720.png"/>
+    <hyperlink ref="M89" r:id="rId160" tooltip="teconex.eu/de/produit/4e7d7300-bec3-dc41-8725-11520342b9f4"/>
+    <hyperlink ref="N89" r:id="rId161" tooltip="static.prod.teconex-demo.be/v5/articles/4e7d7300-bec3-dc41-8725-11520342b9f4/6cfc0813-af87-4b8d-987d-e7853e4685e9_720.png"/>
+    <hyperlink ref="M90" r:id="rId162" tooltip="teconex.eu/de/produit/c46f4b08-8a1f-894b-8ce1-b35499d914f9"/>
+    <hyperlink ref="N90" r:id="rId163" tooltip="static.prod.teconex-demo.be/v5/articles/c46f4b08-8a1f-894b-8ce1-b35499d914f9/2d5893a4-c4e6-4e95-9579-536a25a90378_720.jpg"/>
+    <hyperlink ref="M91" r:id="rId164" tooltip="teconex.eu/de/produit/7d299d47-eaaa-8142-917f-d32c8768ebd0"/>
+    <hyperlink ref="N91" r:id="rId165" tooltip="static.prod.teconex-demo.be/v5/articles/7d299d47-eaaa-8142-917f-d32c8768ebd0/a661fa59-44f1-40a2-9de7-23f97e481aad_720.png"/>
+    <hyperlink ref="M92" r:id="rId166" tooltip="teconex.eu/de/produit/bd8c5a98-5a30-7f45-a0c3-1a0a827613bd"/>
+    <hyperlink ref="N92" r:id="rId167" tooltip="static.prod.teconex-demo.be/v5/articles/bd8c5a98-5a30-7f45-a0c3-1a0a827613bd/59ac8da3-72ce-4f1a-b18e-85d15c5dde7f_720.png"/>
+    <hyperlink ref="M93" r:id="rId168" tooltip="teconex.eu/de/produit/5b1902ae-156a-8549-a1b7-a8207937e123"/>
+    <hyperlink ref="N93" r:id="rId169" tooltip="static.prod.teconex-demo.be/v5/articles/5b1902ae-156a-8549-a1b7-a8207937e123/4b57447c-6eae-45e4-9533-ffecec68379a_720.png"/>
+    <hyperlink ref="M94" r:id="rId170" tooltip="teconex.eu/de/produit/59c6c430-8bbe-9442-8fca-8a3a42060d37"/>
+    <hyperlink ref="N94" r:id="rId171" tooltip="static.prod.teconex-demo.be/v5/articles/59c6c430-8bbe-9442-8fca-8a3a42060d37/0c105e72-8639-4f9f-b4ab-70c200561f41_720.png"/>
+    <hyperlink ref="M95" r:id="rId172" tooltip="teconex.eu/de/produit/572edd72-d7bf-4845-834f-cb059d314507"/>
+    <hyperlink ref="N95" r:id="rId173" tooltip="static.prod.teconex-demo.be/v5/articles/572edd72-d7bf-4845-834f-cb059d314507/22bd188f-4ca7-4f86-86af-6a3e220da277_720.png"/>
+    <hyperlink ref="M96" r:id="rId174" tooltip="teconex.eu/de/produit/17bb4421-07a8-3b43-a149-814af2a031a7"/>
+    <hyperlink ref="N96" r:id="rId175" tooltip="static.prod.teconex-demo.be/v5/articles/17bb4421-07a8-3b43-a149-814af2a031a7/dddb1342-0030-451d-bd10-8489246b78c4_720.png"/>
+    <hyperlink ref="M97" r:id="rId176" tooltip="teconex.eu/de/produit/bfc013af-cfbb-0147-a71a-cfacd5e10d9e"/>
+    <hyperlink ref="N97" r:id="rId177" tooltip="static.prod.teconex-demo.be/v5/articles/bfc013af-cfbb-0147-a71a-cfacd5e10d9e/16cc117a-729c-4af2-8d31-3879c6b13d42_720.png"/>
+    <hyperlink ref="M98" r:id="rId178" tooltip="teconex.eu/de/produit/2ecc8231-5531-a945-b16e-1c99d363fd10"/>
+    <hyperlink ref="N98" r:id="rId179" tooltip="static.prod.teconex-demo.be/v5/articles/2ecc8231-5531-a945-b16e-1c99d363fd10/7b11a764-644b-4482-a44e-a7aff630d0c2_720.png"/>
+    <hyperlink ref="M99" r:id="rId180" tooltip="teconex.eu/de/produit/e424c33f-2b00-3546-a9d5-5c44948f450a"/>
+    <hyperlink ref="N99" r:id="rId181" tooltip="static.prod.teconex-demo.be/v5/articles/e424c33f-2b00-3546-a9d5-5c44948f450a/509c3468-634a-487d-af07-205bdd451cf7_720.jpg"/>
+    <hyperlink ref="M100" r:id="rId182" tooltip="teconex.eu/de/produit/ba4a5588-18ca-a842-8b1b-5e27676ab002"/>
+    <hyperlink ref="N100" r:id="rId183" tooltip="static.prod.teconex-demo.be/v5/articles/ba4a5588-18ca-a842-8b1b-5e27676ab002/8a28057e-04b1-43ff-b339-65f64c860f72_720.png"/>
+    <hyperlink ref="M101" r:id="rId184" tooltip="teconex.eu/de/produit/270b97fa-ae0d-1c41-907a-bdd3de7179a3"/>
+    <hyperlink ref="N101" r:id="rId185" tooltip="static.prod.teconex-demo.be/v5/articles/270b97fa-ae0d-1c41-907a-bdd3de7179a3/3dbf6d07-a8ba-47ea-be1b-ec1e18bd78d2_720.png"/>
+    <hyperlink ref="M102" r:id="rId186" tooltip="teconex.eu/de/produit/e4e40d29-7e3e-c748-85a5-a0ceb1044841"/>
+    <hyperlink ref="N102" r:id="rId187" tooltip="static.prod.teconex-demo.be/v5/articles/e4e40d29-7e3e-c748-85a5-a0ceb1044841/d4ceba3e-1b3e-4adb-9c2c-40aa4022b2ba_720.png"/>
+    <hyperlink ref="M103" r:id="rId188" tooltip="teconex.eu/de/produit/ad3338fc-e927-8747-98c7-923fead826e4"/>
+    <hyperlink ref="N103" r:id="rId189" tooltip="static.prod.teconex-demo.be/v5/articles/ad3338fc-e927-8747-98c7-923fead826e4/413c3bac-f95f-4096-b8e2-68143d0014bb_720.png"/>
+    <hyperlink ref="M104" r:id="rId190" tooltip="teconex.eu/de/produit/6bc44e71-a950-e04a-9da0-1ec9c14fa469"/>
+    <hyperlink ref="N104" r:id="rId191" tooltip="static.prod.teconex-demo.be/v5/articles/6bc44e71-a950-e04a-9da0-1ec9c14fa469/413c3bac-f95f-4096-b8e2-68143d0014bb_720.png"/>
+    <hyperlink ref="M105" r:id="rId192" tooltip="teconex.eu/de/produit/5055aa6f-3285-d547-93d4-a66abb5c559c"/>
+    <hyperlink ref="N105" r:id="rId193" tooltip="static.prod.teconex-demo.be/v5/articles/5055aa6f-3285-d547-93d4-a66abb5c559c/d7eefbfc-c0ed-4106-af4c-10f9ba22328a_720.png"/>
+    <hyperlink ref="M106" r:id="rId194" tooltip="teconex.eu/de/produit/cf52d4db-3835-e147-a7b5-659c5bad42b5"/>
+    <hyperlink ref="N106" r:id="rId195" tooltip="static.prod.teconex-demo.be/v5/articles/cf52d4db-3835-e147-a7b5-659c5bad42b5/d7eefbfc-c0ed-4106-af4c-10f9ba22328a_720.png"/>
+    <hyperlink ref="M107" r:id="rId196" tooltip="teconex.eu/de/produit/3fdd8062-cbb0-8148-b9c3-bc4cf3a7e9b3"/>
+    <hyperlink ref="N107" r:id="rId197" tooltip="static.prod.teconex-demo.be/v5/articles/3fdd8062-cbb0-8148-b9c3-bc4cf3a7e9b3/b14cb9b1-3bea-41e8-b190-5f24b41d8a37_720.png"/>
+    <hyperlink ref="M108" r:id="rId198" tooltip="teconex.eu/de/produit/56fa208f-3ce7-9445-9b02-c9ce44649969"/>
+    <hyperlink ref="N108" r:id="rId199" tooltip="static.prod.teconex-demo.be/v5/articles/56fa208f-3ce7-9445-9b02-c9ce44649969/b14cb9b1-3bea-41e8-b190-5f24b41d8a37_720.png"/>
+    <hyperlink ref="M109" r:id="rId200" tooltip="teconex.eu/de/produit/de4e6c62-0115-284b-a6e6-e9d53046e402"/>
+    <hyperlink ref="N109" r:id="rId201" tooltip="static.prod.teconex-demo.be/v5/articles/de4e6c62-0115-284b-a6e6-e9d53046e402/e8140d45-31b1-4744-a23b-7b816527a12a_720.png"/>
+    <hyperlink ref="M110" r:id="rId202" tooltip="teconex.eu/de/produit/4ad9b290-0a40-3142-99ea-add65dcf15d2"/>
+    <hyperlink ref="N110" r:id="rId203" tooltip="static.prod.teconex-demo.be/v5/articles/4ad9b290-0a40-3142-99ea-add65dcf15d2/e8140d45-31b1-4744-a23b-7b816527a12a_720.png"/>
+    <hyperlink ref="M111" r:id="rId204" tooltip="teconex.eu/de/produit/d42cf55c-9af8-9340-87ce-34cfbfb8e11f"/>
+    <hyperlink ref="N111" r:id="rId205" tooltip="static.prod.teconex-demo.be/v5/articles/d42cf55c-9af8-9340-87ce-34cfbfb8e11f/f599acda-16ac-45ef-9f97-29cb77506231_720.jpg"/>
+    <hyperlink ref="M112" r:id="rId206" tooltip="teconex.eu/de/produit/9eb6d460-92ab-b243-bc9e-864fb3551aac"/>
+    <hyperlink ref="N112" r:id="rId207" tooltip="static.prod.teconex-demo.be/v5/articles/9eb6d460-92ab-b243-bc9e-864fb3551aac/f599acda-16ac-45ef-9f97-29cb77506231_720.jpg"/>
+    <hyperlink ref="M113" r:id="rId208" tooltip="teconex.eu/de/produit/fd969184-2c4f-1a43-aee9-4af46b3e332e"/>
+    <hyperlink ref="N113" r:id="rId209" tooltip="static.prod.teconex-demo.be/v5/articles/fd969184-2c4f-1a43-aee9-4af46b3e332e/f5bb1206-fab4-4ccf-8946-42e260702733_720.png"/>
+    <hyperlink ref="M114" r:id="rId210" tooltip="teconex.eu/de/produit/4defeeef-44fe-0640-bffb-794fd9536e6f"/>
+    <hyperlink ref="N114" r:id="rId211" tooltip="static.prod.teconex-demo.be/v5/articles/4defeeef-44fe-0640-bffb-794fd9536e6f/f5bb1206-fab4-4ccf-8946-42e260702733_720.png"/>
+    <hyperlink ref="M115" r:id="rId212" tooltip="teconex.eu/de/produit/c754ccc4-7ab1-3049-a9e8-bd4cb14c5eea"/>
+    <hyperlink ref="N115" r:id="rId213" tooltip="static.prod.teconex-demo.be/v5/articles/c754ccc4-7ab1-3049-a9e8-bd4cb14c5eea/7f6d14c5-8c1a-4d71-8efe-2de0be660113_720.png"/>
+    <hyperlink ref="M116" r:id="rId214" tooltip="teconex.eu/de/produit/ee0148ed-7180-9d4b-a98d-33bfd58bce0c"/>
+    <hyperlink ref="N116" r:id="rId215" tooltip="static.prod.teconex-demo.be/v5/articles/ee0148ed-7180-9d4b-a98d-33bfd58bce0c/7f6d14c5-8c1a-4d71-8efe-2de0be660113_720.png"/>
+    <hyperlink ref="M117" r:id="rId216" tooltip="teconex.eu/de/produit/72e7432b-07e4-7d4a-8bca-fabef4082bef"/>
+    <hyperlink ref="N117" r:id="rId217" tooltip="static.prod.teconex-demo.be/v5/articles/72e7432b-07e4-7d4a-8bca-fabef4082bef/945bc40a-c195-4a3d-bc8e-db610f5544fa_720.png"/>
+    <hyperlink ref="M118" r:id="rId218" tooltip="teconex.eu/de/produit/8339d2fa-5a93-f948-878d-e21e824e28d2"/>
+    <hyperlink ref="N118" r:id="rId219" tooltip="static.prod.teconex-demo.be/v5/articles/8339d2fa-5a93-f948-878d-e21e824e28d2/945bc40a-c195-4a3d-bc8e-db610f5544fa_720.png"/>
+    <hyperlink ref="M119" r:id="rId220" tooltip="teconex.eu/de/produit/7b219fd7-c336-8f49-9209-7ff239bca1c5"/>
+    <hyperlink ref="N119" r:id="rId221" tooltip="static.prod.teconex-demo.be/v5/articles/7b219fd7-c336-8f49-9209-7ff239bca1c5/5a6260c1-45c8-4abb-9807-ac863a7e40e9_720.png"/>
+    <hyperlink ref="M120" r:id="rId222" tooltip="teconex.eu/de/produit/5a6cc1b9-5e40-2744-b47a-28eb72b984e1"/>
+    <hyperlink ref="N120" r:id="rId223" tooltip="static.prod.teconex-demo.be/v5/articles/5a6cc1b9-5e40-2744-b47a-28eb72b984e1/5a6260c1-45c8-4abb-9807-ac863a7e40e9_720.png"/>
+    <hyperlink ref="M121" r:id="rId224" tooltip="teconex.eu/de/produit/b9d6114e-a6ff-a142-9e41-af3a19fe1b04"/>
+    <hyperlink ref="N121" r:id="rId225" tooltip="static.prod.teconex-demo.be/v5/articles/b9d6114e-a6ff-a142-9e41-af3a19fe1b04/7f94ca1e-5df6-4221-b58f-a6de934f164b_720.jpg"/>
+    <hyperlink ref="M122" r:id="rId226" tooltip="teconex.eu/de/produit/2b72c6c3-31e5-5e41-80ac-4b2adf3696be"/>
+    <hyperlink ref="N122" r:id="rId227" tooltip="static.prod.teconex-demo.be/v5/articles/2b72c6c3-31e5-5e41-80ac-4b2adf3696be/206a8ac1-6662-4dbe-a178-d36fec19d6fa_720.png"/>
+    <hyperlink ref="M123" r:id="rId228" tooltip="teconex.eu/de/produit/f46409a2-bd48-124c-8e7b-650618255d0d"/>
+    <hyperlink ref="N123" r:id="rId229" tooltip="static.prod.teconex-demo.be/v5/articles/f46409a2-bd48-124c-8e7b-650618255d0d/6cc161a7-1768-41a6-a3c5-34dd0874c3dd_720.png"/>
+    <hyperlink ref="M124" r:id="rId230" tooltip="teconex.eu/de/produit/5ff919c0-1f7f-0947-af82-d8c581258fd5"/>
+    <hyperlink ref="N124" r:id="rId231" tooltip="static.prod.teconex-demo.be/v5/articles/5ff919c0-1f7f-0947-af82-d8c581258fd5/c7ade41e-a5ef-42d7-9686-f997c1d9af34_720.png"/>
+    <hyperlink ref="M125" r:id="rId232" tooltip="teconex.eu/de/produit/7a6e3a85-c2a3-3e42-8300-130907b5e6a4"/>
+    <hyperlink ref="N125" r:id="rId233" tooltip="static.prod.teconex-demo.be/v5/articles/7a6e3a85-c2a3-3e42-8300-130907b5e6a4/2560d889-4533-4778-96ce-eafe1589a07b_720.png"/>
+    <hyperlink ref="M126" r:id="rId234" tooltip="teconex.eu/de/produit/766593a5-046e-2b47-84d5-dc37bbb8e83a"/>
+    <hyperlink ref="N126" r:id="rId235" tooltip="static.prod.teconex-demo.be/v5/articles/766593a5-046e-2b47-84d5-dc37bbb8e83a/daad0e39-d251-4c26-812f-d4518c413536_720.png"/>
+    <hyperlink ref="M127" r:id="rId236" tooltip="teconex.eu/de/produit/be11e1ee-9c9d-6349-88f3-ff8c09821f27"/>
+    <hyperlink ref="N127" r:id="rId237" tooltip="static.prod.teconex-demo.be/v5/articles/be11e1ee-9c9d-6349-88f3-ff8c09821f27/da02f98e-988b-422a-9463-e9997fa90f36_720.png"/>
+    <hyperlink ref="M128" r:id="rId238" tooltip="teconex.eu/de/produit/1d7dd42f-323d-a84d-a613-bd12e007f361"/>
+    <hyperlink ref="M129" r:id="rId239" tooltip="teconex.eu/de/produit/8c98c5fc-45ca-a04e-8c37-b5e6cf791922"/>
+    <hyperlink ref="N129" r:id="rId240" tooltip="static.prod.teconex-demo.be/v5/articles/8c98c5fc-45ca-a04e-8c37-b5e6cf791922/63ad7a9b-6276-4187-8793-656a8320133c_720.png"/>
+    <hyperlink ref="M130" r:id="rId241" tooltip="teconex.eu/de/produit/991577e4-12bc-5348-8e2b-6c88012ba980"/>
+    <hyperlink ref="N130" r:id="rId242" tooltip="static.prod.teconex-demo.be/v5/articles/991577e4-12bc-5348-8e2b-6c88012ba980/d193b591-915e-4943-9602-fea4a38b8f26_720.png"/>
+    <hyperlink ref="M131" r:id="rId243" tooltip="teconex.eu/de/produit/24fd290f-ce14-0d40-b2f9-3c1e03881600"/>
+    <hyperlink ref="N131" r:id="rId244" tooltip="static.prod.teconex-demo.be/v5/articles/24fd290f-ce14-0d40-b2f9-3c1e03881600/b24da231-4c3f-4ae1-ba4f-a457e76df2b6_720.png"/>
+    <hyperlink ref="M132" r:id="rId245" tooltip="teconex.eu/de/produit/f6ca4fbd-91a9-ee43-a509-4017c727e764"/>
+    <hyperlink ref="M133" r:id="rId246" tooltip="teconex.eu/de/produit/75d03c5d-ecc8-2b47-b0c4-16391a2244c6"/>
+    <hyperlink ref="N133" r:id="rId247" tooltip="static.prod.teconex-demo.be/v5/articles/75d03c5d-ecc8-2b47-b0c4-16391a2244c6/b1b31b6a-836e-4a80-9ffe-e3af3015602c_720.png"/>
+    <hyperlink ref="M134" r:id="rId248" tooltip="teconex.eu/de/produit/d819e130-91ad-4f4c-b46e-76776caecf74"/>
+    <hyperlink ref="N134" r:id="rId249" tooltip="static.prod.teconex-demo.be/v5/articles/d819e130-91ad-4f4c-b46e-76776caecf74/69f5913f-6a9d-446c-b366-4d513933f282_720.png"/>
+    <hyperlink ref="M135" r:id="rId250" tooltip="teconex.eu/de/produit/448a7e93-2846-7145-93c5-9f916f6fbacf"/>
+    <hyperlink ref="N135" r:id="rId251" tooltip="static.prod.teconex-demo.be/v5/articles/448a7e93-2846-7145-93c5-9f916f6fbacf/20612bf2-325b-4d65-883a-cc14bfdd1e42_720.png"/>
+    <hyperlink ref="M136" r:id="rId252" tooltip="teconex.eu/de/produit/5d7e2986-3367-6046-956d-242b5fb0d955"/>
+    <hyperlink ref="N136" r:id="rId253" tooltip="static.prod.teconex-demo.be/v5/articles/5d7e2986-3367-6046-956d-242b5fb0d955/2fc0e84e-36a5-4151-8146-76ffc786767a_720.png"/>
+    <hyperlink ref="M137" r:id="rId254" tooltip="teconex.eu/de/produit/8596cadb-d09c-9042-9b0f-80fe6423e5e5"/>
+    <hyperlink ref="N137" r:id="rId255" tooltip="static.prod.teconex-demo.be/v5/articles/8596cadb-d09c-9042-9b0f-80fe6423e5e5/fe1cf91b-401c-4073-b5a0-5be6b3d9e5ab_720.png"/>
+    <hyperlink ref="M138" r:id="rId256" tooltip="teconex.eu/de/produit/e0f6a7b9-2bd2-f445-8102-927478e4375a"/>
+    <hyperlink ref="N138" r:id="rId257" tooltip="static.prod.teconex-demo.be/v5/articles/e0f6a7b9-2bd2-f445-8102-927478e4375a/07e8a360-fc50-44f2-af67-5bcd406f9c98_720.png"/>
+    <hyperlink ref="M139" r:id="rId258" tooltip="teconex.eu/de/produit/0d7c043c-9901-2c46-b93e-d6c88a613a2d"/>
+    <hyperlink ref="N139" r:id="rId259" tooltip="static.prod.teconex-demo.be/v5/articles/0d7c043c-9901-2c46-b93e-d6c88a613a2d/6863b1f0-a987-4020-ba47-623dec8e1151_720.png"/>
+    <hyperlink ref="M140" r:id="rId260" tooltip="teconex.eu/de/produit/d24559ee-18d0-7e4c-8d94-1191dddbf903"/>
+    <hyperlink ref="N140" r:id="rId261" tooltip="static.prod.teconex-demo.be/v5/articles/d24559ee-18d0-7e4c-8d94-1191dddbf903/3a2c785f-5a26-4b88-9d05-1ada714cf6bf_720.jpg"/>
+    <hyperlink ref="M141" r:id="rId262" tooltip="teconex.eu/de/produit/b28c16b0-5ed2-104e-9e6e-f3d3cf961d2f"/>
+    <hyperlink ref="N141" r:id="rId263" tooltip="static.prod.teconex-demo.be/v5/articles/b28c16b0-5ed2-104e-9e6e-f3d3cf961d2f/a83930f6-1ac1-47d3-9047-b4a5a2dbd195_720.png"/>
+    <hyperlink ref="M142" r:id="rId264" tooltip="teconex.eu/de/produit/199cea3b-c228-7d4b-90ba-ce936ce3ef78"/>
+    <hyperlink ref="N142" r:id="rId265" tooltip="static.prod.teconex-demo.be/v5/articles/199cea3b-c228-7d4b-90ba-ce936ce3ef78/ae70c2de-e63b-4b7d-9d6a-110ef2e1020e_720.png"/>
+    <hyperlink ref="M143" r:id="rId266" tooltip="teconex.eu/de/produit/08018157-1abb-a04f-bd19-c74d90114ca7"/>
+    <hyperlink ref="N143" r:id="rId267" tooltip="static.prod.teconex-demo.be/v5/articles/08018157-1abb-a04f-bd19-c74d90114ca7/27c714d3-fdc6-4746-b79d-4dbd9a4ab03b_720.png"/>
+    <hyperlink ref="M144" r:id="rId268" tooltip="teconex.eu/de/produit/610e59bd-0fc3-9c45-ad77-8c2c25e19604"/>
+    <hyperlink ref="N144" r:id="rId269" tooltip="static.prod.teconex-demo.be/v5/articles/610e59bd-0fc3-9c45-ad77-8c2c25e19604/6e8793b2-0579-4d05-8f41-bc56fbe864e1_720.png"/>
+    <hyperlink ref="M145" r:id="rId270" tooltip="teconex.eu/de/produit/04a5f20c-78d9-b94e-b6f5-63c1ab845a87"/>
+    <hyperlink ref="N145" r:id="rId271" tooltip="static.prod.teconex-demo.be/v5/articles/04a5f20c-78d9-b94e-b6f5-63c1ab845a87/c11f5170-099e-4cf0-9d31-6fa223f1fa33_720.png"/>
+    <hyperlink ref="M146" r:id="rId272" tooltip="teconex.eu/de/produit/2bec98b2-3474-2b4e-bfc5-2961f6f15172"/>
+    <hyperlink ref="N146" r:id="rId273" tooltip="static.prod.teconex-demo.be/v5/articles/2bec98b2-3474-2b4e-bfc5-2961f6f15172/ac46e0a9-05eb-4002-95dd-946d08fe3010_720.png"/>
+    <hyperlink ref="M147" r:id="rId274" tooltip="teconex.eu/de/produit/d97cb6eb-9168-2a4b-8464-a4fed4c336a1"/>
+    <hyperlink ref="N147" r:id="rId275" tooltip="static.prod.teconex-demo.be/v5/articles/d97cb6eb-9168-2a4b-8464-a4fed4c336a1/6cca293a-daf3-4917-af5e-2b42dd096ee7_720.png"/>
+    <hyperlink ref="M148" r:id="rId276" tooltip="teconex.eu/de/produit/52373b41-4e1e-a949-809f-2df4906235b7"/>
+    <hyperlink ref="N148" r:id="rId277" tooltip="static.prod.teconex-demo.be/v5/articles/52373b41-4e1e-a949-809f-2df4906235b7/45317827-4f30-4ef4-94ba-09242a81dc55_720.jpg"/>
+    <hyperlink ref="M149" r:id="rId278" tooltip="teconex.eu/de/produit/3c53ea58-ae06-fc48-bff8-f84005d49fb5"/>
+    <hyperlink ref="N149" r:id="rId279" tooltip="static.prod.teconex-demo.be/v5/articles/3c53ea58-ae06-fc48-bff8-f84005d49fb5/d66adf2f-9cd2-4099-9f22-f0bb33a57c4d_720.jpg"/>
+    <hyperlink ref="M150" r:id="rId280" tooltip="teconex.eu/de/produit/e76de223-2089-5849-bfb4-939889a1e507"/>
+    <hyperlink ref="N150" r:id="rId281" tooltip="static.prod.teconex-demo.be/v5/articles/e76de223-2089-5849-bfb4-939889a1e507/c28c924e-e030-482c-a120-f29acd6a4f7b_720.png"/>
+    <hyperlink ref="M151" r:id="rId282" tooltip="teconex.eu/de/produit/69bc444e-c9bb-274b-9e6f-51800d7a2058"/>
+    <hyperlink ref="N151" r:id="rId283" tooltip="static.prod.teconex-demo.be/v5/articles/69bc444e-c9bb-274b-9e6f-51800d7a2058/eeeac4f1-fbc2-43bc-8e33-b02e66daf995_720.png"/>
+    <hyperlink ref="M152" r:id="rId284" tooltip="teconex.eu/de/produit/a8224e83-3726-f543-b77a-913334ed684f"/>
+    <hyperlink ref="N152" r:id="rId285" tooltip="static.prod.teconex-demo.be/v5/articles/a8224e83-3726-f543-b77a-913334ed684f/1e3a8cdd-10a5-485d-a50c-20467dc16728_720.png"/>
+    <hyperlink ref="M153" r:id="rId286" tooltip="teconex.eu/de/produit/7c21e9c2-e639-f14b-b62d-d9c419895958"/>
+    <hyperlink ref="N153" r:id="rId287" tooltip="static.prod.teconex-demo.be/v5/articles/7c21e9c2-e639-f14b-b62d-d9c419895958/b2350f68-70d2-4d43-96e6-00e145c64daf_720.png"/>
+    <hyperlink ref="M154" r:id="rId288" tooltip="teconex.eu/de/produit/7f9556c3-c616-b443-83b0-acd6286d6ec9"/>
+    <hyperlink ref="N154" r:id="rId289" tooltip="static.prod.teconex-demo.be/v5/articles/7f9556c3-c616-b443-83b0-acd6286d6ec9/aa7054b9-ea60-4c35-8283-a483cdabb1e1_720.png"/>
+    <hyperlink ref="M155" r:id="rId290" tooltip="teconex.eu/de/produit/504c4544-7fc8-6142-bb79-e912fb9ef93e"/>
+    <hyperlink ref="N155" r:id="rId291" tooltip="static.prod.teconex-demo.be/v5/articles/504c4544-7fc8-6142-bb79-e912fb9ef93e/21b0cde7-605f-4db3-afee-05703ee2feb2_720.png"/>
+    <hyperlink ref="M156" r:id="rId292" tooltip="teconex.eu/de/produit/7a31ea67-39a9-aa4b-8cc0-bc91ae8ce3e2"/>
+    <hyperlink ref="N156" r:id="rId293" tooltip="static.prod.teconex-demo.be/v5/articles/7a31ea67-39a9-aa4b-8cc0-bc91ae8ce3e2/ce3c24dd-4e23-4246-afb1-1239303aa942_720.png"/>
+    <hyperlink ref="M157" r:id="rId294" tooltip="teconex.eu/de/produit/bbf82090-f41c-ec43-8cfb-d994c4b795da"/>
+    <hyperlink ref="N157" r:id="rId295" tooltip="static.prod.teconex-demo.be/v5/articles/bbf82090-f41c-ec43-8cfb-d994c4b795da/a4d0cf41-f9c6-4919-b882-a35daef17ece_720.png"/>
+    <hyperlink ref="M158" r:id="rId296" tooltip="teconex.eu/de/produit/80966b65-67f1-7b49-91d6-7278aad5a2e8"/>
+    <hyperlink ref="N158" r:id="rId297" tooltip="static.prod.teconex-demo.be/v5/articles/80966b65-67f1-7b49-91d6-7278aad5a2e8/fb1d4ca9-8c11-4082-96a2-d9b55d4ce7f0_720.png"/>
+    <hyperlink ref="M159" r:id="rId298" tooltip="teconex.eu/de/produit/2e25f12b-591a-864e-85a9-f0f0966618df"/>
+    <hyperlink ref="N159" r:id="rId299" tooltip="static.prod.teconex-demo.be/v5/articles/2e25f12b-591a-864e-85a9-f0f0966618df/32672da4-5fc2-4235-a987-7f4f86956f8d_720.png"/>
+    <hyperlink ref="M160" r:id="rId300" tooltip="teconex.eu/de/produit/f968ca26-ed78-954a-9a86-d98555d5a2bd"/>
+    <hyperlink ref="N160" r:id="rId301" tooltip="static.prod.teconex-demo.be/v5/articles/f968ca26-ed78-954a-9a86-d98555d5a2bd/d012b8a6-0a7d-4ace-a032-c326201eba55_720.png"/>
+    <hyperlink ref="M161" r:id="rId302" tooltip="teconex.eu/de/produit/e32553a8-adcc-af4c-b384-9e4a19a69736"/>
+    <hyperlink ref="N161" r:id="rId303" tooltip="static.prod.teconex-demo.be/v5/articles/e32553a8-adcc-af4c-b384-9e4a19a69736/93d7de10-0ac7-4f0f-b5f7-26a5a8f1c6b9_720.png"/>
+    <hyperlink ref="M162" r:id="rId304" tooltip="teconex.eu/de/produit/d9c54838-19bf-394c-ac1e-5135309ae018"/>
+    <hyperlink ref="N162" r:id="rId305" tooltip="static.prod.teconex-demo.be/v5/articles/d9c54838-19bf-394c-ac1e-5135309ae018/d49762c7-b0ee-46f2-a640-375014d6c350_720.png"/>
+    <hyperlink ref="M163" r:id="rId306" tooltip="teconex.eu/de/produit/8ec11b60-e321-c54b-859b-d1623c995362"/>
+    <hyperlink ref="N163" r:id="rId307" tooltip="static.prod.teconex-demo.be/v5/articles/8ec11b60-e321-c54b-859b-d1623c995362/7617ee3c-9885-436e-acb2-fd241bf91505_720.png"/>
+    <hyperlink ref="M164" r:id="rId308" tooltip="teconex.eu/de/produit/b3c3dccf-7557-464d-b87a-ed5cba219d5d"/>
+    <hyperlink ref="N164" r:id="rId309" tooltip="static.prod.teconex-demo.be/v5/articles/b3c3dccf-7557-464d-b87a-ed5cba219d5d/da47f696-a81b-40ba-a8c2-1d1f334942cc_720.png"/>
+    <hyperlink ref="M165" r:id="rId310" tooltip="teconex.eu/de/produit/787daa26-2d94-824a-9a12-e3590b9129f8"/>
+    <hyperlink ref="N165" r:id="rId311" tooltip="static.prod.teconex-demo.be/v5/articles/787daa26-2d94-824a-9a12-e3590b9129f8/7f4719f4-e9dc-4b13-abc1-c27c35fb8466_720.png"/>
+    <hyperlink ref="M166" r:id="rId312" tooltip="teconex.eu/de/produit/ce30e3c4-ab67-9244-b84e-f6b00fc2caa1"/>
+    <hyperlink ref="N166" r:id="rId313" tooltip="static.prod.teconex-demo.be/v5/articles/ce30e3c4-ab67-9244-b84e-f6b00fc2caa1/f30c031c-eeda-48e5-8f67-34e3cae8932a_720.png"/>
+    <hyperlink ref="M167" r:id="rId314" tooltip="teconex.eu/de/produit/34683c73-d26b-c845-9984-42eb445f3775"/>
+    <hyperlink ref="N167" r:id="rId315" tooltip="static.prod.teconex-demo.be/v5/articles/34683c73-d26b-c845-9984-42eb445f3775/3aa1c76b-5e35-4b73-83de-f06ce2ecbc92_720.png"/>
+    <hyperlink ref="M168" r:id="rId316" tooltip="teconex.eu/de/produit/dc9e7239-e265-a044-adf3-f59442ba20d2"/>
+    <hyperlink ref="N168" r:id="rId317" tooltip="static.prod.teconex-demo.be/v5/articles/dc9e7239-e265-a044-adf3-f59442ba20d2/63330626-b31b-4826-ad28-f6aec4ed9ac4_720.png"/>
+    <hyperlink ref="M169" r:id="rId318" tooltip="teconex.eu/de/produit/921e451e-dd3d-8a49-bc35-ef8fdac199e3"/>
+    <hyperlink ref="N169" r:id="rId319" tooltip="static.prod.teconex-demo.be/v5/articles/921e451e-dd3d-8a49-bc35-ef8fdac199e3/e1ccf71d-bca2-4f73-bec1-c2ae730e5c8f_720.png"/>
+    <hyperlink ref="M170" r:id="rId320" tooltip="teconex.eu/de/produit/9c554dcb-4592-a04f-94aa-511fa9f596fa"/>
+    <hyperlink ref="N170" r:id="rId321" tooltip="static.prod.teconex-demo.be/v5/articles/9c554dcb-4592-a04f-94aa-511fa9f596fa/7d6cffe5-14b8-4c34-ade0-536c45b9d50e_720.jpg"/>
+    <hyperlink ref="M171" r:id="rId322" tooltip="teconex.eu/de/produit/e8254663-b210-6444-81df-aa53b06db647"/>
+    <hyperlink ref="M172" r:id="rId323" tooltip="teconex.eu/de/produit/a44de598-0a43-364c-856f-1a0e0819e794"/>
+    <hyperlink ref="M173" r:id="rId324" tooltip="teconex.eu/de/produit/cc1f57b7-4d3b-574f-b362-6735b78e46b7"/>
+    <hyperlink ref="N173" r:id="rId325" tooltip="static.prod.teconex-demo.be/v5/articles/cc1f57b7-4d3b-574f-b362-6735b78e46b7/c11c0ba7-6e16-410d-9404-fb327204302d_720.png"/>
+    <hyperlink ref="M174" r:id="rId326" tooltip="teconex.eu/de/produit/a867e4c1-0916-c748-beb2-a66df088db93"/>
+    <hyperlink ref="N174" r:id="rId327" tooltip="static.prod.teconex-demo.be/v5/articles/a867e4c1-0916-c748-beb2-a66df088db93/c652842e-e3f4-4e35-9635-7e877f980372_720.png"/>
+    <hyperlink ref="M175" r:id="rId328" tooltip="teconex.eu/de/produit/2332a576-256a-d545-bee2-eb0e156f7f19"/>
+    <hyperlink ref="N175" r:id="rId329" tooltip="static.prod.teconex-demo.be/v5/articles/2332a576-256a-d545-bee2-eb0e156f7f19/ab0f24d7-4535-499d-8232-f3175fe61858_720.png"/>
+    <hyperlink ref="M176" r:id="rId330" tooltip="teconex.eu/de/produit/0e907c43-1909-e447-b650-611f8f2cba89"/>
+    <hyperlink ref="N176" r:id="rId331" tooltip="static.prod.teconex-demo.be/v5/articles/0e907c43-1909-e447-b650-611f8f2cba89/2c6cfd66-b9f3-4c18-b80c-8394411a0be2_720.png"/>
+    <hyperlink ref="M177" r:id="rId332" tooltip="teconex.eu/de/produit/6ad3d0b9-7005-e44f-97d9-251cc09b3cc3"/>
+    <hyperlink ref="N177" r:id="rId333" tooltip="static.prod.teconex-demo.be/v5/articles/6ad3d0b9-7005-e44f-97d9-251cc09b3cc3/fd679186-57f2-4690-a0de-4eb1a58a232f_720.png"/>
+    <hyperlink ref="M178" r:id="rId334" tooltip="teconex.eu/de/produit/b53fd27b-b4a2-5842-8b03-3baae2e1d439"/>
+    <hyperlink ref="N178" r:id="rId335" tooltip="static.prod.teconex-demo.be/v5/articles/b53fd27b-b4a2-5842-8b03-3baae2e1d439/58c0effe-ec42-4858-aac4-afe384d3f0d3_720.png"/>
+    <hyperlink ref="M179" r:id="rId336" tooltip="teconex.eu/de/produit/a0f8e54c-1f8b-0d49-bc6d-08ce0bc166ae"/>
+    <hyperlink ref="N179" r:id="rId337" tooltip="static.prod.teconex-demo.be/v5/articles/a0f8e54c-1f8b-0d49-bc6d-08ce0bc166ae/a418d6b1-41c4-463e-acb6-a5c34a12a435_720.png"/>
+    <hyperlink ref="M180" r:id="rId338" tooltip="teconex.eu/de/produit/2d050737-9c9e-9c4b-9fda-8eeba6c7cf54"/>
+    <hyperlink ref="N180" r:id="rId339" tooltip="static.prod.teconex-demo.be/v5/articles/2d050737-9c9e-9c4b-9fda-8eeba6c7cf54/f597ab2f-2a5e-453c-98d1-0cc4602abfac_720.png"/>
+    <hyperlink ref="M181" r:id="rId340" tooltip="teconex.eu/de/produit/00d317a9-0d8a-5543-a5e2-b3df73c95fff"/>
+    <hyperlink ref="N181" r:id="rId341" tooltip="static.prod.teconex-demo.be/v5/articles/00d317a9-0d8a-5543-a5e2-b3df73c95fff/3b6fab14-18d0-4277-91e6-10eb9eda1210_720.png"/>
+    <hyperlink ref="M182" r:id="rId342" tooltip="teconex.eu/de/produit/ad86a8a8-e206-9b4e-b496-71928d1bd28b"/>
+    <hyperlink ref="N182" r:id="rId343" tooltip="static.prod.teconex-demo.be/v5/articles/ad86a8a8-e206-9b4e-b496-71928d1bd28b/d2e412d2-65f7-4977-8b0d-3a5639b991bb_720.png"/>
+    <hyperlink ref="M183" r:id="rId344" tooltip="teconex.eu/de/produit/e8f83011-dd16-0b4c-840b-806aa4ab88f2"/>
+    <hyperlink ref="N183" r:id="rId345" tooltip="static.prod.teconex-demo.be/v5/articles/e8f83011-dd16-0b4c-840b-806aa4ab88f2/340d3ae6-8d08-49f1-8bc9-0521271f24e6_720.png"/>
+    <hyperlink ref="M184" r:id="rId346" tooltip="teconex.eu/de/produit/3ee0afe1-2b32-d84b-82c6-226793bf7ebd"/>
+    <hyperlink ref="N184" r:id="rId347" tooltip="static.prod.teconex-demo.be/v5/articles/3ee0afe1-2b32-d84b-82c6-226793bf7ebd/33387f7e-9cdc-4b3c-9641-5a29e9977897_720.jpg"/>
+    <hyperlink ref="M185" r:id="rId348" tooltip="teconex.eu/de/produit/6cf2266a-0011-9e47-827a-1d058bfd6fd7"/>
+    <hyperlink ref="N185" r:id="rId349" tooltip="static.prod.teconex-demo.be/v5/articles/6cf2266a-0011-9e47-827a-1d058bfd6fd7/eb099ad7-6799-4be9-9d74-43db70c1277d_720.jpg"/>
+    <hyperlink ref="M186" r:id="rId350" tooltip="teconex.eu/de/produit/542160cf-94c1-774f-b630-619349a26444"/>
+    <hyperlink ref="N186" r:id="rId351" tooltip="static.prod.teconex-demo.be/v5/articles/542160cf-94c1-774f-b630-619349a26444/c1523951-b404-417b-8b17-3b834e1e3091_720.png"/>
+    <hyperlink ref="M187" r:id="rId352" tooltip="teconex.eu/de/produit/eda427aa-138e-e643-a29e-35a0b12f2134"/>
+    <hyperlink ref="N187" r:id="rId353" tooltip="static.prod.teconex-demo.be/v5/articles/eda427aa-138e-e643-a29e-35a0b12f2134/478552d2-e9f6-47e3-82af-154c4f935218_720.png"/>
+    <hyperlink ref="M188" r:id="rId354" tooltip="teconex.eu/de/produit/1d5dae83-b40b-2549-b5ac-d0bab59bce08"/>
+    <hyperlink ref="N188" r:id="rId355" tooltip="static.prod.teconex-demo.be/v5/articles/1d5dae83-b40b-2549-b5ac-d0bab59bce08/e3daafc3-e5cb-456c-a10d-82ea6549ec2f_720.png"/>
+    <hyperlink ref="M189" r:id="rId356" tooltip="teconex.eu/de/produit/3ab2d302-8524-4b4a-862d-054530a201b2"/>
+    <hyperlink ref="M190" r:id="rId357" tooltip="teconex.eu/de/produit/bd906c5f-5fb7-3646-b7d5-c0c22301add9"/>
+    <hyperlink ref="N190" r:id="rId358" tooltip="static.prod.teconex-demo.be/v5/articles/bd906c5f-5fb7-3646-b7d5-c0c22301add9/135e2ba3-5be7-4397-a1d8-38732685eee1_720.png"/>
+    <hyperlink ref="M191" r:id="rId359" tooltip="teconex.eu/de/produit/30594430-d4bc-6d4d-bd0c-cee028ec0e17"/>
+    <hyperlink ref="N191" r:id="rId360" tooltip="static.prod.teconex-demo.be/v5/articles/30594430-d4bc-6d4d-bd0c-cee028ec0e17/7635b4f4-2432-42ac-b88f-beb96e4e1b89_720.jpg"/>
+    <hyperlink ref="M192" r:id="rId361" tooltip="teconex.eu/de/produit/4e1f3d2a-9c49-3742-aad1-3be0a8759646"/>
+    <hyperlink ref="N192" r:id="rId362" tooltip="static.prod.teconex-demo.be/v5/articles/4e1f3d2a-9c49-3742-aad1-3be0a8759646/d7c2e2ca-d14c-420f-b5bf-f0e773e5efb2_720.jpg"/>
+    <hyperlink ref="M193" r:id="rId363" tooltip="teconex.eu/de/produit/20b197ab-44be-7b40-86d1-b7c9aed832b6"/>
+    <hyperlink ref="N193" r:id="rId364" tooltip="static.prod.teconex-demo.be/v5/articles/20b197ab-44be-7b40-86d1-b7c9aed832b6/d35787af-78d1-44ab-875c-5e68fd175aec_720.png"/>
+    <hyperlink ref="M194" r:id="rId365" tooltip="teconex.eu/de/produit/9b1b196f-2adb-374b-bc3f-6148f3598c06"/>
+    <hyperlink ref="N194" r:id="rId366" tooltip="static.prod.teconex-demo.be/v5/articles/9b1b196f-2adb-374b-bc3f-6148f3598c06/778a274f-3886-41e7-a3fe-7b9a52373b99_720.jpg"/>
+    <hyperlink ref="M195" r:id="rId367" tooltip="teconex.eu/de/produit/8b232d54-3f7f-0d48-ad0f-751d249aa0ca"/>
+    <hyperlink ref="N195" r:id="rId368" tooltip="static.prod.teconex-demo.be/v5/articles/8b232d54-3f7f-0d48-ad0f-751d249aa0ca/71e42c9d-17c4-4e1f-a175-d39b9b769dad_720.jpg"/>
+    <hyperlink ref="M196" r:id="rId369" tooltip="teconex.eu/de/produit/316c797f-88bb-0046-9e42-d44cba0fb437"/>
+    <hyperlink ref="N196" r:id="rId370" tooltip="static.prod.teconex-demo.be/v5/articles/316c797f-88bb-0046-9e42-d44cba0fb437/f3d37fc0-ad01-4266-ad51-655f8c6c0a19_720.jpg"/>
+    <hyperlink ref="M197" r:id="rId371" tooltip="teconex.eu/de/produit/2ac25543-3039-9a44-a1e5-f807260ebe93"/>
+    <hyperlink ref="N197" r:id="rId372" tooltip="static.prod.teconex-demo.be/v5/articles/2ac25543-3039-9a44-a1e5-f807260ebe93/9e24a381-2fdc-41ad-9f35-0ec628771e64_720.png"/>
+    <hyperlink ref="M198" r:id="rId373" tooltip="teconex.eu/de/produit/ca006a31-acd9-8143-9e85-38c3070039ee"/>
+    <hyperlink ref="N198" r:id="rId374" tooltip="static.prod.teconex-demo.be/v5/articles/ca006a31-acd9-8143-9e85-38c3070039ee/61c0cee7-b835-4907-bbab-a47c7bfe96c3_720.jpg"/>
+    <hyperlink ref="M199" r:id="rId375" tooltip="teconex.eu/de/produit/e5af0ffb-6fba-b24c-a9ba-1395930710d2"/>
+    <hyperlink ref="N199" r:id="rId376" tooltip="static.prod.teconex-demo.be/v5/articles/e5af0ffb-6fba-b24c-a9ba-1395930710d2/b8ae92a9-8f75-4e11-ac7f-a1d739263bdd_720.png"/>
+    <hyperlink ref="M200" r:id="rId377" tooltip="teconex.eu/de/produit/3ba181ce-5848-ef4c-bbd8-9cee0fb93b64"/>
+    <hyperlink ref="N200" r:id="rId378" tooltip="static.prod.teconex-demo.be/v5/articles/3ba181ce-5848-ef4c-bbd8-9cee0fb93b64/b3556c0e-80e6-4cc8-b3ba-06a8d9cee693_720.jpg"/>
+    <hyperlink ref="M201" r:id="rId379" tooltip="teconex.eu/de/produit/97f159b5-4734-7449-ac6c-31b0f7781814"/>
+    <hyperlink ref="N201" r:id="rId380" tooltip="static.prod.teconex-demo.be/v5/articles/97f159b5-4734-7449-ac6c-31b0f7781814/9c3f55c3-9bae-40ac-a1f9-8cf07e81e758_720.png"/>
+    <hyperlink ref="M202" r:id="rId381" tooltip="teconex.eu/de/produit/a4706274-48ff-4641-b448-9bb3b8457aa7"/>
+    <hyperlink ref="N202" r:id="rId382" tooltip="static.prod.teconex-demo.be/v5/articles/a4706274-48ff-4641-b448-9bb3b8457aa7/f89f81a0-1b12-4616-a47d-a0eb8bd18e41_720.jpg"/>
+    <hyperlink ref="M203" r:id="rId383" tooltip="teconex.eu/de/produit/d912a79d-a0dd-8247-8828-c9582117a053"/>
+    <hyperlink ref="N203" r:id="rId384" tooltip="static.prod.teconex-demo.be/v5/articles/d912a79d-a0dd-8247-8828-c9582117a053/a9f0183e-9c3a-4eea-aace-93d26d45819f_720.png"/>
+    <hyperlink ref="M204" r:id="rId385" tooltip="teconex.eu/de/produit/88862d6a-cc8f-8241-9465-7e30b433a4f2"/>
+    <hyperlink ref="N204" r:id="rId386" tooltip="static.prod.teconex-demo.be/v5/articles/88862d6a-cc8f-8241-9465-7e30b433a4f2/fe0b6dc7-b3dd-4ce4-9355-ec61e5fea5ac_720.jpg"/>
+    <hyperlink ref="M205" r:id="rId387" tooltip="teconex.eu/de/produit/7f1aa593-e3cc-9949-a310-0a7ae54f617e"/>
+    <hyperlink ref="N205" r:id="rId388" tooltip="static.prod.teconex-demo.be/v5/articles/7f1aa593-e3cc-9949-a310-0a7ae54f617e/ed60b2fe-819b-486f-90c0-02e86dff22a6_720.jpg"/>
+    <hyperlink ref="M206" r:id="rId389" tooltip="teconex.eu/de/produit/09c859d5-1ae3-f64a-b79b-e880b82db491"/>
+    <hyperlink ref="N206" r:id="rId390" tooltip="static.prod.teconex-demo.be/v5/articles/09c859d5-1ae3-f64a-b79b-e880b82db491/ed7e52f5-9d97-4346-b43c-686bfc0b923c_720.jpg"/>
+    <hyperlink ref="M207" r:id="rId391" tooltip="teconex.eu/de/produit/fc5d57f1-8e48-a240-a8c0-d30aa9287da2"/>
+    <hyperlink ref="N207" r:id="rId392" tooltip="static.prod.teconex-demo.be/v5/articles/fc5d57f1-8e48-a240-a8c0-d30aa9287da2/0ddf7dcc-47cd-4559-a70c-1dfef3c13c54_720.jpg"/>
+    <hyperlink ref="M208" r:id="rId393" tooltip="teconex.eu/de/produit/4df447e1-df45-694c-a40c-a2313167c7bb"/>
+    <hyperlink ref="N208" r:id="rId394" tooltip="static.prod.teconex-demo.be/v5/articles/4df447e1-df45-694c-a40c-a2313167c7bb/2cf8ce06-9d74-4066-bfbe-2951ae1967fc_720.jpg"/>
+    <hyperlink ref="M209" r:id="rId395" tooltip="teconex.eu/de/produit/8329c249-9e59-554e-9aca-bcd861fe0209"/>
+    <hyperlink ref="N209" r:id="rId396" tooltip="static.prod.teconex-demo.be/v5/articles/8329c249-9e59-554e-9aca-bcd861fe0209/157d078f-15a8-40f2-9ddb-7b7477bdf278_720.jpg"/>
+    <hyperlink ref="M210" r:id="rId397" tooltip="teconex.eu/de/produit/39f54fcd-cfc8-fb4a-863b-56af335e8633"/>
+    <hyperlink ref="N210" r:id="rId398" tooltip="static.prod.teconex-demo.be/v5/articles/39f54fcd-cfc8-fb4a-863b-56af335e8633/982a26a1-ca6b-4d51-b179-c207f68832cd_720.jpg"/>
+    <hyperlink ref="M211" r:id="rId399" tooltip="teconex.eu/de/produit/fb3f225f-996e-594f-a6d0-6308e7b8d3e0"/>
+    <hyperlink ref="N211" r:id="rId400" tooltip="static.prod.teconex-demo.be/v5/articles/fb3f225f-996e-594f-a6d0-6308e7b8d3e0/f81c7994-d123-4cf4-8f9f-6840e616ac6e_720.jpg"/>
+    <hyperlink ref="M212" r:id="rId401" tooltip="teconex.eu/de/produit/a10f785a-898e-e84d-9746-ff7c414284b0"/>
+    <hyperlink ref="N212" r:id="rId402" tooltip="static.prod.teconex-demo.be/v5/articles/a10f785a-898e-e84d-9746-ff7c414284b0/898a6991-8963-4d38-b63e-540dbd239b3e_720.JPG"/>
+    <hyperlink ref="M213" r:id="rId403" tooltip="teconex.eu/de/produit/8c7a1b51-fce5-c444-a9d6-3d19423199b7"/>
+    <hyperlink ref="N213" r:id="rId404" tooltip="static.prod.teconex-demo.be/v5/articles/8c7a1b51-fce5-c444-a9d6-3d19423199b7/22aa2836-c067-4717-96bb-220314b1440a_720.jpg"/>
+    <hyperlink ref="M214" r:id="rId405" tooltip="teconex.eu/de/produit/8e95df93-c63a-5d44-b2e5-116de055f5db"/>
+    <hyperlink ref="N214" r:id="rId406" tooltip="static.prod.teconex-demo.be/v5/articles/8e95df93-c63a-5d44-b2e5-116de055f5db/037f384a-e09b-46ac-8605-284bfab15919_720.jpg"/>
+    <hyperlink ref="M215" r:id="rId407" tooltip="teconex.eu/de/produit/168bde18-06ee-404a-8d21-97f4b3fcc0a2"/>
+    <hyperlink ref="N215" r:id="rId408" tooltip="static.prod.teconex-demo.be/v5/articles/168bde18-06ee-404a-8d21-97f4b3fcc0a2/8b19f77f-a018-4aac-9613-e5cdc63f7958_720.png"/>
+    <hyperlink ref="M216" r:id="rId409" tooltip="teconex.eu/de/produit/f090fca8-83d4-d14a-9f11-b6d29ff15e2d"/>
+    <hyperlink ref="N216" r:id="rId410" tooltip="static.prod.teconex-demo.be/v5/articles/f090fca8-83d4-d14a-9f11-b6d29ff15e2d/07ec968c-4cf6-42e3-80de-4aeecd1cd38f_720.png"/>
+    <hyperlink ref="M217" r:id="rId411" tooltip="teconex.eu/de/produit/b05cef48-6893-3f4f-a865-fa41a710658a"/>
+    <hyperlink ref="N217" r:id="rId412" tooltip="static.prod.teconex-demo.be/v5/articles/b05cef48-6893-3f4f-a865-fa41a710658a/86229451-f076-4e48-b71f-a5b16991b0d1_720.png"/>
+    <hyperlink ref="M218" r:id="rId413" tooltip="teconex.eu/de/produit/d5403f18-ccc8-8e43-aa34-ce3cf2c3bdd1"/>
+    <hyperlink ref="N218" r:id="rId414" tooltip="static.prod.teconex-demo.be/v5/articles/d5403f18-ccc8-8e43-aa34-ce3cf2c3bdd1/6a35314a-8a62-420a-a1c2-b0f4c41c713a_720.png"/>
+    <hyperlink ref="M219" r:id="rId415" tooltip="teconex.eu/de/produit/80bc3ac7-6b17-e846-97d7-ff31517dc74e"/>
+    <hyperlink ref="M220" r:id="rId416" tooltip="teconex.eu/de/produit/fed1d8b5-d5ea-8244-ad85-8bf0053c00ed"/>
+    <hyperlink ref="N220" r:id="rId417" tooltip="static.prod.teconex-demo.be/v5/articles/fed1d8b5-d5ea-8244-ad85-8bf0053c00ed/0e6e0208-3c8f-4e77-b6db-446ed9023a6b_720.png"/>
+    <hyperlink ref="M221" r:id="rId418" tooltip="teconex.eu/de/produit/37096d05-44c0-7242-818d-c161ecfdc9fa"/>
+    <hyperlink ref="N221" r:id="rId419" tooltip="static.prod.teconex-demo.be/v5/articles/37096d05-44c0-7242-818d-c161ecfdc9fa/b9a0e798-4a92-48e8-8336-d8e9449c1256_720.png"/>
+    <hyperlink ref="M222" r:id="rId420" tooltip="teconex.eu/de/produit/0b3f8808-15fe-9b42-b30d-038552c39bd3"/>
+    <hyperlink ref="N222" r:id="rId421" tooltip="static.prod.teconex-demo.be/v5/articles/0b3f8808-15fe-9b42-b30d-038552c39bd3/a92e3df1-b1c4-48ba-ae19-4ed1ef180418_720.jpg"/>
+    <hyperlink ref="M223" r:id="rId422" tooltip="teconex.eu/de/produit/26fab365-1b6c-c94f-ac4d-0c7f899e33ef"/>
+    <hyperlink ref="N223" r:id="rId423" tooltip="static.prod.teconex-demo.be/v5/articles/26fab365-1b6c-c94f-ac4d-0c7f899e33ef/7c806b27-0b1f-45be-a428-18bd007c9a8e_720.jpg"/>
+    <hyperlink ref="M224" r:id="rId424" tooltip="teconex.eu/de/produit/d55525f0-3774-2844-bf8a-fd80ce6226d4"/>
+    <hyperlink ref="N224" r:id="rId425" tooltip="static.prod.teconex-demo.be/v5/articles/d55525f0-3774-2844-bf8a-fd80ce6226d4/7722da69-ac4b-4ee0-899d-2bf90ced6d9f_720.jpg"/>
+    <hyperlink ref="M225" r:id="rId426" tooltip="teconex.eu/de/produit/25bc1521-c37a-2b4b-8039-d7baac75ea34"/>
+    <hyperlink ref="N225" r:id="rId427" tooltip="static.prod.teconex-demo.be/v5/articles/25bc1521-c37a-2b4b-8039-d7baac75ea34/ff7a63ff-eaba-479a-a6ad-7e11f87b2c4f_720.png"/>
+    <hyperlink ref="M226" r:id="rId428" tooltip="teconex.eu/de/produit/b5b6349f-7848-3341-aaeb-1bff2692ea34"/>
+    <hyperlink ref="N226" r:id="rId429" tooltip="static.prod.teconex-demo.be/v5/articles/b5b6349f-7848-3341-aaeb-1bff2692ea34/7c052d5e-8e77-4798-91d3-eaca70a81d43_720.png"/>
+    <hyperlink ref="M227" r:id="rId430" tooltip="teconex.eu/de/produit/d9105f3e-3466-3e46-8274-330169dc1edd"/>
+    <hyperlink ref="N227" r:id="rId431" tooltip="static.prod.teconex-demo.be/v5/articles/d9105f3e-3466-3e46-8274-330169dc1edd/6268243d-67df-4da8-883d-29a4d4767d9f_720.png"/>
+    <hyperlink ref="M228" r:id="rId432" tooltip="teconex.eu/de/produit/4794ccf6-27f3-5c48-8998-2fe23ebb6c59"/>
+    <hyperlink ref="N228" r:id="rId433" tooltip="static.prod.teconex-demo.be/v5/articles/4794ccf6-27f3-5c48-8998-2fe23ebb6c59/27362500-4590-4831-a0ab-473d5951c947_720.jpg"/>
+    <hyperlink ref="M229" r:id="rId434" tooltip="teconex.eu/de/produit/e172da39-a34c-8240-bf2e-8eb438bf6a52"/>
+    <hyperlink ref="N229" r:id="rId435" tooltip="static.prod.teconex-demo.be/v5/articles/e172da39-a34c-8240-bf2e-8eb438bf6a52/fc42999f-ead3-4d7c-9a00-8a0b096fb8d4_720.jpg"/>
+    <hyperlink ref="M230" r:id="rId436" tooltip="teconex.eu/de/produit/b984feb3-964b-934c-bba9-d9782b8b0f1b"/>
+    <hyperlink ref="N230" r:id="rId437" tooltip="static.prod.teconex-demo.be/v5/articles/b984feb3-964b-934c-bba9-d9782b8b0f1b/a720d762-e76e-42d9-9712-c6956975aff5_720.jpg"/>
+    <hyperlink ref="M231" r:id="rId438" tooltip="teconex.eu/de/produit/75889529-a887-c34f-8c52-6b1577cc9b72"/>
+    <hyperlink ref="N231" r:id="rId439" tooltip="static.prod.teconex-demo.be/v5/articles/75889529-a887-c34f-8c52-6b1577cc9b72/beb6065f-cb73-46b1-9c8d-87c081e7f5c7_720.jpg"/>
+    <hyperlink ref="M232" r:id="rId440" tooltip="teconex.eu/de/produit/a0f08dee-b301-ec4d-a18b-d3510c491fd0"/>
+    <hyperlink ref="N232" r:id="rId441" tooltip="static.prod.teconex-demo.be/v5/articles/a0f08dee-b301-ec4d-a18b-d3510c491fd0/0663ba3f-a99a-4fb8-9d00-64060beab66b_720.jpg"/>
+    <hyperlink ref="M233" r:id="rId442" tooltip="teconex.eu/de/produit/10199b67-b17b-ec42-804d-34ac6f615f80"/>
+    <hyperlink ref="N233" r:id="rId443" tooltip="static.prod.teconex-demo.be/v5/articles/10199b67-b17b-ec42-804d-34ac6f615f80/2179417d-9824-41c5-82b7-154cbe520469_720.jpg"/>
+    <hyperlink ref="M234" r:id="rId444" tooltip="teconex.eu/de/produit/d665da8e-9754-a442-aa49-608c28a9d226"/>
+    <hyperlink ref="N234" r:id="rId445" tooltip="static.prod.teconex-demo.be/v5/articles/d665da8e-9754-a442-aa49-608c28a9d226/2567d54e-bb1c-4a2d-bc00-2dde94d9f01a_720.jpg"/>
+    <hyperlink ref="M235" r:id="rId446" tooltip="teconex.eu/de/produit/6fb24e6c-e73f-7a4b-bf8c-2bf7bff0ca18"/>
+    <hyperlink ref="N235" r:id="rId447" tooltip="static.prod.teconex-demo.be/v5/articles/6fb24e6c-e73f-7a4b-bf8c-2bf7bff0ca18/0025c4bf-943f-4311-a481-6baa8ee021e1_720.jpg"/>
+    <hyperlink ref="M236" r:id="rId448" tooltip="teconex.eu/de/produit/52074a33-e3c6-464b-a647-254edafc4176"/>
+    <hyperlink ref="N236" r:id="rId449" tooltip="static.prod.teconex-demo.be/v5/articles/52074a33-e3c6-464b-a647-254edafc4176/a9e848fc-b11c-4e11-b79d-c4449cf04bc0_720.jpg"/>
+    <hyperlink ref="M237" r:id="rId450" tooltip="teconex.eu/de/produit/78978dcd-3bd0-bc47-8750-8bf146e097d9"/>
+    <hyperlink ref="N237" r:id="rId451" tooltip="static.prod.teconex-demo.be/v5/articles/78978dcd-3bd0-bc47-8750-8bf146e097d9/1b2949b6-57f0-4376-897e-fa356b402706_720.png"/>
+    <hyperlink ref="M238" r:id="rId452" tooltip="teconex.eu/de/produit/d5e3570f-7f6c-4544-8eff-e613c39885f4"/>
+    <hyperlink ref="N238" r:id="rId453" tooltip="static.prod.teconex-demo.be/v5/articles/d5e3570f-7f6c-4544-8eff-e613c39885f4/3b9c3e3c-779e-48fc-b454-4425901fd39d_720.png"/>
+    <hyperlink ref="M239" r:id="rId454" tooltip="teconex.eu/de/produit/2ca4ae4d-bc08-8f47-ad18-71bcb714e21a"/>
+    <hyperlink ref="N239" r:id="rId455" tooltip="static.prod.teconex-demo.be/v5/articles/2ca4ae4d-bc08-8f47-ad18-71bcb714e21a/9f06ea34-8d6f-4a6e-be36-a7265ac5e936_720.png"/>
+    <hyperlink ref="M240" r:id="rId456" tooltip="teconex.eu/de/produit/f7680573-22f2-9a4f-a817-e11989802c25"/>
+    <hyperlink ref="N240" r:id="rId457" tooltip="static.prod.teconex-demo.be/v5/articles/f7680573-22f2-9a4f-a817-e11989802c25/7d9da045-70db-40a6-95ad-6d2e4e1383b1_720.jpg"/>
+    <hyperlink ref="M241" r:id="rId458" tooltip="teconex.eu/de/produit/e4b15305-b5b3-7442-abef-7a630aecb5b0"/>
+    <hyperlink ref="N241" r:id="rId459" tooltip="static.prod.teconex-demo.be/v5/articles/e4b15305-b5b3-7442-abef-7a630aecb5b0/3a68f8d7-baea-4553-bbb4-5810e5ba0db3_720.jpg"/>
+    <hyperlink ref="M242" r:id="rId460" tooltip="teconex.eu/de/produit/d19cb67a-c420-884e-bef2-3c64bc1324ae"/>
+    <hyperlink ref="N242" r:id="rId461" tooltip="static.prod.teconex-demo.be/v5/articles/d19cb67a-c420-884e-bef2-3c64bc1324ae/869318ab-395f-4435-8c8f-a3539e38d668_720.png"/>
+    <hyperlink ref="M243" r:id="rId462" tooltip="teconex.eu/de/produit/fde1733f-9d05-b34f-bc6b-c21c842405bb"/>
+    <hyperlink ref="N243" r:id="rId463" tooltip="static.prod.teconex-demo.be/v5/articles/fde1733f-9d05-b34f-bc6b-c21c842405bb/0e0b8eab-5b4e-414a-9733-230cf2d18e84_720.png"/>
+    <hyperlink ref="M244" r:id="rId464" tooltip="teconex.eu/de/produit/010a749d-763b-ab48-b2a3-7e538c589282"/>
+    <hyperlink ref="N244" r:id="rId465" tooltip="static.prod.teconex-demo.be/v5/articles/010a749d-763b-ab48-b2a3-7e538c589282/8d5b223c-d59e-4af2-831d-a409a9fa5025_720.png"/>
+    <hyperlink ref="M245" r:id="rId466" tooltip="teconex.eu/de/produit/892afdcf-d479-0142-ab3d-da2fa49abb49"/>
+    <hyperlink ref="N245" r:id="rId467" tooltip="static.prod.teconex-demo.be/v5/articles/892afdcf-d479-0142-ab3d-da2fa49abb49/aa07017e-c1e1-4b5d-9eea-355e57ebf589_720.png"/>
+    <hyperlink ref="M246" r:id="rId468" tooltip="teconex.eu/de/produit/a0218d1e-0ead-b147-85bb-7271d40e7fd1"/>
+    <hyperlink ref="N246" r:id="rId469" tooltip="static.prod.teconex-demo.be/v5/articles/a0218d1e-0ead-b147-85bb-7271d40e7fd1/30bd5e1a-f0b6-4295-b22e-7282a3f85aa0_720.JPG"/>
+    <hyperlink ref="M247" r:id="rId470" tooltip="teconex.eu/de/produit/0da03c8f-a591-754a-a90b-a8edcfd44dc8"/>
+    <hyperlink ref="N247" r:id="rId471" tooltip="static.prod.teconex-demo.be/v5/articles/0da03c8f-a591-754a-a90b-a8edcfd44dc8/136103cb-04f7-493a-a85b-f56352891e5c_720.jpg"/>
+    <hyperlink ref="M248" r:id="rId472" tooltip="teconex.eu/de/produit/cb424ba7-4463-5144-a647-a97a96d154cc"/>
+    <hyperlink ref="N248" r:id="rId473" tooltip="static.prod.teconex-demo.be/v5/articles/cb424ba7-4463-5144-a647-a97a96d154cc/bd066925-737f-46c2-8433-fa616c92dbea_720.JPG"/>
+    <hyperlink ref="M249" r:id="rId474" tooltip="teconex.eu/de/produit/257ef49d-7e7d-7e4d-aa9b-f6958f2b0c77"/>
+    <hyperlink ref="N249" r:id="rId475" tooltip="static.prod.teconex-demo.be/v5/articles/257ef49d-7e7d-7e4d-aa9b-f6958f2b0c77/d3055be2-9415-4891-8838-1b42fa644ba1_720.jpg"/>
+    <hyperlink ref="M250" r:id="rId476" tooltip="teconex.eu/de/produit/17190e15-4f29-cc4a-a50a-b0b4cd68ed51"/>
+    <hyperlink ref="N250" r:id="rId477" tooltip="static.prod.teconex-demo.be/v5/articles/17190e15-4f29-cc4a-a50a-b0b4cd68ed51/ce85fed6-a48c-4d05-9605-1abfc3e210fe_720.png"/>
+    <hyperlink ref="M251" r:id="rId478" tooltip="teconex.eu/de/produit/baa49e60-85bf-a24f-a8b5-a1194dcbbfff"/>
+    <hyperlink ref="N251" r:id="rId479" tooltip="static.prod.teconex-demo.be/v5/articles/baa49e60-85bf-a24f-a8b5-a1194dcbbfff/0b630a2a-8904-4d08-9091-9bf80248d00c_720.png"/>
+    <hyperlink ref="M252" r:id="rId480" tooltip="teconex.eu/de/produit/3d129c39-f838-d64f-a73d-f6d05f6c5fb2"/>
+    <hyperlink ref="N252" r:id="rId481" tooltip="static.prod.teconex-demo.be/v5/articles/3d129c39-f838-d64f-a73d-f6d05f6c5fb2/23a18ebb-d860-4442-88ca-167bc151a03b_720.JPG"/>
+    <hyperlink ref="M253" r:id="rId482" tooltip="teconex.eu/de/produit/dfe4906c-78b7-ac47-a774-e428ce3d610c"/>
+    <hyperlink ref="N253" r:id="rId483" tooltip="static.prod.teconex-demo.be/v5/articles/dfe4906c-78b7-ac47-a774-e428ce3d610c/6ad3542d-1ea2-4048-a722-df60da3c6a2d_720.png"/>
+    <hyperlink ref="M254" r:id="rId484" tooltip="teconex.eu/de/produit/974aedff-0ee7-c64c-a974-b1733385b457"/>
+    <hyperlink ref="N254" r:id="rId485" tooltip="static.prod.teconex-demo.be/v5/articles/974aedff-0ee7-c64c-a974-b1733385b457/3c33d988-3580-4661-a8d1-ed999066e895_720.png"/>
+    <hyperlink ref="M255" r:id="rId486" tooltip="teconex.eu/de/produit/b23c8c26-7525-7646-8174-11e51a05a831"/>
+    <hyperlink ref="N255" r:id="rId487" tooltip="static.prod.teconex-demo.be/v5/articles/b23c8c26-7525-7646-8174-11e51a05a831/e5671dd0-9c76-4667-9acb-0488c456ebb0_720.png"/>
+    <hyperlink ref="M256" r:id="rId488" tooltip="teconex.eu/de/produit/d80bfebf-6af5-604d-813d-4477c5a448f3"/>
+    <hyperlink ref="N256" r:id="rId489" tooltip="static.prod.teconex-demo.be/v5/articles/d80bfebf-6af5-604d-813d-4477c5a448f3/1872cbcd-3115-466d-863c-6ed321ec460b_720.png"/>
+    <hyperlink ref="M257" r:id="rId490" tooltip="teconex.eu/de/produit/4dcd268a-5fb9-fb47-bad2-df94a3d4cb19"/>
+    <hyperlink ref="N257" r:id="rId491" tooltip="static.prod.teconex-demo.be/v5/articles/4dcd268a-5fb9-fb47-bad2-df94a3d4cb19/670972cf-07ff-4b19-8c09-dfe863dbf53d_720.png"/>
+    <hyperlink ref="M258" r:id="rId492" tooltip="teconex.eu/de/produit/11db0c94-8a84-7749-9403-54a1751b3481"/>
+    <hyperlink ref="N258" r:id="rId493" tooltip="static.prod.teconex-demo.be/v5/articles/11db0c94-8a84-7749-9403-54a1751b3481/12165c50-6319-42ba-a7b7-7f6fcac9ac53_720.png"/>
+    <hyperlink ref="M259" r:id="rId494" tooltip="teconex.eu/de/produit/7fff1bbc-079b-a744-a3ae-07a7880b22ac"/>
+    <hyperlink ref="N259" r:id="rId495" tooltip="static.prod.teconex-demo.be/v5/articles/7fff1bbc-079b-a744-a3ae-07a7880b22ac/9d2dbf36-c24b-47ff-a4b3-a49f96389f35_720.png"/>
+    <hyperlink ref="M260" r:id="rId496" tooltip="teconex.eu/de/produit/4bc1e0b1-5fbd-2f4c-8b99-297b27521458"/>
+    <hyperlink ref="N260" r:id="rId497" tooltip="static.prod.teconex-demo.be/v5/articles/4bc1e0b1-5fbd-2f4c-8b99-297b27521458/e9299a95-4bf4-4123-b99d-f4f862a23e31_720.png"/>
+    <hyperlink ref="M261" r:id="rId498" tooltip="teconex.eu/de/produit/3fe0f6cf-b511-9049-bd4c-f068bb019303"/>
+    <hyperlink ref="N261" r:id="rId499" tooltip="static.prod.teconex-demo.be/v5/articles/3fe0f6cf-b511-9049-bd4c-f068bb019303/21ed92da-564d-4390-b665-66e7677ab97b_720.png"/>
+    <hyperlink ref="M262" r:id="rId500" tooltip="teconex.eu/de/produit/73cff146-e8c8-da46-b5f2-e15d4d6752ae"/>
+    <hyperlink ref="N262" r:id="rId501" tooltip="static.prod.teconex-demo.be/v5/articles/73cff146-e8c8-da46-b5f2-e15d4d6752ae/ead56434-c452-40dc-a82c-527298d04cb5_720.png"/>
+    <hyperlink ref="M263" r:id="rId502" tooltip="teconex.eu/de/produit/eda08e87-3f15-b24c-a14e-511993f6b4eb"/>
+    <hyperlink ref="N263" r:id="rId503" tooltip="static.prod.teconex-demo.be/v5/articles/eda08e87-3f15-b24c-a14e-511993f6b4eb/92afd6b8-21ad-473b-9e21-1f6586d31f5f_720.png"/>
+    <hyperlink ref="M264" r:id="rId504" tooltip="teconex.eu/de/produit/9559fc94-25a7-9344-b496-3701945470e1"/>
+    <hyperlink ref="N264" r:id="rId505" tooltip="static.prod.teconex-demo.be/v5/articles/9559fc94-25a7-9344-b496-3701945470e1/8c7f6065-3e76-41b9-98bf-f9684376c297_720.png"/>
+    <hyperlink ref="M265" r:id="rId506" tooltip="teconex.eu/de/produit/13d5da37-fa9f-df43-8524-118452d17000"/>
+    <hyperlink ref="N265" r:id="rId507" tooltip="static.prod.teconex-demo.be/v5/articles/13d5da37-fa9f-df43-8524-118452d17000/bcf073bb-e43c-4a0f-a742-f5948e680b3e_720.png"/>
+    <hyperlink ref="M266" r:id="rId508" tooltip="teconex.eu/de/produit/bac39709-3a2c-8141-971a-b1a5193a9726"/>
+    <hyperlink ref="N266" r:id="rId509" tooltip="static.prod.teconex-demo.be/v5/articles/bac39709-3a2c-8141-971a-b1a5193a9726/64aa2485-d691-4d10-8c9a-77a64a5b2302_720.png"/>
+    <hyperlink ref="M267" r:id="rId510" tooltip="teconex.eu/de/produit/26fd6ad0-911f-2640-9eaf-48e4e8d7f943"/>
+    <hyperlink ref="N267" r:id="rId511" tooltip="static.prod.teconex-demo.be/v5/articles/26fd6ad0-911f-2640-9eaf-48e4e8d7f943/77431c68-e56b-4a01-95e3-44d8ba7407be_720.png"/>
+    <hyperlink ref="M268" r:id="rId512" tooltip="teconex.eu/de/produit/841b067f-02f2-aa40-9fe7-feb1865ba0a4"/>
+    <hyperlink ref="N268" r:id="rId513" tooltip="static.prod.teconex-demo.be/v5/articles/841b067f-02f2-aa40-9fe7-feb1865ba0a4/1221015f-2ab1-4588-b260-6385402398f2_720.png"/>
+    <hyperlink ref="M269" r:id="rId514" tooltip="teconex.eu/de/produit/5e53b4f1-6a89-584c-8fc7-bb49629f9a64"/>
+    <hyperlink ref="N269" r:id="rId515" tooltip="static.prod.teconex-demo.be/v5/articles/5e53b4f1-6a89-584c-8fc7-bb49629f9a64/4c52ab74-940e-45b9-86a5-a491ae2893a6_720.jpg"/>
+    <hyperlink ref="M270" r:id="rId516" tooltip="teconex.eu/de/produit/3fb8fac8-f213-b845-8965-5276d8920696"/>
+    <hyperlink ref="N270" r:id="rId517" tooltip="static.prod.teconex-demo.be/v5/articles/3fb8fac8-f213-b845-8965-5276d8920696/e3a2089b-b456-4f23-b821-188f56bc54a9_720.png"/>
+    <hyperlink ref="M271" r:id="rId518" tooltip="teconex.eu/de/produit/7afd47fc-fee5-594a-84a0-e9f8d174d07c"/>
+    <hyperlink ref="N271" r:id="rId519" tooltip="static.prod.teconex-demo.be/v5/articles/7afd47fc-fee5-594a-84a0-e9f8d174d07c/c0c545d3-ca6f-4f3f-a3af-591f6965af6e_720.png"/>
+    <hyperlink ref="M272" r:id="rId520" tooltip="teconex.eu/de/produit/c17d65ae-edf7-6245-bd77-5ea63fe95180"/>
+    <hyperlink ref="N272" r:id="rId521" tooltip="static.prod.teconex-demo.be/v5/articles/c17d65ae-edf7-6245-bd77-5ea63fe95180/e3a2089b-b456-4f23-b821-188f56bc54a9_720.png"/>
+    <hyperlink ref="M273" r:id="rId522" tooltip="teconex.eu/de/produit/23d07da7-5ce2-3b41-ae0c-e9df95c6bc9d"/>
+    <hyperlink ref="N273" r:id="rId523" tooltip="static.prod.teconex-demo.be/v5/articles/23d07da7-5ce2-3b41-ae0c-e9df95c6bc9d/c0c545d3-ca6f-4f3f-a3af-591f6965af6e_720.png"/>
+    <hyperlink ref="M274" r:id="rId524" tooltip="teconex.eu/de/produit/2cef9908-d0df-6d43-9c0b-a9a13c857abf"/>
+    <hyperlink ref="N274" r:id="rId525" tooltip="static.prod.teconex-demo.be/v5/articles/2cef9908-d0df-6d43-9c0b-a9a13c857abf/b78ae1e2-b699-4a0d-9580-11cc6e42facc_720.png"/>
+    <hyperlink ref="M275" r:id="rId526" tooltip="teconex.eu/de/produit/3e3e1c35-d01a-5e4f-9a46-95efd7f414e8"/>
+    <hyperlink ref="N275" r:id="rId527" tooltip="static.prod.teconex-demo.be/v5/articles/3e3e1c35-d01a-5e4f-9a46-95efd7f414e8/72f09cc7-8187-4e91-9b9a-475d9fe4c8d0_720.png"/>
+    <hyperlink ref="M276" r:id="rId528" tooltip="teconex.eu/de/produit/bced193f-741d-8e47-aeff-e335b5184a20"/>
+    <hyperlink ref="N276" r:id="rId529" tooltip="static.prod.teconex-demo.be/v5/articles/bced193f-741d-8e47-aeff-e335b5184a20/bf367979-e043-4ca3-97fe-7928687207fe_720.png"/>
+    <hyperlink ref="M277" r:id="rId530" tooltip="teconex.eu/de/produit/8d1b4a79-c6b8-464a-9d5d-f758c3bbfbe2"/>
+    <hyperlink ref="N277" r:id="rId531" tooltip="static.prod.teconex-demo.be/v5/articles/8d1b4a79-c6b8-464a-9d5d-f758c3bbfbe2/ab81c742-dc24-413a-b428-8366b67e6c83_720.png"/>
+    <hyperlink ref="M278" r:id="rId532" tooltip="teconex.eu/de/produit/55e12a3a-f9bc-f64b-bb90-4a87faf02d36"/>
+    <hyperlink ref="N278" r:id="rId533" tooltip="static.prod.teconex-demo.be/v5/articles/55e12a3a-f9bc-f64b-bb90-4a87faf02d36/1be80ea3-255b-41d6-aed9-37b633da3dcf_720.png"/>
+    <hyperlink ref="M279" r:id="rId534" tooltip="teconex.eu/de/produit/6ca3fed4-154d-5a41-9055-f4513510df25"/>
+    <hyperlink ref="N279" r:id="rId535" tooltip="static.prod.teconex-demo.be/v5/articles/6ca3fed4-154d-5a41-9055-f4513510df25/32001009-5571-4fc4-83c4-6d72bef06cde_720.png"/>
+    <hyperlink ref="M280" r:id="rId536" tooltip="teconex.eu/de/produit/e3084e44-dce9-da46-9608-bef8c3ae2618"/>
+    <hyperlink ref="N280" r:id="rId537" tooltip="static.prod.teconex-demo.be/v5/articles/e3084e44-dce9-da46-9608-bef8c3ae2618/1be80ea3-255b-41d6-aed9-37b633da3dcf_720.png"/>
+    <hyperlink ref="M281" r:id="rId538" tooltip="teconex.eu/de/produit/1b7b8ea4-57e5-664b-9589-8baa0b328825"/>
+    <hyperlink ref="N281" r:id="rId539" tooltip="static.prod.teconex-demo.be/v5/articles/1b7b8ea4-57e5-664b-9589-8baa0b328825/8929f579-30aa-4800-9478-11f8efd857b8_720.png"/>
+    <hyperlink ref="M282" r:id="rId540" tooltip="teconex.eu/de/produit/e4c21004-3598-af47-9270-2d7ea5dff67e"/>
+    <hyperlink ref="N282" r:id="rId541" tooltip="static.prod.teconex-demo.be/v5/articles/e4c21004-3598-af47-9270-2d7ea5dff67e/007cead7-96be-4561-b7a8-4812d82c1ddf_720.png"/>
+    <hyperlink ref="M283" r:id="rId542" tooltip="teconex.eu/de/produit/61ef7054-09b2-9948-96bb-20f97740ff32"/>
+    <hyperlink ref="N283" r:id="rId543" tooltip="static.prod.teconex-demo.be/v5/articles/61ef7054-09b2-9948-96bb-20f97740ff32/1ec8db4c-a298-4664-8597-840e48e252f2_720.png"/>
+    <hyperlink ref="M284" r:id="rId544" tooltip="teconex.eu/de/produit/e54e6d62-6026-2f45-b30a-afa87b3e8528"/>
+    <hyperlink ref="N284" r:id="rId545" tooltip="static.prod.teconex-demo.be/v5/articles/e54e6d62-6026-2f45-b30a-afa87b3e8528/db685716-0c04-4305-a1f8-0e3dac52e1a7_720.png"/>
+    <hyperlink ref="M285" r:id="rId546" tooltip="teconex.eu/de/produit/fa293159-def7-1540-9a18-f9b987b80ce2"/>
+    <hyperlink ref="N285" r:id="rId547" tooltip="static.prod.teconex-demo.be/v5/articles/fa293159-def7-1540-9a18-f9b987b80ce2/460fd700-4444-4c13-9308-c3d52889c4cf_720.png"/>
+    <hyperlink ref="M286" r:id="rId548" tooltip="teconex.eu/de/produit/eea5f40f-95e9-c44a-b830-2652e0ceb9f2"/>
+    <hyperlink ref="N286" r:id="rId549" tooltip="static.prod.teconex-demo.be/v5/articles/eea5f40f-95e9-c44a-b830-2652e0ceb9f2/556c2c87-e1d8-4193-b832-a60e9b9d5f72_720.png"/>
+    <hyperlink ref="M287" r:id="rId550" tooltip="teconex.eu/de/produit/63fb9369-4367-d243-9421-36812c9facdc"/>
+    <hyperlink ref="N287" r:id="rId551" tooltip="static.prod.teconex-demo.be/v5/articles/63fb9369-4367-d243-9421-36812c9facdc/f0d2dbb1-c7da-4fb0-8f56-dc1377de74fa_720.png"/>
+    <hyperlink ref="M288" r:id="rId552" tooltip="teconex.eu/de/produit/5f0026fc-5fed-4e45-a043-26f6f379e342"/>
+    <hyperlink ref="N288" r:id="rId553" tooltip="static.prod.teconex-demo.be/v5/articles/5f0026fc-5fed-4e45-a043-26f6f379e342/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png"/>
+    <hyperlink ref="M289" r:id="rId554" tooltip="teconex.eu/de/produit/fd36ed9d-547d-9643-a9c3-6d7909e1f994"/>
+    <hyperlink ref="N289" r:id="rId555" tooltip="static.prod.teconex-demo.be/v5/articles/fd36ed9d-547d-9643-a9c3-6d7909e1f994/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png"/>
+    <hyperlink ref="M290" r:id="rId556" tooltip="teconex.eu/de/produit/48efff75-491c-7341-8977-0cd9e8a7801a"/>
+    <hyperlink ref="N290" r:id="rId557" tooltip="static.prod.teconex-demo.be/v5/articles/48efff75-491c-7341-8977-0cd9e8a7801a/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png"/>
+    <hyperlink ref="M291" r:id="rId558" tooltip="teconex.eu/de/produit/ab613dca-8ecd-c644-9e09-931569608af8"/>
+    <hyperlink ref="N291" r:id="rId559" tooltip="static.prod.teconex-demo.be/v5/articles/ab613dca-8ecd-c644-9e09-931569608af8/8a1a2203-c0be-4407-a795-b373acba6610_720.png"/>
+    <hyperlink ref="M292" r:id="rId560" tooltip="teconex.eu/de/produit/77c52340-3ddc-604f-b6d7-0bd681d21ed0"/>
+    <hyperlink ref="N292" r:id="rId561" tooltip="static.prod.teconex-demo.be/v5/articles/77c52340-3ddc-604f-b6d7-0bd681d21ed0/8a1a2203-c0be-4407-a795-b373acba6610_720.png"/>
+    <hyperlink ref="M293" r:id="rId562" tooltip="teconex.eu/de/produit/19ac255e-37d3-4d4e-b1de-e4929c4eda78"/>
+    <hyperlink ref="N293" r:id="rId563" tooltip="static.prod.teconex-demo.be/v5/articles/19ac255e-37d3-4d4e-b1de-e4929c4eda78/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png"/>
+    <hyperlink ref="M294" r:id="rId564" tooltip="teconex.eu/de/produit/05cd30ad-4ced-db42-a671-b53dd2ad1072"/>
+    <hyperlink ref="N294" r:id="rId565" tooltip="static.prod.teconex-demo.be/v5/articles/05cd30ad-4ced-db42-a671-b53dd2ad1072/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png"/>
+    <hyperlink ref="M295" r:id="rId566" tooltip="teconex.eu/de/produit/b35b14af-f0be-d143-b041-75907835c2a1"/>
+    <hyperlink ref="N295" r:id="rId567" tooltip="static.prod.teconex-demo.be/v5/articles/b35b14af-f0be-d143-b041-75907835c2a1/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png"/>
+    <hyperlink ref="M296" r:id="rId568" tooltip="teconex.eu/de/produit/cc592f3d-c266-1640-bda3-06cc24df5b25"/>
+    <hyperlink ref="N296" r:id="rId569" tooltip="static.prod.teconex-demo.be/v5/articles/cc592f3d-c266-1640-bda3-06cc24df5b25/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png"/>
+    <hyperlink ref="M297" r:id="rId570" tooltip="teconex.eu/de/produit/0b478b85-b1ee-d847-ad77-5006fb4019be"/>
+    <hyperlink ref="N297" r:id="rId571" tooltip="static.prod.teconex-demo.be/v5/articles/0b478b85-b1ee-d847-ad77-5006fb4019be/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png"/>
+    <hyperlink ref="M298" r:id="rId572" tooltip="teconex.eu/de/produit/0be863e4-5829-f84d-b565-aefd945f47c7"/>
+    <hyperlink ref="N298" r:id="rId573" tooltip="static.prod.teconex-demo.be/v5/articles/0be863e4-5829-f84d-b565-aefd945f47c7/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png"/>
+    <hyperlink ref="M299" r:id="rId574" tooltip="teconex.eu/de/produit/5695e851-dc17-9448-96fe-da479ce17e43"/>
+    <hyperlink ref="N299" r:id="rId575" tooltip="static.prod.teconex-demo.be/v5/articles/5695e851-dc17-9448-96fe-da479ce17e43/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png"/>
+    <hyperlink ref="M300" r:id="rId576" tooltip="teconex.eu/de/produit/0dfc1f51-f59e-4d4f-bb04-00b62c8b363f"/>
+    <hyperlink ref="N300" r:id="rId577" tooltip="static.prod.teconex-demo.be/v5/articles/0dfc1f51-f59e-4d4f-bb04-00b62c8b363f/f77e68bc-f09e-4835-9008-d50298171960_720.png"/>
+    <hyperlink ref="M301" r:id="rId578" tooltip="teconex.eu/de/produit/12e1efd2-37b0-c448-b862-0b7b2484bed8"/>
+    <hyperlink ref="N301" r:id="rId579" tooltip="static.prod.teconex-demo.be/v5/articles/12e1efd2-37b0-c448-b862-0b7b2484bed8/8e55a59e-70ea-44e4-9ece-89a6be39b3fe_720.png"/>
+    <hyperlink ref="M302" r:id="rId580" tooltip="teconex.eu/de/produit/58a66542-9453-fb41-8534-14c22f456190"/>
+    <hyperlink ref="N302" r:id="rId581" tooltip="static.prod.teconex-demo.be/v5/articles/58a66542-9453-fb41-8534-14c22f456190/ecb03f19-8c7d-415c-9f9f-f6d17b31ffc4_720.png"/>
+    <hyperlink ref="M303" r:id="rId582" tooltip="teconex.eu/de/produit/6b10fc33-7ccf-ed4d-bf0a-24a5382b6af4"/>
+    <hyperlink ref="N303" r:id="rId583" tooltip="static.prod.teconex-demo.be/v5/articles/6b10fc33-7ccf-ed4d-bf0a-24a5382b6af4/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png"/>
+    <hyperlink ref="M304" r:id="rId584" tooltip="teconex.eu/de/produit/c9bcd2fc-960b-f947-bb61-6f54076ed4e0"/>
+    <hyperlink ref="N304" r:id="rId585" tooltip="static.prod.teconex-demo.be/v5/articles/c9bcd2fc-960b-f947-bb61-6f54076ed4e0/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png"/>
+    <hyperlink ref="M305" r:id="rId586" tooltip="teconex.eu/de/produit/71dde2ff-17d6-c347-b5e4-473df7991b02"/>
+    <hyperlink ref="N305" r:id="rId587" tooltip="static.prod.teconex-demo.be/v5/articles/71dde2ff-17d6-c347-b5e4-473df7991b02/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png"/>
+    <hyperlink ref="M306" r:id="rId588" tooltip="teconex.eu/de/produit/9b4247b6-ab4e-404a-982a-5d6e2ffa48c4"/>
+    <hyperlink ref="N306" r:id="rId589" tooltip="static.prod.teconex-demo.be/v5/articles/9b4247b6-ab4e-404a-982a-5d6e2ffa48c4/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png"/>
+    <hyperlink ref="M307" r:id="rId590" tooltip="teconex.eu/de/produit/5be51143-1f7b-4340-a72e-b1e32ba49f38"/>
+    <hyperlink ref="N307" r:id="rId591" tooltip="static.prod.teconex-demo.be/v5/articles/5be51143-1f7b-4340-a72e-b1e32ba49f38/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png"/>
+    <hyperlink ref="M308" r:id="rId592" tooltip="teconex.eu/de/produit/e0177207-fca1-8047-8573-54dafea301ec"/>
+    <hyperlink ref="N308" r:id="rId593" tooltip="static.prod.teconex-demo.be/v5/articles/e0177207-fca1-8047-8573-54dafea301ec/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png"/>
+    <hyperlink ref="M309" r:id="rId594" tooltip="teconex.eu/de/produit/46f8f220-5b11-de46-a5fa-13eece976b79"/>
+    <hyperlink ref="N309" r:id="rId595" tooltip="static.prod.teconex-demo.be/v5/articles/46f8f220-5b11-de46-a5fa-13eece976b79/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png"/>
+    <hyperlink ref="M310" r:id="rId596" tooltip="teconex.eu/de/produit/a8ccd941-01aa-1f41-a3de-318c8b709368"/>
+    <hyperlink ref="N310" r:id="rId597" tooltip="static.prod.teconex-demo.be/v5/articles/a8ccd941-01aa-1f41-a3de-318c8b709368/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png"/>
+    <hyperlink ref="M311" r:id="rId598" tooltip="teconex.eu/de/produit/aee0be4d-1a51-7449-b3df-458cbfbaea41"/>
+    <hyperlink ref="N311" r:id="rId599" tooltip="static.prod.teconex-demo.be/v5/articles/aee0be4d-1a51-7449-b3df-458cbfbaea41/f77e68bc-f09e-4835-9008-d50298171960_720.png"/>
+    <hyperlink ref="M312" r:id="rId600" tooltip="teconex.eu/de/produit/b317f80b-923b-d143-8f9d-05ea2432765c"/>
+    <hyperlink ref="N312" r:id="rId601" tooltip="static.prod.teconex-demo.be/v5/articles/b317f80b-923b-d143-8f9d-05ea2432765c/8e55a59e-70ea-44e4-9ece-89a6be39b3fe_720.png"/>
+    <hyperlink ref="M313" r:id="rId602" tooltip="teconex.eu/de/produit/a1ec8ede-6317-3246-8066-a14bf833ea28"/>
+    <hyperlink ref="N313" r:id="rId603" tooltip="static.prod.teconex-demo.be/v5/articles/a1ec8ede-6317-3246-8066-a14bf833ea28/ecb03f19-8c7d-415c-9f9f-f6d17b31ffc4_720.png"/>
+    <hyperlink ref="M314" r:id="rId604" tooltip="teconex.eu/de/produit/a077bdfb-7b4b-d244-b4a9-f0e7ca5d6218"/>
+    <hyperlink ref="N314" r:id="rId605" tooltip="static.prod.teconex-demo.be/v5/articles/a077bdfb-7b4b-d244-b4a9-f0e7ca5d6218/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png"/>
+    <hyperlink ref="M315" r:id="rId606" tooltip="teconex.eu/de/produit/a16a5874-437a-2249-b5e9-24e258e942b6"/>
+    <hyperlink ref="N315" r:id="rId607" tooltip="static.prod.teconex-demo.be/v5/articles/a16a5874-437a-2249-b5e9-24e258e942b6/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png"/>
+    <hyperlink ref="M316" r:id="rId608" tooltip="teconex.eu/de/produit/1e76d809-5395-3740-b12a-b28aa65c48cf"/>
+    <hyperlink ref="N316" r:id="rId609" tooltip="static.prod.teconex-demo.be/v5/articles/1e76d809-5395-3740-b12a-b28aa65c48cf/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png"/>
+    <hyperlink ref="M317" r:id="rId610" tooltip="teconex.eu/de/produit/28f0350b-aecc-2f4c-97e6-ec6ab7344be0"/>
+    <hyperlink ref="N317" r:id="rId611" tooltip="static.prod.teconex-demo.be/v5/articles/28f0350b-aecc-2f4c-97e6-ec6ab7344be0/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png"/>
+    <hyperlink ref="M318" r:id="rId612" tooltip="teconex.eu/de/produit/8a3916c9-e9dd-a542-a4a4-57e259a48eb5"/>
+    <hyperlink ref="N318" r:id="rId613" tooltip="static.prod.teconex-demo.be/v5/articles/8a3916c9-e9dd-a542-a4a4-57e259a48eb5/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png"/>
+    <hyperlink ref="M319" r:id="rId614" tooltip="teconex.eu/de/produit/48f0c6c0-0b65-8f49-a565-84f06e928fd2"/>
+    <hyperlink ref="N319" r:id="rId615" tooltip="static.prod.teconex-demo.be/v5/articles/48f0c6c0-0b65-8f49-a565-84f06e928fd2/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png"/>
+    <hyperlink ref="M320" r:id="rId616" tooltip="teconex.eu/de/produit/925131a0-5b2a-1f47-aff8-f8d0bc58f399"/>
+    <hyperlink ref="N320" r:id="rId617" tooltip="static.prod.teconex-demo.be/v5/articles/925131a0-5b2a-1f47-aff8-f8d0bc58f399/ee0eab97-05c0-463b-a83b-155ffdd0505a_720.png"/>
+    <hyperlink ref="M321" r:id="rId618" tooltip="teconex.eu/de/produit/70125764-a5f0-b94c-b6f1-3d9ac4690221"/>
+    <hyperlink ref="M322" r:id="rId619" tooltip="teconex.eu/de/produit/cf037c76-5da5-3043-9163-9b277f407904"/>
+    <hyperlink ref="N322" r:id="rId620" tooltip="static.prod.teconex-demo.be/v5/articles/cf037c76-5da5-3043-9163-9b277f407904/03719694-49ca-41f2-94a1-a7c864ce83b7_720.png"/>
+    <hyperlink ref="M323" r:id="rId621" tooltip="teconex.eu/de/produit/be26e803-ffaa-cd4e-968c-2aba26d967eb"/>
+    <hyperlink ref="N323" r:id="rId622" tooltip="static.prod.teconex-demo.be/v5/articles/be26e803-ffaa-cd4e-968c-2aba26d967eb/dd636c19-4d3a-4c7c-b78a-8cb9f4f7000f_720.png"/>
+    <hyperlink ref="M324" r:id="rId623" tooltip="teconex.eu/de/produit/b21fd3c8-88cf-d44b-a470-a57eca581bd4"/>
+    <hyperlink ref="N324" r:id="rId624" tooltip="static.prod.teconex-demo.be/v5/articles/b21fd3c8-88cf-d44b-a470-a57eca581bd4/ee0eab97-05c0-463b-a83b-155ffdd0505a_720.png"/>
+    <hyperlink ref="M325" r:id="rId625" tooltip="teconex.eu/de/produit/55bed36f-8195-0b47-94c0-258ac8ded974"/>
+    <hyperlink ref="M326" r:id="rId626" tooltip="teconex.eu/de/produit/dc395839-84d1-ce4f-9451-7c7c70ff48ed"/>
+    <hyperlink ref="N326" r:id="rId627" tooltip="static.prod.teconex-demo.be/v5/articles/dc395839-84d1-ce4f-9451-7c7c70ff48ed/03719694-49ca-41f2-94a1-a7c864ce83b7_720.png"/>
+    <hyperlink ref="M327" r:id="rId628" tooltip="teconex.eu/de/produit/4b109569-e6ce-b046-9eb1-e7ec31f1556a"/>
+    <hyperlink ref="N327" r:id="rId629" tooltip="static.prod.teconex-demo.be/v5/articles/4b109569-e6ce-b046-9eb1-e7ec31f1556a/dd636c19-4d3a-4c7c-b78a-8cb9f4f7000f_720.png"/>
+    <hyperlink ref="M328" r:id="rId630" tooltip="teconex.eu/de/produit/6b121b82-b008-d148-8172-149104a7cf51"/>
+    <hyperlink ref="N328" r:id="rId631" tooltip="static.prod.teconex-demo.be/v5/articles/6b121b82-b008-d148-8172-149104a7cf51/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png"/>
+    <hyperlink ref="M329" r:id="rId632" tooltip="teconex.eu/de/produit/549b6e8c-1599-7c40-96f1-7e5d0c3be16f"/>
+    <hyperlink ref="N329" r:id="rId633" tooltip="static.prod.teconex-demo.be/v5/articles/549b6e8c-1599-7c40-96f1-7e5d0c3be16f/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png"/>
+    <hyperlink ref="M330" r:id="rId634" tooltip="teconex.eu/de/produit/23fd1837-f4ce-fe48-b511-4fd5869764fe"/>
+    <hyperlink ref="N330" r:id="rId635" tooltip="static.prod.teconex-demo.be/v5/articles/23fd1837-f4ce-fe48-b511-4fd5869764fe/0078862d-421e-4503-b53a-e1c680089e9a_720.png"/>
+    <hyperlink ref="M331" r:id="rId636" tooltip="teconex.eu/de/produit/c6b4da0d-3a44-b842-8a6a-9f3bcd9f5888"/>
+    <hyperlink ref="N331" r:id="rId637" tooltip="static.prod.teconex-demo.be/v5/articles/c6b4da0d-3a44-b842-8a6a-9f3bcd9f5888/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png"/>
+    <hyperlink ref="M332" r:id="rId638" tooltip="teconex.eu/de/produit/6494e73e-bdb6-ae41-9ab1-f81155db3386"/>
+    <hyperlink ref="N332" r:id="rId639" tooltip="static.prod.teconex-demo.be/v5/articles/6494e73e-bdb6-ae41-9ab1-f81155db3386/45d070cf-e098-4c5b-a0ee-958858f7bb9d_720.png"/>
+    <hyperlink ref="M333" r:id="rId640" tooltip="teconex.eu/de/produit/584f3bcb-4b6a-234f-856c-07b3c7939a68"/>
+    <hyperlink ref="N333" r:id="rId641" tooltip="static.prod.teconex-demo.be/v5/articles/584f3bcb-4b6a-234f-856c-07b3c7939a68/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png"/>
+    <hyperlink ref="M334" r:id="rId642" tooltip="teconex.eu/de/produit/598ddcfe-eda0-1a45-80d9-9d11dd50d0ed"/>
+    <hyperlink ref="N334" r:id="rId643" tooltip="static.prod.teconex-demo.be/v5/articles/598ddcfe-eda0-1a45-80d9-9d11dd50d0ed/9bc621cb-34f6-4058-91b6-c0beaa660fcb_720.png"/>
+    <hyperlink ref="M335" r:id="rId644" tooltip="teconex.eu/de/produit/e08407f0-db9a-ed4c-af1d-51ca6ce5d294"/>
+    <hyperlink ref="N335" r:id="rId645" tooltip="static.prod.teconex-demo.be/v5/articles/e08407f0-db9a-ed4c-af1d-51ca6ce5d294/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png"/>
+    <hyperlink ref="M336" r:id="rId646" tooltip="teconex.eu/de/produit/5a92420f-b3cd-5949-86c3-8837bfe325c3"/>
+    <hyperlink ref="N336" r:id="rId647" tooltip="static.prod.teconex-demo.be/v5/articles/5a92420f-b3cd-5949-86c3-8837bfe325c3/c20fbff7-abbc-4f66-929c-6cba2e5ff81b_720.png"/>
+    <hyperlink ref="M337" r:id="rId648" tooltip="teconex.eu/de/produit/83206a9d-a195-f448-896d-419eddc5b39c"/>
+    <hyperlink ref="N337" r:id="rId649" tooltip="static.prod.teconex-demo.be/v5/articles/83206a9d-a195-f448-896d-419eddc5b39c/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png"/>
+    <hyperlink ref="M338" r:id="rId650" tooltip="teconex.eu/de/produit/b74efedd-4dd7-f345-8329-7d37f8e48e01"/>
+    <hyperlink ref="N338" r:id="rId651" tooltip="static.prod.teconex-demo.be/v5/articles/b74efedd-4dd7-f345-8329-7d37f8e48e01/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png"/>
+    <hyperlink ref="M339" r:id="rId652" tooltip="teconex.eu/de/produit/95b3a70a-3b47-bc4e-b1f0-96139d44bcca"/>
+    <hyperlink ref="N339" r:id="rId653" tooltip="static.prod.teconex-demo.be/v5/articles/95b3a70a-3b47-bc4e-b1f0-96139d44bcca/0078862d-421e-4503-b53a-e1c680089e9a_720.png"/>
+    <hyperlink ref="M340" r:id="rId654" tooltip="teconex.eu/de/produit/2db9f3ad-3e4c-a648-8abf-3358246508b4"/>
+    <hyperlink ref="N340" r:id="rId655" tooltip="static.prod.teconex-demo.be/v5/articles/2db9f3ad-3e4c-a648-8abf-3358246508b4/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png"/>
+    <hyperlink ref="M341" r:id="rId656" tooltip="teconex.eu/de/produit/02bcac7a-fdc6-7e4e-95c9-0a897b3ae09d"/>
+    <hyperlink ref="N341" r:id="rId657" tooltip="static.prod.teconex-demo.be/v5/articles/02bcac7a-fdc6-7e4e-95c9-0a897b3ae09d/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png"/>
+    <hyperlink ref="M342" r:id="rId658" tooltip="teconex.eu/de/produit/cf55e8af-1263-9244-b1b8-9c1a642e4139"/>
+    <hyperlink ref="N342" r:id="rId659" tooltip="static.prod.teconex-demo.be/v5/articles/cf55e8af-1263-9244-b1b8-9c1a642e4139/0078862d-421e-4503-b53a-e1c680089e9a_720.png"/>
+    <hyperlink ref="M343" r:id="rId660" tooltip="teconex.eu/de/produit/19cd03da-b4a8-ce47-8888-3b6f722b6f80"/>
+    <hyperlink ref="N343" r:id="rId661" tooltip="static.prod.teconex-demo.be/v5/articles/19cd03da-b4a8-ce47-8888-3b6f722b6f80/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png"/>
+    <hyperlink ref="M344" r:id="rId662" tooltip="teconex.eu/de/produit/b5062904-3275-9748-9050-ad7ede21b5f7"/>
+    <hyperlink ref="N344" r:id="rId663" tooltip="static.prod.teconex-demo.be/v5/articles/b5062904-3275-9748-9050-ad7ede21b5f7/45d070cf-e098-4c5b-a0ee-958858f7bb9d_720.png"/>
+    <hyperlink ref="M345" r:id="rId664" tooltip="teconex.eu/de/produit/300b32d6-5cc0-9a49-a66f-1884bca29915"/>
+    <hyperlink ref="N345" r:id="rId665" tooltip="static.prod.teconex-demo.be/v5/articles/300b32d6-5cc0-9a49-a66f-1884bca29915/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png"/>
+    <hyperlink ref="M346" r:id="rId666" tooltip="teconex.eu/de/produit/d198cdd6-ea63-4042-a48a-80f5ab05d6d6"/>
+    <hyperlink ref="N346" r:id="rId667" tooltip="static.prod.teconex-demo.be/v5/articles/d198cdd6-ea63-4042-a48a-80f5ab05d6d6/9bc621cb-34f6-4058-91b6-c0beaa660fcb_720.png"/>
+    <hyperlink ref="M347" r:id="rId668" tooltip="teconex.eu/de/produit/93943ee8-8527-194b-be49-bf8e074052a6"/>
+    <hyperlink ref="N347" r:id="rId669" tooltip="static.prod.teconex-demo.be/v5/articles/93943ee8-8527-194b-be49-bf8e074052a6/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png"/>
+    <hyperlink ref="M348" r:id="rId670" tooltip="teconex.eu/de/produit/165676f0-5917-a14b-b878-211c422e0e29"/>
+    <hyperlink ref="N348" r:id="rId671" tooltip="static.prod.teconex-demo.be/v5/articles/165676f0-5917-a14b-b878-211c422e0e29/c20fbff7-abbc-4f66-929c-6cba2e5ff81b_720.png"/>
+    <hyperlink ref="M349" r:id="rId672" tooltip="teconex.eu/de/produit/60dc4e75-4093-6542-9c12-9110d8ca7840"/>
+    <hyperlink ref="N349" r:id="rId673" tooltip="static.prod.teconex-demo.be/v5/articles/60dc4e75-4093-6542-9c12-9110d8ca7840/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png"/>
+    <hyperlink ref="M350" r:id="rId674" tooltip="teconex.eu/de/produit/80c0b13f-1569-654a-bf97-c858dfdb9037"/>
+    <hyperlink ref="N350" r:id="rId675" tooltip="static.prod.teconex-demo.be/v5/articles/80c0b13f-1569-654a-bf97-c858dfdb9037/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png"/>
+    <hyperlink ref="M351" r:id="rId676" tooltip="teconex.eu/de/produit/40f87553-c8dc-294f-b71d-82b077ce9d9e"/>
+    <hyperlink ref="N351" r:id="rId677" tooltip="static.prod.teconex-demo.be/v5/articles/40f87553-c8dc-294f-b71d-82b077ce9d9e/37993f43-c405-4d54-a062-65ece9bba7ad_720.png"/>
+    <hyperlink ref="M352" r:id="rId678" tooltip="teconex.eu/de/produit/92a0361c-2bbb-4943-8f41-570117b3d58e"/>
+    <hyperlink ref="N352" r:id="rId679" tooltip="static.prod.teconex-demo.be/v5/articles/92a0361c-2bbb-4943-8f41-570117b3d58e/37993f43-c405-4d54-a062-65ece9bba7ad_720.png"/>
+    <hyperlink ref="M353" r:id="rId680" tooltip="teconex.eu/de/produit/56f288ba-672e-6f47-9d39-b7ee34171d78"/>
+    <hyperlink ref="N353" r:id="rId681" tooltip="static.prod.teconex-demo.be/v5/articles/56f288ba-672e-6f47-9d39-b7ee34171d78/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png"/>
+    <hyperlink ref="M354" r:id="rId682" tooltip="teconex.eu/de/produit/b05c63a0-1ec3-694e-8b16-596388c97406"/>
+    <hyperlink ref="N354" r:id="rId683" tooltip="static.prod.teconex-demo.be/v5/articles/b05c63a0-1ec3-694e-8b16-596388c97406/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png"/>
+    <hyperlink ref="M355" r:id="rId684" tooltip="teconex.eu/de/produit/402cabcd-7dda-c343-bf05-2c91e4828a6d"/>
+    <hyperlink ref="N355" r:id="rId685" tooltip="static.prod.teconex-demo.be/v5/articles/402cabcd-7dda-c343-bf05-2c91e4828a6d/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png"/>
+    <hyperlink ref="M356" r:id="rId686" tooltip="teconex.eu/de/produit/77e34b67-fdef-9147-aa63-a0fb93d6ea8d"/>
+    <hyperlink ref="N356" r:id="rId687" tooltip="static.prod.teconex-demo.be/v5/articles/77e34b67-fdef-9147-aa63-a0fb93d6ea8d/0078862d-421e-4503-b53a-e1c680089e9a_720.png"/>
+    <hyperlink ref="M357" r:id="rId688" tooltip="teconex.eu/de/produit/9685ccf4-e4a1-a243-b288-eb0e3cea6ea6"/>
+    <hyperlink ref="N357" r:id="rId689" tooltip="static.prod.teconex-demo.be/v5/articles/9685ccf4-e4a1-a243-b288-eb0e3cea6ea6/8a0a625b-6568-4f82-9f0f-a29351fc8cbb_720.png"/>
+    <hyperlink ref="M358" r:id="rId690" tooltip="teconex.eu/de/produit/e19790a4-6b1b-b148-823f-0874c946fe91"/>
+    <hyperlink ref="N358" r:id="rId691" tooltip="static.prod.teconex-demo.be/v5/articles/e19790a4-6b1b-b148-823f-0874c946fe91/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png"/>
+    <hyperlink ref="M359" r:id="rId692" tooltip="teconex.eu/de/produit/fdac877c-6d13-5f42-8b68-e7020c369c70"/>
+    <hyperlink ref="N359" r:id="rId693" tooltip="static.prod.teconex-demo.be/v5/articles/fdac877c-6d13-5f42-8b68-e7020c369c70/f7f6c1e4-8e9b-417e-9e69-c9a06faa22c1_720.png"/>
+    <hyperlink ref="M360" r:id="rId694" tooltip="teconex.eu/de/produit/2633e4e2-b6c7-fc42-ad1d-86a924495a58"/>
+    <hyperlink ref="N360" r:id="rId695" tooltip="static.prod.teconex-demo.be/v5/articles/2633e4e2-b6c7-fc42-ad1d-86a924495a58/8ea366fc-1da2-4325-a786-387812b526d0_720.jpg"/>
+    <hyperlink ref="M361" r:id="rId696" tooltip="teconex.eu/de/produit/0d74043d-575d-6946-89e9-392bb89e0935"/>
+    <hyperlink ref="N361" r:id="rId697" tooltip="static.prod.teconex-demo.be/v5/articles/0d74043d-575d-6946-89e9-392bb89e0935/306155ff-f5c0-4fdd-bb01-e5dcd874690b_720.png"/>
+    <hyperlink ref="M362" r:id="rId698" tooltip="teconex.eu/de/produit/78666491-7f63-654f-a716-1f68da7e5d2e"/>
+    <hyperlink ref="N362" r:id="rId699" tooltip="static.prod.teconex-demo.be/v5/articles/78666491-7f63-654f-a716-1f68da7e5d2e/2b25c682-566f-4f8b-a044-c1c51bfe4655_720.jpg"/>
+    <hyperlink ref="M363" r:id="rId700" tooltip="teconex.eu/de/produit/c684a9e4-5513-fc42-8b2d-6fd5ca0281be"/>
+    <hyperlink ref="N363" r:id="rId701" tooltip="static.prod.teconex-demo.be/v5/articles/c684a9e4-5513-fc42-8b2d-6fd5ca0281be/f732030b-2475-48ee-8480-5c838a893e4a_720.png"/>
+    <hyperlink ref="M364" r:id="rId702" tooltip="teconex.eu/de/produit/c9ef22d4-87e3-d54d-8dde-9f87101ed3ee"/>
+    <hyperlink ref="N364" r:id="rId703" tooltip="static.prod.teconex-demo.be/v5/articles/c9ef22d4-87e3-d54d-8dde-9f87101ed3ee/013cf8fd-55b4-4ad0-aea6-18873516bd24_720.png"/>
+    <hyperlink ref="M365" r:id="rId704" tooltip="teconex.eu/de/produit/d21ead7e-8226-5f4c-ba7b-58826b678ba6"/>
+    <hyperlink ref="N365" r:id="rId705" tooltip="static.prod.teconex-demo.be/v5/articles/d21ead7e-8226-5f4c-ba7b-58826b678ba6/419c0b41-89bf-4262-8e25-fa6f8ecec9c1_720.png"/>
+    <hyperlink ref="M366" r:id="rId706" tooltip="teconex.eu/de/produit/1c6f2ee5-fedc-2e4c-828b-9ccfa51826bc"/>
+    <hyperlink ref="N366" r:id="rId707" tooltip="static.prod.teconex-demo.be/v5/articles/1c6f2ee5-fedc-2e4c-828b-9ccfa51826bc/c2760da6-bca7-486c-9264-da026a3b83f8_720.png"/>
+    <hyperlink ref="M367" r:id="rId708" tooltip="teconex.eu/de/produit/8ceb0d93-733a-b54b-815d-33385545c379"/>
+    <hyperlink ref="N367" r:id="rId709" tooltip="static.prod.teconex-demo.be/v5/articles/8ceb0d93-733a-b54b-815d-33385545c379/c2acca7c-6622-4794-8cfd-5a041e90a026_720.png"/>
+    <hyperlink ref="M368" r:id="rId710" tooltip="teconex.eu/de/produit/6d36e78a-92c1-7149-8054-b95eea46cffa"/>
+    <hyperlink ref="N368" r:id="rId711" tooltip="static.prod.teconex-demo.be/v5/articles/6d36e78a-92c1-7149-8054-b95eea46cffa/35f9137d-8fd6-4a90-8ee2-246df66bb0ad_720.png"/>
+    <hyperlink ref="M369" r:id="rId712" tooltip="teconex.eu/de/produit/4ed3940a-6f18-9144-9beb-b4058d6d08ba"/>
+    <hyperlink ref="N369" r:id="rId713" tooltip="static.prod.teconex-demo.be/v5/articles/4ed3940a-6f18-9144-9beb-b4058d6d08ba/1a4ea0aa-99ad-4f0b-8723-f89129fc126d_720.png"/>
+    <hyperlink ref="M370" r:id="rId714" tooltip="teconex.eu/de/produit/7f750628-be02-d844-a497-a952fd3f27b9"/>
+    <hyperlink ref="N370" r:id="rId715" tooltip="static.prod.teconex-demo.be/v5/articles/7f750628-be02-d844-a497-a952fd3f27b9/937e4aa1-1776-400c-9eb5-2e2aed3f8390_720.png"/>
+    <hyperlink ref="M371" r:id="rId716" tooltip="teconex.eu/de/produit/1f91cddf-2594-6245-b294-105515c65a6d"/>
+    <hyperlink ref="N371" r:id="rId717" tooltip="static.prod.teconex-demo.be/v5/articles/1f91cddf-2594-6245-b294-105515c65a6d/f7f61076-7bf6-44e2-baa8-17a9ad1c1d64_720.png"/>
+    <hyperlink ref="M372" r:id="rId718" tooltip="teconex.eu/de/produit/6294ff1c-4511-2147-b497-02c8caf03039"/>
+    <hyperlink ref="N372" r:id="rId719" tooltip="static.prod.teconex-demo.be/v5/articles/6294ff1c-4511-2147-b497-02c8caf03039/ab26f456-8a9a-4c16-8247-4f7d97fcf6b6_720.png"/>
+    <hyperlink ref="M373" r:id="rId720" tooltip="teconex.eu/de/produit/6bbefa89-f831-424b-b4cd-1e16aa9c76d1"/>
+    <hyperlink ref="N373" r:id="rId721" tooltip="static.prod.teconex-demo.be/v5/articles/6bbefa89-f831-424b-b4cd-1e16aa9c76d1/ca13c0ba-1f82-4442-ae04-c4daa985d9e8_720.png"/>
+    <hyperlink ref="M374" r:id="rId722" tooltip="teconex.eu/de/produit/3013f5db-43a3-084d-b607-a5cf9ba842cd"/>
+    <hyperlink ref="N374" r:id="rId723" tooltip="static.prod.teconex-demo.be/v5/articles/3013f5db-43a3-084d-b607-a5cf9ba842cd/cf083577-bb21-465b-9c65-37b7e601a528_720.png"/>
+    <hyperlink ref="M375" r:id="rId724" tooltip="teconex.eu/de/produit/03f05c4c-6c38-5747-b87c-d0887fc54bf6"/>
+    <hyperlink ref="N375" r:id="rId725" tooltip="static.prod.teconex-demo.be/v5/articles/03f05c4c-6c38-5747-b87c-d0887fc54bf6/377ee614-5197-4ff5-b2a2-9f3561feff0c_720.png"/>
+    <hyperlink ref="M376" r:id="rId726" tooltip="teconex.eu/de/produit/54f13da5-ced5-7646-8ebc-134ad87e25ec"/>
+    <hyperlink ref="N376" r:id="rId727" tooltip="static.prod.teconex-demo.be/v5/articles/54f13da5-ced5-7646-8ebc-134ad87e25ec/1bb2bbdb-c8c1-4549-bbe3-dbd2cb0a485c_720.png"/>
+    <hyperlink ref="M377" r:id="rId728" tooltip="teconex.eu/de/produit/ed9092fc-92c2-d34c-93a3-d86ea4da9a41"/>
+    <hyperlink ref="N377" r:id="rId729" tooltip="static.prod.teconex-demo.be/v5/articles/ed9092fc-92c2-d34c-93a3-d86ea4da9a41/fa8f5759-8637-4a0b-8133-510d95d4f50c_720.png"/>
+    <hyperlink ref="M378" r:id="rId730" tooltip="teconex.eu/de/produit/104f07fb-09f7-0848-827b-4b46004ba64a"/>
+    <hyperlink ref="N378" r:id="rId731" tooltip="static.prod.teconex-demo.be/v5/articles/104f07fb-09f7-0848-827b-4b46004ba64a/22e0f8c5-276c-42b2-ae2c-3416750c7958_720.png"/>
+    <hyperlink ref="M379" r:id="rId732" tooltip="teconex.eu/de/produit/d58fc7bc-9118-8740-849f-a84b726f689c"/>
+    <hyperlink ref="N379" r:id="rId733" tooltip="static.prod.teconex-demo.be/v5/articles/d58fc7bc-9118-8740-849f-a84b726f689c/b17f5b80-0d04-4601-94d7-511b03ea43e4_720.png"/>
+    <hyperlink ref="M380" r:id="rId734" tooltip="teconex.eu/de/produit/25f59d21-29ef-224a-85e4-a6d39ac4f31a"/>
+    <hyperlink ref="N380" r:id="rId735" tooltip="static.prod.teconex-demo.be/v5/articles/25f59d21-29ef-224a-85e4-a6d39ac4f31a/3ccadf9e-c20d-442a-85ce-305c09a35f62_720.png"/>
+    <hyperlink ref="M381" r:id="rId736" tooltip="teconex.eu/de/produit/880bdc5c-d457-224a-b641-dd41e3cfb3a9"/>
+    <hyperlink ref="N381" r:id="rId737" tooltip="static.prod.teconex-demo.be/v5/articles/880bdc5c-d457-224a-b641-dd41e3cfb3a9/40f2fe9c-d16a-40d6-a005-9ab14d633b06_720.jpg"/>
+    <hyperlink ref="M382" r:id="rId738" tooltip="teconex.eu/de/produit/edb8b249-2603-c148-af4c-c6c3eb402084"/>
+    <hyperlink ref="N382" r:id="rId739" tooltip="static.prod.teconex-demo.be/v5/articles/edb8b249-2603-c148-af4c-c6c3eb402084/5d935b1f-e356-4353-b979-89db2697e019_720.jpg"/>
+    <hyperlink ref="M383" r:id="rId740" tooltip="teconex.eu/de/produit/2580868c-2c50-c040-b26c-b3f6abdbd5d2"/>
+    <hyperlink ref="N383" r:id="rId741" tooltip="static.prod.teconex-demo.be/v5/articles/2580868c-2c50-c040-b26c-b3f6abdbd5d2/688261c2-dbaa-478b-943a-9f96d28aef3b_720.png"/>
+    <hyperlink ref="M384" r:id="rId742" tooltip="teconex.eu/de/produit/0ec3a7c3-09b2-b94a-8c7b-0730d2946ab5"/>
+    <hyperlink ref="N384" r:id="rId743" tooltip="static.prod.teconex-demo.be/v5/articles/0ec3a7c3-09b2-b94a-8c7b-0730d2946ab5/d1e776d9-5860-4ed8-85c4-6c9a0e636d19_720.jpg"/>
+    <hyperlink ref="M385" r:id="rId744" tooltip="teconex.eu/de/produit/acffa093-e4d6-4446-a3d1-34e3d86cf856"/>
+    <hyperlink ref="N385" r:id="rId745" tooltip="static.prod.teconex-demo.be/v5/articles/acffa093-e4d6-4446-a3d1-34e3d86cf856/b5fb96ac-2f49-4b57-8952-e250c7cfc33c_720.png"/>
+    <hyperlink ref="M386" r:id="rId746" tooltip="teconex.eu/de/produit/22b95c9d-6ba0-8646-b6de-f41f0f166527"/>
+    <hyperlink ref="N386" r:id="rId747" tooltip="static.prod.teconex-demo.be/v5/articles/22b95c9d-6ba0-8646-b6de-f41f0f166527/88a4c0c8-9852-4255-89ce-1624cf4cfdcc_720.png"/>
+    <hyperlink ref="M387" r:id="rId748" tooltip="teconex.eu/de/produit/e8a5622c-8bb1-1140-8c6e-69698ff2a262"/>
+    <hyperlink ref="N387" r:id="rId749" tooltip="static.prod.teconex-demo.be/v5/articles/e8a5622c-8bb1-1140-8c6e-69698ff2a262/e3bf603c-da02-470a-9f95-936e40abf97b_720.png"/>
+    <hyperlink ref="M388" r:id="rId750" tooltip="teconex.eu/de/produit/e88191f2-235b-9347-a9c7-5ff0f2f94d7d"/>
+    <hyperlink ref="N388" r:id="rId751" tooltip="static.prod.teconex-demo.be/v5/articles/e88191f2-235b-9347-a9c7-5ff0f2f94d7d/d1aaa57a-aa80-4cdb-b4ca-f07a0a89ba30_720.jpg"/>
+    <hyperlink ref="M389" r:id="rId752" tooltip="teconex.eu/de/produit/ce735cc4-d54e-9749-baca-7583737faf01"/>
+    <hyperlink ref="N389" r:id="rId753" tooltip="static.prod.teconex-demo.be/v5/articles/ce735cc4-d54e-9749-baca-7583737faf01/aec6b42a-bec4-40ce-8716-e3244aa87545_720.png"/>
+    <hyperlink ref="M390" r:id="rId754" tooltip="teconex.eu/de/produit/75b72be0-6e6f-9043-859b-988c9e30e5b1"/>
+    <hyperlink ref="N390" r:id="rId755" tooltip="static.prod.teconex-demo.be/v5/articles/75b72be0-6e6f-9043-859b-988c9e30e5b1/2bf8e40f-ad62-476d-abec-73363df6df68_720.png"/>
+    <hyperlink ref="M391" r:id="rId756" tooltip="teconex.eu/de/produit/87896fb0-c316-2840-85bc-b4b3e42fb549"/>
+    <hyperlink ref="N391" r:id="rId757" tooltip="static.prod.teconex-demo.be/v5/articles/87896fb0-c316-2840-85bc-b4b3e42fb549/239ffcbb-0d1a-4231-9ff6-a190987ee675_720.png"/>
+    <hyperlink ref="M392" r:id="rId758" tooltip="teconex.eu/de/produit/0eba2aaa-923f-bf46-8c1e-7aa06d4fca3c"/>
+    <hyperlink ref="N392" r:id="rId759" tooltip="static.prod.teconex-demo.be/v5/articles/0eba2aaa-923f-bf46-8c1e-7aa06d4fca3c/02e9dc7c-566b-431d-b89e-f72b4a66876e_720.png"/>
+    <hyperlink ref="M393" r:id="rId760" tooltip="teconex.eu/de/produit/ef71fbe3-95ae-6c42-ab0b-ce5548aaaa05"/>
+    <hyperlink ref="N393" r:id="rId761" tooltip="static.prod.teconex-demo.be/v5/articles/ef71fbe3-95ae-6c42-ab0b-ce5548aaaa05/d9562632-a4e5-4e19-adf6-1749be240afa_720.png"/>
+    <hyperlink ref="M394" r:id="rId762" tooltip="teconex.eu/de/produit/47af023c-43cb-f745-af3a-b9fa4529f057"/>
+    <hyperlink ref="N394" r:id="rId763" tooltip="static.prod.teconex-demo.be/v5/articles/47af023c-43cb-f745-af3a-b9fa4529f057/a222024f-157a-433d-8f1a-20c34f686c8e_720.png"/>
+    <hyperlink ref="M395" r:id="rId764" tooltip="teconex.eu/de/produit/7dd3ddcd-a5a9-8d48-ae21-63ee4b9ba9d7"/>
+    <hyperlink ref="N395" r:id="rId765" tooltip="static.prod.teconex-demo.be/v5/articles/7dd3ddcd-a5a9-8d48-ae21-63ee4b9ba9d7/fa34242e-eee6-4706-9a58-abf74c753036_720.png"/>
+    <hyperlink ref="M396" r:id="rId766" tooltip="teconex.eu/de/produit/6d86df3b-5c1e-4542-a7df-5c89f3bd4ce1"/>
+    <hyperlink ref="N396" r:id="rId767" tooltip="static.prod.teconex-demo.be/v5/articles/6d86df3b-5c1e-4542-a7df-5c89f3bd4ce1/e17e01d1-d454-499d-ac48-10c51889d285_720.png"/>
+    <hyperlink ref="M397" r:id="rId768" tooltip="teconex.eu/de/produit/ee21b621-5ea0-fa4f-b601-7fce403d616a"/>
+    <hyperlink ref="N397" r:id="rId769" tooltip="static.prod.teconex-demo.be/v5/articles/ee21b621-5ea0-fa4f-b601-7fce403d616a/c4657936-8c5e-43e9-bcad-fbfd58e4960c_720.png"/>
+    <hyperlink ref="M398" r:id="rId770" tooltip="teconex.eu/de/produit/9ce59f15-132f-2840-9d31-41153973e56f"/>
+    <hyperlink ref="N398" r:id="rId771" tooltip="static.prod.teconex-demo.be/v5/articles/9ce59f15-132f-2840-9d31-41153973e56f/43d4df5b-22b5-4a21-ba37-8ec6800a956a_720.png"/>
+    <hyperlink ref="M399" r:id="rId772" tooltip="teconex.eu/de/produit/c9660929-b13a-b34c-89b4-88234d287ec8"/>
+    <hyperlink ref="N399" r:id="rId773" tooltip="static.prod.teconex-demo.be/v5/articles/c9660929-b13a-b34c-89b4-88234d287ec8/3ef147c2-c110-43f9-a1c4-9702ace24980_720.png"/>
+    <hyperlink ref="M400" r:id="rId774" tooltip="teconex.eu/de/produit/579db1eb-430b-8a4e-a9c4-1f18d2945cc4"/>
+    <hyperlink ref="N400" r:id="rId775" tooltip="static.prod.teconex-demo.be/v5/articles/579db1eb-430b-8a4e-a9c4-1f18d2945cc4/2ce4c0f5-658f-48e6-9d99-a304fe1eeeab_720.jpg"/>
+    <hyperlink ref="M401" r:id="rId776" tooltip="teconex.eu/de/produit/68164110-73b4-0e4e-a405-f142f2f751df"/>
+    <hyperlink ref="N401" r:id="rId777" tooltip="static.prod.teconex-demo.be/v5/articles/68164110-73b4-0e4e-a405-f142f2f751df/08295a6b-18b9-4271-8b2a-80ec185091b7_720.png"/>
+    <hyperlink ref="M402" r:id="rId778" tooltip="teconex.eu/de/produit/d2d0dc04-c949-4f47-ac66-b323f5c97b34"/>
+    <hyperlink ref="N402" r:id="rId779" tooltip="static.prod.teconex-demo.be/v5/articles/d2d0dc04-c949-4f47-ac66-b323f5c97b34/0c695c27-b223-4c57-acab-51e5f626c913_720.png"/>
+    <hyperlink ref="M403" r:id="rId780" tooltip="teconex.eu/de/produit/b5b4b98c-3108-d443-9579-fae64964676c"/>
+    <hyperlink ref="N403" r:id="rId781" tooltip="static.prod.teconex-demo.be/v5/articles/b5b4b98c-3108-d443-9579-fae64964676c/ccb64414-a173-424c-b5d0-9f913cbe75a1_720.jpg"/>
+    <hyperlink ref="M404" r:id="rId782" tooltip="teconex.eu/de/produit/2f0eb525-56e6-4546-9b8a-46b2c6edf032"/>
+    <hyperlink ref="N404" r:id="rId783" tooltip="static.prod.teconex-demo.be/v5/articles/2f0eb525-56e6-4546-9b8a-46b2c6edf032/96027172-1908-4231-9591-87ed23a8c96a_720.png"/>
+    <hyperlink ref="M405" r:id="rId784" tooltip="teconex.eu/de/produit/f3fa08ca-33f6-8246-843e-11df8a1315e1"/>
+    <hyperlink ref="N405" r:id="rId785" tooltip="static.prod.teconex-demo.be/v5/articles/f3fa08ca-33f6-8246-843e-11df8a1315e1/a87795cd-8a68-48f1-b175-39d9ca49bf33_720.png"/>
+    <hyperlink ref="M406" r:id="rId786" tooltip="teconex.eu/de/produit/662c1cfc-fc3b-2c40-b118-4cc436066341"/>
+    <hyperlink ref="N406" r:id="rId787" tooltip="static.prod.teconex-demo.be/v5/articles/662c1cfc-fc3b-2c40-b118-4cc436066341/a7beb85b-fa86-4c99-8ea3-252c0133aa79_720.jpg"/>
+    <hyperlink ref="M407" r:id="rId788" tooltip="teconex.eu/de/produit/9a6462f7-eed8-bc49-b8c7-ca491e73b94f"/>
+    <hyperlink ref="N407" r:id="rId789" tooltip="static.prod.teconex-demo.be/v5/articles/9a6462f7-eed8-bc49-b8c7-ca491e73b94f/c7460cb1-107d-4ac1-b41e-bc9159347e12_720.jpg"/>
+    <hyperlink ref="M408" r:id="rId790" tooltip="teconex.eu/de/produit/5bbafb87-1150-9448-bdef-41d140b6fa83"/>
+    <hyperlink ref="N408" r:id="rId791" tooltip="static.prod.teconex-demo.be/v5/articles/5bbafb87-1150-9448-bdef-41d140b6fa83/a1a6120b-cd4e-4fc4-b84a-5566bb0c799b_720.jpg"/>
+    <hyperlink ref="M409" r:id="rId792" tooltip="teconex.eu/de/produit/51f3b461-320f-3544-a5ad-95a219adb8d2"/>
+    <hyperlink ref="N409" r:id="rId793" tooltip="static.prod.teconex-demo.be/v5/articles/51f3b461-320f-3544-a5ad-95a219adb8d2/0d2463db-331c-4933-86c6-21d5cc906900_720.png"/>
+    <hyperlink ref="M410" r:id="rId794" tooltip="teconex.eu/de/produit/52b5d661-a366-3a40-9e7e-5c1bd3b14a16"/>
+    <hyperlink ref="N410" r:id="rId795" tooltip="static.prod.teconex-demo.be/v5/articles/52b5d661-a366-3a40-9e7e-5c1bd3b14a16/d8d34c00-7bb8-456c-b9d0-7baddf2fc92f_720.jpg"/>
+    <hyperlink ref="M411" r:id="rId796" tooltip="teconex.eu/de/produit/457aa5fd-da9c-0b45-b6a9-0c20e210b2ca"/>
+    <hyperlink ref="N411" r:id="rId797" tooltip="static.prod.teconex-demo.be/v5/articles/457aa5fd-da9c-0b45-b6a9-0c20e210b2ca/b394393e-401a-461d-a545-fdc5f69b18b5_720.png"/>
+    <hyperlink ref="M412" r:id="rId798" tooltip="teconex.eu/de/produit/083d0edc-eb2a-1a4c-9ae1-342f5523d13f"/>
+    <hyperlink ref="N412" r:id="rId799" tooltip="static.prod.teconex-demo.be/v5/articles/083d0edc-eb2a-1a4c-9ae1-342f5523d13f/581e2041-0c16-4ce5-802b-881e781fed78_720.png"/>
+    <hyperlink ref="M413" r:id="rId800" tooltip="teconex.eu/de/produit/1092a768-264f-2c4b-a140-70dcb2b65f9a"/>
+    <hyperlink ref="N413" r:id="rId801" tooltip="static.prod.teconex-demo.be/v5/articles/1092a768-264f-2c4b-a140-70dcb2b65f9a/b9b73ea1-d3d8-41b3-84fa-a24a801a98d6_720.png"/>
+    <hyperlink ref="M414" r:id="rId802" tooltip="teconex.eu/de/produit/9fd50e29-9cdd-be42-b3bb-cb9dde2b5cf6"/>
+    <hyperlink ref="N414" r:id="rId803" tooltip="static.prod.teconex-demo.be/v5/articles/9fd50e29-9cdd-be42-b3bb-cb9dde2b5cf6/dd6b8990-aac3-4c6f-8269-3f7300fcbc6a_720.png"/>
+    <hyperlink ref="M415" r:id="rId804" tooltip="teconex.eu/de/produit/042b18b6-5053-3746-b6bd-f9ada7a328b9"/>
+    <hyperlink ref="N415" r:id="rId805" tooltip="static.prod.teconex-demo.be/v5/articles/042b18b6-5053-3746-b6bd-f9ada7a328b9/3da1bc8a-3a64-496c-b90a-5da8befb390e_720.png"/>
+    <hyperlink ref="M416" r:id="rId806" tooltip="teconex.eu/de/produit/912335e8-9064-424e-9e1f-df0295943cba"/>
+    <hyperlink ref="N416" r:id="rId807" tooltip="static.prod.teconex-demo.be/v5/articles/912335e8-9064-424e-9e1f-df0295943cba/35668d0e-188b-4ff7-84d3-51e99f659fad_720.png"/>
+    <hyperlink ref="M417" r:id="rId808" tooltip="teconex.eu/de/produit/d62a8e62-ddf6-a541-ace8-4d743f429dcb"/>
+    <hyperlink ref="N417" r:id="rId809" tooltip="static.prod.teconex-demo.be/v5/articles/d62a8e62-ddf6-a541-ace8-4d743f429dcb/fad82aae-32a8-47ba-8060-3ff3ae57204a_720.png"/>
+    <hyperlink ref="M418" r:id="rId810" tooltip="teconex.eu/de/produit/b481e878-8a0d-5241-b087-9972826e13cd"/>
+    <hyperlink ref="N418" r:id="rId811" tooltip="static.prod.teconex-demo.be/v5/articles/b481e878-8a0d-5241-b087-9972826e13cd/194853a4-c304-4a60-8fec-a54ee6fd048e_720.png"/>
+    <hyperlink ref="M419" r:id="rId812" tooltip="teconex.eu/de/produit/ccfe284d-b075-b841-ad84-ea4156f2363f"/>
+    <hyperlink ref="N419" r:id="rId813" tooltip="static.prod.teconex-demo.be/v5/articles/ccfe284d-b075-b841-ad84-ea4156f2363f/6ed973f0-b092-4eb8-a337-f2716f8ecac8_720.png"/>
+    <hyperlink ref="M420" r:id="rId814" tooltip="teconex.eu/de/produit/65c01e46-b518-8f4e-9962-0c42d8547571"/>
+    <hyperlink ref="N420" r:id="rId815" tooltip="static.prod.teconex-demo.be/v5/articles/65c01e46-b518-8f4e-9962-0c42d8547571/af029ebf-2dbe-4c83-bf55-174a02294734_720.png"/>
+    <hyperlink ref="M421" r:id="rId816" tooltip="teconex.eu/de/produit/540d9adb-c385-e841-b063-8fd946465498"/>
+    <hyperlink ref="N421" r:id="rId817" tooltip="static.prod.teconex-demo.be/v5/articles/540d9adb-c385-e841-b063-8fd946465498/56f86db6-c536-438a-844b-bec0829c0379_720.png"/>
+    <hyperlink ref="M422" r:id="rId818" tooltip="teconex.eu/de/produit/3fad22a0-1a3e-c743-b1d3-74f1d9abeadc"/>
+    <hyperlink ref="N422" r:id="rId819" tooltip="static.prod.teconex-demo.be/v5/articles/3fad22a0-1a3e-c743-b1d3-74f1d9abeadc/063a882f-9ead-4f52-844d-3702c2dede5f_720.png"/>
+    <hyperlink ref="M423" r:id="rId820" tooltip="teconex.eu/de/produit/15899b9b-8e8f-d24b-82e4-e7fcdcf1d514"/>
+    <hyperlink ref="N423" r:id="rId821" tooltip="static.prod.teconex-demo.be/v5/articles/15899b9b-8e8f-d24b-82e4-e7fcdcf1d514/b3cf1414-95fb-4ccb-b4c6-f745995bd6a0_720.png"/>
+    <hyperlink ref="M424" r:id="rId822" tooltip="teconex.eu/de/produit/efbc6cd0-57ec-de4d-b56a-65eb1fbf34d4"/>
+    <hyperlink ref="N424" r:id="rId823" tooltip="static.prod.teconex-demo.be/v5/articles/efbc6cd0-57ec-de4d-b56a-65eb1fbf34d4/33b2a6e3-1f8b-45d4-b989-a30246d96397_720.png"/>
+    <hyperlink ref="M425" r:id="rId824" tooltip="teconex.eu/de/produit/0e0a74e7-8fde-6347-8131-142c089066c0"/>
+    <hyperlink ref="N425" r:id="rId825" tooltip="static.prod.teconex-demo.be/v5/articles/0e0a74e7-8fde-6347-8131-142c089066c0/2e3448ef-5a39-47dd-b05e-d7086784edbb_720.png"/>
+    <hyperlink ref="M426" r:id="rId826" tooltip="teconex.eu/de/produit/f565c0cc-5e98-4e41-9b4b-b97a5eb74748"/>
+    <hyperlink ref="N426" r:id="rId827" tooltip="static.prod.teconex-demo.be/v5/articles/f565c0cc-5e98-4e41-9b4b-b97a5eb74748/916eb0cb-13af-4ea8-a71a-6eae63d6f8a9_720.png"/>
+    <hyperlink ref="M427" r:id="rId828" tooltip="teconex.eu/de/produit/264cdee8-97fe-2046-a863-f58616ca1274"/>
+    <hyperlink ref="N427" r:id="rId829" tooltip="static.prod.teconex-demo.be/v5/articles/264cdee8-97fe-2046-a863-f58616ca1274/6cc37b17-d105-4b18-ab29-cfbcf74b754e_720.png"/>
+    <hyperlink ref="M428" r:id="rId830" tooltip="teconex.eu/de/produit/0d0b87d5-4bb7-3e4f-a3bb-a0683bb36244"/>
+    <hyperlink ref="N428" r:id="rId831" tooltip="static.prod.teconex-demo.be/v5/articles/0d0b87d5-4bb7-3e4f-a3bb-a0683bb36244/245ff5fb-36c7-40d5-82df-d3db02d91451_720.png"/>
+    <hyperlink ref="M429" r:id="rId832" tooltip="teconex.eu/de/produit/ffa7debe-e279-8144-ac41-37b4b6f6c490"/>
+    <hyperlink ref="N429" r:id="rId833" tooltip="static.prod.teconex-demo.be/v5/articles/ffa7debe-e279-8144-ac41-37b4b6f6c490/58ee754a-f6a7-4b75-8694-8aceaccfb3a8_720.png"/>
+    <hyperlink ref="M430" r:id="rId834" tooltip="teconex.eu/de/produit/4969de00-dee5-4448-bf16-f3e91d862c31"/>
+    <hyperlink ref="N430" r:id="rId835" tooltip="static.prod.teconex-demo.be/v5/articles/4969de00-dee5-4448-bf16-f3e91d862c31/9dbb28fa-3049-4e1e-a6b3-639ac53fb9dc_720.png"/>
+    <hyperlink ref="M431" r:id="rId836" tooltip="teconex.eu/de/produit/ac4b50c1-f056-3d4d-84ce-62cc2e21101e"/>
+    <hyperlink ref="N431" r:id="rId837" tooltip="static.prod.teconex-demo.be/v5/articles/ac4b50c1-f056-3d4d-84ce-62cc2e21101e/9c981deb-4c5d-4063-8072-3ae8f3c0638a_720.png"/>
+    <hyperlink ref="M432" r:id="rId838" tooltip="teconex.eu/de/produit/7121d5a7-8b9f-3045-9e10-439ccb25eb50"/>
+    <hyperlink ref="N432" r:id="rId839" tooltip="static.prod.teconex-demo.be/v5/articles/7121d5a7-8b9f-3045-9e10-439ccb25eb50/9f6a0aeb-f7d9-4ac3-9171-678599f77bd6_720.png"/>
+    <hyperlink ref="M433" r:id="rId840" tooltip="teconex.eu/de/produit/229cca79-2e0a-664c-8c31-5b5d86282061"/>
+    <hyperlink ref="N433" r:id="rId841" tooltip="static.prod.teconex-demo.be/v5/articles/229cca79-2e0a-664c-8c31-5b5d86282061/5a446788-0f69-4d41-b657-bdb9490c30d6_720.png"/>
+    <hyperlink ref="M434" r:id="rId842" tooltip="teconex.eu/de/produit/a7c049f6-8fe2-cb4a-9f10-f3993b559679"/>
+    <hyperlink ref="N434" r:id="rId843" tooltip="static.prod.teconex-demo.be/v5/articles/a7c049f6-8fe2-cb4a-9f10-f3993b559679/f13227d2-4fb8-49aa-8c88-36aabe7a9657_720.png"/>
+    <hyperlink ref="M435" r:id="rId844" tooltip="teconex.eu/de/produit/9cb2a59d-763c-3841-a2cc-5701d6ab4495"/>
+    <hyperlink ref="M436" r:id="rId845" tooltip="teconex.eu/de/produit/d4cc8578-a1a9-1b42-b446-ec798ca2a036"/>
+    <hyperlink ref="M437" r:id="rId846" tooltip="teconex.eu/de/produit/43a486f1-40cb-ff45-839f-5fee1dbff767"/>
+    <hyperlink ref="N437" r:id="rId847" tooltip="static.prod.teconex-demo.be/v5/articles/43a486f1-40cb-ff45-839f-5fee1dbff767/1a7aea01-5815-445d-8836-545e1747650e_720.png"/>
+    <hyperlink ref="M438" r:id="rId848" tooltip="teconex.eu/de/produit/ed25b948-b49b-8c4d-9bd9-554a431d49bd"/>
+    <hyperlink ref="N438" r:id="rId849" tooltip="static.prod.teconex-demo.be/v5/articles/ed25b948-b49b-8c4d-9bd9-554a431d49bd/2ae7f8ca-32d2-4d65-9730-73583415e5e4_720.png"/>
+    <hyperlink ref="M439" r:id="rId850" tooltip="teconex.eu/de/produit/a3ad62be-a56f-5944-9fad-0e4f9fa9c047"/>
+    <hyperlink ref="N439" r:id="rId851" tooltip="static.prod.teconex-demo.be/v5/articles/a3ad62be-a56f-5944-9fad-0e4f9fa9c047/2c932806-e3ab-4759-90ff-9172db8397c3_720.png"/>
+    <hyperlink ref="M440" r:id="rId852" tooltip="teconex.eu/de/produit/c4ce7645-0244-d741-a4ac-3aaf6fdf84f8"/>
+    <hyperlink ref="N440" r:id="rId853" tooltip="static.prod.teconex-demo.be/v5/articles/c4ce7645-0244-d741-a4ac-3aaf6fdf84f8/f24471a6-3a8a-4cf8-883f-0d4594c1e53e_720.png"/>
+    <hyperlink ref="M441" r:id="rId854" tooltip="teconex.eu/de/produit/7528de37-1199-444d-b868-32ffedbcbb4a"/>
+    <hyperlink ref="N441" r:id="rId855" tooltip="static.prod.teconex-demo.be/v5/articles/7528de37-1199-444d-b868-32ffedbcbb4a/6253c947-771b-4504-800c-5bd4d11544f4_720.png"/>
+    <hyperlink ref="M442" r:id="rId856" tooltip="teconex.eu/de/produit/c3bea16a-312b-d442-98c7-72ead25af854"/>
+    <hyperlink ref="N442" r:id="rId857" tooltip="static.prod.teconex-demo.be/v5/articles/c3bea16a-312b-d442-98c7-72ead25af854/1d228d7e-0b52-44a4-bcfc-105b46e27c22_720.png"/>
+    <hyperlink ref="M443" r:id="rId858" tooltip="teconex.eu/de/produit/e686e90a-4725-e04b-bf2b-875d67f2e589"/>
+    <hyperlink ref="N443" r:id="rId859" tooltip="static.prod.teconex-demo.be/v5/articles/e686e90a-4725-e04b-bf2b-875d67f2e589/c2a9ba4e-4bb8-46a7-9e6c-d68cbae13785_720.png"/>
+    <hyperlink ref="M444" r:id="rId860" tooltip="teconex.eu/de/produit/8f03989c-1ef0-b94f-84ac-8bd769d35d68"/>
+    <hyperlink ref="N444" r:id="rId861" tooltip="static.prod.teconex-demo.be/v5/articles/8f03989c-1ef0-b94f-84ac-8bd769d35d68/039c2eff-d917-480a-9960-e57b24473948_720.png"/>
+    <hyperlink ref="M445" r:id="rId862" tooltip="teconex.eu/de/produit/c64426db-8c38-cc44-8631-6d21f9efb483"/>
+    <hyperlink ref="N445" r:id="rId863" tooltip="static.prod.teconex-demo.be/v5/articles/c64426db-8c38-cc44-8631-6d21f9efb483/2b32f51d-4a1e-4153-a924-d940a2365740_720.png"/>
+    <hyperlink ref="M446" r:id="rId864" tooltip="teconex.eu/de/produit/d2c5afc5-c573-f145-aec7-4f10732bcfef"/>
+    <hyperlink ref="N446" r:id="rId865" tooltip="static.prod.teconex-demo.be/v5/articles/d2c5afc5-c573-f145-aec7-4f10732bcfef/801377eb-172c-4028-a566-c72f6de23f40_720.png"/>
+    <hyperlink ref="M447" r:id="rId866" tooltip="teconex.eu/de/produit/8869a2d2-69e6-cf46-bc50-d2178b13aeaf"/>
+    <hyperlink ref="N447" r:id="rId867" tooltip="static.prod.teconex-demo.be/v5/articles/8869a2d2-69e6-cf46-bc50-d2178b13aeaf/068ec3da-d644-4163-bcd1-1caf1534edb1_720.png"/>
+    <hyperlink ref="M448" r:id="rId868" tooltip="teconex.eu/de/produit/bbf7af0a-56c6-8e4b-8ccd-236cf94f73f9"/>
+    <hyperlink ref="N448" r:id="rId869" tooltip="static.prod.teconex-demo.be/v5/articles/bbf7af0a-56c6-8e4b-8ccd-236cf94f73f9/6ac85d9c-7d11-4d40-a380-b8b1630d07b7_720.png"/>
+    <hyperlink ref="M449" r:id="rId870" tooltip="teconex.eu/de/produit/1cb884e0-5c71-c74f-a9a7-d07f53565037"/>
+    <hyperlink ref="N449" r:id="rId871" tooltip="static.prod.teconex-demo.be/v5/articles/1cb884e0-5c71-c74f-a9a7-d07f53565037/7c2307dd-4ce1-4b75-b99b-9e650f3a6cca_720.png"/>
+    <hyperlink ref="M450" r:id="rId872" tooltip="teconex.eu/de/produit/141ce007-1ee3-a840-9aec-2ab428189493"/>
+    <hyperlink ref="N450" r:id="rId873" tooltip="static.prod.teconex-demo.be/v5/articles/141ce007-1ee3-a840-9aec-2ab428189493/94bf31da-0ad5-4d0e-b8dd-d067ea878295_720.png"/>
+    <hyperlink ref="M451" r:id="rId874" tooltip="teconex.eu/de/produit/7b615b5e-0cf6-ed47-8579-ef3f7a4168e1"/>
+    <hyperlink ref="N451" r:id="rId875" tooltip="static.prod.teconex-demo.be/v5/articles/7b615b5e-0cf6-ed47-8579-ef3f7a4168e1/7f4f82e8-85ad-4215-9f70-dc5003d51109_720.png"/>
+    <hyperlink ref="M452" r:id="rId876" tooltip="teconex.eu/de/produit/265f9e1e-b158-094e-8cb9-ec71eae3c2c1"/>
+    <hyperlink ref="N452" r:id="rId877" tooltip="static.prod.teconex-demo.be/v5/articles/265f9e1e-b158-094e-8cb9-ec71eae3c2c1/4f1c5b86-204e-4455-a082-af0b19a64d22_720.png"/>
+    <hyperlink ref="M453" r:id="rId878" tooltip="teconex.eu/de/produit/034049b5-f1ff-0244-b28b-b4d546e90e52"/>
+    <hyperlink ref="N453" r:id="rId879" tooltip="static.prod.teconex-demo.be/v5/articles/034049b5-f1ff-0244-b28b-b4d546e90e52/a06c4a2f-2f1e-4f02-8944-a9513b58108b_720.png"/>
+    <hyperlink ref="M454" r:id="rId880" tooltip="teconex.eu/de/produit/3b7a3961-0508-d349-94a9-52d456d8ce14"/>
+    <hyperlink ref="N454" r:id="rId881" tooltip="static.prod.teconex-demo.be/v5/articles/3b7a3961-0508-d349-94a9-52d456d8ce14/1a05e7fb-7089-4dc6-a600-2462521cd9b0_720.png"/>
+    <hyperlink ref="M455" r:id="rId882" tooltip="teconex.eu/de/produit/ca1b0596-bdc1-e84c-99db-fc16363b3253"/>
+    <hyperlink ref="N455" r:id="rId883" tooltip="static.prod.teconex-demo.be/v5/articles/ca1b0596-bdc1-e84c-99db-fc16363b3253/e6e57352-dac7-4c9e-989b-10355ee21ed7_720.png"/>
+    <hyperlink ref="M456" r:id="rId884" tooltip="teconex.eu/de/produit/2db4a225-3d71-ec45-88b2-f3a1c695a1e4"/>
+    <hyperlink ref="N456" r:id="rId885" tooltip="static.prod.teconex-demo.be/v5/articles/2db4a225-3d71-ec45-88b2-f3a1c695a1e4/5bbfc881-ebf4-4315-a19c-e087dd1bf840_720.png"/>
+    <hyperlink ref="M457" r:id="rId886" tooltip="teconex.eu/de/produit/b09b07af-e894-cf44-9fb4-39c2f9178a25"/>
+    <hyperlink ref="N457" r:id="rId887" tooltip="static.prod.teconex-demo.be/v5/articles/b09b07af-e894-cf44-9fb4-39c2f9178a25/a3603552-9474-4ead-b1d6-11115f2b34b6_720.png"/>
+    <hyperlink ref="M458" r:id="rId888" tooltip="teconex.eu/de/produit/2ae7002b-6d04-d24a-9beb-f58700a47afd"/>
+    <hyperlink ref="N458" r:id="rId889" tooltip="static.prod.teconex-demo.be/v5/articles/2ae7002b-6d04-d24a-9beb-f58700a47afd/c5021ae3-3785-4037-a788-b08e2989555b_720.png"/>
+    <hyperlink ref="M459" r:id="rId890" tooltip="teconex.eu/de/produit/a5d7b214-2523-4c42-b630-a54d42b6fd0b"/>
+    <hyperlink ref="N459" r:id="rId891" tooltip="static.prod.teconex-demo.be/v5/articles/a5d7b214-2523-4c42-b630-a54d42b6fd0b/7bfef95b-1e03-42bf-9fe3-056ce12608fe_720.png"/>
+    <hyperlink ref="M460" r:id="rId892" tooltip="teconex.eu/de/produit/aa402ac4-6443-eb4a-9b44-295344e770c3"/>
+    <hyperlink ref="N460" r:id="rId893" tooltip="static.prod.teconex-demo.be/v5/articles/aa402ac4-6443-eb4a-9b44-295344e770c3/7acdd4f6-8cb4-4d75-867d-e07440178c1c_720.png"/>
+    <hyperlink ref="M461" r:id="rId894" tooltip="teconex.eu/de/produit/a29b766c-c898-7248-a2cc-93fedd2f5de5"/>
+    <hyperlink ref="N461" r:id="rId895" tooltip="static.prod.teconex-demo.be/v5/articles/a29b766c-c898-7248-a2cc-93fedd2f5de5/160763c5-ca83-49a1-8c25-59feff566bee_720.png"/>
+    <hyperlink ref="M462" r:id="rId896" tooltip="teconex.eu/de/produit/1b10b33f-bc38-3b47-adbd-403ba44de148"/>
+    <hyperlink ref="N462" r:id="rId897" tooltip="static.prod.teconex-demo.be/v5/articles/1b10b33f-bc38-3b47-adbd-403ba44de148/5d86c493-7dcc-4fdc-b006-9a186aaf073e_720.jpg"/>
+    <hyperlink ref="M463" r:id="rId898" tooltip="teconex.eu/de/produit/c65db7a9-fd0f-a846-aaee-baf67aa5d783"/>
+    <hyperlink ref="N463" r:id="rId899" tooltip="static.prod.teconex-demo.be/v5/articles/c65db7a9-fd0f-a846-aaee-baf67aa5d783/8a69a2c8-4bfd-4531-a28c-d3dcac359d5c_720.jpg"/>
+    <hyperlink ref="M464" r:id="rId900" tooltip="teconex.eu/de/produit/d257316b-3942-5048-a4af-ace375b430ba"/>
+    <hyperlink ref="N464" r:id="rId901" tooltip="static.prod.teconex-demo.be/v5/articles/d257316b-3942-5048-a4af-ace375b430ba/3e791c3e-9315-4d50-b6c8-82410ae5f71b_720.jpg"/>
+    <hyperlink ref="M465" r:id="rId902" tooltip="teconex.eu/de/produit/19500c25-c8cd-514e-8e7b-4168f689aacd"/>
+    <hyperlink ref="N465" r:id="rId903" tooltip="static.prod.teconex-demo.be/v5/articles/19500c25-c8cd-514e-8e7b-4168f689aacd/e1a65fe9-7201-4c6e-8bae-8e06bc6dd958_720.jpg"/>
+    <hyperlink ref="M466" r:id="rId904" tooltip="teconex.eu/de/produit/b40dfae7-c034-c24c-b3bd-4401479186b6"/>
+    <hyperlink ref="N466" r:id="rId905" tooltip="static.prod.teconex-demo.be/v5/articles/b40dfae7-c034-c24c-b3bd-4401479186b6/7e4d03f3-6cdf-4f42-acda-11953bd99319_720.png"/>
+    <hyperlink ref="M467" r:id="rId906" tooltip="teconex.eu/de/produit/7f44a521-ba23-6142-aeb7-e78221f41a7a"/>
+    <hyperlink ref="N467" r:id="rId907" tooltip="static.prod.teconex-demo.be/v5/articles/7f44a521-ba23-6142-aeb7-e78221f41a7a/29f27f2c-ed7d-49cf-b2da-99049dd80072_720.png"/>
+    <hyperlink ref="M468" r:id="rId908" tooltip="teconex.eu/de/produit/a928712d-2435-ce40-a6a5-4e6153449907"/>
+    <hyperlink ref="N468" r:id="rId909" tooltip="static.prod.teconex-demo.be/v5/articles/a928712d-2435-ce40-a6a5-4e6153449907/661267ee-3399-4f7a-965d-8fb22f6c5872_720.png"/>
+    <hyperlink ref="M469" r:id="rId910" tooltip="teconex.eu/de/produit/bfbce03f-7448-624f-af28-a5a9f07e2e03"/>
+    <hyperlink ref="N469" r:id="rId911" tooltip="static.prod.teconex-demo.be/v5/articles/bfbce03f-7448-624f-af28-a5a9f07e2e03/c70e3401-f20e-4900-ad33-b901c623d588_720.jpg"/>
+    <hyperlink ref="M470" r:id="rId912" tooltip="teconex.eu/de/produit/b21dc6e5-14ed-7d46-9744-c043d58835de"/>
+    <hyperlink ref="N470" r:id="rId913" tooltip="static.prod.teconex-demo.be/v5/articles/b21dc6e5-14ed-7d46-9744-c043d58835de/fcc211cc-6622-45e9-b112-0123c614ff00_720.png"/>
+    <hyperlink ref="M471" r:id="rId914" tooltip="teconex.eu/de/produit/5d00072a-dc00-a746-8760-76c6f4ebf530"/>
+    <hyperlink ref="N471" r:id="rId915" tooltip="static.prod.teconex-demo.be/v5/articles/5d00072a-dc00-a746-8760-76c6f4ebf530/d24c5c1c-7047-4621-8339-72c401b0b602_720.jpg"/>
+    <hyperlink ref="M472" r:id="rId916" tooltip="teconex.eu/de/produit/3a1c0e08-f81a-1f46-9bf3-67c31afe7e18"/>
+    <hyperlink ref="N472" r:id="rId917" tooltip="static.prod.teconex-demo.be/v5/articles/3a1c0e08-f81a-1f46-9bf3-67c31afe7e18/16873fdd-3949-4ffa-936f-4462a8d3c154_720.png"/>
+    <hyperlink ref="M473" r:id="rId918" tooltip="teconex.eu/de/produit/b0f06da2-299f-b747-91f6-b842ca15487b"/>
+    <hyperlink ref="N473" r:id="rId919" tooltip="static.prod.teconex-demo.be/v5/articles/b0f06da2-299f-b747-91f6-b842ca15487b/72a94d8d-1064-46f8-8400-ac97f718d39f_720.jpg"/>
+    <hyperlink ref="M474" r:id="rId920" tooltip="teconex.eu/de/produit/9e930a7d-502b-154e-9688-68442d1b9d09"/>
+    <hyperlink ref="N474" r:id="rId921" tooltip="static.prod.teconex-demo.be/v5/articles/9e930a7d-502b-154e-9688-68442d1b9d09/0758d380-e8f5-4b6e-9796-5667710701db_720.jpg"/>
+    <hyperlink ref="M475" r:id="rId922" tooltip="teconex.eu/de/produit/a5d168d9-79b5-d746-a74e-d5b0ea0889cb"/>
+    <hyperlink ref="N475" r:id="rId923" tooltip="static.prod.teconex-demo.be/v5/articles/a5d168d9-79b5-d746-a74e-d5b0ea0889cb/2556ca1a-0f49-45d6-8ee9-05a98a2af2a5_720.jpg"/>
+    <hyperlink ref="M476" r:id="rId924" tooltip="teconex.eu/de/produit/b5e64072-04dd-1d40-8bf2-ac5316179e41"/>
+    <hyperlink ref="N476" r:id="rId925" tooltip="static.prod.teconex-demo.be/v5/articles/b5e64072-04dd-1d40-8bf2-ac5316179e41/76f2a400-dae1-42d4-a70e-34a777fd2d48_720.jpg"/>
+    <hyperlink ref="M477" r:id="rId926" tooltip="teconex.eu/de/produit/b8f473e9-655f-164f-a15e-3c320613d5a1"/>
+    <hyperlink ref="N477" r:id="rId927" tooltip="static.prod.teconex-demo.be/v5/articles/b8f473e9-655f-164f-a15e-3c320613d5a1/b15e3ae0-ba4b-4ca3-ac03-aadc010408f3_720.png"/>
+    <hyperlink ref="M478" r:id="rId928" tooltip="teconex.eu/de/produit/d4acc100-efd0-3648-9013-8d3ff446534f"/>
+    <hyperlink ref="N478" r:id="rId929" tooltip="static.prod.teconex-demo.be/v5/articles/d4acc100-efd0-3648-9013-8d3ff446534f/08637e6a-b8b6-432b-ac49-33d5d3c6767d_720.png"/>
+    <hyperlink ref="M479" r:id="rId930" tooltip="teconex.eu/de/produit/55e98873-e009-9b4a-beb3-8b277274d4f3"/>
+    <hyperlink ref="N479" r:id="rId931" tooltip="static.prod.teconex-demo.be/v5/articles/55e98873-e009-9b4a-beb3-8b277274d4f3/3b9222bb-b25a-47e4-b9f1-81f6c1a86b92_720.png"/>
+    <hyperlink ref="M480" r:id="rId932" tooltip="teconex.eu/de/produit/5481cdec-38f9-f94c-8077-2d302fbaaf11"/>
+    <hyperlink ref="N480" r:id="rId933" tooltip="static.prod.teconex-demo.be/v5/articles/5481cdec-38f9-f94c-8077-2d302fbaaf11/b453c181-9109-4bae-95d7-a543dd35a369_720.png"/>
+    <hyperlink ref="M481" r:id="rId934" tooltip="teconex.eu/de/produit/e94dd5b4-67f5-154d-86b3-9a80d5cf7bce"/>
+    <hyperlink ref="N481" r:id="rId935" tooltip="static.prod.teconex-demo.be/v5/articles/e94dd5b4-67f5-154d-86b3-9a80d5cf7bce/948ecf9d-f77f-4b4d-be2a-2c7c99de3a38_720.png"/>
+    <hyperlink ref="M482" r:id="rId936" tooltip="teconex.eu/de/produit/746cb3bb-b1fd-8648-a21d-266d2e4df427"/>
+    <hyperlink ref="N482" r:id="rId937" tooltip="static.prod.teconex-demo.be/v5/articles/746cb3bb-b1fd-8648-a21d-266d2e4df427/911a3370-7667-49a3-bc9b-a5ae4cf8267d_720.png"/>
+    <hyperlink ref="M483" r:id="rId938" tooltip="teconex.eu/de/produit/4c2f4815-91f3-5b40-b6f2-cc9b10d1fb53"/>
+    <hyperlink ref="N483" r:id="rId939" tooltip="static.prod.teconex-demo.be/v5/articles/4c2f4815-91f3-5b40-b6f2-cc9b10d1fb53/f4f5fa4f-9fca-4742-9187-81254a6d7b13_720.png"/>
+    <hyperlink ref="M484" r:id="rId940" tooltip="teconex.eu/de/produit/5a2b2991-834d-7d4b-b692-365aedfa9e4b"/>
+    <hyperlink ref="N484" r:id="rId941" tooltip="static.prod.teconex-demo.be/v5/articles/5a2b2991-834d-7d4b-b692-365aedfa9e4b/bb881f0f-c9ec-46cd-95eb-0c736cb814b5_720.png"/>
+    <hyperlink ref="M485" r:id="rId942" tooltip="teconex.eu/de/produit/0e282afd-1b37-c248-9e61-02cef25bb587"/>
+    <hyperlink ref="N485" r:id="rId943" tooltip="static.prod.teconex-demo.be/v5/articles/0e282afd-1b37-c248-9e61-02cef25bb587/ec9cea56-de8a-4390-b9a1-1ca403bab4e0_720.png"/>
+    <hyperlink ref="M486" r:id="rId944" tooltip="teconex.eu/de/produit/dbf48446-8001-3442-9b7f-267c4a7b31ec"/>
+    <hyperlink ref="N486" r:id="rId945" tooltip="static.prod.teconex-demo.be/v5/articles/dbf48446-8001-3442-9b7f-267c4a7b31ec/199098d2-30f1-4010-8557-3c5fa5fc9997_720.jpg"/>
+    <hyperlink ref="M487" r:id="rId946" tooltip="teconex.eu/de/produit/15189f6d-10be-f34e-bd24-9c49cce96171"/>
+    <hyperlink ref="N487" r:id="rId947" tooltip="static.prod.teconex-demo.be/v5/articles/15189f6d-10be-f34e-bd24-9c49cce96171/46ceacd9-c81e-4207-ba4e-e8ece81c1c30_720.png"/>
+    <hyperlink ref="M488" r:id="rId948" tooltip="teconex.eu/de/produit/14dcc833-1f6a-4440-848f-ddf7b0a12c09"/>
+    <hyperlink ref="N488" r:id="rId949" tooltip="static.prod.teconex-demo.be/v5/articles/14dcc833-1f6a-4440-848f-ddf7b0a12c09/6bc1752e-9949-4c99-a94b-14da47d7d822_720.jpg"/>
+    <hyperlink ref="M489" r:id="rId950" tooltip="teconex.eu/de/produit/ab971aea-6983-1743-8716-9ca5960df05b"/>
+    <hyperlink ref="N489" r:id="rId951" tooltip="static.prod.teconex-demo.be/v5/articles/ab971aea-6983-1743-8716-9ca5960df05b/096f9271-80ca-4868-a288-74d314ab3704_720.png"/>
+    <hyperlink ref="M490" r:id="rId952" tooltip="teconex.eu/de/produit/3fab601f-e78a-3f45-81ef-54fe6e7476ae"/>
+    <hyperlink ref="N490" r:id="rId953" tooltip="static.prod.teconex-demo.be/v5/articles/3fab601f-e78a-3f45-81ef-54fe6e7476ae/31a76d12-b64f-454b-89e0-5fa68158fbb6_720.jpg"/>
+    <hyperlink ref="M491" r:id="rId954" tooltip="teconex.eu/de/produit/a58af276-3fce-124b-945c-e5e23ff97628"/>
+    <hyperlink ref="N491" r:id="rId955" tooltip="static.prod.teconex-demo.be/v5/articles/a58af276-3fce-124b-945c-e5e23ff97628/01b3709e-6274-4eb0-9e85-d89e86056b58_720.png"/>
+    <hyperlink ref="M492" r:id="rId956" tooltip="teconex.eu/de/produit/1e9516ab-aab4-f34e-bbac-d4390df3ccc2"/>
+    <hyperlink ref="N492" r:id="rId957" tooltip="static.prod.teconex-demo.be/v5/articles/1e9516ab-aab4-f34e-bbac-d4390df3ccc2/cd9cf382-1640-4108-ba12-864aeb580b5f_720.png"/>
+    <hyperlink ref="M493" r:id="rId958" tooltip="teconex.eu/de/produit/8b715b8b-d091-754a-838e-72f70a16d4e8"/>
+    <hyperlink ref="N493" r:id="rId959" tooltip="static.prod.teconex-demo.be/v5/articles/8b715b8b-d091-754a-838e-72f70a16d4e8/d35eb7da-5cde-48e1-bd64-1f043584af3d_720.png"/>
+    <hyperlink ref="M494" r:id="rId960" tooltip="teconex.eu/de/produit/9f749833-9512-e348-8ef2-da664044c745"/>
+    <hyperlink ref="N494" r:id="rId961" tooltip="static.prod.teconex-demo.be/v5/articles/9f749833-9512-e348-8ef2-da664044c745/db6d7c87-ea2a-424a-8e03-7819ff0ab3b1_720.png"/>
+    <hyperlink ref="M495" r:id="rId962" tooltip="teconex.eu/de/produit/cd4b2148-0bc2-3740-9f53-277dd9948661"/>
+    <hyperlink ref="N495" r:id="rId963" tooltip="static.prod.teconex-demo.be/v5/articles/cd4b2148-0bc2-3740-9f53-277dd9948661/c645e50b-467c-4195-aa69-48191e5769de_720.jpg"/>
+    <hyperlink ref="M496" r:id="rId964" tooltip="teconex.eu/de/produit/55fd25de-4f91-c740-bb6f-7a276cef8608"/>
+    <hyperlink ref="N496" r:id="rId965" tooltip="static.prod.teconex-demo.be/v5/articles/55fd25de-4f91-c740-bb6f-7a276cef8608/4c977c3f-e2fc-477d-9f60-a18b7d074eaf_720.png"/>
+    <hyperlink ref="M497" r:id="rId966" tooltip="teconex.eu/de/produit/e5b68bfe-ec26-7f4d-bacb-9a5f6d81c402"/>
+    <hyperlink ref="N497" r:id="rId967" tooltip="static.prod.teconex-demo.be/v5/articles/e5b68bfe-ec26-7f4d-bacb-9a5f6d81c402/bd77815a-e871-4073-bf5a-caf9492ba6c2_720.jpg"/>
+    <hyperlink ref="M498" r:id="rId968" tooltip="teconex.eu/de/produit/69b97409-bb8f-044d-9303-7a62487bd5fe"/>
+    <hyperlink ref="N498" r:id="rId969" tooltip="static.prod.teconex-demo.be/v5/articles/69b97409-bb8f-044d-9303-7a62487bd5fe/495ed3e8-ee5e-4f9b-b768-762c1afa4e37_720.jpg"/>
+    <hyperlink ref="M499" r:id="rId970" tooltip="teconex.eu/de/produit/42b66a6d-09f8-a848-9bd1-1c203e6502cb"/>
+    <hyperlink ref="N499" r:id="rId971" tooltip="static.prod.teconex-demo.be/v5/articles/42b66a6d-09f8-a848-9bd1-1c203e6502cb/3620d82d-3543-45e2-837f-5322080a734f_720.jpg"/>
+    <hyperlink ref="M500" r:id="rId972" tooltip="teconex.eu/de/produit/0125d8e6-3fbd-5641-aa9a-70c86ec5415a"/>
+    <hyperlink ref="N500" r:id="rId973" tooltip="static.prod.teconex-demo.be/v5/articles/0125d8e6-3fbd-5641-aa9a-70c86ec5415a/4eefb323-3a12-43b6-944b-88b98e6c5e75_720.jpg"/>
+    <hyperlink ref="M501" r:id="rId974" tooltip="teconex.eu/de/produit/85ba5d75-9fb8-9146-8df4-637150852ef9"/>
+    <hyperlink ref="N501" r:id="rId975" tooltip="static.prod.teconex-demo.be/v5/articles/85ba5d75-9fb8-9146-8df4-637150852ef9/564c3270-2c3f-428e-bc18-a4db97d4c58b_720.jpg"/>
+    <hyperlink ref="M502" r:id="rId976" tooltip="teconex.eu/de/produit/bc66d47c-f57c-504d-b0be-41f5da1cb843"/>
+    <hyperlink ref="N502" r:id="rId977" tooltip="static.prod.teconex-demo.be/v5/articles/bc66d47c-f57c-504d-b0be-41f5da1cb843/54546e5c-0090-4b0b-b8f0-804458bc45ed_720.jpg"/>
+    <hyperlink ref="M503" r:id="rId978" tooltip="teconex.eu/de/produit/0f6fea75-a5b1-2546-9918-ca561a4a68ce"/>
+    <hyperlink ref="N503" r:id="rId979" tooltip="static.prod.teconex-demo.be/v5/articles/0f6fea75-a5b1-2546-9918-ca561a4a68ce/5106ef4a-970e-4b34-9108-46766565e367_720.jpg"/>
+    <hyperlink ref="M504" r:id="rId980" tooltip="teconex.eu/de/produit/2036a83f-d6fb-3643-9fff-00662f9daa66"/>
+    <hyperlink ref="N504" r:id="rId981" tooltip="static.prod.teconex-demo.be/v5/articles/2036a83f-d6fb-3643-9fff-00662f9daa66/35f6f990-45d1-48f1-bd8d-006fc3cd5576_720.png"/>
+    <hyperlink ref="M505" r:id="rId982" tooltip="teconex.eu/de/produit/1a77d3d2-c496-8246-befd-5ae659657fea"/>
+    <hyperlink ref="N505" r:id="rId983" tooltip="static.prod.teconex-demo.be/v5/articles/1a77d3d2-c496-8246-befd-5ae659657fea/9fc75823-147b-48ac-95a6-d482fd2ed8bc_720.png"/>
+    <hyperlink ref="M506" r:id="rId984" tooltip="teconex.eu/de/produit/7fafb6c6-f31f-214f-9062-28e106d27f2a"/>
+    <hyperlink ref="N506" r:id="rId985" tooltip="static.prod.teconex-demo.be/v5/articles/7fafb6c6-f31f-214f-9062-28e106d27f2a/67bba5e9-12e9-40e8-b2d7-a6c557bb4bd3_720.png"/>
+    <hyperlink ref="M507" r:id="rId986" tooltip="teconex.eu/de/produit/dcd81778-fa6d-064b-866b-56689e46683f"/>
+    <hyperlink ref="N507" r:id="rId987" tooltip="static.prod.teconex-demo.be/v5/articles/dcd81778-fa6d-064b-866b-56689e46683f/b17e353e-ecc7-422e-a44e-a1ed275dfb7f_720.png"/>
+    <hyperlink ref="M508" r:id="rId988" tooltip="teconex.eu/de/produit/46326fb3-11f0-244f-922d-147dc086ad18"/>
+    <hyperlink ref="N508" r:id="rId989" tooltip="static.prod.teconex-demo.be/v5/articles/46326fb3-11f0-244f-922d-147dc086ad18/7a32d4db-ac68-48e1-bfbc-b6700ad95868_720.png"/>
+    <hyperlink ref="M509" r:id="rId990" tooltip="teconex.eu/de/produit/2a3b4c30-5734-f042-b153-a1953ec43386"/>
+    <hyperlink ref="N509" r:id="rId991" tooltip="static.prod.teconex-demo.be/v5/articles/2a3b4c30-5734-f042-b153-a1953ec43386/ae566bca-0917-42ef-869a-d8397ea8d6f4_720.png"/>
+    <hyperlink ref="M510" r:id="rId992" tooltip="teconex.eu/de/produit/2dc70bc4-67ec-e74e-a808-2791002ea770"/>
+    <hyperlink ref="N510" r:id="rId993" tooltip="static.prod.teconex-demo.be/v5/articles/2dc70bc4-67ec-e74e-a808-2791002ea770/91b8df7f-b630-4545-bffb-502418d2884f_720.png"/>
+    <hyperlink ref="M511" r:id="rId994" tooltip="teconex.eu/de/produit/6a0db4ee-72f4-764d-8609-aab90f0bc42a"/>
+    <hyperlink ref="N511" r:id="rId995" tooltip="static.prod.teconex-demo.be/v5/articles/6a0db4ee-72f4-764d-8609-aab90f0bc42a/d11630ea-e6b3-4a9b-9641-2c5282b07a40_720.png"/>
+    <hyperlink ref="M512" r:id="rId996" tooltip="teconex.eu/de/produit/58df029b-b2dc-7a40-a206-d74cf5b1bb42"/>
+    <hyperlink ref="N512" r:id="rId997" tooltip="static.prod.teconex-demo.be/v5/articles/58df029b-b2dc-7a40-a206-d74cf5b1bb42/5c04f454-c918-421a-9ac1-46c498d38687_720.jpg"/>
+    <hyperlink ref="M513" r:id="rId998" tooltip="teconex.eu/de/produit/e8b0930a-0822-b14d-8a94-e83f45bece2f"/>
+    <hyperlink ref="N513" r:id="rId999" tooltip="static.prod.teconex-demo.be/v5/articles/e8b0930a-0822-b14d-8a94-e83f45bece2f/8ac6321f-f44e-44db-90c0-edaf4e9f0ded_720.jpg"/>
+    <hyperlink ref="M514" r:id="rId1000" tooltip="teconex.eu/de/produit/4454e1e0-c5a1-634f-ab31-1e174fbfb9ac"/>
+    <hyperlink ref="N514" r:id="rId1001" tooltip="static.prod.teconex-demo.be/v5/articles/4454e1e0-c5a1-634f-ab31-1e174fbfb9ac/94838961-09c4-4523-81e4-40875231396c_720.jpg"/>
+    <hyperlink ref="M515" r:id="rId1002" tooltip="teconex.eu/de/produit/97724ca7-b089-cb49-873c-39f462f0ca21"/>
+    <hyperlink ref="N515" r:id="rId1003" tooltip="static.prod.teconex-demo.be/v5/articles/97724ca7-b089-cb49-873c-39f462f0ca21/28c45b4c-e352-480c-8fbf-2fd8e8bef63f_720.jpg"/>
+    <hyperlink ref="M516" r:id="rId1004" tooltip="teconex.eu/de/produit/e3624e70-be09-704a-9bd0-43ba03403484"/>
+    <hyperlink ref="N516" r:id="rId1005" tooltip="static.prod.teconex-demo.be/v5/articles/e3624e70-be09-704a-9bd0-43ba03403484/727db9ff-eb99-4b58-9356-fd06f0ca6097_720.jpg"/>
+    <hyperlink ref="M517" r:id="rId1006" tooltip="teconex.eu/de/produit/87e53f07-4149-6d46-b695-c8828c9468f7"/>
+    <hyperlink ref="N517" r:id="rId1007" tooltip="static.prod.teconex-demo.be/v5/articles/87e53f07-4149-6d46-b695-c8828c9468f7/aa8510cf-5304-43ce-affa-9c48c416c63d_720.jpg"/>
+    <hyperlink ref="M518" r:id="rId1008" tooltip="teconex.eu/de/produit/2b5bf4fd-57c2-ee4a-86d1-d4921ba76527"/>
+    <hyperlink ref="N518" r:id="rId1009" tooltip="static.prod.teconex-demo.be/v5/articles/2b5bf4fd-57c2-ee4a-86d1-d4921ba76527/ea5e86e6-4c97-4eb0-bbf5-53eba9bf91c1_720.jpg"/>
+    <hyperlink ref="M519" r:id="rId1010" tooltip="teconex.eu/de/produit/07d37ba3-6edd-f244-a1d6-9ec824e7ca18"/>
+    <hyperlink ref="N519" r:id="rId1011" tooltip="static.prod.teconex-demo.be/v5/articles/07d37ba3-6edd-f244-a1d6-9ec824e7ca18/7bfa5479-ebaa-498a-aea0-d4f31a776769_720.jpg"/>
+    <hyperlink ref="M520" r:id="rId1012" tooltip="teconex.eu/de/produit/4527c8b8-1fe9-7c41-85f7-f667564ee342"/>
+    <hyperlink ref="N520" r:id="rId1013" tooltip="static.prod.teconex-demo.be/v5/articles/4527c8b8-1fe9-7c41-85f7-f667564ee342/9f5d0c79-82b6-497a-944b-7a0173dbf453_720.jpg"/>
+    <hyperlink ref="M521" r:id="rId1014" tooltip="teconex.eu/de/produit/b1ed44db-5392-3a42-b92a-7d14dba232b1"/>
+    <hyperlink ref="N521" r:id="rId1015" tooltip="static.prod.teconex-demo.be/v5/articles/b1ed44db-5392-3a42-b92a-7d14dba232b1/f4ca13e1-1bb9-4242-b2f5-05a3919ae982_720.jpg"/>
+    <hyperlink ref="M522" r:id="rId1016" tooltip="teconex.eu/de/produit/52827ce9-24ea-fe48-a94b-8d5ec55a64e8"/>
+    <hyperlink ref="N522" r:id="rId1017" tooltip="static.prod.teconex-demo.be/v5/articles/52827ce9-24ea-fe48-a94b-8d5ec55a64e8/7b2a3b84-fdc0-4cf5-968f-51e1dc6e98c3_720.jpg"/>
+    <hyperlink ref="M523" r:id="rId1018" tooltip="teconex.eu/de/produit/301e02ae-3c05-be40-81f1-c7964b86e310"/>
+    <hyperlink ref="N523" r:id="rId1019" tooltip="static.prod.teconex-demo.be/v5/articles/301e02ae-3c05-be40-81f1-c7964b86e310/ff8f848d-a397-4dc5-b17c-71d3dfe01d38_720.jpg"/>
+    <hyperlink ref="M524" r:id="rId1020" tooltip="teconex.eu/de/produit/2b37c426-311f-6c49-af34-199c3cdaaaa3"/>
+    <hyperlink ref="N524" r:id="rId1021" tooltip="static.prod.teconex-demo.be/v5/articles/2b37c426-311f-6c49-af34-199c3cdaaaa3/ae6a2726-ca0a-4d1e-b91d-01d9ad7d21d0_720.jpg"/>
+    <hyperlink ref="M525" r:id="rId1022" tooltip="teconex.eu/de/produit/00c106e0-9a2f-d44c-88c8-16a06e783533"/>
+    <hyperlink ref="N525" r:id="rId1023" tooltip="static.prod.teconex-demo.be/v5/articles/00c106e0-9a2f-d44c-88c8-16a06e783533/0c66b623-f7e4-4d1d-8c10-e7f70a02283e_720.jpg"/>
+    <hyperlink ref="M526" r:id="rId1024" tooltip="teconex.eu/de/produit/1967fe37-5509-8c45-85ca-8df2ebc7949c"/>
+    <hyperlink ref="N526" r:id="rId1025" tooltip="static.prod.teconex-demo.be/v5/articles/1967fe37-5509-8c45-85ca-8df2ebc7949c/6dc34b39-abc3-4a8d-b1da-2781a9dcf441_720.jpg"/>
+    <hyperlink ref="M527" r:id="rId1026" tooltip="teconex.eu/de/produit/cfe0f35c-7b2b-da46-b939-7b087ad1fed0"/>
+    <hyperlink ref="N527" r:id="rId1027" tooltip="static.prod.teconex-demo.be/v5/articles/cfe0f35c-7b2b-da46-b939-7b087ad1fed0/392fe6c8-c04d-4a5b-bc81-e373a4056844_720.jpg"/>
+    <hyperlink ref="M528" r:id="rId1028" tooltip="teconex.eu/de/produit/4a2d7364-0cc7-fd4c-b445-adb0f5de7165"/>
+    <hyperlink ref="N528" r:id="rId1029" tooltip="static.prod.teconex-demo.be/v5/articles/4a2d7364-0cc7-fd4c-b445-adb0f5de7165/f1beefbc-23dd-4b97-b780-5e04359a54ec_720.jpg"/>
+    <hyperlink ref="M529" r:id="rId1030" tooltip="teconex.eu/de/produit/e1a1336e-c00c-244d-9d48-411b547b8400"/>
+    <hyperlink ref="N529" r:id="rId1031" tooltip="static.prod.teconex-demo.be/v5/articles/e1a1336e-c00c-244d-9d48-411b547b8400/be79af15-1c74-48ad-8353-c1c67a671c23_720.png"/>
+    <hyperlink ref="M530" r:id="rId1032" tooltip="teconex.eu/de/produit/a4bb70e0-997d-e54f-8e20-5ac61527d4d5"/>
+    <hyperlink ref="N530" r:id="rId1033" tooltip="static.prod.teconex-demo.be/v5/articles/a4bb70e0-997d-e54f-8e20-5ac61527d4d5/047e50f0-6b17-42fc-b7aa-e65375248920_720.png"/>
+    <hyperlink ref="M531" r:id="rId1034" tooltip="teconex.eu/de/produit/3395c9cc-f523-0747-8afe-4b6235801fd7"/>
+    <hyperlink ref="N531" r:id="rId1035" tooltip="static.prod.teconex-demo.be/v5/articles/3395c9cc-f523-0747-8afe-4b6235801fd7/4dd587ed-ae94-44a1-b6bc-9849c3702f0c_720.png"/>
+    <hyperlink ref="M532" r:id="rId1036" tooltip="teconex.eu/de/produit/c5d9e7e3-abb1-f547-8aed-443cfe393fee"/>
+    <hyperlink ref="N532" r:id="rId1037" tooltip="static.prod.teconex-demo.be/v5/articles/c5d9e7e3-abb1-f547-8aed-443cfe393fee/3260414a-92b5-45d7-a99b-88f9bcd5e80c_720.png"/>
+    <hyperlink ref="M533" r:id="rId1038" tooltip="teconex.eu/de/produit/f3105200-5022-2b4e-8235-11c3854f7321"/>
+    <hyperlink ref="N533" r:id="rId1039" tooltip="static.prod.teconex-demo.be/v5/articles/f3105200-5022-2b4e-8235-11c3854f7321/c42d2d25-9264-4444-b9a7-131b3564cc73_720.png"/>
+    <hyperlink ref="M534" r:id="rId1040" tooltip="teconex.eu/de/produit/96a713f8-8446-654f-a376-fb411cbe7170"/>
+    <hyperlink ref="N534" r:id="rId1041" tooltip="static.prod.teconex-demo.be/v5/articles/96a713f8-8446-654f-a376-fb411cbe7170/99a0471b-407b-4e75-835c-d4f54ae0d415_720.png"/>
+    <hyperlink ref="M535" r:id="rId1042" tooltip="teconex.eu/de/produit/ee94e6c3-3336-b74d-9f6c-69852908fc10"/>
+    <hyperlink ref="N535" r:id="rId1043" tooltip="static.prod.teconex-demo.be/v5/articles/ee94e6c3-3336-b74d-9f6c-69852908fc10/11a61aa1-4a9f-4af3-bd91-b53e7c34b485_720.jpg"/>
+    <hyperlink ref="M536" r:id="rId1044" tooltip="teconex.eu/de/produit/1c1f1d71-5fb9-5a40-b0ec-c268efe39656"/>
+    <hyperlink ref="N536" r:id="rId1045" tooltip="static.prod.teconex-demo.be/v5/articles/1c1f1d71-5fb9-5a40-b0ec-c268efe39656/d004fdae-df26-490c-8b4c-5e6ab270ae39_720.jpg"/>
+    <hyperlink ref="M537" r:id="rId1046" tooltip="teconex.eu/de/produit/f177e085-5450-a544-9c11-d244bc78ae5c"/>
+    <hyperlink ref="N537" r:id="rId1047" tooltip="static.prod.teconex-demo.be/v5/articles/f177e085-5450-a544-9c11-d244bc78ae5c/303bc1f2-72d2-45fc-9a3c-8e0fc6b1de62_720.jpg"/>
+    <hyperlink ref="M538" r:id="rId1048" tooltip="teconex.eu/de/produit/a7a8f008-447d-9245-903a-021ed1e4600e"/>
+    <hyperlink ref="N538" r:id="rId1049" tooltip="static.prod.teconex-demo.be/v5/articles/a7a8f008-447d-9245-903a-021ed1e4600e/a77d335a-5252-40e3-bef4-97728652d3d0_720.png"/>
+    <hyperlink ref="M539" r:id="rId1050" tooltip="teconex.eu/de/produit/a499ef68-36e6-db4f-8d90-acdac6a358d0"/>
+    <hyperlink ref="N539" r:id="rId1051" tooltip="static.prod.teconex-demo.be/v5/articles/a499ef68-36e6-db4f-8d90-acdac6a358d0/9fff1cc1-6ac7-4a4d-8a68-cf43b7842bdc_720.jpg"/>
+    <hyperlink ref="M540" r:id="rId1052" tooltip="teconex.eu/de/produit/b6cd0b50-6933-d441-8c0b-c1e3cc552a13"/>
+    <hyperlink ref="N540" r:id="rId1053" tooltip="static.prod.teconex-demo.be/v5/articles/b6cd0b50-6933-d441-8c0b-c1e3cc552a13/abf1fb63-16b0-4ee6-a113-469738383e0e_720.jpg"/>
+    <hyperlink ref="M541" r:id="rId1054" tooltip="teconex.eu/de/produit/6702e630-8060-8149-a20c-05c953a1f58a"/>
+    <hyperlink ref="N541" r:id="rId1055" tooltip="static.prod.teconex-demo.be/v5/articles/6702e630-8060-8149-a20c-05c953a1f58a/1c938b9f-ea39-4dbc-8e7b-19931b12b1a0_720.jpg"/>
+    <hyperlink ref="M542" r:id="rId1056" tooltip="teconex.eu/de/produit/d84728f8-bc33-1d46-9a91-13f893189c68"/>
+    <hyperlink ref="N542" r:id="rId1057" tooltip="static.prod.teconex-demo.be/v5/articles/d84728f8-bc33-1d46-9a91-13f893189c68/c2f64d0b-e6af-45b9-b036-7054f831f4a5_720.JPG"/>
+    <hyperlink ref="M543" r:id="rId1058" tooltip="teconex.eu/de/produit/5d83401c-dbc7-b848-b7bd-6cb31c01fa4a"/>
+    <hyperlink ref="N543" r:id="rId1059" tooltip="static.prod.teconex-demo.be/v5/articles/5d83401c-dbc7-b848-b7bd-6cb31c01fa4a/780dd4d9-4197-4075-b642-1f43a178248f_720.png"/>
+    <hyperlink ref="M544" r:id="rId1060" tooltip="teconex.eu/de/produit/6db05b99-fc7e-d241-837d-e5316981f434"/>
+    <hyperlink ref="N544" r:id="rId1061" tooltip="static.prod.teconex-demo.be/v5/articles/6db05b99-fc7e-d241-837d-e5316981f434/92c05e9e-a5d6-42b7-b705-94ef05020a36_720.JPG"/>
+    <hyperlink ref="M545" r:id="rId1062" tooltip="teconex.eu/de/produit/22532c59-3854-4347-b372-623aac691bd1"/>
+    <hyperlink ref="N545" r:id="rId1063" tooltip="static.prod.teconex-demo.be/v5/articles/22532c59-3854-4347-b372-623aac691bd1/881e47d0-29ca-420f-9f57-ecbe9327e9e3_720.png"/>
+    <hyperlink ref="M546" r:id="rId1064" tooltip="teconex.eu/de/produit/fb26f44c-f8a1-7349-b10e-5bc1bce59f1f"/>
+    <hyperlink ref="N546" r:id="rId1065" tooltip="static.prod.teconex-demo.be/v5/articles/fb26f44c-f8a1-7349-b10e-5bc1bce59f1f/a0e01ec5-d05e-476a-8291-98adc07fe229_720.png"/>
+    <hyperlink ref="M547" r:id="rId1066" tooltip="teconex.eu/de/produit/7cd6b753-5f5e-2d48-9a99-e9f27cb6fa51"/>
+    <hyperlink ref="N547" r:id="rId1067" tooltip="static.prod.teconex-demo.be/v5/articles/7cd6b753-5f5e-2d48-9a99-e9f27cb6fa51/7b7afff8-bd49-4577-998b-ae56fdfb1227_720.png"/>
+    <hyperlink ref="M548" r:id="rId1068" tooltip="teconex.eu/de/produit/8f2143df-dd12-c24b-9e7c-150476575795"/>
+    <hyperlink ref="N548" r:id="rId1069" tooltip="static.prod.teconex-demo.be/v5/articles/8f2143df-dd12-c24b-9e7c-150476575795/f0ef77ef-2c4b-4037-81c2-d140b1591fe1_720.png"/>
+    <hyperlink ref="M549" r:id="rId1070" tooltip="teconex.eu/de/produit/773ae173-efae-c142-b5d6-f7fcd61aef39"/>
+    <hyperlink ref="N549" r:id="rId1071" tooltip="static.prod.teconex-demo.be/v5/articles/773ae173-efae-c142-b5d6-f7fcd61aef39/7bba9bf8-6c51-47b3-b6bf-fd415a7ac138_720.png"/>
+    <hyperlink ref="M550" r:id="rId1072" tooltip="teconex.eu/de/produit/a49791b3-830b-9e48-8a77-a7e60de98bb5"/>
+    <hyperlink ref="N550" r:id="rId1073" tooltip="static.prod.teconex-demo.be/v5/articles/a49791b3-830b-9e48-8a77-a7e60de98bb5/a6c77f56-d3e3-45ad-b4ad-df3063baa686_720.png"/>
+    <hyperlink ref="M551" r:id="rId1074" tooltip="teconex.eu/de/produit/e3e1788e-9ff2-2840-81b0-98d50e11f276"/>
+    <hyperlink ref="N551" r:id="rId1075" tooltip="static.prod.teconex-demo.be/v5/articles/e3e1788e-9ff2-2840-81b0-98d50e11f276/a40c6030-a925-4212-8b81-55e5c40ec219_720.png"/>
+    <hyperlink ref="M552" r:id="rId1076" tooltip="teconex.eu/de/produit/c41094ae-bf9c-694c-9e68-3521f74ce72e"/>
+    <hyperlink ref="N552" r:id="rId1077" tooltip="static.prod.teconex-demo.be/v5/articles/c41094ae-bf9c-694c-9e68-3521f74ce72e/9b884274-7792-4404-aa12-dc1a4dddfd21_720.png"/>
+    <hyperlink ref="M553" r:id="rId1078" tooltip="teconex.eu/de/produit/738f40c6-f6e0-3e47-8dd7-44774e7cf235"/>
+    <hyperlink ref="N553" r:id="rId1079" tooltip="static.prod.teconex-demo.be/v5/articles/738f40c6-f6e0-3e47-8dd7-44774e7cf235/f56d22b2-18af-4318-bbc9-8d95c1dcbbdd_720.png"/>
+    <hyperlink ref="M554" r:id="rId1080" tooltip="teconex.eu/de/produit/1f815e8a-bc4b-a145-9ec6-6bece51eacf1"/>
+    <hyperlink ref="N554" r:id="rId1081" tooltip="static.prod.teconex-demo.be/v5/articles/1f815e8a-bc4b-a145-9ec6-6bece51eacf1/ff120880-2422-427f-bb94-be098bf9c74d_720.png"/>
+    <hyperlink ref="M555" r:id="rId1082" tooltip="teconex.eu/de/produit/4f2fc2a6-3d48-044a-9777-1055fb5883b4"/>
+    <hyperlink ref="N555" r:id="rId1083" tooltip="static.prod.teconex-demo.be/v5/articles/4f2fc2a6-3d48-044a-9777-1055fb5883b4/70a02887-bf37-4911-bc65-e2f0050d6a26_720.png"/>
+    <hyperlink ref="M556" r:id="rId1084" tooltip="teconex.eu/de/produit/265df1cc-f854-f04d-b43c-a53b39549238"/>
+    <hyperlink ref="N556" r:id="rId1085" tooltip="static.prod.teconex-demo.be/v5/articles/265df1cc-f854-f04d-b43c-a53b39549238/5feb80ca-6a9e-4ad2-99f4-02d171cf9a19_720.png"/>
+    <hyperlink ref="M557" r:id="rId1086" tooltip="teconex.eu/de/produit/4453af1b-0ab4-1c4d-b614-f9444edbb2bc"/>
+    <hyperlink ref="N557" r:id="rId1087" tooltip="static.prod.teconex-demo.be/v5/articles/4453af1b-0ab4-1c4d-b614-f9444edbb2bc/5996c280-947e-4505-9512-54431cfe14d2_720.png"/>
+    <hyperlink ref="M558" r:id="rId1088" tooltip="teconex.eu/de/produit/f8936e46-f11e-e04f-8aab-13065515fd3c"/>
+    <hyperlink ref="N558" r:id="rId1089" tooltip="static.prod.teconex-demo.be/v5/articles/f8936e46-f11e-e04f-8aab-13065515fd3c/3385a704-8623-49d0-a232-c9c5723ef5b3_720.png"/>
+    <hyperlink ref="M559" r:id="rId1090" tooltip="teconex.eu/de/produit/ec704f74-e057-c24f-a1c1-d6c1dd0accaf"/>
+    <hyperlink ref="N559" r:id="rId1091" tooltip="static.prod.teconex-demo.be/v5/articles/ec704f74-e057-c24f-a1c1-d6c1dd0accaf/5413d0ac-cb60-4380-9245-f10231688176_720.png"/>
+    <hyperlink ref="M560" r:id="rId1092" tooltip="teconex.eu/de/produit/20d7a1b6-66bc-d54d-990c-f6f1ba7cf36c"/>
+    <hyperlink ref="N560" r:id="rId1093" tooltip="static.prod.teconex-demo.be/v5/articles/20d7a1b6-66bc-d54d-990c-f6f1ba7cf36c/f5f6db78-8e30-42d3-ba35-b692d9efe2e3_720.png"/>
+    <hyperlink ref="M561" r:id="rId1094" tooltip="teconex.eu/de/produit/34b2fa70-2ff2-384c-9955-c148c9d0b241"/>
+    <hyperlink ref="N561" r:id="rId1095" tooltip="static.prod.teconex-demo.be/v5/articles/34b2fa70-2ff2-384c-9955-c148c9d0b241/b6ac152c-7ea4-4540-9955-60b76df1b35a_720.jpg"/>
+    <hyperlink ref="M562" r:id="rId1096" tooltip="teconex.eu/de/produit/9cb57f2f-0d5b-d14f-9356-d6d49f881f34"/>
+    <hyperlink ref="N562" r:id="rId1097" tooltip="static.prod.teconex-demo.be/v5/articles/9cb57f2f-0d5b-d14f-9356-d6d49f881f34/782ab800-5aa6-491f-831b-3517f5dc5a2e_720.jpg"/>
+    <hyperlink ref="M563" r:id="rId1098" tooltip="teconex.eu/de/produit/32f94d32-c277-374a-bb31-1de02b2e6cdb"/>
+    <hyperlink ref="N563" r:id="rId1099" tooltip="static.prod.teconex-demo.be/v5/articles/32f94d32-c277-374a-bb31-1de02b2e6cdb/2753b8eb-0c33-4b97-b6cf-6b26aa6ba0d0_720.jpg"/>
+    <hyperlink ref="M564" r:id="rId1100" tooltip="teconex.eu/de/produit/9394099a-1e28-d245-aa66-6f2f3777bed5"/>
+    <hyperlink ref="N564" r:id="rId1101" tooltip="static.prod.teconex-demo.be/v5/articles/9394099a-1e28-d245-aa66-6f2f3777bed5/50f36e40-b874-472a-a085-beb41602d2fe_720.jpg"/>
+    <hyperlink ref="M565" r:id="rId1102" tooltip="teconex.eu/de/produit/df056f35-e5d1-3142-aad4-fe995923f0a4"/>
+    <hyperlink ref="N565" r:id="rId1103" tooltip="static.prod.teconex-demo.be/v5/articles/df056f35-e5d1-3142-aad4-fe995923f0a4/41e41fd3-f4b3-4551-9351-6ac050763632_720.png"/>
+    <hyperlink ref="M566" r:id="rId1104" tooltip="teconex.eu/de/produit/e4aab6fa-0284-6744-979e-32fa5214e5db"/>
+    <hyperlink ref="N566" r:id="rId1105" tooltip="static.prod.teconex-demo.be/v5/articles/e4aab6fa-0284-6744-979e-32fa5214e5db/684ca60a-c41b-46a4-905c-77d1ef52e945_720.jpg"/>
+    <hyperlink ref="M567" r:id="rId1106" tooltip="teconex.eu/de/produit/96693f74-9b2c-7f49-9d1f-add81e3a04ac"/>
+    <hyperlink ref="N567" r:id="rId1107" tooltip="static.prod.teconex-demo.be/v5/articles/96693f74-9b2c-7f49-9d1f-add81e3a04ac/9d968f89-090b-4d10-8703-b2ad8b154a6a_720.jpg"/>
+    <hyperlink ref="M568" r:id="rId1108" tooltip="teconex.eu/de/produit/e8fe5bea-6089-a149-aeb6-5d648be254f5"/>
+    <hyperlink ref="N568" r:id="rId1109" tooltip="static.prod.teconex-demo.be/v5/articles/e8fe5bea-6089-a149-aeb6-5d648be254f5/1fc58f15-9782-446c-92c8-78183cedecbc_720.jpg"/>
+    <hyperlink ref="M569" r:id="rId1110" tooltip="teconex.eu/de/produit/b9a1a617-0e5e-f64b-a9a8-5b10ab982644"/>
+    <hyperlink ref="N569" r:id="rId1111" tooltip="static.prod.teconex-demo.be/v5/articles/b9a1a617-0e5e-f64b-a9a8-5b10ab982644/12241bd1-e2a1-4d79-a3f4-a9c70f581be6_720.jpg"/>
+    <hyperlink ref="M570" r:id="rId1112" tooltip="teconex.eu/de/produit/0e931259-8074-5745-a301-dfe10672b741"/>
+    <hyperlink ref="N570" r:id="rId1113" tooltip="static.prod.teconex-demo.be/v5/articles/0e931259-8074-5745-a301-dfe10672b741/561921c6-087c-46e1-885f-f8dee78ddf8d_720.png"/>
+    <hyperlink ref="M571" r:id="rId1114" tooltip="teconex.eu/de/produit/0daddb31-e2a3-3645-8d46-55da4eb4245a"/>
+    <hyperlink ref="N571" r:id="rId1115" tooltip="static.prod.teconex-demo.be/v5/articles/0daddb31-e2a3-3645-8d46-55da4eb4245a/b34f1dc6-677a-47e6-9152-0dbb0d148730_720.png"/>
+    <hyperlink ref="M572" r:id="rId1116" tooltip="teconex.eu/de/produit/f7b81aa8-a25d-8c42-a92e-3f921fcc11df"/>
+    <hyperlink ref="N572" r:id="rId1117" tooltip="static.prod.teconex-demo.be/v5/articles/f7b81aa8-a25d-8c42-a92e-3f921fcc11df/bb56ec0f-2d3d-47b5-87e6-3ffa38fb1dcb_720.png"/>
+    <hyperlink ref="M573" r:id="rId1118" tooltip="teconex.eu/de/produit/e6988c89-b257-d241-945d-6270c0e611db"/>
+    <hyperlink ref="N573" r:id="rId1119" tooltip="static.prod.teconex-demo.be/v5/articles/e6988c89-b257-d241-945d-6270c0e611db/42920e56-a906-4a1f-9c2c-8b9ebc15ba41_720.png"/>
+    <hyperlink ref="M574" r:id="rId1120" tooltip="teconex.eu/de/produit/932442dd-39c7-ce44-9366-f73916eb1ffa"/>
+    <hyperlink ref="N574" r:id="rId1121" tooltip="static.prod.teconex-demo.be/v5/articles/932442dd-39c7-ce44-9366-f73916eb1ffa/42dfbf34-f89e-4f11-896f-bdac6d23ae70_720.jpg"/>
+    <hyperlink ref="M575" r:id="rId1122" tooltip="teconex.eu/de/produit/7f779238-2948-4b4c-bd18-34645e65e7e2"/>
+    <hyperlink ref="N575" r:id="rId1123" tooltip="static.prod.teconex-demo.be/v5/articles/7f779238-2948-4b4c-bd18-34645e65e7e2/765cbf15-bab3-4658-b34a-670f76229199_720.png"/>
+    <hyperlink ref="M576" r:id="rId1124" tooltip="teconex.eu/de/produit/e6c3155e-f89a-f743-ade6-e571ce80651f"/>
+    <hyperlink ref="N576" r:id="rId1125" tooltip="static.prod.teconex-demo.be/v5/articles/e6c3155e-f89a-f743-ade6-e571ce80651f/37334307-e14e-402b-b8b6-a77a57ae6c6b_720.jpg"/>
+    <hyperlink ref="M577" r:id="rId1126" tooltip="teconex.eu/de/produit/64c3ac95-772e-2045-b0da-ef12cd1f49c2"/>
+    <hyperlink ref="N577" r:id="rId1127" tooltip="static.prod.teconex-demo.be/v5/articles/64c3ac95-772e-2045-b0da-ef12cd1f49c2/069879aa-c0f5-4c2b-aa8e-35ba01262c1b_720.png"/>
+    <hyperlink ref="M578" r:id="rId1128" tooltip="teconex.eu/de/produit/57928969-b05f-c04c-98f6-a64524ddbdc3"/>
+    <hyperlink ref="N578" r:id="rId1129" tooltip="static.prod.teconex-demo.be/v5/articles/57928969-b05f-c04c-98f6-a64524ddbdc3/3fca55a1-6de0-41d2-9d15-adeb98cf1dcd_720.jpg"/>
+    <hyperlink ref="M579" r:id="rId1130" tooltip="teconex.eu/de/produit/b0b79658-533c-cd47-a434-b99330404f01"/>
+    <hyperlink ref="N579" r:id="rId1131" tooltip="static.prod.teconex-demo.be/v5/articles/b0b79658-533c-cd47-a434-b99330404f01/45d9a66a-7825-47f2-8e7f-fac575d9389b_720.png"/>
+    <hyperlink ref="M580" r:id="rId1132" tooltip="teconex.eu/de/produit/8024ee98-a233-0a4f-afb3-6ef8610c70cb"/>
+    <hyperlink ref="N580" r:id="rId1133" tooltip="static.prod.teconex-demo.be/v5/articles/8024ee98-a233-0a4f-afb3-6ef8610c70cb/47a31bdc-fb57-453b-881e-1f41cd91554f_720.jpg"/>
+    <hyperlink ref="M581" r:id="rId1134" tooltip="teconex.eu/de/produit/8ca49c7a-d142-b147-8059-bf5173f3d4ed"/>
+    <hyperlink ref="N581" r:id="rId1135" tooltip="static.prod.teconex-demo.be/v5/articles/8ca49c7a-d142-b147-8059-bf5173f3d4ed/73f25ac1-0708-4af3-a7bb-3b5af698157a_720.png"/>
+    <hyperlink ref="M582" r:id="rId1136" tooltip="teconex.eu/de/produit/d416c108-764e-6a40-a6ec-5f5d70a94e32"/>
+    <hyperlink ref="N582" r:id="rId1137" tooltip="static.prod.teconex-demo.be/v5/articles/d416c108-764e-6a40-a6ec-5f5d70a94e32/77072299-7465-4684-bb5f-a1056a3ad7b9_720.png"/>
+    <hyperlink ref="M583" r:id="rId1138" tooltip="teconex.eu/de/produit/665dc0e7-613a-4442-9483-03cb7fad5cda"/>
+    <hyperlink ref="N583" r:id="rId1139" tooltip="static.prod.teconex-demo.be/v5/articles/665dc0e7-613a-4442-9483-03cb7fad5cda/180c3f30-13c1-4543-8f26-5783df6cdcc5_720.png"/>
+    <hyperlink ref="M584" r:id="rId1140" tooltip="teconex.eu/de/produit/4c99466a-5d03-1647-a4c7-9bdd3e7b0a7b"/>
+    <hyperlink ref="N584" r:id="rId1141" tooltip="static.prod.teconex-demo.be/v5/articles/4c99466a-5d03-1647-a4c7-9bdd3e7b0a7b/636fc221-e9b5-4818-a553-ef62987aab5d_720.png"/>
+    <hyperlink ref="M585" r:id="rId1142" tooltip="teconex.eu/de/produit/a0815155-9358-ec44-acf3-9bc239aa3cf0"/>
+    <hyperlink ref="M586" r:id="rId1143" tooltip="teconex.eu/de/produit/49b5a8ca-ea94-ce45-adaa-380edf5926b1"/>
+    <hyperlink ref="M587" r:id="rId1144" tooltip="teconex.eu/de/produit/b5b05210-dd33-6745-b151-5bbd49e31163"/>
+    <hyperlink ref="M588" r:id="rId1145" tooltip="teconex.eu/de/produit/c68eded7-c208-7f4f-a2b6-9bc0a92f3388"/>
+    <hyperlink ref="M589" r:id="rId1146" tooltip="teconex.eu/de/produit/bff8f1e5-b1f5-164e-959e-5ade73bece07"/>
+    <hyperlink ref="N589" r:id="rId1147" tooltip="static.prod.teconex-demo.be/v5/articles/bff8f1e5-b1f5-164e-959e-5ade73bece07/56e814ed-95b5-406b-94e6-2c143a3a36fc_720.png"/>
+    <hyperlink ref="M590" r:id="rId1148" tooltip="teconex.eu/de/produit/4a863c34-89e4-784d-91eb-590e7a9e3190"/>
+    <hyperlink ref="N590" r:id="rId1149" tooltip="static.prod.teconex-demo.be/v5/articles/4a863c34-89e4-784d-91eb-590e7a9e3190/5f67858f-8094-491e-93d1-ea535504bb6e_720.png"/>
+    <hyperlink ref="M591" r:id="rId1150" tooltip="teconex.eu/de/produit/9abd3a01-e1ed-cc45-8966-5248e6bf2232"/>
+    <hyperlink ref="N591" r:id="rId1151" tooltip="static.prod.teconex-demo.be/v5/articles/9abd3a01-e1ed-cc45-8966-5248e6bf2232/505dddd5-c22f-480a-89c2-a6c271ff6098_720.png"/>
+    <hyperlink ref="M592" r:id="rId1152" tooltip="teconex.eu/de/produit/71d41699-5b20-d64c-bebe-8cf2bc8c4369"/>
+    <hyperlink ref="N592" r:id="rId1153" tooltip="static.prod.teconex-demo.be/v5/articles/71d41699-5b20-d64c-bebe-8cf2bc8c4369/e8df2894-67bb-40d7-9249-8a2530409b8c_720.png"/>
+    <hyperlink ref="M593" r:id="rId1154" tooltip="teconex.eu/de/produit/52726dba-a817-9d43-96e4-290b27de084c"/>
+    <hyperlink ref="N593" r:id="rId1155" tooltip="static.prod.teconex-demo.be/v5/articles/52726dba-a817-9d43-96e4-290b27de084c/ada051db-d2de-4041-987c-ce4e3ffaf4ea_720.jpg"/>
+    <hyperlink ref="M594" r:id="rId1156" tooltip="teconex.eu/de/produit/e98c49de-d3e8-2140-a8d8-8b5b7f9d4fc9"/>
+    <hyperlink ref="N594" r:id="rId1157" tooltip="static.prod.teconex-demo.be/v5/articles/e98c49de-d3e8-2140-a8d8-8b5b7f9d4fc9/3be3eac7-5f56-45d3-bd4e-6cfab353ec42_720.jpg"/>
+    <hyperlink ref="M595" r:id="rId1158" tooltip="teconex.eu/de/produit/64684633-800a-8a4d-9b10-895b5968afba"/>
+    <hyperlink ref="N595" r:id="rId1159" tooltip="static.prod.teconex-demo.be/v5/articles/64684633-800a-8a4d-9b10-895b5968afba/329d0860-b6de-4c92-bcf8-1e1b1ea376a3_720.jpg"/>
+    <hyperlink ref="M596" r:id="rId1160" tooltip="teconex.eu/de/produit/ef404e56-6fb2-2a4d-ad85-4b681b3c340a"/>
+    <hyperlink ref="N596" r:id="rId1161" tooltip="static.prod.teconex-demo.be/v5/articles/ef404e56-6fb2-2a4d-ad85-4b681b3c340a/dd7e4e66-8ad2-4142-87f1-0499aee950df_720.jpg"/>
+    <hyperlink ref="M597" r:id="rId1162" tooltip="teconex.eu/de/produit/da39e2ac-3937-8745-a90c-73b4b3317c87"/>
+    <hyperlink ref="N597" r:id="rId1163" tooltip="static.prod.teconex-demo.be/v5/articles/da39e2ac-3937-8745-a90c-73b4b3317c87/8828e43e-e46a-4064-8d8e-484a6e46b53e_720.jpg"/>
+    <hyperlink ref="M598" r:id="rId1164" tooltip="teconex.eu/de/produit/4579ce7f-985e-cc4a-9f2a-e6b91261fa28"/>
+    <hyperlink ref="N598" r:id="rId1165" tooltip="static.prod.teconex-demo.be/v5/articles/4579ce7f-985e-cc4a-9f2a-e6b91261fa28/9291846e-1fde-4235-bad4-82c3ab11d087_720.jpg"/>
+    <hyperlink ref="M599" r:id="rId1166" tooltip="teconex.eu/de/produit/a0da5e5b-4565-2348-a1ee-b6e6d073a01c"/>
+    <hyperlink ref="N599" r:id="rId1167" tooltip="static.prod.teconex-demo.be/v5/articles/a0da5e5b-4565-2348-a1ee-b6e6d073a01c/fe930074-60a4-46c8-bb55-f5007a39b710_720.png"/>
+    <hyperlink ref="M600" r:id="rId1168" tooltip="teconex.eu/de/produit/669f3989-a631-854f-aa52-7329b69dd785"/>
+    <hyperlink ref="N600" r:id="rId1169" tooltip="static.prod.teconex-demo.be/v5/articles/669f3989-a631-854f-aa52-7329b69dd785/c4bbbe40-5ce9-4b63-8d6f-11eb13871959_720.png"/>
+    <hyperlink ref="M601" r:id="rId1170" tooltip="teconex.eu/de/produit/0be7280d-2a5a-dc45-bcdc-518f91f13b14"/>
+    <hyperlink ref="N601" r:id="rId1171" tooltip="static.prod.teconex-demo.be/v5/articles/0be7280d-2a5a-dc45-bcdc-518f91f13b14/e6799b74-b136-46be-9904-7964966835a1_720.png"/>
+    <hyperlink ref="M602" r:id="rId1172" tooltip="teconex.eu/de/produit/1603d357-879c-c345-966f-78a14b0dd2eb"/>
+    <hyperlink ref="N602" r:id="rId1173" tooltip="static.prod.teconex-demo.be/v5/articles/1603d357-879c-c345-966f-78a14b0dd2eb/42dbc913-63da-4341-8e66-f6150c921ec5_720.png"/>
+    <hyperlink ref="M603" r:id="rId1174" tooltip="teconex.eu/de/produit/de159942-1f33-0248-a725-72c531488f1a"/>
+    <hyperlink ref="N603" r:id="rId1175" tooltip="static.prod.teconex-demo.be/v5/articles/de159942-1f33-0248-a725-72c531488f1a/bfbba45f-e884-4e7e-a705-3c377e44d185_720.png"/>
+    <hyperlink ref="M604" r:id="rId1176" tooltip="teconex.eu/de/produit/7b72731c-2026-414c-84f9-e935246730bf"/>
+    <hyperlink ref="N604" r:id="rId1177" tooltip="static.prod.teconex-demo.be/v5/articles/7b72731c-2026-414c-84f9-e935246730bf/3116907e-b492-429a-b64e-afcdc912af83_720.png"/>
+    <hyperlink ref="M605" r:id="rId1178" tooltip="teconex.eu/de/produit/c38ca253-979f-984c-b7e7-91fcc58ba6f0"/>
+    <hyperlink ref="N605" r:id="rId1179" tooltip="static.prod.teconex-demo.be/v5/articles/c38ca253-979f-984c-b7e7-91fcc58ba6f0/f3f0d822-dfdb-44f2-883e-fb8e3fbdcb85_720.png"/>
+    <hyperlink ref="M606" r:id="rId1180" tooltip="teconex.eu/de/produit/6e6e292d-d170-ee45-8207-b64bb32bb320"/>
+    <hyperlink ref="N606" r:id="rId1181" tooltip="static.prod.teconex-demo.be/v5/articles/6e6e292d-d170-ee45-8207-b64bb32bb320/aa8c70f2-49bf-46ef-8057-14d3a1e81b91_720.jpg"/>
+    <hyperlink ref="M607" r:id="rId1182" tooltip="teconex.eu/de/produit/61b46f1c-0be5-a24d-ab3b-5393f546659d"/>
+    <hyperlink ref="N607" r:id="rId1183" tooltip="static.prod.teconex-demo.be/v5/articles/61b46f1c-0be5-a24d-ab3b-5393f546659d/b4a4d1a4-50dc-41a0-a0f3-a8f8b1449697_720.jpg"/>
+    <hyperlink ref="M608" r:id="rId1184" tooltip="teconex.eu/de/produit/d6e40134-4fe5-1342-bfed-cf8fb501f43d"/>
+    <hyperlink ref="N608" r:id="rId1185" tooltip="static.prod.teconex-demo.be/v5/articles/d6e40134-4fe5-1342-bfed-cf8fb501f43d/ccd4fc0e-140b-439e-9ead-f1425973262c_720.jpg"/>
+    <hyperlink ref="M609" r:id="rId1186" tooltip="teconex.eu/de/produit/2911a9ec-30da-f24e-962a-593e4d7f1dcd"/>
+    <hyperlink ref="N609" r:id="rId1187" tooltip="static.prod.teconex-demo.be/v5/articles/2911a9ec-30da-f24e-962a-593e4d7f1dcd/245c070c-b27f-41a4-a0a9-fbe811fd6697_720.jpg"/>
+    <hyperlink ref="M610" r:id="rId1188" tooltip="teconex.eu/de/produit/4cc7fd84-3711-0246-a19b-3c1627fd0523"/>
+    <hyperlink ref="N610" r:id="rId1189" tooltip="static.prod.teconex-demo.be/v5/articles/4cc7fd84-3711-0246-a19b-3c1627fd0523/35ac285d-8ee9-4318-8513-250c2e76416d_720.jpg"/>
+    <hyperlink ref="M611" r:id="rId1190" tooltip="teconex.eu/de/produit/0fe20be2-4f68-bd4c-a685-02484110de10"/>
+    <hyperlink ref="N611" r:id="rId1191" tooltip="static.prod.teconex-demo.be/v5/articles/0fe20be2-4f68-bd4c-a685-02484110de10/69ba906c-3d22-4f32-8e6f-062e8b01fc90_720.jpg"/>
+    <hyperlink ref="M612" r:id="rId1192" tooltip="teconex.eu/de/produit/c3586ec1-dbfa-4341-9925-c70f3fa709a5"/>
+    <hyperlink ref="N612" r:id="rId1193" tooltip="static.prod.teconex-demo.be/v5/articles/c3586ec1-dbfa-4341-9925-c70f3fa709a5/7dd43a74-f974-4351-85ea-d1e6214bba44_720.jpg"/>
+    <hyperlink ref="M613" r:id="rId1194" tooltip="teconex.eu/de/produit/a3f91599-f9e5-8941-96de-89c2371c5101"/>
+    <hyperlink ref="N613" r:id="rId1195" tooltip="static.prod.teconex-demo.be/v5/articles/a3f91599-f9e5-8941-96de-89c2371c5101/f12b50d4-c7f9-479c-8a1f-13d2fa3bd4cb_720.jpg"/>
+    <hyperlink ref="M614" r:id="rId1196" tooltip="teconex.eu/de/produit/8eca2223-1941-3d4d-ae22-74f7c537df94"/>
+    <hyperlink ref="N614" r:id="rId1197" tooltip="static.prod.teconex-demo.be/v5/articles/8eca2223-1941-3d4d-ae22-74f7c537df94/cd940e83-9786-44fc-9633-6c9b62e87bbe_720.jpg"/>
+    <hyperlink ref="M615" r:id="rId1198" tooltip="teconex.eu/de/produit/bbc9ad6f-dc27-3b48-97f4-1fd7ab4a9949"/>
+    <hyperlink ref="N615" r:id="rId1199" tooltip="static.prod.teconex-demo.be/v5/articles/bbc9ad6f-dc27-3b48-97f4-1fd7ab4a9949/669ce884-d953-42e6-b449-6e96fd6a2378_720.jpg"/>
+    <hyperlink ref="M616" r:id="rId1200" tooltip="teconex.eu/de/produit/76effae8-cf0f-6d4f-89e5-8083207741de"/>
+    <hyperlink ref="N616" r:id="rId1201" tooltip="static.prod.teconex-demo.be/v5/articles/76effae8-cf0f-6d4f-89e5-8083207741de/728c0e68-d1b3-4eb4-850b-3ddd3b1ffa86_720.jpg"/>
+    <hyperlink ref="M617" r:id="rId1202" tooltip="teconex.eu/de/produit/c41049ef-157c-9f48-a1f7-85bbb9c852e0"/>
+    <hyperlink ref="N617" r:id="rId1203" tooltip="static.prod.teconex-demo.be/v5/articles/c41049ef-157c-9f48-a1f7-85bbb9c852e0/1101d43a-123d-4d29-a54e-1e7a69197943_720.jpg"/>
+    <hyperlink ref="M618" r:id="rId1204" tooltip="teconex.eu/de/produit/a6cd570d-9393-3a44-8657-5eb5eade6d9c"/>
+    <hyperlink ref="N618" r:id="rId1205" tooltip="static.prod.teconex-demo.be/v5/articles/a6cd570d-9393-3a44-8657-5eb5eade6d9c/8704d794-9c61-458b-bbdd-8de31ad66b28_720.png"/>
+    <hyperlink ref="M619" r:id="rId1206" tooltip="teconex.eu/de/produit/0a16a669-041c-5741-9ec3-0e4f125cff9a"/>
+    <hyperlink ref="N619" r:id="rId1207" tooltip="static.prod.teconex-demo.be/v5/articles/0a16a669-041c-5741-9ec3-0e4f125cff9a/51cb3337-976f-4403-bd19-9a6fc09853b9_720.png"/>
+    <hyperlink ref="M620" r:id="rId1208" tooltip="teconex.eu/de/produit/9c11e8db-ca83-9447-907a-cca957be28e1"/>
+    <hyperlink ref="N620" r:id="rId1209" tooltip="static.prod.teconex-demo.be/v5/articles/9c11e8db-ca83-9447-907a-cca957be28e1/d9688a54-21c8-4e35-b372-c43784fca95a_720.png"/>
+    <hyperlink ref="M621" r:id="rId1210" tooltip="teconex.eu/de/produit/05e9aaf3-9d71-884d-be59-580f4e70feb6"/>
+    <hyperlink ref="N621" r:id="rId1211" tooltip="static.prod.teconex-demo.be/v5/articles/05e9aaf3-9d71-884d-be59-580f4e70feb6/df30a3c0-6761-4e1c-81a9-7af847e638e9_720.png"/>
+    <hyperlink ref="M622" r:id="rId1212" tooltip="teconex.eu/de/produit/93d7ffe6-f79e-fd4a-9314-18845a1f0a5a"/>
+    <hyperlink ref="N622" r:id="rId1213" tooltip="static.prod.teconex-demo.be/v5/articles/93d7ffe6-f79e-fd4a-9314-18845a1f0a5a/b2c7a8bc-843d-4a25-8a9c-067a433f0930_720.png"/>
+    <hyperlink ref="M623" r:id="rId1214" tooltip="teconex.eu/de/produit/b1e69c47-55fb-8241-a431-dd8e35542100"/>
+    <hyperlink ref="N623" r:id="rId1215" tooltip="static.prod.teconex-demo.be/v5/articles/b1e69c47-55fb-8241-a431-dd8e35542100/0f3cd07a-4231-4ce7-8710-8c6c649efb29_720.png"/>
+    <hyperlink ref="M624" r:id="rId1216" tooltip="teconex.eu/de/produit/1a93813d-14d7-2048-bf08-55d5e9fbf911"/>
+    <hyperlink ref="N624" r:id="rId1217" tooltip="static.prod.teconex-demo.be/v5/articles/1a93813d-14d7-2048-bf08-55d5e9fbf911/31eec32d-f3a5-4eaf-ba1c-6a0dca7d5ab0_720.jpg"/>
+    <hyperlink ref="M625" r:id="rId1218" tooltip="teconex.eu/de/produit/93fa715d-75c2-5241-9b5b-da43e53ddf0e"/>
+    <hyperlink ref="N625" r:id="rId1219" tooltip="static.prod.teconex-demo.be/v5/articles/93fa715d-75c2-5241-9b5b-da43e53ddf0e/4eb094ed-163b-4e50-93c4-e7c085baa442_720.jpg"/>
+    <hyperlink ref="M626" r:id="rId1220" tooltip="teconex.eu/de/produit/79dd82db-854a-3846-a0cb-b28e502ccb48"/>
+    <hyperlink ref="N626" r:id="rId1221" tooltip="static.prod.teconex-demo.be/v5/articles/79dd82db-854a-3846-a0cb-b28e502ccb48/13cb23f0-9f7f-4449-af7a-cd754e9e72da_720.jpg"/>
+    <hyperlink ref="M627" r:id="rId1222" tooltip="teconex.eu/de/produit/d298568a-38de-1441-930d-2312ffae4f83"/>
+    <hyperlink ref="N627" r:id="rId1223" tooltip="static.prod.teconex-demo.be/v5/articles/d298568a-38de-1441-930d-2312ffae4f83/b9fdbbf5-d599-40f1-bafb-0d0836e85de7_720.jpg"/>
+    <hyperlink ref="M628" r:id="rId1224" tooltip="teconex.eu/de/produit/9ed5be1f-82ff-8442-86bb-6d1b1daaf009"/>
+    <hyperlink ref="N628" r:id="rId1225" tooltip="static.prod.teconex-demo.be/v5/articles/9ed5be1f-82ff-8442-86bb-6d1b1daaf009/b90deb82-c006-4b2b-9176-c8fbabb41c81_720.png"/>
+    <hyperlink ref="M629" r:id="rId1226" tooltip="teconex.eu/de/produit/cc3e77e1-7b81-934c-8264-6338109bb0e9"/>
+    <hyperlink ref="N629" r:id="rId1227" tooltip="static.prod.teconex-demo.be/v5/articles/cc3e77e1-7b81-934c-8264-6338109bb0e9/1c69ad82-8703-46a7-a581-99d7fb43e62c_720.jpg"/>
+    <hyperlink ref="M630" r:id="rId1228" tooltip="teconex.eu/de/produit/ee097f82-b7ee-a14a-a93d-d01252a04ec2"/>
+    <hyperlink ref="N630" r:id="rId1229" tooltip="static.prod.teconex-demo.be/v5/articles/ee097f82-b7ee-a14a-a93d-d01252a04ec2/c7383a6c-d89f-490f-88ee-25399d900814_720.jpg"/>
+    <hyperlink ref="M631" r:id="rId1230" tooltip="teconex.eu/de/produit/30ba802b-2606-c644-a000-ba08ce183a0f"/>
+    <hyperlink ref="N631" r:id="rId1231" tooltip="static.prod.teconex-demo.be/v5/articles/30ba802b-2606-c644-a000-ba08ce183a0f/48ebbde7-d8a8-4609-8fb1-5f8e8e7839f1_720.png"/>
+    <hyperlink ref="M632" r:id="rId1232" tooltip="teconex.eu/de/produit/c2da4f4e-807c-b140-a188-befda28bba03"/>
+    <hyperlink ref="N632" r:id="rId1233" tooltip="static.prod.teconex-demo.be/v5/articles/c2da4f4e-807c-b140-a188-befda28bba03/4b5f9d46-845c-4791-85de-2b74c56b9c44_720.png"/>
+    <hyperlink ref="M633" r:id="rId1234" tooltip="teconex.eu/de/produit/78532f72-2329-4a4d-9694-467f97eb2253"/>
+    <hyperlink ref="N633" r:id="rId1235" tooltip="static.prod.teconex-demo.be/v5/articles/78532f72-2329-4a4d-9694-467f97eb2253/e3ebe5d3-9dea-4287-80b5-2b3fc20ecc0d_720.png"/>
+    <hyperlink ref="M634" r:id="rId1236" tooltip="teconex.eu/de/produit/74db9bd9-06f4-2541-8784-d91407a78000"/>
+    <hyperlink ref="N634" r:id="rId1237" tooltip="static.prod.teconex-demo.be/v5/articles/74db9bd9-06f4-2541-8784-d91407a78000/aea529dd-4c4f-41a5-9b35-0aa00e4c40a4_720.png"/>
+    <hyperlink ref="M635" r:id="rId1238" tooltip="teconex.eu/de/produit/438460ed-388a-ac47-b303-7b9c9f213c1c"/>
+    <hyperlink ref="N635" r:id="rId1239" tooltip="static.prod.teconex-demo.be/v5/articles/438460ed-388a-ac47-b303-7b9c9f213c1c/742fa83f-942c-40dc-b142-6d0909aa8866_720.jpg"/>
+    <hyperlink ref="M636" r:id="rId1240" tooltip="teconex.eu/de/produit/8c3f11f0-4282-054e-a1a4-17bb5e386f5e"/>
+    <hyperlink ref="N636" r:id="rId1241" tooltip="static.prod.teconex-demo.be/v5/articles/8c3f11f0-4282-054e-a1a4-17bb5e386f5e/f4943393-4b7d-48ca-9f2a-a6fa0733b406_720.jpg"/>
+    <hyperlink ref="M637" r:id="rId1242" tooltip="teconex.eu/de/produit/4df6bb1a-7e61-6a47-a0fc-b948932226fb"/>
+    <hyperlink ref="N637" r:id="rId1243" tooltip="static.prod.teconex-demo.be/v5/articles/4df6bb1a-7e61-6a47-a0fc-b948932226fb/67e76f38-cebe-44d1-8322-59ca06fcac7c_720.jpg"/>
+    <hyperlink ref="M638" r:id="rId1244" tooltip="teconex.eu/de/produit/353a7c25-0566-8c4c-a715-7dabdafe4049"/>
+    <hyperlink ref="N638" r:id="rId1245" tooltip="static.prod.teconex-demo.be/v5/articles/353a7c25-0566-8c4c-a715-7dabdafe4049/9a150703-b832-4646-a901-dfde5009b0c1_720.jpg"/>
+    <hyperlink ref="M639" r:id="rId1246" tooltip="teconex.eu/de/produit/4914f17a-a0d5-e845-a362-ac3a45aa1908"/>
+    <hyperlink ref="N639" r:id="rId1247" tooltip="static.prod.teconex-demo.be/v5/articles/4914f17a-a0d5-e845-a362-ac3a45aa1908/51d81c2b-3bf5-43b5-a8f8-3683ec0852a2_720.png"/>
+    <hyperlink ref="M640" r:id="rId1248" tooltip="teconex.eu/de/produit/c8790b24-df6c-a343-84c5-27d19b6c74ac"/>
+    <hyperlink ref="N640" r:id="rId1249" tooltip="static.prod.teconex-demo.be/v5/articles/c8790b24-df6c-a343-84c5-27d19b6c74ac/ae959bc8-81d1-4a23-a23a-5689c06f0b54_720.png"/>
+    <hyperlink ref="M641" r:id="rId1250" tooltip="teconex.eu/de/produit/002dd7c4-f27d-764d-9ad3-166ced743d3e"/>
+    <hyperlink ref="N641" r:id="rId1251" tooltip="static.prod.teconex-demo.be/v5/articles/002dd7c4-f27d-764d-9ad3-166ced743d3e/c6aa4879-987c-49b0-995d-7145c88dcc9a_720.jpg"/>
+    <hyperlink ref="M642" r:id="rId1252" tooltip="teconex.eu/de/produit/17ad0363-b892-394a-b389-a049e91112be"/>
+    <hyperlink ref="N642" r:id="rId1253" tooltip="static.prod.teconex-demo.be/v5/articles/17ad0363-b892-394a-b389-a049e91112be/c2a7cfcb-a24d-4e6c-831a-1d9ec6aec15a_720.jpg"/>
+    <hyperlink ref="M643" r:id="rId1254" tooltip="teconex.eu/de/produit/796e8912-3ea9-a148-8436-e6db7f12e2d1"/>
+    <hyperlink ref="N643" r:id="rId1255" tooltip="static.prod.teconex-demo.be/v5/articles/796e8912-3ea9-a148-8436-e6db7f12e2d1/0a702686-692a-4ea6-8a2b-b4608a1b9c59_720.jpg"/>
+    <hyperlink ref="M644" r:id="rId1256" tooltip="teconex.eu/de/produit/1bb8e240-deda-1a4c-bc55-7206568d62f9"/>
+    <hyperlink ref="N644" r:id="rId1257" tooltip="static.prod.teconex-demo.be/v5/articles/1bb8e240-deda-1a4c-bc55-7206568d62f9/46c0f771-48a5-4544-975c-3baddb800c4d_720.jpg"/>
+    <hyperlink ref="M645" r:id="rId1258" tooltip="teconex.eu/de/produit/07c3ea1a-215f-974b-ada3-d94ae9ac985d"/>
+    <hyperlink ref="N645" r:id="rId1259" tooltip="static.prod.teconex-demo.be/v5/articles/07c3ea1a-215f-974b-ada3-d94ae9ac985d/bd4dbc02-0e0f-4892-b60a-704b584a48de_720.png"/>
+    <hyperlink ref="M646" r:id="rId1260" tooltip="teconex.eu/de/produit/f5c1971f-ba1f-1240-8db8-9ddddd3e0ef1"/>
+    <hyperlink ref="N646" r:id="rId1261" tooltip="static.prod.teconex-demo.be/v5/articles/f5c1971f-ba1f-1240-8db8-9ddddd3e0ef1/558b58e8-1cb8-4ce6-aeab-758d6b15423c_720.png"/>
+    <hyperlink ref="M647" r:id="rId1262" tooltip="teconex.eu/de/produit/3c11ce8b-d38a-b947-b778-fb6c0e859371"/>
+    <hyperlink ref="N647" r:id="rId1263" tooltip="static.prod.teconex-demo.be/v5/articles/3c11ce8b-d38a-b947-b778-fb6c0e859371/37997b77-40d8-477a-8f2f-c97c4f00e4b8_720.png"/>
+    <hyperlink ref="M648" r:id="rId1264" tooltip="teconex.eu/de/produit/d504cb68-cea4-0743-b2ea-12d93b388d46"/>
+    <hyperlink ref="N648" r:id="rId1265" tooltip="static.prod.teconex-demo.be/v5/articles/d504cb68-cea4-0743-b2ea-12d93b388d46/a4878c0f-ebcb-4374-b527-ebd0cb916438_720.png"/>
+    <hyperlink ref="M649" r:id="rId1266" tooltip="teconex.eu/de/produit/c3e62955-4286-7346-b3b6-352b02605ba1"/>
+    <hyperlink ref="N649" r:id="rId1267" tooltip="static.prod.teconex-demo.be/v5/articles/c3e62955-4286-7346-b3b6-352b02605ba1/3ae4dbdd-68a4-43c5-bb4f-f2290e09252a_720.png"/>
+    <hyperlink ref="M650" r:id="rId1268" tooltip="teconex.eu/de/produit/8cb457d2-8053-7c43-9a3c-14a8c54edc04"/>
+    <hyperlink ref="N650" r:id="rId1269" tooltip="static.prod.teconex-demo.be/v5/articles/8cb457d2-8053-7c43-9a3c-14a8c54edc04/8e5be662-1823-4acb-931c-ba3a24c487d6_720.png"/>
+    <hyperlink ref="M651" r:id="rId1270" tooltip="teconex.eu/de/produit/c2bc8824-b1b8-0d4d-95f1-c05681a6ace2"/>
+    <hyperlink ref="N651" r:id="rId1271" tooltip="static.prod.teconex-demo.be/v5/articles/c2bc8824-b1b8-0d4d-95f1-c05681a6ace2/f8649283-4e83-4e3e-84bb-ab9243b3ff21_720.png"/>
+    <hyperlink ref="M652" r:id="rId1272" tooltip="teconex.eu/de/produit/425d4325-5f9b-0042-82cb-443d6a9359a6"/>
+    <hyperlink ref="N652" r:id="rId1273" tooltip="static.prod.teconex-demo.be/v5/articles/425d4325-5f9b-0042-82cb-443d6a9359a6/fe2e8b2c-c0f0-4967-a96c-e354ae84755d_720.png"/>
+    <hyperlink ref="M653" r:id="rId1274" tooltip="teconex.eu/de/produit/dca0ca39-de78-b746-90e3-bd43c94b34b3"/>
+    <hyperlink ref="N653" r:id="rId1275" tooltip="static.prod.teconex-demo.be/v5/articles/dca0ca39-de78-b746-90e3-bd43c94b34b3/9d1d41c5-3b64-4d42-a88b-ff93ba54fa58_720.png"/>
+    <hyperlink ref="M654" r:id="rId1276" tooltip="teconex.eu/de/produit/0e305ca6-4d94-9943-b37e-a3ceae94d143"/>
+    <hyperlink ref="N654" r:id="rId1277" tooltip="static.prod.teconex-demo.be/v5/articles/0e305ca6-4d94-9943-b37e-a3ceae94d143/cd814e83-6482-4d0d-bbe0-256ff5f4bc98_720.png"/>
+    <hyperlink ref="M655" r:id="rId1278" tooltip="teconex.eu/de/produit/dfe3c1a5-bc04-ce44-a68f-6faf8e2544b6"/>
+    <hyperlink ref="N655" r:id="rId1279" tooltip="static.prod.teconex-demo.be/v5/articles/dfe3c1a5-bc04-ce44-a68f-6faf8e2544b6/29ffabb8-9d23-4a51-b31b-8fc7563938fd_720.png"/>
+    <hyperlink ref="M656" r:id="rId1280" tooltip="teconex.eu/de/produit/f8169d76-14e0-0c49-a838-33f4af033050"/>
+    <hyperlink ref="N656" r:id="rId1281" tooltip="static.prod.teconex-demo.be/v5/articles/f8169d76-14e0-0c49-a838-33f4af033050/27b2dff7-10da-4b01-a727-2e47f2855eda_720.png"/>
+    <hyperlink ref="M657" r:id="rId1282" tooltip="teconex.eu/de/produit/65a1e32f-1b8d-c94a-9b41-cbcd5759e632"/>
+    <hyperlink ref="N657" r:id="rId1283" tooltip="static.prod.teconex-demo.be/v5/articles/65a1e32f-1b8d-c94a-9b41-cbcd5759e632/fcd5bf2c-9f9a-4db4-91eb-d029d5a8bdd6_720.png"/>
+    <hyperlink ref="M658" r:id="rId1284" tooltip="teconex.eu/de/produit/295292e9-52ba-3b4a-b87a-d67716ef7521"/>
+    <hyperlink ref="N658" r:id="rId1285" tooltip="static.prod.teconex-demo.be/v5/articles/295292e9-52ba-3b4a-b87a-d67716ef7521/e63acc78-4a85-4417-a22a-d0c3e0680abf_720.png"/>
+    <hyperlink ref="M659" r:id="rId1286" tooltip="teconex.eu/de/produit/303b2996-7059-a748-b277-2510df448bbf"/>
+    <hyperlink ref="N659" r:id="rId1287" tooltip="static.prod.teconex-demo.be/v5/articles/303b2996-7059-a748-b277-2510df448bbf/65a709e6-46a7-4d07-aba0-58f323a57089_720.png"/>
+    <hyperlink ref="M660" r:id="rId1288" tooltip="teconex.eu/de/produit/59df6708-bac4-1649-9843-2c7cd2898afd"/>
+    <hyperlink ref="N660" r:id="rId1289" tooltip="static.prod.teconex-demo.be/v5/articles/59df6708-bac4-1649-9843-2c7cd2898afd/c276d674-6b0d-4910-b91b-b2d9dbd330c0_720.png"/>
+    <hyperlink ref="M661" r:id="rId1290" tooltip="teconex.eu/de/produit/9b29a119-fb2c-234e-abf5-4b87b071bb7c"/>
+    <hyperlink ref="N661" r:id="rId1291" tooltip="static.prod.teconex-demo.be/v5/articles/9b29a119-fb2c-234e-abf5-4b87b071bb7c/afd07332-ed74-4e77-b8d6-61f7c63b15b1_720.png"/>
+    <hyperlink ref="M662" r:id="rId1292" tooltip="teconex.eu/de/produit/4d4db21f-def6-424a-84d1-e3716771a3ba"/>
+    <hyperlink ref="N662" r:id="rId1293" tooltip="static.prod.teconex-demo.be/v5/articles/4d4db21f-def6-424a-84d1-e3716771a3ba/5da06c19-d49e-46f5-b02f-aadd4ddf1125_720.png"/>
+    <hyperlink ref="M663" r:id="rId1294" tooltip="teconex.eu/de/produit/5d00b616-def3-514b-8f70-dcf51c5b5254"/>
+    <hyperlink ref="N663" r:id="rId1295" tooltip="static.prod.teconex-demo.be/v5/articles/5d00b616-def3-514b-8f70-dcf51c5b5254/370dd4e5-4653-4fe4-9a2a-3961a5c0c413_720.png"/>
+    <hyperlink ref="M664" r:id="rId1296" tooltip="teconex.eu/de/produit/3832349d-cab3-4c44-82ad-73aad7a0b666"/>
+    <hyperlink ref="N664" r:id="rId1297" tooltip="static.prod.teconex-demo.be/v5/articles/3832349d-cab3-4c44-82ad-73aad7a0b666/093e8f19-8b02-4c7d-9aaa-9dba07b6c473_720.png"/>
+    <hyperlink ref="M665" r:id="rId1298" tooltip="teconex.eu/de/produit/2458e3ba-17f2-e64a-81b1-06587da09700"/>
+    <hyperlink ref="N665" r:id="rId1299" tooltip="static.prod.teconex-demo.be/v5/articles/2458e3ba-17f2-e64a-81b1-06587da09700/d203ddd0-dde1-41fa-a6b8-6309a3426141_720.jpg"/>
+    <hyperlink ref="M666" r:id="rId1300" tooltip="teconex.eu/de/produit/c1714d92-ce1a-6c46-891b-820cef0ea9d3"/>
+    <hyperlink ref="N666" r:id="rId1301" tooltip="static.prod.teconex-demo.be/v5/articles/c1714d92-ce1a-6c46-891b-820cef0ea9d3/04dc70c3-3c3b-4739-973f-3076d0c48158_720.jpg"/>
+    <hyperlink ref="M667" r:id="rId1302" tooltip="teconex.eu/de/produit/26623b1f-642e-e843-8ac4-6df5d9d5a222"/>
+    <hyperlink ref="N667" r:id="rId1303" tooltip="static.prod.teconex-demo.be/v5/articles/26623b1f-642e-e843-8ac4-6df5d9d5a222/0f74a03c-cb4d-4b21-b124-1ee83d6ba271_720.jpg"/>
+    <hyperlink ref="M668" r:id="rId1304" tooltip="teconex.eu/de/produit/5e66fb3f-d1bd-7e45-9305-32d1ddf431f1"/>
+    <hyperlink ref="N668" r:id="rId1305" tooltip="static.prod.teconex-demo.be/v5/articles/5e66fb3f-d1bd-7e45-9305-32d1ddf431f1/579736b2-f492-416a-b6ce-bad1b1354728_720.png"/>
+    <hyperlink ref="M669" r:id="rId1306" tooltip="teconex.eu/de/produit/e3b3cf3e-5318-df40-9e3e-cb4dd3e597cf"/>
+    <hyperlink ref="N669" r:id="rId1307" tooltip="static.prod.teconex-demo.be/v5/articles/e3b3cf3e-5318-df40-9e3e-cb4dd3e597cf/d8937f30-7ec1-42a3-925c-429fcfe80bc7_720.jpg"/>
+    <hyperlink ref="M670" r:id="rId1308" tooltip="teconex.eu/de/produit/cf3518ec-42e6-8841-8e10-32b3f8450fd7"/>
+    <hyperlink ref="N670" r:id="rId1309" tooltip="static.prod.teconex-demo.be/v5/articles/cf3518ec-42e6-8841-8e10-32b3f8450fd7/d8937f30-7ec1-42a3-925c-429fcfe80bc7_720.jpg"/>
+    <hyperlink ref="M671" r:id="rId1310" tooltip="teconex.eu/de/produit/9f4760e2-d17c-9a42-81ba-7042126347dc"/>
+    <hyperlink ref="N671" r:id="rId1311" tooltip="static.prod.teconex-demo.be/v5/articles/9f4760e2-d17c-9a42-81ba-7042126347dc/e0fbfb0e-8a50-4d01-bf86-703aa76d584e_720.PNG"/>
+    <hyperlink ref="M672" r:id="rId1312" tooltip="teconex.eu/de/produit/fc29635a-08db-f846-bdb0-12d48ac5a4c7"/>
+    <hyperlink ref="N672" r:id="rId1313" tooltip="static.prod.teconex-demo.be/v5/articles/fc29635a-08db-f846-bdb0-12d48ac5a4c7/6f9158b3-d37d-4395-a5d3-71d46b0b7e84_720.jpg"/>
+    <hyperlink ref="M673" r:id="rId1314" tooltip="teconex.eu/de/produit/25916e7f-7c20-3c44-9848-b3d7d07c502e"/>
+    <hyperlink ref="N673" r:id="rId1315" tooltip="static.prod.teconex-demo.be/v5/articles/25916e7f-7c20-3c44-9848-b3d7d07c502e/023b6c1e-7001-424d-811e-f5e72f401fd4_720.jpg"/>
+    <hyperlink ref="M674" r:id="rId1316" tooltip="teconex.eu/de/produit/b59dfd42-0fd2-7e4c-aa28-cbf079990977"/>
+    <hyperlink ref="N674" r:id="rId1317" tooltip="static.prod.teconex-demo.be/v5/articles/b59dfd42-0fd2-7e4c-aa28-cbf079990977/30da7d71-7630-423f-8783-4d9c2d97551f_720.png"/>
+    <hyperlink ref="M675" r:id="rId1318" tooltip="teconex.eu/de/produit/3b3d3af7-1667-2b4b-b728-14bcee90f4f3"/>
+    <hyperlink ref="N675" r:id="rId1319" tooltip="static.prod.teconex-demo.be/v5/articles/3b3d3af7-1667-2b4b-b728-14bcee90f4f3/2e762a65-7619-4f40-9072-1eaf67dce4fd_720.png"/>
+    <hyperlink ref="M676" r:id="rId1320" tooltip="teconex.eu/de/produit/1bda9d98-e43e-224a-9d75-ff468b1765d3"/>
+    <hyperlink ref="N676" r:id="rId1321" tooltip="static.prod.teconex-demo.be/v5/articles/1bda9d98-e43e-224a-9d75-ff468b1765d3/84745d79-122e-4da7-9ea6-76b673e1a3a2_720.png"/>
+    <hyperlink ref="M677" r:id="rId1322" tooltip="teconex.eu/de/produit/d87e4ed2-959f-ea42-8c55-40caff4252e9"/>
+    <hyperlink ref="N677" r:id="rId1323" tooltip="static.prod.teconex-demo.be/v5/articles/d87e4ed2-959f-ea42-8c55-40caff4252e9/0efa433d-2939-4b58-b2ae-b21702313e63_720.png"/>
+    <hyperlink ref="M678" r:id="rId1324" tooltip="teconex.eu/de/produit/6c7cba32-333b-a843-85b3-96cc4d8fdb14"/>
+    <hyperlink ref="N678" r:id="rId1325" tooltip="static.prod.teconex-demo.be/v5/articles/6c7cba32-333b-a843-85b3-96cc4d8fdb14/0efa433d-2939-4b58-b2ae-b21702313e63_720.png"/>
+    <hyperlink ref="M679" r:id="rId1326" tooltip="teconex.eu/de/produit/877c70e6-dc81-5b46-b168-b562ae748eb0"/>
+    <hyperlink ref="N679" r:id="rId1327" tooltip="static.prod.teconex-demo.be/v5/articles/877c70e6-dc81-5b46-b168-b562ae748eb0/0fcdbeb6-659a-440c-96f9-dc28f43f0b8c_720.png"/>
+    <hyperlink ref="M680" r:id="rId1328" tooltip="teconex.eu/de/produit/5e64137c-4090-964b-85a7-237184bdc7a6"/>
+    <hyperlink ref="N680" r:id="rId1329" tooltip="static.prod.teconex-demo.be/v5/articles/5e64137c-4090-964b-85a7-237184bdc7a6/9a07e877-c770-4680-8103-f80ce510082a_720.png"/>
+    <hyperlink ref="M681" r:id="rId1330" tooltip="teconex.eu/de/produit/028d0546-d30b-7b47-af12-ca6e95c7e272"/>
+    <hyperlink ref="N681" r:id="rId1331" tooltip="static.prod.teconex-demo.be/v5/articles/028d0546-d30b-7b47-af12-ca6e95c7e272/e5d59e80-c408-4490-ba1a-29ad47247d56_720.png"/>
+    <hyperlink ref="M682" r:id="rId1332" tooltip="teconex.eu/de/produit/369779dd-2d6e-9242-860d-7e14bba129a7"/>
+    <hyperlink ref="N682" r:id="rId1333" tooltip="static.prod.teconex-demo.be/v5/articles/369779dd-2d6e-9242-860d-7e14bba129a7/e8fedebd-562d-4365-bb58-6c304b1e7bd8_720.png"/>
+    <hyperlink ref="M683" r:id="rId1334" tooltip="teconex.eu/de/produit/a1c7d1bb-165d-ad40-967b-8face9875795"/>
+    <hyperlink ref="N683" r:id="rId1335" tooltip="static.prod.teconex-demo.be/v5/articles/a1c7d1bb-165d-ad40-967b-8face9875795/12462a86-e33a-4e2c-8c6d-68065f7872d2_720.png"/>
+    <hyperlink ref="M684" r:id="rId1336" tooltip="teconex.eu/de/produit/bfc656d4-cf2c-8d48-955e-12983219110c"/>
+    <hyperlink ref="N684" r:id="rId1337" tooltip="static.prod.teconex-demo.be/v5/articles/bfc656d4-cf2c-8d48-955e-12983219110c/af967f04-9a05-4129-b5d6-503633fff3aa_720.png"/>
+    <hyperlink ref="M685" r:id="rId1338" tooltip="teconex.eu/de/produit/f9785e8e-755f-904e-b84a-436cbfb00312"/>
+    <hyperlink ref="N685" r:id="rId1339" tooltip="static.prod.teconex-demo.be/v5/articles/f9785e8e-755f-904e-b84a-436cbfb00312/4d02ed24-7251-4ed1-8e52-18ca71bc3859_720.png"/>
+    <hyperlink ref="M686" r:id="rId1340" tooltip="teconex.eu/de/produit/2eca6db8-7809-324a-b717-215d9499e780"/>
+    <hyperlink ref="N686" r:id="rId1341" tooltip="static.prod.teconex-demo.be/v5/articles/2eca6db8-7809-324a-b717-215d9499e780/472ae1be-f7f2-4490-9ec5-f9a02c082546_720.png"/>
+    <hyperlink ref="M687" r:id="rId1342" tooltip="teconex.eu/de/produit/9f6fad31-50ff-f546-82b7-c63effa6ad82"/>
+    <hyperlink ref="N687" r:id="rId1343" tooltip="static.prod.teconex-demo.be/v5/articles/9f6fad31-50ff-f546-82b7-c63effa6ad82/548b04af-21c9-4117-a713-c9901f5bbc4a_720.png"/>
+    <hyperlink ref="M688" r:id="rId1344" tooltip="teconex.eu/de/produit/a98c69bf-4212-de40-8c0b-58ab44cfaff4"/>
+    <hyperlink ref="N688" r:id="rId1345" tooltip="static.prod.teconex-demo.be/v5/articles/a98c69bf-4212-de40-8c0b-58ab44cfaff4/31c5c390-a617-4ee8-b088-3d742a1f9bd7_720.png"/>
+    <hyperlink ref="M689" r:id="rId1346" tooltip="teconex.eu/de/produit/df7b3133-5040-8047-92f2-bd3152533ed0"/>
+    <hyperlink ref="N689" r:id="rId1347" tooltip="static.prod.teconex-demo.be/v5/articles/df7b3133-5040-8047-92f2-bd3152533ed0/992cfa1d-e165-4ebe-ac2e-b1b9b80a5ba4_720.jpg"/>
+    <hyperlink ref="M690" r:id="rId1348" tooltip="teconex.eu/de/produit/321b66c3-2ed6-c846-940a-2309f2eb3447"/>
+    <hyperlink ref="N690" r:id="rId1349" tooltip="static.prod.teconex-demo.be/v5/articles/321b66c3-2ed6-c846-940a-2309f2eb3447/bf58ec76-25f4-4707-b2e4-3fcb4cf60254_720.jpg"/>
+    <hyperlink ref="M691" r:id="rId1350" tooltip="teconex.eu/de/produit/89627793-c4b4-0a4f-92f2-21705b81ba99"/>
+    <hyperlink ref="N691" r:id="rId1351" tooltip="static.prod.teconex-demo.be/v5/articles/89627793-c4b4-0a4f-92f2-21705b81ba99/ede8ce7d-d508-4f99-b6dc-c830dc15e40f_720.jpg"/>
+    <hyperlink ref="M692" r:id="rId1352" tooltip="teconex.eu/de/produit/2aab32ce-eb84-a14b-bf47-9b123e9b5f82"/>
+    <hyperlink ref="N692" r:id="rId1353" tooltip="static.prod.teconex-demo.be/v5/articles/2aab32ce-eb84-a14b-bf47-9b123e9b5f82/742eb95f-7760-4ead-b048-6bc6ab88e8ef_720.png"/>
+    <hyperlink ref="M693" r:id="rId1354" tooltip="teconex.eu/de/produit/21de5cb4-5771-0042-aa3d-7741edf2a5f7"/>
+    <hyperlink ref="N693" r:id="rId1355" tooltip="static.prod.teconex-demo.be/v5/articles/21de5cb4-5771-0042-aa3d-7741edf2a5f7/4307fe4d-0e96-4448-a531-6ec756650ae5_720.jpg"/>
+    <hyperlink ref="M694" r:id="rId1356" tooltip="teconex.eu/de/produit/391a4559-0207-6045-9278-8db9319e425c"/>
+    <hyperlink ref="N694" r:id="rId1357" tooltip="static.prod.teconex-demo.be/v5/articles/391a4559-0207-6045-9278-8db9319e425c/3da06749-b0e2-46bf-8487-3f68d90cfe41_720.png"/>
+    <hyperlink ref="M695" r:id="rId1358" tooltip="teconex.eu/de/produit/520a4151-e0ee-a24f-bc34-bf7dc61aff0c"/>
+    <hyperlink ref="N695" r:id="rId1359" tooltip="static.prod.teconex-demo.be/v5/articles/520a4151-e0ee-a24f-bc34-bf7dc61aff0c/4307fe4d-0e96-4448-a531-6ec756650ae5_720.jpg"/>
+    <hyperlink ref="M696" r:id="rId1360" tooltip="teconex.eu/de/produit/3a4f0cf3-929d-ad49-83bb-60983a8d4c7f"/>
+    <hyperlink ref="N696" r:id="rId1361" tooltip="static.prod.teconex-demo.be/v5/articles/3a4f0cf3-929d-ad49-83bb-60983a8d4c7f/3da06749-b0e2-46bf-8487-3f68d90cfe41_720.png"/>
+    <hyperlink ref="M697" r:id="rId1362" tooltip="teconex.eu/de/produit/0d453e44-511f-a647-a043-b35c27787a1a"/>
+    <hyperlink ref="N697" r:id="rId1363" tooltip="static.prod.teconex-demo.be/v5/articles/0d453e44-511f-a647-a043-b35c27787a1a/0efa433d-2939-4b58-b2ae-b21702313e63_720.png"/>
+    <hyperlink ref="M698" r:id="rId1364" tooltip="teconex.eu/de/produit/3fa694f9-d83c-b44c-bda9-a4294482e2ab"/>
+    <hyperlink ref="N698" r:id="rId1365" tooltip="static.prod.teconex-demo.be/v5/articles/3fa694f9-d83c-b44c-bda9-a4294482e2ab/0efa433d-2939-4b58-b2ae-b21702313e63_720.png"/>
+    <hyperlink ref="M699" r:id="rId1366" tooltip="teconex.eu/de/produit/904e99d5-3f87-1d41-81a0-bc8bbed61649"/>
+    <hyperlink ref="N699" r:id="rId1367" tooltip="static.prod.teconex-demo.be/v5/articles/904e99d5-3f87-1d41-81a0-bc8bbed61649/db98cb8d-a5f0-455e-a348-532bae2ea353_720.png"/>
+    <hyperlink ref="M700" r:id="rId1368" tooltip="teconex.eu/de/produit/046cf71a-147e-8c4d-8166-13b5906e31b7"/>
+    <hyperlink ref="N700" r:id="rId1369" tooltip="static.prod.teconex-demo.be/v5/articles/046cf71a-147e-8c4d-8166-13b5906e31b7/e0fc2564-d1cd-4be0-9ffb-fcb2f6fb25e1_720.png"/>
+    <hyperlink ref="M701" r:id="rId1370" tooltip="teconex.eu/de/produit/b26a1053-5504-5042-96a8-ae57a9b59d03"/>
+    <hyperlink ref="N701" r:id="rId1371" tooltip="static.prod.teconex-demo.be/v5/articles/b26a1053-5504-5042-96a8-ae57a9b59d03/0ebe0ef4-5a13-42c4-9018-61243e433bfe_720.png"/>
+    <hyperlink ref="M702" r:id="rId1372" tooltip="teconex.eu/de/produit/147e65c7-9029-5642-b817-eac0fa92b919"/>
+    <hyperlink ref="N702" r:id="rId1373" tooltip="static.prod.teconex-demo.be/v5/articles/147e65c7-9029-5642-b817-eac0fa92b919/3d474671-696b-49d5-8bc4-c166012161b1_720.png"/>
+    <hyperlink ref="M703" r:id="rId1374" tooltip="teconex.eu/de/produit/307af5f2-7d44-ad4c-af8e-65be9b624353"/>
+    <hyperlink ref="N703" r:id="rId1375" tooltip="static.prod.teconex-demo.be/v5/articles/307af5f2-7d44-ad4c-af8e-65be9b624353/a758402d-3a29-4a96-a479-9b998d8a829d_720.png"/>
+    <hyperlink ref="M704" r:id="rId1376" tooltip="teconex.eu/de/produit/e5ae2669-f3d9-c24b-ac72-cf94c68cf1c7"/>
+    <hyperlink ref="N704" r:id="rId1377" tooltip="static.prod.teconex-demo.be/v5/articles/e5ae2669-f3d9-c24b-ac72-cf94c68cf1c7/306c3962-6e4a-4418-96b5-9adbba3c00cc_720.png"/>
+    <hyperlink ref="M705" r:id="rId1378" tooltip="teconex.eu/de/produit/8dad5284-a90a-4148-9cc3-615521a1249d"/>
+    <hyperlink ref="N705" r:id="rId1379" tooltip="static.prod.teconex-demo.be/v5/articles/8dad5284-a90a-4148-9cc3-615521a1249d/3286a937-6b10-4b01-b547-370b488ef1a2_720.png"/>
+    <hyperlink ref="M706" r:id="rId1380" tooltip="teconex.eu/de/produit/d8542770-e61e-4548-bde4-76c7fbd52594"/>
+    <hyperlink ref="N706" r:id="rId1381" tooltip="static.prod.teconex-demo.be/v5/articles/d8542770-e61e-4548-bde4-76c7fbd52594/2e02388f-43e8-4e18-9fe9-1e3ec25dcddc_720.png"/>
+    <hyperlink ref="M707" r:id="rId1382" tooltip="teconex.eu/de/produit/0f64df36-7a9a-854f-b0d3-10ce416dc218"/>
+    <hyperlink ref="N707" r:id="rId1383" tooltip="static.prod.teconex-demo.be/v5/articles/0f64df36-7a9a-854f-b0d3-10ce416dc218/7d32cb3f-2669-4792-a790-5ab508924bbe_720.png"/>
+    <hyperlink ref="M708" r:id="rId1384" tooltip="teconex.eu/de/produit/53c944f0-1983-c94a-b4d6-3d8b1f8b63e5"/>
+    <hyperlink ref="N708" r:id="rId1385" tooltip="static.prod.teconex-demo.be/v5/articles/53c944f0-1983-c94a-b4d6-3d8b1f8b63e5/79b66ef8-4edd-4618-a8d3-b6e9dadbf63e_720.png"/>
+    <hyperlink ref="M709" r:id="rId1386" tooltip="teconex.eu/de/produit/9da3a9d1-23b8-0048-af02-cf5673b1e8a7"/>
+    <hyperlink ref="N709" r:id="rId1387" tooltip="static.prod.teconex-demo.be/v5/articles/9da3a9d1-23b8-0048-af02-cf5673b1e8a7/f0892ded-0791-4103-b25c-cdbf9c2978ae_720.png"/>
+    <hyperlink ref="M710" r:id="rId1388" tooltip="teconex.eu/de/produit/621cbe3a-1320-5041-b514-f2a065337918"/>
+    <hyperlink ref="N710" r:id="rId1389" tooltip="static.prod.teconex-demo.be/v5/articles/621cbe3a-1320-5041-b514-f2a065337918/6be80075-fee5-4844-aa4f-c548af46d885_720.png"/>
+    <hyperlink ref="M711" r:id="rId1390" tooltip="teconex.eu/de/produit/4b51c31e-7c73-8e49-a3e6-673587ab1b92"/>
+    <hyperlink ref="N711" r:id="rId1391" tooltip="static.prod.teconex-demo.be/v5/articles/4b51c31e-7c73-8e49-a3e6-673587ab1b92/19b2f0f5-7596-4c74-aa37-d91f22c95659_720.png"/>
+    <hyperlink ref="M712" r:id="rId1392" tooltip="teconex.eu/de/produit/5758c1bd-f050-ef4d-b2d2-b48155c5cb16"/>
+    <hyperlink ref="N712" r:id="rId1393" tooltip="static.prod.teconex-demo.be/v5/articles/5758c1bd-f050-ef4d-b2d2-b48155c5cb16/f0f5a02f-3a2b-4139-adf0-d1af457740ea_720.png"/>
+    <hyperlink ref="M713" r:id="rId1394" tooltip="teconex.eu/de/produit/5706cd51-8c7a-a849-b2f4-1f861a424f37"/>
+    <hyperlink ref="N713" r:id="rId1395" tooltip="static.prod.teconex-demo.be/v5/articles/5706cd51-8c7a-a849-b2f4-1f861a424f37/eca02086-1b24-437e-b70b-f11882a45fe4_720.jpg"/>
+    <hyperlink ref="M714" r:id="rId1396" tooltip="teconex.eu/de/produit/d76305bd-4cb0-e147-8733-1ff2586a669f"/>
+    <hyperlink ref="N714" r:id="rId1397" tooltip="static.prod.teconex-demo.be/v5/articles/d76305bd-4cb0-e147-8733-1ff2586a669f/38be4d91-f320-42c5-9ce2-7ca9c88dcc9b_720.jpg"/>
+    <hyperlink ref="M715" r:id="rId1398" tooltip="teconex.eu/de/produit/e88321f2-126f-d349-a308-268da0d5f68f"/>
+    <hyperlink ref="N715" r:id="rId1399" tooltip="static.prod.teconex-demo.be/v5/articles/e88321f2-126f-d349-a308-268da0d5f68f/2e04aad9-fd18-47a1-aa84-8f40cf7b8b31_720.jpg"/>
+    <hyperlink ref="M716" r:id="rId1400" tooltip="teconex.eu/de/produit/c6cd1107-ab5b-8744-9f24-ba91fbdd741d"/>
+    <hyperlink ref="N716" r:id="rId1401" tooltip="static.prod.teconex-demo.be/v5/articles/c6cd1107-ab5b-8744-9f24-ba91fbdd741d/13dd9999-cea6-4019-8f61-9e8ba405c97b_720.jpg"/>
+    <hyperlink ref="M717" r:id="rId1402" tooltip="teconex.eu/de/produit/16e2fab8-1d3d-e04f-8feb-85b7f75c1dad"/>
+    <hyperlink ref="N717" r:id="rId1403" tooltip="static.prod.teconex-demo.be/v5/articles/16e2fab8-1d3d-e04f-8feb-85b7f75c1dad/cabd87c1-f90c-4333-8862-d4fdd7f4f34e_720.png"/>
+    <hyperlink ref="M718" r:id="rId1404" tooltip="teconex.eu/de/produit/794c6d8b-46a6-2843-bcc6-e5cf3d0f7ad6"/>
+    <hyperlink ref="N718" r:id="rId1405" tooltip="static.prod.teconex-demo.be/v5/articles/794c6d8b-46a6-2843-bcc6-e5cf3d0f7ad6/a49b45fd-fe24-4653-96f4-7902d8f76aaa_720.jpg"/>
+    <hyperlink ref="M719" r:id="rId1406" tooltip="teconex.eu/de/produit/26c8f1e1-471e-3444-bb18-801265e004d2"/>
+    <hyperlink ref="N719" r:id="rId1407" tooltip="static.prod.teconex-demo.be/v5/articles/26c8f1e1-471e-3444-bb18-801265e004d2/f8fa6f82-5a9f-4060-b7e8-15d7a7e05f45_720.png"/>
+    <hyperlink ref="M720" r:id="rId1408" tooltip="teconex.eu/de/produit/388347f1-8be5-a144-a9e9-14da4792e8fc"/>
+    <hyperlink ref="N720" r:id="rId1409" tooltip="static.prod.teconex-demo.be/v5/articles/388347f1-8be5-a144-a9e9-14da4792e8fc/f8fa6f82-5a9f-4060-b7e8-15d7a7e05f45_720.png"/>
+    <hyperlink ref="M721" r:id="rId1410" tooltip="teconex.eu/de/produit/b0c5e198-5f4b-4848-8a7a-882a6bc6e0ca"/>
+    <hyperlink ref="N721" r:id="rId1411" tooltip="static.prod.teconex-demo.be/v5/articles/b0c5e198-5f4b-4848-8a7a-882a6bc6e0ca/0efa433d-2939-4b58-b2ae-b21702313e63_720.png"/>
+    <hyperlink ref="M722" r:id="rId1412" tooltip="teconex.eu/de/produit/98fc5ecd-130d-d546-a86a-49465a6338f2"/>
+    <hyperlink ref="N722" r:id="rId1413" tooltip="static.prod.teconex-demo.be/v5/articles/98fc5ecd-130d-d546-a86a-49465a6338f2/0efa433d-2939-4b58-b2ae-b21702313e63_720.png"/>
+    <hyperlink ref="M723" r:id="rId1414" tooltip="teconex.eu/de/produit/8528975a-6cd8-204e-acbc-68b97fd272cb"/>
+    <hyperlink ref="N723" r:id="rId1415" tooltip="static.prod.teconex-demo.be/v5/articles/8528975a-6cd8-204e-acbc-68b97fd272cb/cb60b932-ad68-4de9-9f44-4c8274b2a754_720.png"/>
+    <hyperlink ref="M724" r:id="rId1416" tooltip="teconex.eu/de/produit/6f7e3409-ef24-9243-a840-b46caa290198"/>
+    <hyperlink ref="N724" r:id="rId1417" tooltip="static.prod.teconex-demo.be/v5/articles/6f7e3409-ef24-9243-a840-b46caa290198/e0a08163-9f73-4621-9caf-f202e8e0431a_720.png"/>
+    <hyperlink ref="M725" r:id="rId1418" tooltip="teconex.eu/de/produit/39717af3-3e4c-b94e-aa36-2834cd2b3f42"/>
+    <hyperlink ref="N725" r:id="rId1419" tooltip="static.prod.teconex-demo.be/v5/articles/39717af3-3e4c-b94e-aa36-2834cd2b3f42/cb09adce-f6f9-4a0b-a190-a0bfc97672e1_720.png"/>
+    <hyperlink ref="M726" r:id="rId1420" tooltip="teconex.eu/de/produit/788b2e69-bcd0-e241-8bf9-efb59ba3ab8b"/>
+    <hyperlink ref="N726" r:id="rId1421" tooltip="static.prod.teconex-demo.be/v5/articles/788b2e69-bcd0-e241-8bf9-efb59ba3ab8b/502afd30-575a-460c-b1b5-909d9b6164a3_720.png"/>
+    <hyperlink ref="M727" r:id="rId1422" tooltip="teconex.eu/de/produit/fb9efb9b-5b9b-2d4a-a672-6de593abac58"/>
+    <hyperlink ref="N727" r:id="rId1423" tooltip="static.prod.teconex-demo.be/v5/articles/fb9efb9b-5b9b-2d4a-a672-6de593abac58/64e85237-f907-41ec-9689-bc26b7859446_720.png"/>
+    <hyperlink ref="M728" r:id="rId1424" tooltip="teconex.eu/de/produit/f974770a-e800-644d-8386-f80eb8aa1c30"/>
+    <hyperlink ref="N728" r:id="rId1425" tooltip="static.prod.teconex-demo.be/v5/articles/f974770a-e800-644d-8386-f80eb8aa1c30/00c1cf2a-0f5f-4ce6-98c6-2f15efe3e8cf_720.png"/>
+    <hyperlink ref="M729" r:id="rId1426" tooltip="teconex.eu/de/produit/2a5001f6-aac9-0c4a-8b51-b1573f531f42"/>
+    <hyperlink ref="N729" r:id="rId1427" tooltip="static.prod.teconex-demo.be/v5/articles/2a5001f6-aac9-0c4a-8b51-b1573f531f42/d183b1be-8d27-4217-a374-7c86f71dc0ec_720.png"/>
+    <hyperlink ref="M730" r:id="rId1428" tooltip="teconex.eu/de/produit/f9e3fd8c-7be0-f546-b668-4007f4555dff"/>
+    <hyperlink ref="M731" r:id="rId1429" tooltip="teconex.eu/de/produit/7322f4f5-4a98-9c4f-9409-b1644a0fe23f"/>
+    <hyperlink ref="M732" r:id="rId1430" tooltip="teconex.eu/de/produit/d3e2702a-0960-d449-a82a-56b9e1e5c4fa"/>
+    <hyperlink ref="M733" r:id="rId1431" tooltip="teconex.eu/de/produit/571ad5fe-b209-0843-b3f1-87b62b39c183"/>
+    <hyperlink ref="M734" r:id="rId1432" tooltip="teconex.eu/de/produit/a01ad40e-2ce5-3740-863a-6d4d4f2e0ee7"/>
+    <hyperlink ref="N734" r:id="rId1433" tooltip="static.prod.teconex-demo.be/v5/articles/a01ad40e-2ce5-3740-863a-6d4d4f2e0ee7/be2f6854-344a-403b-ab83-95f9485b6da3_720.png"/>
+    <hyperlink ref="M735" r:id="rId1434" tooltip="teconex.eu/de/produit/0175188a-00d9-9e4c-943d-a3be938af702"/>
+    <hyperlink ref="N735" r:id="rId1435" tooltip="static.prod.teconex-demo.be/v5/articles/0175188a-00d9-9e4c-943d-a3be938af702/808afee7-0e92-4910-aae4-c655975d7ed8_720.png"/>
+    <hyperlink ref="M736" r:id="rId1436" tooltip="teconex.eu/de/produit/8cd0e68f-2151-f647-8a38-249ece148803"/>
+    <hyperlink ref="N736" r:id="rId1437" tooltip="static.prod.teconex-demo.be/v5/articles/8cd0e68f-2151-f647-8a38-249ece148803/67872cc7-0738-4947-be16-a6bc18e9b9fe_720.png"/>
+    <hyperlink ref="M737" r:id="rId1438" tooltip="teconex.eu/de/produit/242f6cd3-8235-0d40-aede-a7504459b404"/>
+    <hyperlink ref="N737" r:id="rId1439" tooltip="static.prod.teconex-demo.be/v5/articles/242f6cd3-8235-0d40-aede-a7504459b404/ca3f78fd-c1c6-4fd7-bc29-30aa5b8ac692_720.jpg"/>
+    <hyperlink ref="M738" r:id="rId1440" tooltip="teconex.eu/de/produit/0000d9a8-5222-7648-b38b-8b3cd58210ec"/>
+    <hyperlink ref="N738" r:id="rId1441" tooltip="static.prod.teconex-demo.be/v5/articles/0000d9a8-5222-7648-b38b-8b3cd58210ec/1feeaafb-601b-470b-af36-eb6cc9084a42_720.jpg"/>
+    <hyperlink ref="M739" r:id="rId1442" tooltip="teconex.eu/de/produit/e53d66f1-74d0-c245-89ce-e009e1999bcb"/>
+    <hyperlink ref="N739" r:id="rId1443" tooltip="static.prod.teconex-demo.be/v5/articles/e53d66f1-74d0-c245-89ce-e009e1999bcb/4c17a3bc-d8c3-489b-b754-9844f292d6a7_720.png"/>
+    <hyperlink ref="M740" r:id="rId1444" tooltip="teconex.eu/de/produit/28c04038-5574-1149-b80b-3da1fe22afb4"/>
+    <hyperlink ref="N740" r:id="rId1445" tooltip="static.prod.teconex-demo.be/v5/articles/28c04038-5574-1149-b80b-3da1fe22afb4/4c17a3bc-d8c3-489b-b754-9844f292d6a7_720.png"/>
+    <hyperlink ref="M741" r:id="rId1446" tooltip="teconex.eu/de/produit/f4b234d6-74b8-7e4b-9659-cbfe390654f0"/>
+    <hyperlink ref="M742" r:id="rId1447" tooltip="teconex.eu/de/produit/14568a17-f2ca-4f4d-9295-67725e5a6919"/>
+    <hyperlink ref="N742" r:id="rId1448" tooltip="static.prod.teconex-demo.be/v5/articles/14568a17-f2ca-4f4d-9295-67725e5a6919/4018a3b2-b074-4d82-99f3-cf68c71e9ddd_720.png"/>
+    <hyperlink ref="M743" r:id="rId1449" tooltip="teconex.eu/de/produit/c91e24a6-c2d3-4041-a2af-2e19e9efbca6"/>
+    <hyperlink ref="N743" r:id="rId1450" tooltip="static.prod.teconex-demo.be/v5/articles/c91e24a6-c2d3-4041-a2af-2e19e9efbca6/4018a3b2-b074-4d82-99f3-cf68c71e9ddd_720.png"/>
+    <hyperlink ref="M744" r:id="rId1451" tooltip="teconex.eu/de/produit/41dfec42-b821-ea49-aee9-fba464c6617e"/>
+    <hyperlink ref="N744" r:id="rId1452" tooltip="static.prod.teconex-demo.be/v5/articles/41dfec42-b821-ea49-aee9-fba464c6617e/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png"/>
+    <hyperlink ref="M745" r:id="rId1453" tooltip="teconex.eu/de/produit/410eb387-7877-b245-914b-5fa06d7b3b07"/>
+    <hyperlink ref="N745" r:id="rId1454" tooltip="static.prod.teconex-demo.be/v5/articles/410eb387-7877-b245-914b-5fa06d7b3b07/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png"/>
+    <hyperlink ref="M746" r:id="rId1455" tooltip="teconex.eu/de/produit/3394ed4a-35ba-b441-85f2-a20ff8dc26a6"/>
+    <hyperlink ref="N746" r:id="rId1456" tooltip="static.prod.teconex-demo.be/v5/articles/3394ed4a-35ba-b441-85f2-a20ff8dc26a6/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png"/>
+    <hyperlink ref="M747" r:id="rId1457" tooltip="teconex.eu/de/produit/cf308fd4-f63b-6146-a3d8-fa554314fd2c"/>
+    <hyperlink ref="N747" r:id="rId1458" tooltip="static.prod.teconex-demo.be/v5/articles/cf308fd4-f63b-6146-a3d8-fa554314fd2c/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png"/>
+    <hyperlink ref="M748" r:id="rId1459" tooltip="teconex.eu/de/produit/81ec5373-05f5-c94a-bb22-f2dc6a35b1c9"/>
+    <hyperlink ref="N748" r:id="rId1460" tooltip="static.prod.teconex-demo.be/v5/articles/81ec5373-05f5-c94a-bb22-f2dc6a35b1c9/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png"/>
+    <hyperlink ref="M749" r:id="rId1461" tooltip="teconex.eu/de/produit/00c037c8-6e71-3943-90f9-f14e6b6b6af0"/>
+    <hyperlink ref="N749" r:id="rId1462" tooltip="static.prod.teconex-demo.be/v5/articles/00c037c8-6e71-3943-90f9-f14e6b6b6af0/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png"/>
+    <hyperlink ref="M750" r:id="rId1463" tooltip="teconex.eu/de/produit/8ce2e224-ea5e-b142-9f78-413f5b412cb1"/>
+    <hyperlink ref="N750" r:id="rId1464" tooltip="static.prod.teconex-demo.be/v5/articles/8ce2e224-ea5e-b142-9f78-413f5b412cb1/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png"/>
+    <hyperlink ref="M751" r:id="rId1465" tooltip="teconex.eu/de/produit/872f0cfc-b399-7143-b055-5a116dcb69d3"/>
+    <hyperlink ref="N751" r:id="rId1466" tooltip="static.prod.teconex-demo.be/v5/articles/872f0cfc-b399-7143-b055-5a116dcb69d3/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png"/>
+    <hyperlink ref="M752" r:id="rId1467" tooltip="teconex.eu/de/produit/d797b353-5ed7-5845-bd68-7725723149f6"/>
+    <hyperlink ref="N752" r:id="rId1468" tooltip="static.prod.teconex-demo.be/v5/articles/d797b353-5ed7-5845-bd68-7725723149f6/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png"/>
+    <hyperlink ref="M753" r:id="rId1469" tooltip="teconex.eu/de/produit/dcb546c1-6063-bd4c-a5a6-4d0592273af5"/>
+    <hyperlink ref="N753" r:id="rId1470" tooltip="static.prod.teconex-demo.be/v5/articles/dcb546c1-6063-bd4c-a5a6-4d0592273af5/07c9977c-bd08-402d-bd26-13a97c29812e_720.jpg"/>
+    <hyperlink ref="M754" r:id="rId1471" tooltip="teconex.eu/de/produit/151d2c31-9027-4944-90e3-78045068acdd"/>
+    <hyperlink ref="N754" r:id="rId1472" tooltip="static.prod.teconex-demo.be/v5/articles/151d2c31-9027-4944-90e3-78045068acdd/b00a2b66-1529-4273-b74d-4bf308271bbf_720.jpg"/>
+    <hyperlink ref="M755" r:id="rId1473" tooltip="teconex.eu/de/produit/44bfebe1-e482-124a-b034-0141189ee2df"/>
+    <hyperlink ref="N755" r:id="rId1474" tooltip="static.prod.teconex-demo.be/v5/articles/44bfebe1-e482-124a-b034-0141189ee2df/dc8a6421-ab14-405f-8b3a-3dc780382b2c_720.png"/>
+    <hyperlink ref="M756" r:id="rId1475" tooltip="teconex.eu/de/produit/feab5069-6474-7047-9b93-4f4a6f316c93"/>
+    <hyperlink ref="N756" r:id="rId1476" tooltip="static.prod.teconex-demo.be/v5/articles/feab5069-6474-7047-9b93-4f4a6f316c93/42952030-9b51-43f9-b44f-ef4749397c60_720.png"/>
+    <hyperlink ref="M757" r:id="rId1477" tooltip="teconex.eu/de/produit/94d197bf-4361-4e43-a841-ad29e515f4d8"/>
+    <hyperlink ref="N757" r:id="rId1478" tooltip="static.prod.teconex-demo.be/v5/articles/94d197bf-4361-4e43-a841-ad29e515f4d8/bee59a61-b13e-4278-a9d6-f9a9ec705ead_720.png"/>
+    <hyperlink ref="M758" r:id="rId1479" tooltip="teconex.eu/de/produit/32a29c6a-c917-f447-a3eb-d2989204589d"/>
+    <hyperlink ref="N758" r:id="rId1480" tooltip="static.prod.teconex-demo.be/v5/articles/32a29c6a-c917-f447-a3eb-d2989204589d/6d148bda-07c0-40a0-bc59-ae077c9e32e7_720.png"/>
+    <hyperlink ref="M759" r:id="rId1481" tooltip="teconex.eu/de/produit/2ca82556-7432-1349-bbbb-542add8339ed"/>
+    <hyperlink ref="N759" r:id="rId1482" tooltip="static.prod.teconex-demo.be/v5/articles/2ca82556-7432-1349-bbbb-542add8339ed/a311af71-e208-4c0d-bff8-46cda29a351c_720.JPG"/>
+    <hyperlink ref="M760" r:id="rId1483" tooltip="teconex.eu/de/produit/2761fa47-8895-5446-b480-3250985440eb"/>
+    <hyperlink ref="N760" r:id="rId1484" tooltip="static.prod.teconex-demo.be/v5/articles/2761fa47-8895-5446-b480-3250985440eb/3b35ffea-7195-4562-b255-86715cfdf3db_720.jpg"/>
+    <hyperlink ref="M761" r:id="rId1485" tooltip="teconex.eu/de/produit/9a1aaa3d-152c-8841-b250-2c202b8d51d8"/>
+    <hyperlink ref="N761" r:id="rId1486" tooltip="static.prod.teconex-demo.be/v5/articles/9a1aaa3d-152c-8841-b250-2c202b8d51d8/b8ba35e6-f7fc-4c63-ab84-9dbefd31aecd_720.png"/>
+    <hyperlink ref="M762" r:id="rId1487" tooltip="teconex.eu/de/produit/0e2cd72b-e074-454a-8a1c-601fcdf71012"/>
+    <hyperlink ref="N762" r:id="rId1488" tooltip="static.prod.teconex-demo.be/v5/articles/0e2cd72b-e074-454a-8a1c-601fcdf71012/7e603c93-3385-4627-9701-0b46383f414e_720.jpg"/>
+    <hyperlink ref="M763" r:id="rId1489" tooltip="teconex.eu/de/produit/7b20ee63-e638-bb46-943b-c04f753cfde0"/>
+    <hyperlink ref="N763" r:id="rId1490" tooltip="static.prod.teconex-demo.be/v5/articles/7b20ee63-e638-bb46-943b-c04f753cfde0/83b3c440-67e9-4503-93b2-e0792a4c57f0_720.jpg"/>
+    <hyperlink ref="M764" r:id="rId1491" tooltip="teconex.eu/de/produit/6c95702b-dbc1-a34a-a03d-dcd17134d140"/>
+    <hyperlink ref="N764" r:id="rId1492" tooltip="static.prod.teconex-demo.be/v5/articles/6c95702b-dbc1-a34a-a03d-dcd17134d140/ff9b0b65-45d4-4c98-ae7b-e8dcec4a6b32_720.jpg"/>
+    <hyperlink ref="M765" r:id="rId1493" tooltip="teconex.eu/de/produit/1b6c4ee4-4f7f-da42-a6fc-204c3cfb215e"/>
+    <hyperlink ref="N765" r:id="rId1494" tooltip="static.prod.teconex-demo.be/v5/articles/1b6c4ee4-4f7f-da42-a6fc-204c3cfb215e/cbe451f4-3f54-4a64-81c8-b749fc4db0a5_720.JPG"/>
+    <hyperlink ref="M766" r:id="rId1495" tooltip="teconex.eu/de/produit/4230e9d2-5e25-3643-9845-9d2ee6d21d6e"/>
+    <hyperlink ref="N766" r:id="rId1496" tooltip="static.prod.teconex-demo.be/v5/articles/4230e9d2-5e25-3643-9845-9d2ee6d21d6e/ce071a6d-9e7a-4b7a-81bc-65a1dfafd622_720.jpg"/>
+    <hyperlink ref="M767" r:id="rId1497" tooltip="teconex.eu/de/produit/5ffb67ac-5cd4-f248-ba4a-65661ff52b04"/>
+    <hyperlink ref="N767" r:id="rId1498" tooltip="static.prod.teconex-demo.be/v5/articles/5ffb67ac-5cd4-f248-ba4a-65661ff52b04/15beef31-a9aa-4dbe-ab15-5397e3e8f8db_720.jpg"/>
+    <hyperlink ref="M768" r:id="rId1499" tooltip="teconex.eu/de/produit/7ff822fa-8468-c641-90f9-7676f4e3287d"/>
+    <hyperlink ref="N768" r:id="rId1500" tooltip="static.prod.teconex-demo.be/v5/articles/7ff822fa-8468-c641-90f9-7676f4e3287d/866c0580-14e8-4beb-9b5b-ec5d6e5c9493_720.jpg"/>
+    <hyperlink ref="M769" r:id="rId1501" tooltip="teconex.eu/de/produit/358c7bcc-2f8a-1d49-b133-f0fb95439626"/>
+    <hyperlink ref="N769" r:id="rId1502" tooltip="static.prod.teconex-demo.be/v5/articles/358c7bcc-2f8a-1d49-b133-f0fb95439626/179bcb25-e532-45cf-970d-3a457a884ac9_720.jpg"/>
+    <hyperlink ref="M770" r:id="rId1503" tooltip="teconex.eu/de/produit/281e1aa2-9e8a-7b4e-8d46-a1aca5985853"/>
+    <hyperlink ref="N770" r:id="rId1504" tooltip="static.prod.teconex-demo.be/v5/articles/281e1aa2-9e8a-7b4e-8d46-a1aca5985853/1f0fd0dd-4e02-421f-83c8-e2f5016a22f7_720.jpg"/>
+    <hyperlink ref="M771" r:id="rId1505" tooltip="teconex.eu/de/produit/aa5e710b-8a4e-ce4a-a014-b09a8b1fc9f7"/>
+    <hyperlink ref="N771" r:id="rId1506" tooltip="static.prod.teconex-demo.be/v5/articles/aa5e710b-8a4e-ce4a-a014-b09a8b1fc9f7/4c1a275b-4d3b-47b6-8465-0676dc1dafcd_720.jpg"/>
+    <hyperlink ref="M772" r:id="rId1507" tooltip="teconex.eu/de/produit/69d5ec96-fde7-0f4a-9121-220784ac8d46"/>
+    <hyperlink ref="N772" r:id="rId1508" tooltip="static.prod.teconex-demo.be/v5/articles/69d5ec96-fde7-0f4a-9121-220784ac8d46/f8c93e1d-291c-4528-961a-1af4a98789b4_720.jpg"/>
+    <hyperlink ref="M773" r:id="rId1509" tooltip="teconex.eu/de/produit/1fd4e21a-1254-d249-9af7-c1b1cb568e7d"/>
+    <hyperlink ref="N773" r:id="rId1510" tooltip="static.prod.teconex-demo.be/v5/articles/1fd4e21a-1254-d249-9af7-c1b1cb568e7d/70cbfda5-2c3a-414a-af43-a5968a166897_720.png"/>
+    <hyperlink ref="M774" r:id="rId1511" tooltip="teconex.eu/de/produit/f55cddf5-ff49-fa48-980b-c308ff5d4229"/>
+    <hyperlink ref="N774" r:id="rId1512" tooltip="static.prod.teconex-demo.be/v5/articles/f55cddf5-ff49-fa48-980b-c308ff5d4229/b9e8b1fa-fa20-487b-8edc-eb3cafdbae84_720.png"/>
+    <hyperlink ref="M775" r:id="rId1513" tooltip="teconex.eu/de/produit/0bd3e495-7630-9a44-8371-b92d7da3cece"/>
+    <hyperlink ref="N775" r:id="rId1514" tooltip="static.prod.teconex-demo.be/v5/articles/0bd3e495-7630-9a44-8371-b92d7da3cece/1d215bda-fa0b-4e63-9a88-2bb3c6d7f617_720.png"/>
+    <hyperlink ref="M776" r:id="rId1515" tooltip="teconex.eu/de/produit/bd9f333b-4eec-5449-9b9c-5aaeb59d0950"/>
+    <hyperlink ref="N776" r:id="rId1516" tooltip="static.prod.teconex-demo.be/v5/articles/bd9f333b-4eec-5449-9b9c-5aaeb59d0950/62ec6127-66b0-4425-a98d-500280c3b9c0_720.jpg"/>
+    <hyperlink ref="M777" r:id="rId1517" tooltip="teconex.eu/de/produit/3b7384db-b96e-9b46-8bde-f12d47869ac7"/>
+    <hyperlink ref="N777" r:id="rId1518" tooltip="static.prod.teconex-demo.be/v5/articles/3b7384db-b96e-9b46-8bde-f12d47869ac7/9d1fabb6-d15e-4e98-ae4c-fec54c64aee2_720.jpg"/>
+    <hyperlink ref="M778" r:id="rId1519" tooltip="teconex.eu/de/produit/17a080e1-a3f6-0a4b-98bb-94e7e4bf9e67"/>
+    <hyperlink ref="N778" r:id="rId1520" tooltip="static.prod.teconex-demo.be/v5/articles/17a080e1-a3f6-0a4b-98bb-94e7e4bf9e67/1c7dd7f9-ab27-4e5f-a2de-57b1fbac2929_720.png"/>
+    <hyperlink ref="M779" r:id="rId1521" tooltip="teconex.eu/de/produit/ce58e61c-92a5-4841-89c8-23da936aae21"/>
+    <hyperlink ref="N779" r:id="rId1522" tooltip="static.prod.teconex-demo.be/v5/articles/ce58e61c-92a5-4841-89c8-23da936aae21/42dc0c96-ffef-46a1-95ce-26ee81fed71c_720.png"/>
+    <hyperlink ref="M780" r:id="rId1523" tooltip="teconex.eu/de/produit/34cb45ae-2543-3d4c-a219-41624bec26d3"/>
+    <hyperlink ref="N780" r:id="rId1524" tooltip="static.prod.teconex-demo.be/v5/articles/34cb45ae-2543-3d4c-a219-41624bec26d3/0a1e8797-7466-4e7e-a576-496cd20e9ca2_720.png"/>
+    <hyperlink ref="M781" r:id="rId1525" tooltip="teconex.eu/de/produit/9e5662c7-8095-7247-98f2-8afa83c16426"/>
+    <hyperlink ref="N781" r:id="rId1526" tooltip="static.prod.teconex-demo.be/v5/articles/9e5662c7-8095-7247-98f2-8afa83c16426/289034a4-3de5-4e87-90d5-0da53d20c450_720.png"/>
+    <hyperlink ref="M782" r:id="rId1527" tooltip="teconex.eu/de/produit/aeb6ef3d-e22e-8640-a4e4-1ce4eef41ec0"/>
+    <hyperlink ref="N782" r:id="rId1528" tooltip="static.prod.teconex-demo.be/v5/articles/aeb6ef3d-e22e-8640-a4e4-1ce4eef41ec0/185dbcdf-9aee-43ec-99a9-6d7c0c84a03a_720.png"/>
+    <hyperlink ref="M783" r:id="rId1529" tooltip="teconex.eu/de/produit/0debb5fb-1642-a84e-8955-ae0c75c7bd2a"/>
+    <hyperlink ref="N783" r:id="rId1530" tooltip="static.prod.teconex-demo.be/v5/articles/0debb5fb-1642-a84e-8955-ae0c75c7bd2a/b4121194-c4c7-4720-a5f4-aebc875fe385_720.png"/>
+    <hyperlink ref="M784" r:id="rId1531" tooltip="teconex.eu/de/produit/dc0ae2cd-96c9-1845-9be0-137670918be6"/>
+    <hyperlink ref="N784" r:id="rId1532" tooltip="static.prod.teconex-demo.be/v5/articles/dc0ae2cd-96c9-1845-9be0-137670918be6/bb66c442-625e-47d5-9e79-48e792efd6e5_720.png"/>
+    <hyperlink ref="M785" r:id="rId1533" tooltip="teconex.eu/de/produit/d3960617-b0d9-cf40-afed-45cabe899a97"/>
+    <hyperlink ref="N785" r:id="rId1534" tooltip="static.prod.teconex-demo.be/v5/articles/d3960617-b0d9-cf40-afed-45cabe899a97/45e4c016-7b28-43c5-b5e1-1268d06152b5_720.jpg"/>
+    <hyperlink ref="M786" r:id="rId1535" tooltip="teconex.eu/de/produit/56d924d4-5d57-1443-bedc-059ae64ef1bc"/>
+    <hyperlink ref="N786" r:id="rId1536" tooltip="static.prod.teconex-demo.be/v5/articles/56d924d4-5d57-1443-bedc-059ae64ef1bc/09ca5857-38bb-48f2-b222-256f01284c27_720.jpg"/>
+    <hyperlink ref="M787" r:id="rId1537" tooltip="teconex.eu/de/produit/7a700e7f-88be-644b-9625-2d35c7052540"/>
+    <hyperlink ref="N787" r:id="rId1538" tooltip="static.prod.teconex-demo.be/v5/articles/7a700e7f-88be-644b-9625-2d35c7052540/dedbe0ce-01d3-4b58-90bc-bff7451d65c0_720.jpg"/>
+    <hyperlink ref="M788" r:id="rId1539" tooltip="teconex.eu/de/produit/d88e802b-579b-eb45-afba-e488b19fcc47"/>
+    <hyperlink ref="N788" r:id="rId1540" tooltip="static.prod.teconex-demo.be/v5/articles/d88e802b-579b-eb45-afba-e488b19fcc47/dd129ef1-06e2-4e16-a919-b8c1daa5a537_720.jpg"/>
+    <hyperlink ref="M789" r:id="rId1541" tooltip="teconex.eu/de/produit/a63e2875-6848-df43-802c-52814c949606"/>
+    <hyperlink ref="N789" r:id="rId1542" tooltip="static.prod.teconex-demo.be/v5/articles/a63e2875-6848-df43-802c-52814c949606/39c04947-bb1f-4347-9ac0-cc5139ec3197_720.jpg"/>
+    <hyperlink ref="M790" r:id="rId1543" tooltip="teconex.eu/de/produit/2227fd63-9752-8a4b-834c-5e966947f04a"/>
+    <hyperlink ref="N790" r:id="rId1544" tooltip="static.prod.teconex-demo.be/v5/articles/2227fd63-9752-8a4b-834c-5e966947f04a/18ff6527-9ec3-4a73-98e3-02abfa27ec09_720.jpg"/>
+    <hyperlink ref="M791" r:id="rId1545" tooltip="teconex.eu/de/produit/8db19def-438f-0943-968f-25b71b8a0502"/>
+    <hyperlink ref="N791" r:id="rId1546" tooltip="static.prod.teconex-demo.be/v5/articles/8db19def-438f-0943-968f-25b71b8a0502/f8550c3a-c375-4ec6-bc83-98e183bc4f87_720.jpg"/>
+    <hyperlink ref="M792" r:id="rId1547" tooltip="teconex.eu/de/produit/b92b1acf-62bc-2549-a879-d70c42deb7b8"/>
+    <hyperlink ref="N792" r:id="rId1548" tooltip="static.prod.teconex-demo.be/v5/articles/b92b1acf-62bc-2549-a879-d70c42deb7b8/f036ad73-432f-4ab8-87e2-ebc5ff581769_720.jpg"/>
+    <hyperlink ref="M793" r:id="rId1549" tooltip="teconex.eu/de/produit/cbc24836-5871-ea4e-b310-9a7f572b9ad5"/>
+    <hyperlink ref="N793" r:id="rId1550" tooltip="static.prod.teconex-demo.be/v5/articles/cbc24836-5871-ea4e-b310-9a7f572b9ad5/ae425776-ad20-4cec-9cf4-f9f393433b91_720.jpg"/>
+    <hyperlink ref="M794" r:id="rId1551" tooltip="teconex.eu/de/produit/6c63e6fa-161d-914c-8641-bb07f906494a"/>
+    <hyperlink ref="N794" r:id="rId1552" tooltip="static.prod.teconex-demo.be/v5/articles/6c63e6fa-161d-914c-8641-bb07f906494a/facb0661-5a9e-4033-b703-1110937483b6_720.png"/>
+    <hyperlink ref="M795" r:id="rId1553" tooltip="teconex.eu/de/produit/1d89a290-c83f-b24f-a6f2-96aa123c7467"/>
+    <hyperlink ref="N795" r:id="rId1554" tooltip="static.prod.teconex-demo.be/v5/articles/1d89a290-c83f-b24f-a6f2-96aa123c7467/92589d42-9e32-432b-a55e-18bc0706b7e6_720.jpg"/>
+    <hyperlink ref="M796" r:id="rId1555" tooltip="teconex.eu/de/produit/253989e5-9abb-2e44-8ee0-fcfb32c02b93"/>
+    <hyperlink ref="N796" r:id="rId1556" tooltip="static.prod.teconex-demo.be/v5/articles/253989e5-9abb-2e44-8ee0-fcfb32c02b93/e69ed5ae-6c06-4c02-b34a-91bc15ede6b8_720.jpg"/>
+    <hyperlink ref="M797" r:id="rId1557" tooltip="teconex.eu/de/produit/e7bb21ec-cfc0-c243-b5a4-9e876185ee05"/>
+    <hyperlink ref="N797" r:id="rId1558" tooltip="static.prod.teconex-demo.be/v5/articles/e7bb21ec-cfc0-c243-b5a4-9e876185ee05/9e512a07-4206-4112-8631-2ae76733b3ae_720.jpg"/>
+    <hyperlink ref="M798" r:id="rId1559" tooltip="teconex.eu/de/produit/fd3bfe52-34f6-8441-a675-28264506d044"/>
+    <hyperlink ref="N798" r:id="rId1560" tooltip="static.prod.teconex-demo.be/v5/articles/fd3bfe52-34f6-8441-a675-28264506d044/86fdd53a-9f4c-4230-850a-852044fa47ad_720.jpg"/>
+    <hyperlink ref="M799" r:id="rId1561" tooltip="teconex.eu/de/produit/23c336eb-10de-0a4a-8ff5-a43c213e8d6b"/>
+    <hyperlink ref="N799" r:id="rId1562" tooltip="static.prod.teconex-demo.be/v5/articles/23c336eb-10de-0a4a-8ff5-a43c213e8d6b/68aa6a25-1cbc-4db9-883c-8ab72082cfa6_720.jpg"/>
+    <hyperlink ref="M800" r:id="rId1563" tooltip="teconex.eu/de/produit/8a824a2b-80cd-564c-9043-8581b2cb5fa7"/>
+    <hyperlink ref="N800" r:id="rId1564" tooltip="static.prod.teconex-demo.be/v5/articles/8a824a2b-80cd-564c-9043-8581b2cb5fa7/67eaabd6-4ed0-444d-a2b1-d0de63cadc76_720.jpg"/>
+    <hyperlink ref="M801" r:id="rId1565" tooltip="teconex.eu/de/produit/f5ab1107-b1e3-5449-96b6-ede818510ef4"/>
+    <hyperlink ref="N801" r:id="rId1566" tooltip="static.prod.teconex-demo.be/v5/articles/f5ab1107-b1e3-5449-96b6-ede818510ef4/0dd68fa2-368c-45ee-a87d-e0d1cf4b3d29_720.jpg"/>
+    <hyperlink ref="M802" r:id="rId1567" tooltip="teconex.eu/de/produit/f2064033-eed3-a446-aa6e-553ae848e65b"/>
+    <hyperlink ref="N802" r:id="rId1568" tooltip="static.prod.teconex-demo.be/v5/articles/f2064033-eed3-a446-aa6e-553ae848e65b/5dc85f08-6183-49be-bbed-a04f8d693e49_720.jpg"/>
+    <hyperlink ref="M803" r:id="rId1569" tooltip="teconex.eu/de/produit/abf0b574-6ae9-0846-a971-a72f71a5fd93"/>
+    <hyperlink ref="N803" r:id="rId1570" tooltip="static.prod.teconex-demo.be/v5/articles/abf0b574-6ae9-0846-a971-a72f71a5fd93/ddf5add7-5e14-4bec-866f-ccd064eafacf_720.jpg"/>
+    <hyperlink ref="M804" r:id="rId1571" tooltip="teconex.eu/de/produit/5c3be218-1ace-2e46-b24a-2ecdc3988997"/>
+    <hyperlink ref="N804" r:id="rId1572" tooltip="static.prod.teconex-demo.be/v5/articles/5c3be218-1ace-2e46-b24a-2ecdc3988997/542b8b17-1361-4662-862c-4141155146f0_720.jpg"/>
+    <hyperlink ref="M805" r:id="rId1573" tooltip="teconex.eu/de/produit/ddec0337-d34a-9c40-be16-6d7fa9d64151"/>
+    <hyperlink ref="N805" r:id="rId1574" tooltip="static.prod.teconex-demo.be/v5/articles/ddec0337-d34a-9c40-be16-6d7fa9d64151/a5db12c0-ef63-4ccf-8705-070d13496c7f_720.jpg"/>
+    <hyperlink ref="M806" r:id="rId1575" tooltip="teconex.eu/de/produit/83bdae15-de91-da44-8744-3fce2e9fd277"/>
+    <hyperlink ref="N806" r:id="rId1576" tooltip="static.prod.teconex-demo.be/v5/articles/83bdae15-de91-da44-8744-3fce2e9fd277/bc37da47-199e-4617-af19-93b024e460a9_720.jpg"/>
+    <hyperlink ref="M807" r:id="rId1577" tooltip="teconex.eu/de/produit/813dd1bf-0091-0a4c-9c7e-a989a23ab496"/>
+    <hyperlink ref="N807" r:id="rId1578" tooltip="static.prod.teconex-demo.be/v5/articles/813dd1bf-0091-0a4c-9c7e-a989a23ab496/0d910018-e04e-4381-95c8-4b8b0c1eb1b9_720.jpg"/>
+    <hyperlink ref="M808" r:id="rId1579" tooltip="teconex.eu/de/produit/9a47d134-8df7-9b4c-a4ef-703a4f9d4280"/>
+    <hyperlink ref="N808" r:id="rId1580" tooltip="static.prod.teconex-demo.be/v5/articles/9a47d134-8df7-9b4c-a4ef-703a4f9d4280/f41874e2-c5ed-4622-90c5-d26b69ec8491_720.jpg"/>
+    <hyperlink ref="M809" r:id="rId1581" tooltip="teconex.eu/de/produit/f025027d-1d54-6043-9eb2-874fb0ec68fe"/>
+    <hyperlink ref="N809" r:id="rId1582" tooltip="static.prod.teconex-demo.be/v5/articles/f025027d-1d54-6043-9eb2-874fb0ec68fe/fd607ae5-0699-4ef0-ae38-dc7522942cfa_720.jpg"/>
+    <hyperlink ref="M810" r:id="rId1583" tooltip="teconex.eu/de/produit/467743cc-9a59-1b4f-a8b8-1c84e0efd96b"/>
+    <hyperlink ref="N810" r:id="rId1584" tooltip="static.prod.teconex-demo.be/v5/articles/467743cc-9a59-1b4f-a8b8-1c84e0efd96b/e35145a1-f4c5-48b9-87af-11673df1c6e5_720.jpg"/>
+    <hyperlink ref="M811" r:id="rId1585" tooltip="teconex.eu/de/produit/14aba7cc-faea-ee4b-8738-99299b0f43b9"/>
+    <hyperlink ref="N811" r:id="rId1586" tooltip="static.prod.teconex-demo.be/v5/articles/14aba7cc-faea-ee4b-8738-99299b0f43b9/7c4a8539-8c8f-4f16-8216-711df217953f_720.jpg"/>
+    <hyperlink ref="M812" r:id="rId1587" tooltip="teconex.eu/de/produit/1588ab85-6590-4d49-8bbc-6a007377591d"/>
+    <hyperlink ref="N812" r:id="rId1588" tooltip="static.prod.teconex-demo.be/v5/articles/1588ab85-6590-4d49-8bbc-6a007377591d/b711e628-2a80-4784-9d71-f6d4a5aa840b_720.jpg"/>
+    <hyperlink ref="M813" r:id="rId1589" tooltip="teconex.eu/de/produit/41e6fafc-cc52-bf40-909f-e0010bce2db3"/>
+    <hyperlink ref="N813" r:id="rId1590" tooltip="static.prod.teconex-demo.be/v5/articles/41e6fafc-cc52-bf40-909f-e0010bce2db3/15b768b4-66e6-4616-b413-eb0cda12d540_720.jpg"/>
+    <hyperlink ref="M814" r:id="rId1591" tooltip="teconex.eu/de/produit/cf890292-0328-8c45-83a1-8d7c4b556233"/>
+    <hyperlink ref="N814" r:id="rId1592" tooltip="static.prod.teconex-demo.be/v5/articles/cf890292-0328-8c45-83a1-8d7c4b556233/9e4bbc91-0260-4e29-b0e1-b9e0a9fced8c_720.jpg"/>
+    <hyperlink ref="M815" r:id="rId1593" tooltip="teconex.eu/de/produit/cdb496e6-e2b1-2746-92ff-2e55cb5035a2"/>
+    <hyperlink ref="N815" r:id="rId1594" tooltip="static.prod.teconex-demo.be/v5/articles/cdb496e6-e2b1-2746-92ff-2e55cb5035a2/0ed3c0be-853c-451b-99f1-1f6ca880fa9c_720.jpg"/>
+    <hyperlink ref="M816" r:id="rId1595" tooltip="teconex.eu/de/produit/aee7172c-85e0-ad49-b66a-37c71b9b57b1"/>
+    <hyperlink ref="N816" r:id="rId1596" tooltip="static.prod.teconex-demo.be/v5/articles/aee7172c-85e0-ad49-b66a-37c71b9b57b1/39a012e7-ab4e-4c28-b939-e6bece119da8_720.png"/>
+    <hyperlink ref="M817" r:id="rId1597" tooltip="teconex.eu/de/produit/f0ded25e-2c01-994b-92b1-7035f6068825"/>
+    <hyperlink ref="N817" r:id="rId1598" tooltip="static.prod.teconex-demo.be/v5/articles/f0ded25e-2c01-994b-92b1-7035f6068825/e9152754-732c-4046-858c-95a50625a430_720.png"/>
+    <hyperlink ref="M818" r:id="rId1599" tooltip="teconex.eu/de/produit/931d1b58-afb3-0d4e-8c2e-dcce131ee572"/>
+    <hyperlink ref="N818" r:id="rId1600" tooltip="static.prod.teconex-demo.be/v5/articles/931d1b58-afb3-0d4e-8c2e-dcce131ee572/9be2e770-97f5-47b3-978a-a6ca4afb66b4_720.jpg"/>
+    <hyperlink ref="M819" r:id="rId1601" tooltip="teconex.eu/de/produit/e78310c6-76d3-2343-8d55-7b324e8e467f"/>
+    <hyperlink ref="N819" r:id="rId1602" tooltip="static.prod.teconex-demo.be/v5/articles/e78310c6-76d3-2343-8d55-7b324e8e467f/6f6c4cd4-1f88-4587-abcb-21022047f4bb_720.png"/>
+    <hyperlink ref="M820" r:id="rId1603" tooltip="teconex.eu/de/produit/27053f8f-2b30-9a44-a1ab-06c4e403b56b"/>
+    <hyperlink ref="N820" r:id="rId1604" tooltip="static.prod.teconex-demo.be/v5/articles/27053f8f-2b30-9a44-a1ab-06c4e403b56b/59ffa1da-9e97-4c57-ab23-0d2f46c37dc4_720.jpg"/>
+    <hyperlink ref="M821" r:id="rId1605" tooltip="teconex.eu/de/produit/8621febd-7e74-f34c-a717-72ae7124bb0f"/>
+    <hyperlink ref="N821" r:id="rId1606" tooltip="static.prod.teconex-demo.be/v5/articles/8621febd-7e74-f34c-a717-72ae7124bb0f/ea53be35-0109-4975-b783-2ac75305137b_720.png"/>
+    <hyperlink ref="M822" r:id="rId1607" tooltip="teconex.eu/de/produit/45bffc08-4430-ce47-b57b-5734fdc36fc2"/>
+    <hyperlink ref="N822" r:id="rId1608" tooltip="static.prod.teconex-demo.be/v5/articles/45bffc08-4430-ce47-b57b-5734fdc36fc2/a84577b4-cab7-44eb-858e-a7ea38144259_720.jpg"/>
+    <hyperlink ref="M823" r:id="rId1609" tooltip="teconex.eu/de/produit/41c1729a-b502-4346-b6f8-e6ac9b3f71e5"/>
+    <hyperlink ref="N823" r:id="rId1610" tooltip="static.prod.teconex-demo.be/v5/articles/41c1729a-b502-4346-b6f8-e6ac9b3f71e5/4b7a52ce-a407-4eaa-b705-1f23879174ba_720.png"/>
+    <hyperlink ref="M824" r:id="rId1611" tooltip="teconex.eu/de/produit/a3aef714-7f56-694b-9ef1-d238eae077fe"/>
+    <hyperlink ref="N824" r:id="rId1612" tooltip="static.prod.teconex-demo.be/v5/articles/a3aef714-7f56-694b-9ef1-d238eae077fe/a84577b4-cab7-44eb-858e-a7ea38144259_720.jpg"/>
+    <hyperlink ref="M825" r:id="rId1613" tooltip="teconex.eu/de/produit/79b7e7f0-bd78-2f4c-9d63-d9f41fe5604f"/>
+    <hyperlink ref="N825" r:id="rId1614" tooltip="static.prod.teconex-demo.be/v5/articles/79b7e7f0-bd78-2f4c-9d63-d9f41fe5604f/7bd28dea-283a-4a5b-8384-270fff61bd40_720.png"/>
+    <hyperlink ref="M826" r:id="rId1615" tooltip="teconex.eu/de/produit/0de58cd0-4f8c-714d-83a8-5ad0669f8622"/>
+    <hyperlink ref="N826" r:id="rId1616" tooltip="static.prod.teconex-demo.be/v5/articles/0de58cd0-4f8c-714d-83a8-5ad0669f8622/98169855-eef8-4109-af20-e86153466fd3_720.jpg"/>
+    <hyperlink ref="M827" r:id="rId1617" tooltip="teconex.eu/de/produit/2a43012d-cfde-3f4e-82a9-25395882ce2f"/>
+    <hyperlink ref="N827" r:id="rId1618" tooltip="static.prod.teconex-demo.be/v5/articles/2a43012d-cfde-3f4e-82a9-25395882ce2f/fb525df6-1880-4b75-814e-241e91e5ff38_720.jpg"/>
+    <hyperlink ref="M828" r:id="rId1619" tooltip="teconex.eu/de/produit/f786778d-5569-2446-997d-7f1061147b4c"/>
+    <hyperlink ref="N828" r:id="rId1620" tooltip="static.prod.teconex-demo.be/v5/articles/f786778d-5569-2446-997d-7f1061147b4c/3ff0cb68-5311-40d1-812f-df22ece53e4e_720.jpg"/>
+    <hyperlink ref="M829" r:id="rId1621" tooltip="teconex.eu/de/produit/ca5d6415-de3e-0342-a738-ad83ca66e7f2"/>
+    <hyperlink ref="N829" r:id="rId1622" tooltip="static.prod.teconex-demo.be/v5/articles/ca5d6415-de3e-0342-a738-ad83ca66e7f2/6eb32008-317f-453f-a30a-3caa36a3a46c_720.jpg"/>
+    <hyperlink ref="M830" r:id="rId1623" tooltip="teconex.eu/de/produit/1351c212-9c32-5740-9fd6-15aa908c208c"/>
+    <hyperlink ref="N830" r:id="rId1624" tooltip="static.prod.teconex-demo.be/v5/articles/1351c212-9c32-5740-9fd6-15aa908c208c/ee2f1e57-7841-437e-a374-8e5810fa0c4b_720.jpg"/>
+    <hyperlink ref="M831" r:id="rId1625" tooltip="teconex.eu/de/produit/85014bd5-a1bb-2747-866c-19edd5847d40"/>
+    <hyperlink ref="N831" r:id="rId1626" tooltip="static.prod.teconex-demo.be/v5/articles/85014bd5-a1bb-2747-866c-19edd5847d40/79c0355f-e788-4940-924c-5ba28c26632c_720.jpg"/>
+    <hyperlink ref="M832" r:id="rId1627" tooltip="teconex.eu/de/produit/1f29943b-61f2-7b4f-b648-5467ca1c6d40"/>
+    <hyperlink ref="N832" r:id="rId1628" tooltip="static.prod.teconex-demo.be/v5/articles/1f29943b-61f2-7b4f-b648-5467ca1c6d40/132aebf6-d2cd-4612-bd84-436a8af1af84_720.png"/>
+    <hyperlink ref="M833" r:id="rId1629" tooltip="teconex.eu/de/produit/9e556459-c860-5b48-8c0d-0cfb501da4bf"/>
+    <hyperlink ref="N833" r:id="rId1630" tooltip="static.prod.teconex-demo.be/v5/articles/9e556459-c860-5b48-8c0d-0cfb501da4bf/0349062e-12f6-4149-a6c7-c969bb0af554_720.png"/>
+    <hyperlink ref="M834" r:id="rId1631" tooltip="teconex.eu/de/produit/534fec6a-0dea-c242-bcb3-e2ebe5d38d47"/>
+    <hyperlink ref="N834" r:id="rId1632" tooltip="static.prod.teconex-demo.be/v5/articles/534fec6a-0dea-c242-bcb3-e2ebe5d38d47/a49243b9-0870-41b9-9a3a-fb9668bdc679_720.png"/>
+    <hyperlink ref="M835" r:id="rId1633" tooltip="teconex.eu/de/produit/2a170f34-e288-a848-8f22-e94a9c74c30d"/>
+    <hyperlink ref="N835" r:id="rId1634" tooltip="static.prod.teconex-demo.be/v5/articles/2a170f34-e288-a848-8f22-e94a9c74c30d/41ca9958-2558-498d-bcb6-27f54603c3f1_720.png"/>
+    <hyperlink ref="M836" r:id="rId1635" tooltip="teconex.eu/de/produit/ccff608e-25b0-0143-9ed2-d0646de8400d"/>
+    <hyperlink ref="N836" r:id="rId1636" tooltip="static.prod.teconex-demo.be/v5/articles/ccff608e-25b0-0143-9ed2-d0646de8400d/787569b7-225e-41e5-bf6d-1192ca8775e9_720.png"/>
+    <hyperlink ref="M837" r:id="rId1637" tooltip="teconex.eu/de/produit/6b6485cb-1e36-204a-a8b9-adbec2d7dc03"/>
+    <hyperlink ref="N837" r:id="rId1638" tooltip="static.prod.teconex-demo.be/v5/articles/6b6485cb-1e36-204a-a8b9-adbec2d7dc03/896647e2-4594-4838-947b-34bea40d0ed7_720.png"/>
+    <hyperlink ref="M838" r:id="rId1639" tooltip="teconex.eu/de/produit/8f67182d-ae12-6b43-9ad8-e9e838220e4c"/>
+    <hyperlink ref="N838" r:id="rId1640" tooltip="static.prod.teconex-demo.be/v5/articles/8f67182d-ae12-6b43-9ad8-e9e838220e4c/b7533d9c-1440-469e-ae6d-dbc56fb06419_720.png"/>
+    <hyperlink ref="M839" r:id="rId1641" tooltip="teconex.eu/de/produit/7ccf9484-503d-d044-9063-9f10eade55d5"/>
+    <hyperlink ref="N839" r:id="rId1642" tooltip="static.prod.teconex-demo.be/v5/articles/7ccf9484-503d-d044-9063-9f10eade55d5/a977476f-9118-4057-8842-e796864eb525_720.png"/>
+    <hyperlink ref="M840" r:id="rId1643" tooltip="teconex.eu/de/produit/eff6d52a-d41e-2e4c-bd4e-460d43575f21"/>
+    <hyperlink ref="N840" r:id="rId1644" tooltip="static.prod.teconex-demo.be/v5/articles/eff6d52a-d41e-2e4c-bd4e-460d43575f21/13c31b86-389f-44b3-9086-ae6e34543c59_720.png"/>
+    <hyperlink ref="M841" r:id="rId1645" tooltip="teconex.eu/de/produit/8f06558a-109d-a344-8c2c-8af66cfb6e99"/>
+    <hyperlink ref="N841" r:id="rId1646" tooltip="static.prod.teconex-demo.be/v5/articles/8f06558a-109d-a344-8c2c-8af66cfb6e99/59451b7b-68f2-4a9b-88aa-edb18f5129a1_720.png"/>
+    <hyperlink ref="M842" r:id="rId1647" tooltip="teconex.eu/de/produit/9be75953-afc3-7f4d-9e62-5c01dfaa6816"/>
+    <hyperlink ref="N842" r:id="rId1648" tooltip="static.prod.teconex-demo.be/v5/articles/9be75953-afc3-7f4d-9e62-5c01dfaa6816/a7e174fb-4460-4082-b348-1ac534094485_720.png"/>
+    <hyperlink ref="M843" r:id="rId1649" tooltip="teconex.eu/de/produit/491c72f7-64b4-934d-9ce8-54a1ffd697cf"/>
+    <hyperlink ref="N843" r:id="rId1650" tooltip="static.prod.teconex-demo.be/v5/articles/491c72f7-64b4-934d-9ce8-54a1ffd697cf/1baabe0e-242b-4543-afeb-76e3a826f5db_720.png"/>
+    <hyperlink ref="M844" r:id="rId1651" tooltip="teconex.eu/de/produit/557a88cf-f451-904c-94e3-bd709326a5aa"/>
+    <hyperlink ref="N844" r:id="rId1652" tooltip="static.prod.teconex-demo.be/v5/articles/557a88cf-f451-904c-94e3-bd709326a5aa/9307a3c1-e0f3-4837-9835-49bbf3358200_720.png"/>
+    <hyperlink ref="M845" r:id="rId1653" tooltip="teconex.eu/de/produit/a1c26223-9efc-7547-bbb6-2c9479efb04c"/>
+    <hyperlink ref="N845" r:id="rId1654" tooltip="static.prod.teconex-demo.be/v5/articles/a1c26223-9efc-7547-bbb6-2c9479efb04c/b2d9ad90-77cf-46b4-9fb0-0f2d8be9bea4_720.png"/>
+    <hyperlink ref="M846" r:id="rId1655" tooltip="teconex.eu/de/produit/2580e868-9d23-7443-8f26-65f8fb9970d2"/>
+    <hyperlink ref="N846" r:id="rId1656" tooltip="static.prod.teconex-demo.be/v5/articles/2580e868-9d23-7443-8f26-65f8fb9970d2/fb64c7de-32d0-4aff-aa99-46bfa9855cc7_720.png"/>
+    <hyperlink ref="M847" r:id="rId1657" tooltip="teconex.eu/de/produit/7a324d9c-e858-b943-bd2a-e959cf645d43"/>
+    <hyperlink ref="N847" r:id="rId1658" tooltip="static.prod.teconex-demo.be/v5/articles/7a324d9c-e858-b943-bd2a-e959cf645d43/4979bfde-6c0c-4ca3-b962-f4555277f25c_720.png"/>
+    <hyperlink ref="M848" r:id="rId1659" tooltip="teconex.eu/de/produit/a80394e9-be78-a448-bf1d-c0393d4c0423"/>
+    <hyperlink ref="N848" r:id="rId1660" tooltip="static.prod.teconex-demo.be/v5/articles/a80394e9-be78-a448-bf1d-c0393d4c0423/9203548e-3900-42e8-bee8-87641c7e530f_720.png"/>
+    <hyperlink ref="M849" r:id="rId1661" tooltip="teconex.eu/de/produit/59cfff86-92ee-d24c-8f80-caaf838f9784"/>
+    <hyperlink ref="N849" r:id="rId1662" tooltip="static.prod.teconex-demo.be/v5/articles/59cfff86-92ee-d24c-8f80-caaf838f9784/27412430-b8d9-4db8-8557-662628ec8101_720.png"/>
+    <hyperlink ref="M850" r:id="rId1663" tooltip="teconex.eu/de/produit/36c796a4-7eed-9a40-8fca-68fb2b19fb85"/>
+    <hyperlink ref="N850" r:id="rId1664" tooltip="static.prod.teconex-demo.be/v5/articles/36c796a4-7eed-9a40-8fca-68fb2b19fb85/2ac64e21-ff66-4e93-8037-a1ca5b9e2d63_720.png"/>
+    <hyperlink ref="M851" r:id="rId1665" tooltip="teconex.eu/de/produit/889268c4-d21a-4441-a0bd-33f0a6b16354"/>
+    <hyperlink ref="N851" r:id="rId1666" tooltip="static.prod.teconex-demo.be/v5/articles/889268c4-d21a-4441-a0bd-33f0a6b16354/313cab27-4693-4a4d-8909-5ce65d365eab_720.jpg"/>
+    <hyperlink ref="M852" r:id="rId1667" tooltip="teconex.eu/de/produit/31125e4a-5548-1449-83ab-bcef3795fb93"/>
+    <hyperlink ref="N852" r:id="rId1668" tooltip="static.prod.teconex-demo.be/v5/articles/31125e4a-5548-1449-83ab-bcef3795fb93/993d4159-0b80-4abc-a964-92dcccd36920_720.png"/>
+    <hyperlink ref="M853" r:id="rId1669" tooltip="teconex.eu/de/produit/dc31bf9f-05f1-aa41-beb9-e1b6dc75e7e6"/>
+    <hyperlink ref="N853" r:id="rId1670" tooltip="static.prod.teconex-demo.be/v5/articles/dc31bf9f-05f1-aa41-beb9-e1b6dc75e7e6/600c8404-9699-4860-b73b-296f8e33589a_720.png"/>
+    <hyperlink ref="M854" r:id="rId1671" tooltip="teconex.eu/de/produit/bf67fd10-f191-6945-8534-afeec5c2034f"/>
+    <hyperlink ref="N854" r:id="rId1672" tooltip="static.prod.teconex-demo.be/v5/articles/bf67fd10-f191-6945-8534-afeec5c2034f/5cdf3999-374e-4edf-89aa-a30136c5231f_720.png"/>
+    <hyperlink ref="M855" r:id="rId1673" tooltip="teconex.eu/de/produit/fb58e3e8-fe4a-654d-a3d0-a00c6a570edc"/>
+    <hyperlink ref="N855" r:id="rId1674" tooltip="static.prod.teconex-demo.be/v5/articles/fb58e3e8-fe4a-654d-a3d0-a00c6a570edc/2fc48f7e-226e-4403-982a-4c022835f976_720.png"/>
+    <hyperlink ref="M856" r:id="rId1675" tooltip="teconex.eu/de/produit/96ec3f53-ece7-c448-9fc4-a06590f43b22"/>
+    <hyperlink ref="N856" r:id="rId1676" tooltip="static.prod.teconex-demo.be/v5/articles/96ec3f53-ece7-c448-9fc4-a06590f43b22/a97176d5-bad0-4a9a-bf04-fe64e5be5987_720.png"/>
+    <hyperlink ref="M857" r:id="rId1677" tooltip="teconex.eu/de/produit/3dd00dc6-73d2-2742-a78a-51fc811ea1e1"/>
+    <hyperlink ref="N857" r:id="rId1678" tooltip="static.prod.teconex-demo.be/v5/articles/3dd00dc6-73d2-2742-a78a-51fc811ea1e1/73d28fde-f6ca-403c-9266-64350060240b_720.png"/>
+    <hyperlink ref="M858" r:id="rId1679" tooltip="teconex.eu/de/produit/ec675ea5-052b-e543-bcd1-9a753d426ae6"/>
+    <hyperlink ref="N858" r:id="rId1680" tooltip="static.prod.teconex-demo.be/v5/articles/ec675ea5-052b-e543-bcd1-9a753d426ae6/eeb6736c-9565-4d7e-87f8-b7df0647e20b_720.png"/>
+    <hyperlink ref="M859" r:id="rId1681" tooltip="teconex.eu/de/produit/1d0e65fe-c85c-f546-9a2d-f35009f9e48e"/>
+    <hyperlink ref="N859" r:id="rId1682" tooltip="static.prod.teconex-demo.be/v5/articles/1d0e65fe-c85c-f546-9a2d-f35009f9e48e/3a1dca41-dd63-4dab-8557-28dcf6b67bdb_720.png"/>
+    <hyperlink ref="M860" r:id="rId1683" tooltip="teconex.eu/de/produit/3f84fb6c-9473-d148-b1d7-41209ab1751c"/>
+    <hyperlink ref="N860" r:id="rId1684" tooltip="static.prod.teconex-demo.be/v5/articles/3f84fb6c-9473-d148-b1d7-41209ab1751c/3d164957-08e8-4c25-bb58-3bc33500d1ba_720.jpg"/>
+    <hyperlink ref="M861" r:id="rId1685" tooltip="teconex.eu/de/produit/17bef38c-edd3-c449-b84f-b98a16548f0e"/>
+    <hyperlink ref="N861" r:id="rId1686" tooltip="static.prod.teconex-demo.be/v5/articles/17bef38c-edd3-c449-b84f-b98a16548f0e/b00c6f06-f2d8-459c-b80d-d2e0e3a8b277_720.jpg"/>
+    <hyperlink ref="M862" r:id="rId1687" tooltip="teconex.eu/de/produit/ed40e46f-e4b1-0540-969c-16bb7115b3b4"/>
+    <hyperlink ref="N862" r:id="rId1688" tooltip="static.prod.teconex-demo.be/v5/articles/ed40e46f-e4b1-0540-969c-16bb7115b3b4/65c84c53-9061-4b8f-bc05-6fb5e1c390c1_720.jpg"/>
+    <hyperlink ref="M863" r:id="rId1689" tooltip="teconex.eu/de/produit/8953bc1c-dea0-4049-8821-6e35d4de9da6"/>
+    <hyperlink ref="N863" r:id="rId1690" tooltip="static.prod.teconex-demo.be/v5/articles/8953bc1c-dea0-4049-8821-6e35d4de9da6/076c0fb5-a95f-4cfe-89be-6397dc943ac7_720.jpg"/>
+    <hyperlink ref="M864" r:id="rId1691" tooltip="teconex.eu/de/produit/b9d55f3c-ff11-5e47-a5ee-c61e4dd62f04"/>
+    <hyperlink ref="N864" r:id="rId1692" tooltip="static.prod.teconex-demo.be/v5/articles/b9d55f3c-ff11-5e47-a5ee-c61e4dd62f04/71a08d49-6362-47fe-9451-ae84657c9d3f_720.jpg"/>
+    <hyperlink ref="M865" r:id="rId1693" tooltip="teconex.eu/de/produit/4374c3cc-aa14-784d-89d5-5d6d9dcfe476"/>
+    <hyperlink ref="N865" r:id="rId1694" tooltip="static.prod.teconex-demo.be/v5/articles/4374c3cc-aa14-784d-89d5-5d6d9dcfe476/61500302-2b2f-4bb3-9a32-4188a215e6e5_720.png"/>
+    <hyperlink ref="M866" r:id="rId1695" tooltip="teconex.eu/de/produit/89bbf043-cc25-4f4c-a4dc-dbf35924b9fa"/>
+    <hyperlink ref="N866" r:id="rId1696" tooltip="static.prod.teconex-demo.be/v5/articles/89bbf043-cc25-4f4c-a4dc-dbf35924b9fa/e80f1caf-d76d-4711-b862-e2b0aa2b0a3f_720.jpg"/>
+    <hyperlink ref="M867" r:id="rId1697" tooltip="teconex.eu/de/produit/8012a22b-fb8c-9a49-8166-56d171f385de"/>
+    <hyperlink ref="N867" r:id="rId1698" tooltip="static.prod.teconex-demo.be/v5/articles/8012a22b-fb8c-9a49-8166-56d171f385de/c6a15f32-cdc1-4648-ade4-2866232a6387_720.jpg"/>
+    <hyperlink ref="M868" r:id="rId1699" tooltip="teconex.eu/de/produit/4acbc0d6-7752-e545-be46-8b1f3a8cf72d"/>
+    <hyperlink ref="N868" r:id="rId1700" tooltip="static.prod.teconex-demo.be/v5/articles/4acbc0d6-7752-e545-be46-8b1f3a8cf72d/6a99c655-42a3-4e2d-855f-a117003c4124_720.png"/>
+    <hyperlink ref="M869" r:id="rId1701" tooltip="teconex.eu/de/produit/f1714ebb-b266-ba43-bf40-ae482292a09e"/>
+    <hyperlink ref="N869" r:id="rId1702" tooltip="static.prod.teconex-demo.be/v5/articles/f1714ebb-b266-ba43-bf40-ae482292a09e/f287f8a8-78d7-4fc0-a474-65d0aba3bf6b_720.png"/>
+    <hyperlink ref="M870" r:id="rId1703" tooltip="teconex.eu/de/produit/1014a1cc-b1f7-4545-bff6-9d02032b8ada"/>
+    <hyperlink ref="N870" r:id="rId1704" tooltip="static.prod.teconex-demo.be/v5/articles/1014a1cc-b1f7-4545-bff6-9d02032b8ada/a5a77167-6a85-4368-9d2d-e8b47900d347_720.jpg"/>
+    <hyperlink ref="M871" r:id="rId1705" tooltip="teconex.eu/de/produit/ad165ce0-321b-fb48-9f79-e2f37109b725"/>
+    <hyperlink ref="N871" r:id="rId1706" tooltip="static.prod.teconex-demo.be/v5/articles/ad165ce0-321b-fb48-9f79-e2f37109b725/bd055fd4-7e28-447c-abb2-53539f2d5380_720.png"/>
+    <hyperlink ref="M872" r:id="rId1707" tooltip="teconex.eu/de/produit/3ee33191-c4a4-a04d-aaa0-36f8cd3c8136"/>
+    <hyperlink ref="N872" r:id="rId1708" tooltip="static.prod.teconex-demo.be/v5/articles/3ee33191-c4a4-a04d-aaa0-36f8cd3c8136/66b47a91-52fd-4b53-9156-192dfdd160d5_720.jpg"/>
+    <hyperlink ref="M873" r:id="rId1709" tooltip="teconex.eu/de/produit/68efc9d7-3b1e-a948-8ce7-096d8004e228"/>
+    <hyperlink ref="N873" r:id="rId1710" tooltip="static.prod.teconex-demo.be/v5/articles/68efc9d7-3b1e-a948-8ce7-096d8004e228/8a453e00-4653-4dff-85d5-dd3b6d46d8d1_720.jpg"/>
+    <hyperlink ref="M874" r:id="rId1711" tooltip="teconex.eu/de/produit/6777cd58-ea86-1446-9006-70e87bf8c955"/>
+    <hyperlink ref="N874" r:id="rId1712" tooltip="static.prod.teconex-demo.be/v5/articles/6777cd58-ea86-1446-9006-70e87bf8c955/145ba545-6832-47f0-8dda-a23c903eecfd_720.png"/>
+    <hyperlink ref="M875" r:id="rId1713" tooltip="teconex.eu/de/produit/d8f4772d-485e-8b41-bc19-745be94159ca"/>
+    <hyperlink ref="N875" r:id="rId1714" tooltip="static.prod.teconex-demo.be/v5/articles/d8f4772d-485e-8b41-bc19-745be94159ca/4c58236f-edc7-46e0-b7d0-f155e0168550_720.png"/>
+    <hyperlink ref="M876" r:id="rId1715" tooltip="teconex.eu/de/produit/063aa14b-c6a2-0440-aedf-3ea05bb3c223"/>
+    <hyperlink ref="N876" r:id="rId1716" tooltip="static.prod.teconex-demo.be/v5/articles/063aa14b-c6a2-0440-aedf-3ea05bb3c223/d6cb24a4-096b-458e-a98c-ac0b02642d00_720.png"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
-  <drawing r:id="rId1727"/>
+  <drawing r:id="rId1717"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Preisliste</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>