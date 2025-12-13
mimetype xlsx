--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -12480,99 +12480,99 @@
   <si>
     <t>TMATANTARES8MG</t>
   </si>
   <si>
     <t>Mât ANTARES 8M T60 Galvanisé</t>
   </si>
   <si>
     <t>MAT</t>
   </si>
   <si>
     <t>https://teconex.eu/fr/produit/0de58cd0-4f8c-714d-83a8-5ad0669f8622</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/0de58cd0-4f8c-714d-83a8-5ad0669f8622/98169855-eef8-4109-af20-e86153466fd3_720.jpg</t>
   </si>
   <si>
     <t>TMATANTARES8MRAL</t>
   </si>
   <si>
     <t>Mât ANTARES 8M T60 RAL STANDARD</t>
   </si>
   <si>
     <t>https://teconex.eu/fr/produit/2a43012d-cfde-3f4e-82a9-25395882ce2f</t>
   </si>
   <si>
-    <t>https://static.prod.teconex-demo.be/v5/articles/2a43012d-cfde-3f4e-82a9-25395882ce2f/98169855-eef8-4109-af20-e86153466fd3_720.jpg</t>
+    <t>https://static.prod.teconex-demo.be/v5/articles/2a43012d-cfde-3f4e-82a9-25395882ce2f/fb525df6-1880-4b75-814e-241e91e5ff38_720.jpg</t>
   </si>
   <si>
     <t>TMATAURIGA4MG</t>
   </si>
   <si>
     <t>Mât AURIGA 4M T60 Galvanisé</t>
   </si>
   <si>
     <t>https://teconex.eu/fr/produit/f786778d-5569-2446-997d-7f1061147b4c</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/f786778d-5569-2446-997d-7f1061147b4c/3ff0cb68-5311-40d1-812f-df22ece53e4e_720.jpg</t>
   </si>
   <si>
     <t>TMATAURIGA4MRAL</t>
   </si>
   <si>
     <t xml:space="preserve"> Mât AURIGA 4M T60 RAL STANDARD</t>
   </si>
   <si>
     <t>https://teconex.eu/fr/produit/ca5d6415-de3e-0342-a738-ad83ca66e7f2</t>
   </si>
   <si>
-    <t>https://static.prod.teconex-demo.be/v5/articles/ca5d6415-de3e-0342-a738-ad83ca66e7f2/3ff0cb68-5311-40d1-812f-df22ece53e4e_720.jpg</t>
+    <t>https://static.prod.teconex-demo.be/v5/articles/ca5d6415-de3e-0342-a738-ad83ca66e7f2/6eb32008-317f-453f-a30a-3caa36a3a46c_720.jpg</t>
   </si>
   <si>
     <t>TMATAURIGA6MG</t>
   </si>
   <si>
     <t>Mât AURIGA 6M T60 Galvanisé</t>
   </si>
   <si>
     <t>https://teconex.eu/fr/produit/1351c212-9c32-5740-9fd6-15aa908c208c</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/1351c212-9c32-5740-9fd6-15aa908c208c/ee2f1e57-7841-437e-a374-8e5810fa0c4b_720.jpg</t>
   </si>
   <si>
     <t>TMATAURIGA6MRAL</t>
   </si>
   <si>
     <t>Mât AURIGA 6M T60 RAL STANDARD</t>
   </si>
   <si>
     <t>https://teconex.eu/fr/produit/85014bd5-a1bb-2747-866c-19edd5847d40</t>
   </si>
   <si>
-    <t>https://static.prod.teconex-demo.be/v5/articles/85014bd5-a1bb-2747-866c-19edd5847d40/ee2f1e57-7841-437e-a374-8e5810fa0c4b_720.jpg</t>
+    <t>https://static.prod.teconex-demo.be/v5/articles/85014bd5-a1bb-2747-866c-19edd5847d40/79c0355f-e788-4940-924c-5ba28c26632c_720.jpg</t>
   </si>
   <si>
     <t>TPL10W3SPLG</t>
   </si>
   <si>
     <t>StreetLlight SPL-G Asym.10W 1450lm DALI 3000K IP66</t>
   </si>
   <si>
     <t>SPLG</t>
   </si>
   <si>
     <t>https://teconex.eu/fr/produit/1f29943b-61f2-7b4f-b648-5467ca1c6d40</t>
   </si>
   <si>
     <t>https://static.prod.teconex-demo.be/v5/articles/1f29943b-61f2-7b4f-b648-5467ca1c6d40/132aebf6-d2cd-4612-bd84-436a8af1af84_720.png</t>
   </si>
   <si>
     <t>TRACKBOLB2700K</t>
   </si>
   <si>
     <t>(AS)Suspension TRACK NAULA Boule Ø100 2700K 10W Dim. Noir</t>
   </si>
   <si>
     <t>5415095053247</t>
   </si>
@@ -13655,51 +13655,51 @@
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bf057777-3b47-b14e-a52c-1113870e361d" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bf057777-3b47-b14e-a52c-1113870e361d/7cf352ff-3bca-438c-8e28-5799df5f0efa_720.png" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fbc8a2ae-a6ec-4f49-8338-858f1b44dac6" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fbc8a2ae-a6ec-4f49-8338-858f1b44dac6/38494d85-c1bf-4a1b-81a7-69e5bbfaca2e_720.png" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5b64411a-4ba3-cb4c-92d7-2914dfe630fa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/33b7a3cb-66a5-6e4f-a5e9-084b9941b297" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/33b7a3cb-66a5-6e4f-a5e9-084b9941b297/20ec292b-6e5d-4ff5-bd5a-259858a1d12c_720.png" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ab742105-3425-fe4b-a76c-4a824e5c69c2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab742105-3425-fe4b-a76c-4a824e5c69c2/692fe713-0d9b-4aca-9f4f-3080a3b00897_720.png" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fc29851c-3758-1e47-8073-ffbc6a112061" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fc29851c-3758-1e47-8073-ffbc6a112061/c11cc95d-97a5-4ced-baf5-968dd0cf4d42_720.png" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bc9f59c7-660e-c84c-97d9-448588ac8b9a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bc9f59c7-660e-c84c-97d9-448588ac8b9a/501a4fd5-3b28-4fc2-9b14-56b60ac3e8bd_720.png" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/91d422a8-70b8-5941-af1e-11c84757f478" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/91d422a8-70b8-5941-af1e-11c84757f478/9fd74c0a-9b7a-4085-98c5-d8744ca03ce0_720.png" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/effe7fb1-b018-894c-b001-a1498b68e90c" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/effe7fb1-b018-894c-b001-a1498b68e90c/94ab263f-1dcc-450e-8079-284af4fd8506_720.jpg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/30796993-8030-ab43-9dd9-ba82e4503e6e" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/30796993-8030-ab43-9dd9-ba82e4503e6e/f38c614b-52c4-4c7d-96d7-26e0815ffb8a_720.png" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0c08fc42-9f19-a04f-a533-adcef442d5e3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0c08fc42-9f19-a04f-a533-adcef442d5e3/b5c6924e-9d79-4a10-9594-a2d8d596d713_720.png" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/12f28c18-58db-0f41-b536-b9a2fd7ce60e" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/12f28c18-58db-0f41-b536-b9a2fd7ce60e/1037e45e-fec0-48d3-8d1b-fde5a11dfde1_720.png" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fd34bf82-b528-2c48-908e-8b61e8f06e72" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd34bf82-b528-2c48-908e-8b61e8f06e72/14dd25e4-ad06-4fce-b50c-55509c2841a9_720.png" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d2e761c1-694f-c14c-ace0-460f5b06e4cd" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d2e761c1-694f-c14c-ace0-460f5b06e4cd/c192c83a-dee1-4efb-9258-efd41a2569be_720.jpg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ae37937a-a40f-b74b-99a0-35bb78640309" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ae37937a-a40f-b74b-99a0-35bb78640309/e2cc3454-df5c-4179-b54c-c875b25ba81e_720.png" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/186ee338-d989-3449-ab1b-6fb15b96713c" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/186ee338-d989-3449-ab1b-6fb15b96713c/e2cc3454-df5c-4179-b54c-c875b25ba81e_720.png" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4e9fa0f6-aa43-454a-96f2-cb3c55fd5a58" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4e9fa0f6-aa43-454a-96f2-cb3c55fd5a58/7317056f-1c10-4ad5-81aa-7b734c5631a1_720.png" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4663043c-8eca-ee40-9db5-e7adb50fa962" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4663043c-8eca-ee40-9db5-e7adb50fa962/3540524d-313b-4d87-ad2b-f36fc61e9c9e_720.png" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ab604591-3e47-284a-bff6-22a6ac4e7039" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab604591-3e47-284a-bff6-22a6ac4e7039/a81e9b16-5562-4aa3-a37e-5a9141ca7c97_720.png" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8bee722c-f2eb-2f4d-96d8-95eb1f4afade" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8bee722c-f2eb-2f4d-96d8-95eb1f4afade/f24ef434-c1f2-48ef-943c-d9620ce1ded2_720.png" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ffa7b501-c060-b24a-acf5-79c1f5722e36" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ffa7b501-c060-b24a-acf5-79c1f5722e36/a94790d8-d9bc-47fd-a194-12fd5ef58442_720.jpg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5a8893ea-bc25-f444-876c-c632a7803220" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a8893ea-bc25-f444-876c-c632a7803220/274e9f39-2f0d-4c43-9e69-21a57cd7607f_720.png" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6b3ea7bd-bd9f-2b49-9fae-02a9db7481ec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b3ea7bd-bd9f-2b49-9fae-02a9db7481ec/c26ac5c0-7520-4dbd-98b3-f9de468c2808_720.png" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/47485bdd-afd2-4c4f-a597-f3d582edc6d3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/47485bdd-afd2-4c4f-a597-f3d582edc6d3/1f0b6129-4a8b-4ca3-a64f-abfde0f24104_720.png" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bd7cfcd3-431e-d943-af31-49be56bcce62" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd7cfcd3-431e-d943-af31-49be56bcce62/0febd447-505d-4d33-b0af-11b3549c5435_720.png" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/27e24f49-0fd2-c448-b8ef-5f1bb0f210c2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/27e24f49-0fd2-c448-b8ef-5f1bb0f210c2/d672a959-16dd-4ee7-ab4a-982f8a2bdc59_720.png" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a3c43c31-4d17-194d-82e8-efbaf87002b0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3c43c31-4d17-194d-82e8-efbaf87002b0/b9bb8d94-b8d1-45bb-9b53-9c219908344c_720.png" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b22185e5-4fc2-df4e-96a1-df26e4facf70" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/057be465-8085-2b41-8161-9a9200863aac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/057be465-8085-2b41-8161-9a9200863aac/c16272b8-304f-4bed-bda6-77041652e3c5_720.jpg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/63a24b1e-7b64-7947-b68f-b03c5a03f8b8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/63a24b1e-7b64-7947-b68f-b03c5a03f8b8/043a2d74-fc9a-4135-9ebf-9315be7b0a46_720.png" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6824e020-a35d-5641-bd81-5dc015ac3fb9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6824e020-a35d-5641-bd81-5dc015ac3fb9/23320996-4156-4971-a1f2-38b734a0ecf9_720.jpg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/56ac6708-4e75-6843-a220-2e3ca257de11" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56ac6708-4e75-6843-a220-2e3ca257de11/45bd0ef8-5559-4b44-b53e-fe7a27bf094c_720.jpg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/349159a7-0677-2343-a543-983be7cb3d38" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/349159a7-0677-2343-a543-983be7cb3d38/5d4e592b-5b34-47df-b111-41b0c62897e1_720.jpg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dcf930c8-4b7c-af47-9aa0-58b5828489f9" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dcf930c8-4b7c-af47-9aa0-58b5828489f9/7d18497b-be32-4e59-ad89-0f5343cd5561_720.jpg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0065db06-b2a8-6540-b823-144181f771e9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0065db06-b2a8-6540-b823-144181f771e9/5617b3c3-7e46-4235-b4df-578c82e790fc_720.jpg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bf55a66f-74e5-a749-8ada-7d41ae62d039" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bf55a66f-74e5-a749-8ada-7d41ae62d039/d4362f3d-5435-497c-a709-3dee207dbbe7_720.jpg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4cb9a153-33c2-6046-9d5b-bf2dee52f706" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4cb9a153-33c2-6046-9d5b-bf2dee52f706/7ec3f720-3d84-4df1-a4de-b122ec03116e_720.jpg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4f45a7d1-3eab-1f44-9bf4-04625fd4dc6e" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4f45a7d1-3eab-1f44-9bf4-04625fd4dc6e/93f1e849-420b-41de-9233-5ee5e1f99fb8_720.jpg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ea47a86c-4e12-3840-9c7d-1326f9e36cb5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ea47a86c-4e12-3840-9c7d-1326f9e36cb5/65ffaf74-03cd-457f-bde2-416b938a560a_720.jpg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/41bdc278-8d84-9b40-8cfa-baa4f206766b" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41bdc278-8d84-9b40-8cfa-baa4f206766b/abcf1849-1041-42fb-a0f4-6e83ccf186d0_720.jpg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/82770b9c-7b71-f34f-9e6a-f5d5c5190dff" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/82770b9c-7b71-f34f-9e6a-f5d5c5190dff/f9d4fbf8-ee7b-4e3d-8663-fa6b4fcfd145_720.jpg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/98140b03-c396-af41-9572-002d699e8d83" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/98140b03-c396-af41-9572-002d699e8d83/a114cedc-6607-47ce-9782-14b168e73ccb_720.jpg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0184b0e2-c914-4748-9247-94767dfd7864" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0184b0e2-c914-4748-9247-94767dfd7864/032cd09f-f935-498c-a1bd-c0e39750fde9_720.jpg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/42e760d3-5455-1642-b64f-be271b182c51" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/42e760d3-5455-1642-b64f-be271b182c51/2cbb4002-3ef8-4f3f-b4f8-bc7a7ec21011_720.jpg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/404f449e-efc8-1443-afd8-76cfed4b42c7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/404f449e-efc8-1443-afd8-76cfed4b42c7/fe660dcf-df47-455d-ad3f-874afa5677d9_720.jpg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5568a86f-e936-f84d-90b1-85d4ad7d5c18" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5568a86f-e936-f84d-90b1-85d4ad7d5c18/3f07c0ea-d7eb-475b-9918-b0e706b35517_720.jpg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3a5d7d5c-4115-0a44-a976-4cf0a14f837e" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a5d7d5c-4115-0a44-a976-4cf0a14f837e/6d267608-5e3b-4689-adc9-fd5db0d6d0a9_720.jpg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9be11800-a0ff-d744-8ed5-87e30ab9d1e5" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9be11800-a0ff-d744-8ed5-87e30ab9d1e5/a6a618d2-a30b-455f-8b16-50c35b81c3e5_720.jpg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1204f7a3-86cb-824e-ab59-0b92c500512e" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1204f7a3-86cb-824e-ab59-0b92c500512e/fee116b9-2d67-4fb3-b87f-f1e11bae83a8_720.jpg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f0276fa6-f4cc-5548-a3e6-993b0759833a" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f0276fa6-f4cc-5548-a3e6-993b0759833a/c602fa68-c4d5-4d7f-9c56-073b8ee50c7b_720.jpg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bbb8eaca-d354-614c-8795-5090328dd4b0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbb8eaca-d354-614c-8795-5090328dd4b0/d471c401-c2a8-42bd-b252-3055348cd97b_720.jpg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f94759eb-9fce-dc41-a36c-0b345cd2c652" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f94759eb-9fce-dc41-a36c-0b345cd2c652/a5589eb5-64ce-41bd-b3be-aaaa1695ed28_720.jpg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/aa940a5e-364e-f14b-8018-e595f90e3440" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aa940a5e-364e-f14b-8018-e595f90e3440/5c09ef16-e35b-4964-a547-414dc7aecca5_720.jpg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/38546c45-1be5-0741-9914-c04b08fbdcf4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/38546c45-1be5-0741-9914-c04b08fbdcf4/8a41f284-ad45-442e-870a-bea2cc26b184_720.jpg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/90a20b94-9242-1d4d-80f4-60e5151d0558" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/90a20b94-9242-1d4d-80f4-60e5151d0558/b16a5ff3-69f5-4463-9cf0-506cd52c7fef_720.jpg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8fda4c34-2c62-6844-8560-d820690d7963" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8fda4c34-2c62-6844-8560-d820690d7963/cd86aacd-2798-4f2f-a4c5-c323923d6436_720.jpg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/64a9f253-b6a6-e84d-a13e-6c3cef816c08" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64a9f253-b6a6-e84d-a13e-6c3cef816c08/0de1869a-4009-4d07-84c7-9877373f20a2_720.jpg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f2879e7f-aecd-7d47-a156-5604b3f127ba" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f2879e7f-aecd-7d47-a156-5604b3f127ba/72656dd7-e868-4452-b248-50123ee07f85_720.jpg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d89c0418-4858-3140-b278-44f1adb84927" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d89c0418-4858-3140-b278-44f1adb84927/32b24afc-2303-4887-9ad0-73a336c83a53_720.jpg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/799c9bc0-fc97-904e-b95b-f54702009852" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/799c9bc0-fc97-904e-b95b-f54702009852/5f6c086f-7cc6-4eed-9727-646af5845d23_720.jpg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/64ce642b-30bd-bb44-b000-8e5dad40168c" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64ce642b-30bd-bb44-b000-8e5dad40168c/0dd4be8f-0ddd-4748-ac36-264c13318d31_720.jpg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ad69dd42-8326-cb44-881c-d00980c28052" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad69dd42-8326-cb44-881c-d00980c28052/d96762b9-8b1b-4f5f-bebc-2f488bc22f47_720.jpg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6c9b7f23-5e96-7d4d-b760-639543b7d86f" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c9b7f23-5e96-7d4d-b760-639543b7d86f/ae9a7f06-406e-4076-922c-a23770b6c6fb_720.jpg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9a336451-ad47-7f41-ad1b-9cf2ae04fefc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a336451-ad47-7f41-ad1b-9cf2ae04fefc/aea0f38d-4404-493f-8369-ae5ea7cb18b2_720.jpg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3a881407-8b34-0449-84be-b3aa18730c6b" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a881407-8b34-0449-84be-b3aa18730c6b/b5c2fa00-b2dd-41fb-915e-0b6bc18d7665_720.jpg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d4d32211-7487-134d-aece-0f2cfe2dfbb9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d4d32211-7487-134d-aece-0f2cfe2dfbb9/3dd26a63-7dca-4c5a-8578-054992bbc52d_720.jpg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3ae670aa-253b-0f40-8d9a-a4d55651bad5" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ae670aa-253b-0f40-8d9a-a4d55651bad5/b474d1e9-5921-41af-8725-6133f41afa30_720.png" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fd3d682b-8549-c74f-8eae-6d47214a0a17" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd3d682b-8549-c74f-8eae-6d47214a0a17/f80b5771-680f-404c-9a2f-929a8c5d1a91_720.png" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/718d6903-c795-c84a-931f-2ceb33e48270" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/718d6903-c795-c84a-931f-2ceb33e48270/bbd32ced-d85e-4545-99ff-222a84182ed2_720.png" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/598de504-cfab-3b41-8269-8ad000f58765" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/598de504-cfab-3b41-8269-8ad000f58765/fd30bbe0-a83d-4a1f-adfc-c3a964c35bcc_720.png" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/56613b9e-a420-f74d-acb6-8ef6c492d479" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56613b9e-a420-f74d-acb6-8ef6c492d479/971973d0-9eef-422b-a6e0-0256cef602c7_720.png" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4f953738-2c7d-e642-899c-597ac86f01ff" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4f953738-2c7d-e642-899c-597ac86f01ff/f25037ea-3e84-4443-a0f9-e5a4018f6eda_720.png" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/38360526-393f-2542-bf7e-4047582de759" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/38360526-393f-2542-bf7e-4047582de759/c97b4509-3b3b-4b79-ab9f-c4c535335d32_720.png" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a2445c88-d79b-ba4c-94c2-4b24274742a0" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a2445c88-d79b-ba4c-94c2-4b24274742a0/195492b6-83bf-4669-a43a-9d991633f1cf_720.png" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/71309a67-dea8-4e42-9dc2-65cf8b930f5a" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/71309a67-dea8-4e42-9dc2-65cf8b930f5a/37a29fea-a0b4-44ab-9d63-8d17ead863fc_720.png" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4ce13cda-0f31-b346-b210-3d9c609caa4a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4ce13cda-0f31-b346-b210-3d9c609caa4a/13f6916f-4e09-41a1-9660-46399b827665_720.png" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f4b7f054-3713-744c-a14b-934c8bfacd3e" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f4b7f054-3713-744c-a14b-934c8bfacd3e/1003b286-f886-4711-9e10-46d1dc4556e3_720.png" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1e556669-644a-c247-bf95-9a4d794931c9" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1e556669-644a-c247-bf95-9a4d794931c9/073659a6-bbfd-4394-aec7-a7d275f5f48c_720.png" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7f4b9b2b-22c3-2345-90d8-7d5c3e83477a" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f4b9b2b-22c3-2345-90d8-7d5c3e83477a/6cfc0813-af87-4b8d-987d-e7853e4685e9_720.png" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d06040d5-69ae-234e-9e12-94afabedca17" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d06040d5-69ae-234e-9e12-94afabedca17/ebda309b-2b5a-4bfb-99b1-b02a59a18a34_720.png" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4e7d7300-bec3-dc41-8725-11520342b9f4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4e7d7300-bec3-dc41-8725-11520342b9f4/6cfc0813-af87-4b8d-987d-e7853e4685e9_720.png" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c46f4b08-8a1f-894b-8ce1-b35499d914f9" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c46f4b08-8a1f-894b-8ce1-b35499d914f9/2d5893a4-c4e6-4e95-9579-536a25a90378_720.jpg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7d299d47-eaaa-8142-917f-d32c8768ebd0" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7d299d47-eaaa-8142-917f-d32c8768ebd0/a661fa59-44f1-40a2-9de7-23f97e481aad_720.png" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bd8c5a98-5a30-7f45-a0c3-1a0a827613bd" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd8c5a98-5a30-7f45-a0c3-1a0a827613bd/59ac8da3-72ce-4f1a-b18e-85d15c5dde7f_720.png" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5b1902ae-156a-8549-a1b7-a8207937e123" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5b1902ae-156a-8549-a1b7-a8207937e123/4b57447c-6eae-45e4-9533-ffecec68379a_720.png" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/59c6c430-8bbe-9442-8fca-8a3a42060d37" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/59c6c430-8bbe-9442-8fca-8a3a42060d37/0c105e72-8639-4f9f-b4ab-70c200561f41_720.png" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/572edd72-d7bf-4845-834f-cb059d314507" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/572edd72-d7bf-4845-834f-cb059d314507/22bd188f-4ca7-4f86-86af-6a3e220da277_720.png" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/17bb4421-07a8-3b43-a149-814af2a031a7" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17bb4421-07a8-3b43-a149-814af2a031a7/dddb1342-0030-451d-bd10-8489246b78c4_720.png" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bfc013af-cfbb-0147-a71a-cfacd5e10d9e" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bfc013af-cfbb-0147-a71a-cfacd5e10d9e/16cc117a-729c-4af2-8d31-3879c6b13d42_720.png" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2ecc8231-5531-a945-b16e-1c99d363fd10" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ecc8231-5531-a945-b16e-1c99d363fd10/7b11a764-644b-4482-a44e-a7aff630d0c2_720.png" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e424c33f-2b00-3546-a9d5-5c44948f450a" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e424c33f-2b00-3546-a9d5-5c44948f450a/509c3468-634a-487d-af07-205bdd451cf7_720.jpg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ba4a5588-18ca-a842-8b1b-5e27676ab002" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ba4a5588-18ca-a842-8b1b-5e27676ab002/8a28057e-04b1-43ff-b339-65f64c860f72_720.png" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/270b97fa-ae0d-1c41-907a-bdd3de7179a3" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/270b97fa-ae0d-1c41-907a-bdd3de7179a3/3dbf6d07-a8ba-47ea-be1b-ec1e18bd78d2_720.png" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e4e40d29-7e3e-c748-85a5-a0ceb1044841" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4e40d29-7e3e-c748-85a5-a0ceb1044841/d4ceba3e-1b3e-4adb-9c2c-40aa4022b2ba_720.png" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ad3338fc-e927-8747-98c7-923fead826e4" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad3338fc-e927-8747-98c7-923fead826e4/413c3bac-f95f-4096-b8e2-68143d0014bb_720.png" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6bc44e71-a950-e04a-9da0-1ec9c14fa469" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6bc44e71-a950-e04a-9da0-1ec9c14fa469/413c3bac-f95f-4096-b8e2-68143d0014bb_720.png" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5055aa6f-3285-d547-93d4-a66abb5c559c" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5055aa6f-3285-d547-93d4-a66abb5c559c/d7eefbfc-c0ed-4106-af4c-10f9ba22328a_720.png" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cf52d4db-3835-e147-a7b5-659c5bad42b5" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf52d4db-3835-e147-a7b5-659c5bad42b5/d7eefbfc-c0ed-4106-af4c-10f9ba22328a_720.png" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3fdd8062-cbb0-8148-b9c3-bc4cf3a7e9b3" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fdd8062-cbb0-8148-b9c3-bc4cf3a7e9b3/b14cb9b1-3bea-41e8-b190-5f24b41d8a37_720.png" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/56fa208f-3ce7-9445-9b02-c9ce44649969" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56fa208f-3ce7-9445-9b02-c9ce44649969/b14cb9b1-3bea-41e8-b190-5f24b41d8a37_720.png" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/de4e6c62-0115-284b-a6e6-e9d53046e402" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/de4e6c62-0115-284b-a6e6-e9d53046e402/e8140d45-31b1-4744-a23b-7b816527a12a_720.png" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4ad9b290-0a40-3142-99ea-add65dcf15d2" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4ad9b290-0a40-3142-99ea-add65dcf15d2/e8140d45-31b1-4744-a23b-7b816527a12a_720.png" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d42cf55c-9af8-9340-87ce-34cfbfb8e11f" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d42cf55c-9af8-9340-87ce-34cfbfb8e11f/f599acda-16ac-45ef-9f97-29cb77506231_720.jpg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9eb6d460-92ab-b243-bc9e-864fb3551aac" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9eb6d460-92ab-b243-bc9e-864fb3551aac/f599acda-16ac-45ef-9f97-29cb77506231_720.jpg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fd969184-2c4f-1a43-aee9-4af46b3e332e" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd969184-2c4f-1a43-aee9-4af46b3e332e/f5bb1206-fab4-4ccf-8946-42e260702733_720.png" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4defeeef-44fe-0640-bffb-794fd9536e6f" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4defeeef-44fe-0640-bffb-794fd9536e6f/f5bb1206-fab4-4ccf-8946-42e260702733_720.png" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c754ccc4-7ab1-3049-a9e8-bd4cb14c5eea" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c754ccc4-7ab1-3049-a9e8-bd4cb14c5eea/7f6d14c5-8c1a-4d71-8efe-2de0be660113_720.png" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ee0148ed-7180-9d4b-a98d-33bfd58bce0c" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee0148ed-7180-9d4b-a98d-33bfd58bce0c/7f6d14c5-8c1a-4d71-8efe-2de0be660113_720.png" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/72e7432b-07e4-7d4a-8bca-fabef4082bef" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/72e7432b-07e4-7d4a-8bca-fabef4082bef/945bc40a-c195-4a3d-bc8e-db610f5544fa_720.png" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8339d2fa-5a93-f948-878d-e21e824e28d2" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8339d2fa-5a93-f948-878d-e21e824e28d2/945bc40a-c195-4a3d-bc8e-db610f5544fa_720.png" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7b219fd7-c336-8f49-9209-7ff239bca1c5" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b219fd7-c336-8f49-9209-7ff239bca1c5/5a6260c1-45c8-4abb-9807-ac863a7e40e9_720.png" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5a6cc1b9-5e40-2744-b47a-28eb72b984e1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a6cc1b9-5e40-2744-b47a-28eb72b984e1/5a6260c1-45c8-4abb-9807-ac863a7e40e9_720.png" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b9d6114e-a6ff-a142-9e41-af3a19fe1b04" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b9d6114e-a6ff-a142-9e41-af3a19fe1b04/7f94ca1e-5df6-4221-b58f-a6de934f164b_720.jpg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/05dafc08-a0ae-2248-be3b-1b4283353795" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/05dafc08-a0ae-2248-be3b-1b4283353795/56c95c1c-25ef-4dc8-83ea-43530e7c43c2_720.jpg" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2b72c6c3-31e5-5e41-80ac-4b2adf3696be" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2b72c6c3-31e5-5e41-80ac-4b2adf3696be/206a8ac1-6662-4dbe-a178-d36fec19d6fa_720.png" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f46409a2-bd48-124c-8e7b-650618255d0d" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f46409a2-bd48-124c-8e7b-650618255d0d/6cc161a7-1768-41a6-a3c5-34dd0874c3dd_720.png" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5ff919c0-1f7f-0947-af82-d8c581258fd5" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5ff919c0-1f7f-0947-af82-d8c581258fd5/c7ade41e-a5ef-42d7-9686-f997c1d9af34_720.png" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7a6e3a85-c2a3-3e42-8300-130907b5e6a4" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a6e3a85-c2a3-3e42-8300-130907b5e6a4/2560d889-4533-4778-96ce-eafe1589a07b_720.png" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/766593a5-046e-2b47-84d5-dc37bbb8e83a" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/766593a5-046e-2b47-84d5-dc37bbb8e83a/daad0e39-d251-4c26-812f-d4518c413536_720.png" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/be11e1ee-9c9d-6349-88f3-ff8c09821f27" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/be11e1ee-9c9d-6349-88f3-ff8c09821f27/da02f98e-988b-422a-9463-e9997fa90f36_720.png" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1d7dd42f-323d-a84d-a613-bd12e007f361" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8c98c5fc-45ca-a04e-8c37-b5e6cf791922" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8c98c5fc-45ca-a04e-8c37-b5e6cf791922/63ad7a9b-6276-4187-8793-656a8320133c_720.png" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/991577e4-12bc-5348-8e2b-6c88012ba980" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/991577e4-12bc-5348-8e2b-6c88012ba980/d193b591-915e-4943-9602-fea4a38b8f26_720.png" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/24fd290f-ce14-0d40-b2f9-3c1e03881600" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/24fd290f-ce14-0d40-b2f9-3c1e03881600/b24da231-4c3f-4ae1-ba4f-a457e76df2b6_720.png" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f6ca4fbd-91a9-ee43-a509-4017c727e764" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/75d03c5d-ecc8-2b47-b0c4-16391a2244c6" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/75d03c5d-ecc8-2b47-b0c4-16391a2244c6/b1b31b6a-836e-4a80-9ffe-e3af3015602c_720.png" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d819e130-91ad-4f4c-b46e-76776caecf74" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d819e130-91ad-4f4c-b46e-76776caecf74/69f5913f-6a9d-446c-b366-4d513933f282_720.png" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/448a7e93-2846-7145-93c5-9f916f6fbacf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/448a7e93-2846-7145-93c5-9f916f6fbacf/20612bf2-325b-4d65-883a-cc14bfdd1e42_720.png" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5d7e2986-3367-6046-956d-242b5fb0d955" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d7e2986-3367-6046-956d-242b5fb0d955/2fc0e84e-36a5-4151-8146-76ffc786767a_720.png" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8596cadb-d09c-9042-9b0f-80fe6423e5e5" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8596cadb-d09c-9042-9b0f-80fe6423e5e5/fe1cf91b-401c-4073-b5a0-5be6b3d9e5ab_720.png" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e0f6a7b9-2bd2-f445-8102-927478e4375a" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e0f6a7b9-2bd2-f445-8102-927478e4375a/07e8a360-fc50-44f2-af67-5bcd406f9c98_720.png" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0d7c043c-9901-2c46-b93e-d6c88a613a2d" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d7c043c-9901-2c46-b93e-d6c88a613a2d/6863b1f0-a987-4020-ba47-623dec8e1151_720.png" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d24559ee-18d0-7e4c-8d94-1191dddbf903" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d24559ee-18d0-7e4c-8d94-1191dddbf903/3a2c785f-5a26-4b88-9d05-1ada714cf6bf_720.jpg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b28c16b0-5ed2-104e-9e6e-f3d3cf961d2f" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b28c16b0-5ed2-104e-9e6e-f3d3cf961d2f/a83930f6-1ac1-47d3-9047-b4a5a2dbd195_720.png" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/199cea3b-c228-7d4b-90ba-ce936ce3ef78" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/199cea3b-c228-7d4b-90ba-ce936ce3ef78/ae70c2de-e63b-4b7d-9d6a-110ef2e1020e_720.png" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/08018157-1abb-a04f-bd19-c74d90114ca7" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/08018157-1abb-a04f-bd19-c74d90114ca7/27c714d3-fdc6-4746-b79d-4dbd9a4ab03b_720.png" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/610e59bd-0fc3-9c45-ad77-8c2c25e19604" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/610e59bd-0fc3-9c45-ad77-8c2c25e19604/6e8793b2-0579-4d05-8f41-bc56fbe864e1_720.png" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/04a5f20c-78d9-b94e-b6f5-63c1ab845a87" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/04a5f20c-78d9-b94e-b6f5-63c1ab845a87/c11f5170-099e-4cf0-9d31-6fa223f1fa33_720.png" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2bec98b2-3474-2b4e-bfc5-2961f6f15172" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2bec98b2-3474-2b4e-bfc5-2961f6f15172/ac46e0a9-05eb-4002-95dd-946d08fe3010_720.png" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d97cb6eb-9168-2a4b-8464-a4fed4c336a1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d97cb6eb-9168-2a4b-8464-a4fed4c336a1/6cca293a-daf3-4917-af5e-2b42dd096ee7_720.png" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/52373b41-4e1e-a949-809f-2df4906235b7" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52373b41-4e1e-a949-809f-2df4906235b7/45317827-4f30-4ef4-94ba-09242a81dc55_720.jpg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3c53ea58-ae06-fc48-bff8-f84005d49fb5" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3c53ea58-ae06-fc48-bff8-f84005d49fb5/d66adf2f-9cd2-4099-9f22-f0bb33a57c4d_720.jpg" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e76de223-2089-5849-bfb4-939889a1e507" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e76de223-2089-5849-bfb4-939889a1e507/c28c924e-e030-482c-a120-f29acd6a4f7b_720.png" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/69bc444e-c9bb-274b-9e6f-51800d7a2058" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69bc444e-c9bb-274b-9e6f-51800d7a2058/eeeac4f1-fbc2-43bc-8e33-b02e66daf995_720.png" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a8224e83-3726-f543-b77a-913334ed684f" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a8224e83-3726-f543-b77a-913334ed684f/1e3a8cdd-10a5-485d-a50c-20467dc16728_720.png" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7c21e9c2-e639-f14b-b62d-d9c419895958" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7c21e9c2-e639-f14b-b62d-d9c419895958/b2350f68-70d2-4d43-96e6-00e145c64daf_720.png" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7f9556c3-c616-b443-83b0-acd6286d6ec9" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f9556c3-c616-b443-83b0-acd6286d6ec9/aa7054b9-ea60-4c35-8283-a483cdabb1e1_720.png" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/504c4544-7fc8-6142-bb79-e912fb9ef93e" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/504c4544-7fc8-6142-bb79-e912fb9ef93e/21b0cde7-605f-4db3-afee-05703ee2feb2_720.png" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7a31ea67-39a9-aa4b-8cc0-bc91ae8ce3e2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a31ea67-39a9-aa4b-8cc0-bc91ae8ce3e2/ce3c24dd-4e23-4246-afb1-1239303aa942_720.png" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bbf82090-f41c-ec43-8cfb-d994c4b795da" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbf82090-f41c-ec43-8cfb-d994c4b795da/a4d0cf41-f9c6-4919-b882-a35daef17ece_720.png" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/80966b65-67f1-7b49-91d6-7278aad5a2e8" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/80966b65-67f1-7b49-91d6-7278aad5a2e8/fb1d4ca9-8c11-4082-96a2-d9b55d4ce7f0_720.png" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2e25f12b-591a-864e-85a9-f0f0966618df" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2e25f12b-591a-864e-85a9-f0f0966618df/d292e10c-fd08-44b2-a01a-73f9808b26ed_720.JPG" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f968ca26-ed78-954a-9a86-d98555d5a2bd" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f968ca26-ed78-954a-9a86-d98555d5a2bd/f24f3ea8-3954-449c-b17c-d02619364432_720.png" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e32553a8-adcc-af4c-b384-9e4a19a69736" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e32553a8-adcc-af4c-b384-9e4a19a69736/93d7de10-0ac7-4f0f-b5f7-26a5a8f1c6b9_720.png" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d9c54838-19bf-394c-ac1e-5135309ae018" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d9c54838-19bf-394c-ac1e-5135309ae018/d49762c7-b0ee-46f2-a640-375014d6c350_720.png" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8ec11b60-e321-c54b-859b-d1623c995362" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ec11b60-e321-c54b-859b-d1623c995362/7617ee3c-9885-436e-acb2-fd241bf91505_720.png" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b3c3dccf-7557-464d-b87a-ed5cba219d5d" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b3c3dccf-7557-464d-b87a-ed5cba219d5d/da47f696-a81b-40ba-a8c2-1d1f334942cc_720.png" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/787daa26-2d94-824a-9a12-e3590b9129f8" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/787daa26-2d94-824a-9a12-e3590b9129f8/7f4719f4-e9dc-4b13-abc1-c27c35fb8466_720.png" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ce30e3c4-ab67-9244-b84e-f6b00fc2caa1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ce30e3c4-ab67-9244-b84e-f6b00fc2caa1/f30c031c-eeda-48e5-8f67-34e3cae8932a_720.png" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/34683c73-d26b-c845-9984-42eb445f3775" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/34683c73-d26b-c845-9984-42eb445f3775/3aa1c76b-5e35-4b73-83de-f06ce2ecbc92_720.png" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dc9e7239-e265-a044-adf3-f59442ba20d2" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc9e7239-e265-a044-adf3-f59442ba20d2/63330626-b31b-4826-ad28-f6aec4ed9ac4_720.png" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/921e451e-dd3d-8a49-bc35-ef8fdac199e3" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/921e451e-dd3d-8a49-bc35-ef8fdac199e3/e1ccf71d-bca2-4f73-bec1-c2ae730e5c8f_720.png" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9c554dcb-4592-a04f-94aa-511fa9f596fa" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9c554dcb-4592-a04f-94aa-511fa9f596fa/7d6cffe5-14b8-4c34-ade0-536c45b9d50e_720.jpg" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e8254663-b210-6444-81df-aa53b06db647" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a44de598-0a43-364c-856f-1a0e0819e794" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cc1f57b7-4d3b-574f-b362-6735b78e46b7" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cc1f57b7-4d3b-574f-b362-6735b78e46b7/c11c0ba7-6e16-410d-9404-fb327204302d_720.png" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a867e4c1-0916-c748-beb2-a66df088db93" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a867e4c1-0916-c748-beb2-a66df088db93/c652842e-e3f4-4e35-9635-7e877f980372_720.png" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2332a576-256a-d545-bee2-eb0e156f7f19" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2332a576-256a-d545-bee2-eb0e156f7f19/ab0f24d7-4535-499d-8232-f3175fe61858_720.png" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0e907c43-1909-e447-b650-611f8f2cba89" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e907c43-1909-e447-b650-611f8f2cba89/2c6cfd66-b9f3-4c18-b80c-8394411a0be2_720.png" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6ad3d0b9-7005-e44f-97d9-251cc09b3cc3" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6ad3d0b9-7005-e44f-97d9-251cc09b3cc3/fd679186-57f2-4690-a0de-4eb1a58a232f_720.png" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b53fd27b-b4a2-5842-8b03-3baae2e1d439" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b53fd27b-b4a2-5842-8b03-3baae2e1d439/58c0effe-ec42-4858-aac4-afe384d3f0d3_720.png" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a0f8e54c-1f8b-0d49-bc6d-08ce0bc166ae" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0f8e54c-1f8b-0d49-bc6d-08ce0bc166ae/a418d6b1-41c4-463e-acb6-a5c34a12a435_720.png" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2d050737-9c9e-9c4b-9fda-8eeba6c7cf54" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2d050737-9c9e-9c4b-9fda-8eeba6c7cf54/f597ab2f-2a5e-453c-98d1-0cc4602abfac_720.png" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/00d317a9-0d8a-5543-a5e2-b3df73c95fff" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/00d317a9-0d8a-5543-a5e2-b3df73c95fff/3b6fab14-18d0-4277-91e6-10eb9eda1210_720.png" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ad86a8a8-e206-9b4e-b496-71928d1bd28b" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad86a8a8-e206-9b4e-b496-71928d1bd28b/d2e412d2-65f7-4977-8b0d-3a5639b991bb_720.png" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e8f83011-dd16-0b4c-840b-806aa4ab88f2" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8f83011-dd16-0b4c-840b-806aa4ab88f2/340d3ae6-8d08-49f1-8bc9-0521271f24e6_720.png" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3ee0afe1-2b32-d84b-82c6-226793bf7ebd" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ee0afe1-2b32-d84b-82c6-226793bf7ebd/33387f7e-9cdc-4b3c-9641-5a29e9977897_720.jpg" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6cf2266a-0011-9e47-827a-1d058bfd6fd7" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6cf2266a-0011-9e47-827a-1d058bfd6fd7/eb099ad7-6799-4be9-9d74-43db70c1277d_720.jpg" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/542160cf-94c1-774f-b630-619349a26444" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/542160cf-94c1-774f-b630-619349a26444/c1523951-b404-417b-8b17-3b834e1e3091_720.png" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/eda427aa-138e-e643-a29e-35a0b12f2134" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/eda427aa-138e-e643-a29e-35a0b12f2134/478552d2-e9f6-47e3-82af-154c4f935218_720.png" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1d5dae83-b40b-2549-b5ac-d0bab59bce08" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1d5dae83-b40b-2549-b5ac-d0bab59bce08/e3daafc3-e5cb-456c-a10d-82ea6549ec2f_720.png" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3ab2d302-8524-4b4a-862d-054530a201b2" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bd906c5f-5fb7-3646-b7d5-c0c22301add9" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd906c5f-5fb7-3646-b7d5-c0c22301add9/135e2ba3-5be7-4397-a1d8-38732685eee1_720.png" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/30594430-d4bc-6d4d-bd0c-cee028ec0e17" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/30594430-d4bc-6d4d-bd0c-cee028ec0e17/7635b4f4-2432-42ac-b88f-beb96e4e1b89_720.jpg" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4e1f3d2a-9c49-3742-aad1-3be0a8759646" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4e1f3d2a-9c49-3742-aad1-3be0a8759646/d7c2e2ca-d14c-420f-b5bf-f0e773e5efb2_720.jpg" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/20b197ab-44be-7b40-86d1-b7c9aed832b6" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/20b197ab-44be-7b40-86d1-b7c9aed832b6/d35787af-78d1-44ab-875c-5e68fd175aec_720.png" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/247f5f17-a9f8-7744-930c-e815b712b003" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/247f5f17-a9f8-7744-930c-e815b712b003/607e2eb5-ca2c-4fe4-a73f-604728aeacf9_720.png" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9b1b196f-2adb-374b-bc3f-6148f3598c06" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9b1b196f-2adb-374b-bc3f-6148f3598c06/778a274f-3886-41e7-a3fe-7b9a52373b99_720.jpg" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8b232d54-3f7f-0d48-ad0f-751d249aa0ca" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8b232d54-3f7f-0d48-ad0f-751d249aa0ca/71e42c9d-17c4-4e1f-a175-d39b9b769dad_720.jpg" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/316c797f-88bb-0046-9e42-d44cba0fb437" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/316c797f-88bb-0046-9e42-d44cba0fb437/f3d37fc0-ad01-4266-ad51-655f8c6c0a19_720.jpg" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2ac25543-3039-9a44-a1e5-f807260ebe93" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ac25543-3039-9a44-a1e5-f807260ebe93/9e24a381-2fdc-41ad-9f35-0ec628771e64_720.png" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ca006a31-acd9-8143-9e85-38c3070039ee" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ca006a31-acd9-8143-9e85-38c3070039ee/61c0cee7-b835-4907-bbab-a47c7bfe96c3_720.jpg" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e5af0ffb-6fba-b24c-a9ba-1395930710d2" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e5af0ffb-6fba-b24c-a9ba-1395930710d2/b8ae92a9-8f75-4e11-ac7f-a1d739263bdd_720.png" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3ba181ce-5848-ef4c-bbd8-9cee0fb93b64" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ba181ce-5848-ef4c-bbd8-9cee0fb93b64/b3556c0e-80e6-4cc8-b3ba-06a8d9cee693_720.jpg" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/97f159b5-4734-7449-ac6c-31b0f7781814" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/97f159b5-4734-7449-ac6c-31b0f7781814/9c3f55c3-9bae-40ac-a1f9-8cf07e81e758_720.png" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a4706274-48ff-4641-b448-9bb3b8457aa7" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a4706274-48ff-4641-b448-9bb3b8457aa7/f89f81a0-1b12-4616-a47d-a0eb8bd18e41_720.jpg" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d912a79d-a0dd-8247-8828-c9582117a053" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d912a79d-a0dd-8247-8828-c9582117a053/a9f0183e-9c3a-4eea-aace-93d26d45819f_720.png" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/88862d6a-cc8f-8241-9465-7e30b433a4f2" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/88862d6a-cc8f-8241-9465-7e30b433a4f2/fe0b6dc7-b3dd-4ce4-9355-ec61e5fea5ac_720.jpg" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7f1aa593-e3cc-9949-a310-0a7ae54f617e" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f1aa593-e3cc-9949-a310-0a7ae54f617e/ed60b2fe-819b-486f-90c0-02e86dff22a6_720.jpg" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/09c859d5-1ae3-f64a-b79b-e880b82db491" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/09c859d5-1ae3-f64a-b79b-e880b82db491/ed7e52f5-9d97-4346-b43c-686bfc0b923c_720.jpg" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fc5d57f1-8e48-a240-a8c0-d30aa9287da2" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fc5d57f1-8e48-a240-a8c0-d30aa9287da2/0ddf7dcc-47cd-4559-a70c-1dfef3c13c54_720.jpg" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4df447e1-df45-694c-a40c-a2313167c7bb" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4df447e1-df45-694c-a40c-a2313167c7bb/2cf8ce06-9d74-4066-bfbe-2951ae1967fc_720.jpg" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8329c249-9e59-554e-9aca-bcd861fe0209" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8329c249-9e59-554e-9aca-bcd861fe0209/157d078f-15a8-40f2-9ddb-7b7477bdf278_720.jpg" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/39f54fcd-cfc8-fb4a-863b-56af335e8633" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/39f54fcd-cfc8-fb4a-863b-56af335e8633/982a26a1-ca6b-4d51-b179-c207f68832cd_720.jpg" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fb3f225f-996e-594f-a6d0-6308e7b8d3e0" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb3f225f-996e-594f-a6d0-6308e7b8d3e0/f81c7994-d123-4cf4-8f9f-6840e616ac6e_720.jpg" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a10f785a-898e-e84d-9746-ff7c414284b0" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a10f785a-898e-e84d-9746-ff7c414284b0/898a6991-8963-4d38-b63e-540dbd239b3e_720.JPG" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8c7a1b51-fce5-c444-a9d6-3d19423199b7" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8c7a1b51-fce5-c444-a9d6-3d19423199b7/22aa2836-c067-4717-96bb-220314b1440a_720.jpg" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8e95df93-c63a-5d44-b2e5-116de055f5db" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8e95df93-c63a-5d44-b2e5-116de055f5db/037f384a-e09b-46ac-8605-284bfab15919_720.jpg" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/168bde18-06ee-404a-8d21-97f4b3fcc0a2" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/168bde18-06ee-404a-8d21-97f4b3fcc0a2/8b19f77f-a018-4aac-9613-e5cdc63f7958_720.png" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f090fca8-83d4-d14a-9f11-b6d29ff15e2d" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f090fca8-83d4-d14a-9f11-b6d29ff15e2d/07ec968c-4cf6-42e3-80de-4aeecd1cd38f_720.png" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b05cef48-6893-3f4f-a865-fa41a710658a" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b05cef48-6893-3f4f-a865-fa41a710658a/86229451-f076-4e48-b71f-a5b16991b0d1_720.png" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d5403f18-ccc8-8e43-aa34-ce3cf2c3bdd1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d5403f18-ccc8-8e43-aa34-ce3cf2c3bdd1/6a35314a-8a62-420a-a1c2-b0f4c41c713a_720.png" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/80bc3ac7-6b17-e846-97d7-ff31517dc74e" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fed1d8b5-d5ea-8244-ad85-8bf0053c00ed" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fed1d8b5-d5ea-8244-ad85-8bf0053c00ed/0e6e0208-3c8f-4e77-b6db-446ed9023a6b_720.png" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/37096d05-44c0-7242-818d-c161ecfdc9fa" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/37096d05-44c0-7242-818d-c161ecfdc9fa/b9a0e798-4a92-48e8-8336-d8e9449c1256_720.png" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0b3f8808-15fe-9b42-b30d-038552c39bd3" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/26fab365-1b6c-c94f-ac4d-0c7f899e33ef" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d55525f0-3774-2844-bf8a-fd80ce6226d4" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/25bc1521-c37a-2b4b-8039-d7baac75ea34" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/25bc1521-c37a-2b4b-8039-d7baac75ea34/ff7a63ff-eaba-479a-a6ad-7e11f87b2c4f_720.png" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b5b6349f-7848-3341-aaeb-1bff2692ea34" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5b6349f-7848-3341-aaeb-1bff2692ea34/7c052d5e-8e77-4798-91d3-eaca70a81d43_720.png" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d9105f3e-3466-3e46-8274-330169dc1edd" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d9105f3e-3466-3e46-8274-330169dc1edd/6268243d-67df-4da8-883d-29a4d4767d9f_720.png" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4794ccf6-27f3-5c48-8998-2fe23ebb6c59" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4794ccf6-27f3-5c48-8998-2fe23ebb6c59/27362500-4590-4831-a0ab-473d5951c947_720.jpg" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e172da39-a34c-8240-bf2e-8eb438bf6a52" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e172da39-a34c-8240-bf2e-8eb438bf6a52/fc42999f-ead3-4d7c-9a00-8a0b096fb8d4_720.jpg" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b984feb3-964b-934c-bba9-d9782b8b0f1b" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b984feb3-964b-934c-bba9-d9782b8b0f1b/a720d762-e76e-42d9-9712-c6956975aff5_720.jpg" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/75889529-a887-c34f-8c52-6b1577cc9b72" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/75889529-a887-c34f-8c52-6b1577cc9b72/beb6065f-cb73-46b1-9c8d-87c081e7f5c7_720.jpg" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a0f08dee-b301-ec4d-a18b-d3510c491fd0" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0f08dee-b301-ec4d-a18b-d3510c491fd0/0663ba3f-a99a-4fb8-9d00-64060beab66b_720.jpg" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/10199b67-b17b-ec42-804d-34ac6f615f80" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/10199b67-b17b-ec42-804d-34ac6f615f80/2179417d-9824-41c5-82b7-154cbe520469_720.jpg" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d665da8e-9754-a442-aa49-608c28a9d226" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d665da8e-9754-a442-aa49-608c28a9d226/2567d54e-bb1c-4a2d-bc00-2dde94d9f01a_720.jpg" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6fb24e6c-e73f-7a4b-bf8c-2bf7bff0ca18" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6fb24e6c-e73f-7a4b-bf8c-2bf7bff0ca18/0025c4bf-943f-4311-a481-6baa8ee021e1_720.jpg" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/52074a33-e3c6-464b-a647-254edafc4176" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52074a33-e3c6-464b-a647-254edafc4176/a9e848fc-b11c-4e11-b79d-c4449cf04bc0_720.jpg" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/78978dcd-3bd0-bc47-8750-8bf146e097d9" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/78978dcd-3bd0-bc47-8750-8bf146e097d9/1b2949b6-57f0-4376-897e-fa356b402706_720.png" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d5e3570f-7f6c-4544-8eff-e613c39885f4" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d5e3570f-7f6c-4544-8eff-e613c39885f4/3b9c3e3c-779e-48fc-b454-4425901fd39d_720.png" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2ca4ae4d-bc08-8f47-ad18-71bcb714e21a" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ca4ae4d-bc08-8f47-ad18-71bcb714e21a/9f06ea34-8d6f-4a6e-be36-a7265ac5e936_720.png" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f7680573-22f2-9a4f-a817-e11989802c25" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f7680573-22f2-9a4f-a817-e11989802c25/7d9da045-70db-40a6-95ad-6d2e4e1383b1_720.jpg" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e4b15305-b5b3-7442-abef-7a630aecb5b0" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4b15305-b5b3-7442-abef-7a630aecb5b0/3a68f8d7-baea-4553-bbb4-5810e5ba0db3_720.jpg" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d19cb67a-c420-884e-bef2-3c64bc1324ae" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d19cb67a-c420-884e-bef2-3c64bc1324ae/869318ab-395f-4435-8c8f-a3539e38d668_720.png" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fde1733f-9d05-b34f-bc6b-c21c842405bb" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fde1733f-9d05-b34f-bc6b-c21c842405bb/0e0b8eab-5b4e-414a-9733-230cf2d18e84_720.png" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/010a749d-763b-ab48-b2a3-7e538c589282" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/010a749d-763b-ab48-b2a3-7e538c589282/8d5b223c-d59e-4af2-831d-a409a9fa5025_720.png" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/892afdcf-d479-0142-ab3d-da2fa49abb49" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/892afdcf-d479-0142-ab3d-da2fa49abb49/aa07017e-c1e1-4b5d-9eea-355e57ebf589_720.png" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a0218d1e-0ead-b147-85bb-7271d40e7fd1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0218d1e-0ead-b147-85bb-7271d40e7fd1/30bd5e1a-f0b6-4295-b22e-7282a3f85aa0_720.JPG" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0da03c8f-a591-754a-a90b-a8edcfd44dc8" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0da03c8f-a591-754a-a90b-a8edcfd44dc8/136103cb-04f7-493a-a85b-f56352891e5c_720.jpg" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cb424ba7-4463-5144-a647-a97a96d154cc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cb424ba7-4463-5144-a647-a97a96d154cc/bd066925-737f-46c2-8433-fa616c92dbea_720.JPG" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/257ef49d-7e7d-7e4d-aa9b-f6958f2b0c77" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/257ef49d-7e7d-7e4d-aa9b-f6958f2b0c77/d3055be2-9415-4891-8838-1b42fa644ba1_720.jpg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/17190e15-4f29-cc4a-a50a-b0b4cd68ed51" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17190e15-4f29-cc4a-a50a-b0b4cd68ed51/ce85fed6-a48c-4d05-9605-1abfc3e210fe_720.png" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/baa49e60-85bf-a24f-a8b5-a1194dcbbfff" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/baa49e60-85bf-a24f-a8b5-a1194dcbbfff/0b630a2a-8904-4d08-9091-9bf80248d00c_720.png" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3d129c39-f838-d64f-a73d-f6d05f6c5fb2" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3d129c39-f838-d64f-a73d-f6d05f6c5fb2/23a18ebb-d860-4442-88ca-167bc151a03b_720.JPG" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dfe4906c-78b7-ac47-a774-e428ce3d610c" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dfe4906c-78b7-ac47-a774-e428ce3d610c/6ad3542d-1ea2-4048-a722-df60da3c6a2d_720.png" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/974aedff-0ee7-c64c-a974-b1733385b457" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/974aedff-0ee7-c64c-a974-b1733385b457/3c33d988-3580-4661-a8d1-ed999066e895_720.png" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b23c8c26-7525-7646-8174-11e51a05a831" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b23c8c26-7525-7646-8174-11e51a05a831/e5671dd0-9c76-4667-9acb-0488c456ebb0_720.png" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d80bfebf-6af5-604d-813d-4477c5a448f3" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d80bfebf-6af5-604d-813d-4477c5a448f3/1872cbcd-3115-466d-863c-6ed321ec460b_720.png" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4dcd268a-5fb9-fb47-bad2-df94a3d4cb19" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4dcd268a-5fb9-fb47-bad2-df94a3d4cb19/670972cf-07ff-4b19-8c09-dfe863dbf53d_720.png" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/11db0c94-8a84-7749-9403-54a1751b3481" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/11db0c94-8a84-7749-9403-54a1751b3481/12165c50-6319-42ba-a7b7-7f6fcac9ac53_720.png" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7fff1bbc-079b-a744-a3ae-07a7880b22ac" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7fff1bbc-079b-a744-a3ae-07a7880b22ac/9d2dbf36-c24b-47ff-a4b3-a49f96389f35_720.png" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4bc1e0b1-5fbd-2f4c-8b99-297b27521458" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4bc1e0b1-5fbd-2f4c-8b99-297b27521458/e9299a95-4bf4-4123-b99d-f4f862a23e31_720.png" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3fe0f6cf-b511-9049-bd4c-f068bb019303" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fe0f6cf-b511-9049-bd4c-f068bb019303/21ed92da-564d-4390-b665-66e7677ab97b_720.png" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/73cff146-e8c8-da46-b5f2-e15d4d6752ae" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/73cff146-e8c8-da46-b5f2-e15d4d6752ae/ead56434-c452-40dc-a82c-527298d04cb5_720.png" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/eda08e87-3f15-b24c-a14e-511993f6b4eb" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/eda08e87-3f15-b24c-a14e-511993f6b4eb/92afd6b8-21ad-473b-9e21-1f6586d31f5f_720.png" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9559fc94-25a7-9344-b496-3701945470e1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9559fc94-25a7-9344-b496-3701945470e1/8c7f6065-3e76-41b9-98bf-f9684376c297_720.png" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/13d5da37-fa9f-df43-8524-118452d17000" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/13d5da37-fa9f-df43-8524-118452d17000/bcf073bb-e43c-4a0f-a742-f5948e680b3e_720.png" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bac39709-3a2c-8141-971a-b1a5193a9726" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bac39709-3a2c-8141-971a-b1a5193a9726/64aa2485-d691-4d10-8c9a-77a64a5b2302_720.png" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/26fd6ad0-911f-2640-9eaf-48e4e8d7f943" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/26fd6ad0-911f-2640-9eaf-48e4e8d7f943/77431c68-e56b-4a01-95e3-44d8ba7407be_720.png" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/841b067f-02f2-aa40-9fe7-feb1865ba0a4" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/841b067f-02f2-aa40-9fe7-feb1865ba0a4/1221015f-2ab1-4588-b260-6385402398f2_720.png" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5e53b4f1-6a89-584c-8fc7-bb49629f9a64" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5e53b4f1-6a89-584c-8fc7-bb49629f9a64/4c52ab74-940e-45b9-86a5-a491ae2893a6_720.jpg" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3fb8fac8-f213-b845-8965-5276d8920696" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fb8fac8-f213-b845-8965-5276d8920696/e3a2089b-b456-4f23-b821-188f56bc54a9_720.png" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7afd47fc-fee5-594a-84a0-e9f8d174d07c" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7afd47fc-fee5-594a-84a0-e9f8d174d07c/c0c545d3-ca6f-4f3f-a3af-591f6965af6e_720.png" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c17d65ae-edf7-6245-bd77-5ea63fe95180" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c17d65ae-edf7-6245-bd77-5ea63fe95180/e3a2089b-b456-4f23-b821-188f56bc54a9_720.png" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/23d07da7-5ce2-3b41-ae0c-e9df95c6bc9d" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/23d07da7-5ce2-3b41-ae0c-e9df95c6bc9d/c0c545d3-ca6f-4f3f-a3af-591f6965af6e_720.png" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2cef9908-d0df-6d43-9c0b-a9a13c857abf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2cef9908-d0df-6d43-9c0b-a9a13c857abf/b78ae1e2-b699-4a0d-9580-11cc6e42facc_720.png" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3e3e1c35-d01a-5e4f-9a46-95efd7f414e8" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3e3e1c35-d01a-5e4f-9a46-95efd7f414e8/72f09cc7-8187-4e91-9b9a-475d9fe4c8d0_720.png" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bced193f-741d-8e47-aeff-e335b5184a20" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bced193f-741d-8e47-aeff-e335b5184a20/bf367979-e043-4ca3-97fe-7928687207fe_720.png" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8d1b4a79-c6b8-464a-9d5d-f758c3bbfbe2" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8d1b4a79-c6b8-464a-9d5d-f758c3bbfbe2/ab81c742-dc24-413a-b428-8366b67e6c83_720.png" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/55e12a3a-f9bc-f64b-bb90-4a87faf02d36" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/55e12a3a-f9bc-f64b-bb90-4a87faf02d36/1be80ea3-255b-41d6-aed9-37b633da3dcf_720.png" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6ca3fed4-154d-5a41-9055-f4513510df25" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6ca3fed4-154d-5a41-9055-f4513510df25/32001009-5571-4fc4-83c4-6d72bef06cde_720.png" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e3084e44-dce9-da46-9608-bef8c3ae2618" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3084e44-dce9-da46-9608-bef8c3ae2618/1be80ea3-255b-41d6-aed9-37b633da3dcf_720.png" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1b7b8ea4-57e5-664b-9589-8baa0b328825" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1b7b8ea4-57e5-664b-9589-8baa0b328825/8929f579-30aa-4800-9478-11f8efd857b8_720.png" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e4c21004-3598-af47-9270-2d7ea5dff67e" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4c21004-3598-af47-9270-2d7ea5dff67e/007cead7-96be-4561-b7a8-4812d82c1ddf_720.png" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/61ef7054-09b2-9948-96bb-20f97740ff32" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/61ef7054-09b2-9948-96bb-20f97740ff32/1ec8db4c-a298-4664-8597-840e48e252f2_720.png" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fa293159-def7-1540-9a18-f9b987b80ce2" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fa293159-def7-1540-9a18-f9b987b80ce2/331ecee3-8918-4e51-b09d-cf7d43ebca23_720.jpg" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/63fb9369-4367-d243-9421-36812c9facdc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/63fb9369-4367-d243-9421-36812c9facdc/94a5ec4f-386c-4dd0-bedc-aedea422cc6c_720.jpg" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5f0026fc-5fed-4e45-a043-26f6f379e342" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5f0026fc-5fed-4e45-a043-26f6f379e342/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fd36ed9d-547d-9643-a9c3-6d7909e1f994" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd36ed9d-547d-9643-a9c3-6d7909e1f994/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/48efff75-491c-7341-8977-0cd9e8a7801a" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/48efff75-491c-7341-8977-0cd9e8a7801a/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ab613dca-8ecd-c644-9e09-931569608af8" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab613dca-8ecd-c644-9e09-931569608af8/8a1a2203-c0be-4407-a795-b373acba6610_720.png" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/77c52340-3ddc-604f-b6d7-0bd681d21ed0" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/77c52340-3ddc-604f-b6d7-0bd681d21ed0/8a1a2203-c0be-4407-a795-b373acba6610_720.png" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c9208dec-7449-0241-a01d-d42365b990f2" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9208dec-7449-0241-a01d-d42365b990f2/1da6f2c1-4b0c-40ce-923b-f5ccd60189e6_720.png" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/69bfbdf2-c753-2045-a7f2-8370ce802f40" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69bfbdf2-c753-2045-a7f2-8370ce802f40/60f9fd9b-44f0-4373-9985-1cffef6b2110_720.jpg" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d4992d0f-15b7-8444-85ab-160c567a4c52" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d4992d0f-15b7-8444-85ab-160c567a4c52/fb44929e-981d-42a0-8e65-801c519e2c10_720.jpg" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/19ac255e-37d3-4d4e-b1de-e4929c4eda78" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/19ac255e-37d3-4d4e-b1de-e4929c4eda78/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/05cd30ad-4ced-db42-a671-b53dd2ad1072" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/05cd30ad-4ced-db42-a671-b53dd2ad1072/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b35b14af-f0be-d143-b041-75907835c2a1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b35b14af-f0be-d143-b041-75907835c2a1/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cc592f3d-c266-1640-bda3-06cc24df5b25" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cc592f3d-c266-1640-bda3-06cc24df5b25/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0b478b85-b1ee-d847-ad77-5006fb4019be" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0b478b85-b1ee-d847-ad77-5006fb4019be/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0be863e4-5829-f84d-b565-aefd945f47c7" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0be863e4-5829-f84d-b565-aefd945f47c7/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5695e851-dc17-9448-96fe-da479ce17e43" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5695e851-dc17-9448-96fe-da479ce17e43/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0dfc1f51-f59e-4d4f-bb04-00b62c8b363f" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0dfc1f51-f59e-4d4f-bb04-00b62c8b363f/f77e68bc-f09e-4835-9008-d50298171960_720.png" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/12e1efd2-37b0-c448-b862-0b7b2484bed8" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/12e1efd2-37b0-c448-b862-0b7b2484bed8/8e55a59e-70ea-44e4-9ece-89a6be39b3fe_720.png" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/58a66542-9453-fb41-8534-14c22f456190" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/58a66542-9453-fb41-8534-14c22f456190/ecb03f19-8c7d-415c-9f9f-f6d17b31ffc4_720.png" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6b10fc33-7ccf-ed4d-bf0a-24a5382b6af4" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b10fc33-7ccf-ed4d-bf0a-24a5382b6af4/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c9bcd2fc-960b-f947-bb61-6f54076ed4e0" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9bcd2fc-960b-f947-bb61-6f54076ed4e0/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/71dde2ff-17d6-c347-b5e4-473df7991b02" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/71dde2ff-17d6-c347-b5e4-473df7991b02/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9b4247b6-ab4e-404a-982a-5d6e2ffa48c4" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9b4247b6-ab4e-404a-982a-5d6e2ffa48c4/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5be51143-1f7b-4340-a72e-b1e32ba49f38" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5be51143-1f7b-4340-a72e-b1e32ba49f38/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e0177207-fca1-8047-8573-54dafea301ec" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e0177207-fca1-8047-8573-54dafea301ec/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/46f8f220-5b11-de46-a5fa-13eece976b79" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/46f8f220-5b11-de46-a5fa-13eece976b79/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a8ccd941-01aa-1f41-a3de-318c8b709368" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a8ccd941-01aa-1f41-a3de-318c8b709368/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/aee0be4d-1a51-7449-b3df-458cbfbaea41" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aee0be4d-1a51-7449-b3df-458cbfbaea41/f77e68bc-f09e-4835-9008-d50298171960_720.png" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b317f80b-923b-d143-8f9d-05ea2432765c" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b317f80b-923b-d143-8f9d-05ea2432765c/8e55a59e-70ea-44e4-9ece-89a6be39b3fe_720.png" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a1ec8ede-6317-3246-8066-a14bf833ea28" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a1ec8ede-6317-3246-8066-a14bf833ea28/ecb03f19-8c7d-415c-9f9f-f6d17b31ffc4_720.png" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a077bdfb-7b4b-d244-b4a9-f0e7ca5d6218" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a077bdfb-7b4b-d244-b4a9-f0e7ca5d6218/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a16a5874-437a-2249-b5e9-24e258e942b6" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a16a5874-437a-2249-b5e9-24e258e942b6/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1e76d809-5395-3740-b12a-b28aa65c48cf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1e76d809-5395-3740-b12a-b28aa65c48cf/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/28f0350b-aecc-2f4c-97e6-ec6ab7344be0" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/28f0350b-aecc-2f4c-97e6-ec6ab7344be0/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8a3916c9-e9dd-a542-a4a4-57e259a48eb5" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8a3916c9-e9dd-a542-a4a4-57e259a48eb5/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/48f0c6c0-0b65-8f49-a565-84f06e928fd2" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/48f0c6c0-0b65-8f49-a565-84f06e928fd2/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/925131a0-5b2a-1f47-aff8-f8d0bc58f399" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/925131a0-5b2a-1f47-aff8-f8d0bc58f399/ee0eab97-05c0-463b-a83b-155ffdd0505a_720.png" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/70125764-a5f0-b94c-b6f1-3d9ac4690221" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cf037c76-5da5-3043-9163-9b277f407904" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf037c76-5da5-3043-9163-9b277f407904/03719694-49ca-41f2-94a1-a7c864ce83b7_720.png" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/be26e803-ffaa-cd4e-968c-2aba26d967eb" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/be26e803-ffaa-cd4e-968c-2aba26d967eb/dd636c19-4d3a-4c7c-b78a-8cb9f4f7000f_720.png" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b21fd3c8-88cf-d44b-a470-a57eca581bd4" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b21fd3c8-88cf-d44b-a470-a57eca581bd4/ee0eab97-05c0-463b-a83b-155ffdd0505a_720.png" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/55bed36f-8195-0b47-94c0-258ac8ded974" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dc395839-84d1-ce4f-9451-7c7c70ff48ed" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc395839-84d1-ce4f-9451-7c7c70ff48ed/03719694-49ca-41f2-94a1-a7c864ce83b7_720.png" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4b109569-e6ce-b046-9eb1-e7ec31f1556a" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4b109569-e6ce-b046-9eb1-e7ec31f1556a/dd636c19-4d3a-4c7c-b78a-8cb9f4f7000f_720.png" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6b121b82-b008-d148-8172-149104a7cf51" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b121b82-b008-d148-8172-149104a7cf51/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/549b6e8c-1599-7c40-96f1-7e5d0c3be16f" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/549b6e8c-1599-7c40-96f1-7e5d0c3be16f/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/23fd1837-f4ce-fe48-b511-4fd5869764fe" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/23fd1837-f4ce-fe48-b511-4fd5869764fe/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c6b4da0d-3a44-b842-8a6a-9f3bcd9f5888" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c6b4da0d-3a44-b842-8a6a-9f3bcd9f5888/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6494e73e-bdb6-ae41-9ab1-f81155db3386" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6494e73e-bdb6-ae41-9ab1-f81155db3386/45d070cf-e098-4c5b-a0ee-958858f7bb9d_720.png" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/584f3bcb-4b6a-234f-856c-07b3c7939a68" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/584f3bcb-4b6a-234f-856c-07b3c7939a68/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/598ddcfe-eda0-1a45-80d9-9d11dd50d0ed" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/598ddcfe-eda0-1a45-80d9-9d11dd50d0ed/9bc621cb-34f6-4058-91b6-c0beaa660fcb_720.png" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e08407f0-db9a-ed4c-af1d-51ca6ce5d294" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e08407f0-db9a-ed4c-af1d-51ca6ce5d294/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5a92420f-b3cd-5949-86c3-8837bfe325c3" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a92420f-b3cd-5949-86c3-8837bfe325c3/c20fbff7-abbc-4f66-929c-6cba2e5ff81b_720.png" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/83206a9d-a195-f448-896d-419eddc5b39c" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/83206a9d-a195-f448-896d-419eddc5b39c/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b74efedd-4dd7-f345-8329-7d37f8e48e01" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b74efedd-4dd7-f345-8329-7d37f8e48e01/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/95b3a70a-3b47-bc4e-b1f0-96139d44bcca" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/95b3a70a-3b47-bc4e-b1f0-96139d44bcca/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2db9f3ad-3e4c-a648-8abf-3358246508b4" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2db9f3ad-3e4c-a648-8abf-3358246508b4/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/02bcac7a-fdc6-7e4e-95c9-0a897b3ae09d" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/02bcac7a-fdc6-7e4e-95c9-0a897b3ae09d/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cf55e8af-1263-9244-b1b8-9c1a642e4139" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf55e8af-1263-9244-b1b8-9c1a642e4139/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/19cd03da-b4a8-ce47-8888-3b6f722b6f80" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/19cd03da-b4a8-ce47-8888-3b6f722b6f80/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b5062904-3275-9748-9050-ad7ede21b5f7" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5062904-3275-9748-9050-ad7ede21b5f7/45d070cf-e098-4c5b-a0ee-958858f7bb9d_720.png" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/300b32d6-5cc0-9a49-a66f-1884bca29915" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/300b32d6-5cc0-9a49-a66f-1884bca29915/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d198cdd6-ea63-4042-a48a-80f5ab05d6d6" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d198cdd6-ea63-4042-a48a-80f5ab05d6d6/9bc621cb-34f6-4058-91b6-c0beaa660fcb_720.png" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/93943ee8-8527-194b-be49-bf8e074052a6" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/93943ee8-8527-194b-be49-bf8e074052a6/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/165676f0-5917-a14b-b878-211c422e0e29" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/165676f0-5917-a14b-b878-211c422e0e29/c20fbff7-abbc-4f66-929c-6cba2e5ff81b_720.png" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/60dc4e75-4093-6542-9c12-9110d8ca7840" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/60dc4e75-4093-6542-9c12-9110d8ca7840/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/80c0b13f-1569-654a-bf97-c858dfdb9037" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/80c0b13f-1569-654a-bf97-c858dfdb9037/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/40f87553-c8dc-294f-b71d-82b077ce9d9e" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/40f87553-c8dc-294f-b71d-82b077ce9d9e/37993f43-c405-4d54-a062-65ece9bba7ad_720.png" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/92a0361c-2bbb-4943-8f41-570117b3d58e" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/92a0361c-2bbb-4943-8f41-570117b3d58e/37993f43-c405-4d54-a062-65ece9bba7ad_720.png" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/56f288ba-672e-6f47-9d39-b7ee34171d78" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56f288ba-672e-6f47-9d39-b7ee34171d78/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b05c63a0-1ec3-694e-8b16-596388c97406" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b05c63a0-1ec3-694e-8b16-596388c97406/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/402cabcd-7dda-c343-bf05-2c91e4828a6d" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/402cabcd-7dda-c343-bf05-2c91e4828a6d/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/77e34b67-fdef-9147-aa63-a0fb93d6ea8d" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/77e34b67-fdef-9147-aa63-a0fb93d6ea8d/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9685ccf4-e4a1-a243-b288-eb0e3cea6ea6" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9685ccf4-e4a1-a243-b288-eb0e3cea6ea6/8a0a625b-6568-4f82-9f0f-a29351fc8cbb_720.png" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e19790a4-6b1b-b148-823f-0874c946fe91" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e19790a4-6b1b-b148-823f-0874c946fe91/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fdac877c-6d13-5f42-8b68-e7020c369c70" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fdac877c-6d13-5f42-8b68-e7020c369c70/f7f6c1e4-8e9b-417e-9e69-c9a06faa22c1_720.png" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2633e4e2-b6c7-fc42-ad1d-86a924495a58" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2633e4e2-b6c7-fc42-ad1d-86a924495a58/8ea366fc-1da2-4325-a786-387812b526d0_720.jpg" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0d74043d-575d-6946-89e9-392bb89e0935" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d74043d-575d-6946-89e9-392bb89e0935/306155ff-f5c0-4fdd-bb01-e5dcd874690b_720.png" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/78666491-7f63-654f-a716-1f68da7e5d2e" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/78666491-7f63-654f-a716-1f68da7e5d2e/2b25c682-566f-4f8b-a044-c1c51bfe4655_720.jpg" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c684a9e4-5513-fc42-8b2d-6fd5ca0281be" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c684a9e4-5513-fc42-8b2d-6fd5ca0281be/f732030b-2475-48ee-8480-5c838a893e4a_720.png" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c9ef22d4-87e3-d54d-8dde-9f87101ed3ee" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9ef22d4-87e3-d54d-8dde-9f87101ed3ee/013cf8fd-55b4-4ad0-aea6-18873516bd24_720.png" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d21ead7e-8226-5f4c-ba7b-58826b678ba6" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d21ead7e-8226-5f4c-ba7b-58826b678ba6/419c0b41-89bf-4262-8e25-fa6f8ecec9c1_720.png" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1c6f2ee5-fedc-2e4c-828b-9ccfa51826bc" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1c6f2ee5-fedc-2e4c-828b-9ccfa51826bc/c2760da6-bca7-486c-9264-da026a3b83f8_720.png" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8ceb0d93-733a-b54b-815d-33385545c379" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ceb0d93-733a-b54b-815d-33385545c379/c2acca7c-6622-4794-8cfd-5a041e90a026_720.png" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6d36e78a-92c1-7149-8054-b95eea46cffa" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6d36e78a-92c1-7149-8054-b95eea46cffa/35f9137d-8fd6-4a90-8ee2-246df66bb0ad_720.png" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4ed3940a-6f18-9144-9beb-b4058d6d08ba" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4ed3940a-6f18-9144-9beb-b4058d6d08ba/1a4ea0aa-99ad-4f0b-8723-f89129fc126d_720.png" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7f750628-be02-d844-a497-a952fd3f27b9" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f750628-be02-d844-a497-a952fd3f27b9/937e4aa1-1776-400c-9eb5-2e2aed3f8390_720.png" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1f91cddf-2594-6245-b294-105515c65a6d" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1f91cddf-2594-6245-b294-105515c65a6d/f7f61076-7bf6-44e2-baa8-17a9ad1c1d64_720.png" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6294ff1c-4511-2147-b497-02c8caf03039" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6294ff1c-4511-2147-b497-02c8caf03039/ab26f456-8a9a-4c16-8247-4f7d97fcf6b6_720.png" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6bbefa89-f831-424b-b4cd-1e16aa9c76d1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6bbefa89-f831-424b-b4cd-1e16aa9c76d1/ca13c0ba-1f82-4442-ae04-c4daa985d9e8_720.png" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3013f5db-43a3-084d-b607-a5cf9ba842cd" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3013f5db-43a3-084d-b607-a5cf9ba842cd/cf083577-bb21-465b-9c65-37b7e601a528_720.png" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/03f05c4c-6c38-5747-b87c-d0887fc54bf6" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/03f05c4c-6c38-5747-b87c-d0887fc54bf6/377ee614-5197-4ff5-b2a2-9f3561feff0c_720.png" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/54f13da5-ced5-7646-8ebc-134ad87e25ec" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/54f13da5-ced5-7646-8ebc-134ad87e25ec/1bb2bbdb-c8c1-4549-bbe3-dbd2cb0a485c_720.png" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ed9092fc-92c2-d34c-93a3-d86ea4da9a41" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ed9092fc-92c2-d34c-93a3-d86ea4da9a41/fa8f5759-8637-4a0b-8133-510d95d4f50c_720.png" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/104f07fb-09f7-0848-827b-4b46004ba64a" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/104f07fb-09f7-0848-827b-4b46004ba64a/22e0f8c5-276c-42b2-ae2c-3416750c7958_720.png" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d58fc7bc-9118-8740-849f-a84b726f689c" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d58fc7bc-9118-8740-849f-a84b726f689c/b17f5b80-0d04-4601-94d7-511b03ea43e4_720.png" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/25f59d21-29ef-224a-85e4-a6d39ac4f31a" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/25f59d21-29ef-224a-85e4-a6d39ac4f31a/3ccadf9e-c20d-442a-85ce-305c09a35f62_720.png" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/880bdc5c-d457-224a-b641-dd41e3cfb3a9" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/880bdc5c-d457-224a-b641-dd41e3cfb3a9/40f2fe9c-d16a-40d6-a005-9ab14d633b06_720.jpg" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/edb8b249-2603-c148-af4c-c6c3eb402084" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/edb8b249-2603-c148-af4c-c6c3eb402084/5d935b1f-e356-4353-b979-89db2697e019_720.jpg" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2580868c-2c50-c040-b26c-b3f6abdbd5d2" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2580868c-2c50-c040-b26c-b3f6abdbd5d2/688261c2-dbaa-478b-943a-9f96d28aef3b_720.png" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0ec3a7c3-09b2-b94a-8c7b-0730d2946ab5" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0ec3a7c3-09b2-b94a-8c7b-0730d2946ab5/d1e776d9-5860-4ed8-85c4-6c9a0e636d19_720.jpg" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/acffa093-e4d6-4446-a3d1-34e3d86cf856" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/acffa093-e4d6-4446-a3d1-34e3d86cf856/b5fb96ac-2f49-4b57-8952-e250c7cfc33c_720.png" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/22b95c9d-6ba0-8646-b6de-f41f0f166527" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/22b95c9d-6ba0-8646-b6de-f41f0f166527/88a4c0c8-9852-4255-89ce-1624cf4cfdcc_720.png" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e8a5622c-8bb1-1140-8c6e-69698ff2a262" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8a5622c-8bb1-1140-8c6e-69698ff2a262/e3bf603c-da02-470a-9f95-936e40abf97b_720.png" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e88191f2-235b-9347-a9c7-5ff0f2f94d7d" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e88191f2-235b-9347-a9c7-5ff0f2f94d7d/d1aaa57a-aa80-4cdb-b4ca-f07a0a89ba30_720.jpg" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ce735cc4-d54e-9749-baca-7583737faf01" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ce735cc4-d54e-9749-baca-7583737faf01/aec6b42a-bec4-40ce-8716-e3244aa87545_720.png" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/75b72be0-6e6f-9043-859b-988c9e30e5b1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/75b72be0-6e6f-9043-859b-988c9e30e5b1/2bf8e40f-ad62-476d-abec-73363df6df68_720.png" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/87896fb0-c316-2840-85bc-b4b3e42fb549" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/87896fb0-c316-2840-85bc-b4b3e42fb549/239ffcbb-0d1a-4231-9ff6-a190987ee675_720.png" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0eba2aaa-923f-bf46-8c1e-7aa06d4fca3c" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0eba2aaa-923f-bf46-8c1e-7aa06d4fca3c/02e9dc7c-566b-431d-b89e-f72b4a66876e_720.png" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ef71fbe3-95ae-6c42-ab0b-ce5548aaaa05" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ef71fbe3-95ae-6c42-ab0b-ce5548aaaa05/d9562632-a4e5-4e19-adf6-1749be240afa_720.png" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/47af023c-43cb-f745-af3a-b9fa4529f057" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/47af023c-43cb-f745-af3a-b9fa4529f057/a222024f-157a-433d-8f1a-20c34f686c8e_720.png" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7dd3ddcd-a5a9-8d48-ae21-63ee4b9ba9d7" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7dd3ddcd-a5a9-8d48-ae21-63ee4b9ba9d7/fa34242e-eee6-4706-9a58-abf74c753036_720.png" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6d86df3b-5c1e-4542-a7df-5c89f3bd4ce1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6d86df3b-5c1e-4542-a7df-5c89f3bd4ce1/e17e01d1-d454-499d-ac48-10c51889d285_720.png" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ee21b621-5ea0-fa4f-b601-7fce403d616a" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee21b621-5ea0-fa4f-b601-7fce403d616a/c4657936-8c5e-43e9-bcad-fbfd58e4960c_720.png" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9ce59f15-132f-2840-9d31-41153973e56f" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9ce59f15-132f-2840-9d31-41153973e56f/43d4df5b-22b5-4a21-ba37-8ec6800a956a_720.png" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c9660929-b13a-b34c-89b4-88234d287ec8" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9660929-b13a-b34c-89b4-88234d287ec8/3ef147c2-c110-43f9-a1c4-9702ace24980_720.png" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/579db1eb-430b-8a4e-a9c4-1f18d2945cc4" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/579db1eb-430b-8a4e-a9c4-1f18d2945cc4/2ce4c0f5-658f-48e6-9d99-a304fe1eeeab_720.jpg" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/68164110-73b4-0e4e-a405-f142f2f751df" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/68164110-73b4-0e4e-a405-f142f2f751df/08295a6b-18b9-4271-8b2a-80ec185091b7_720.png" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d2d0dc04-c949-4f47-ac66-b323f5c97b34" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d2d0dc04-c949-4f47-ac66-b323f5c97b34/0c695c27-b223-4c57-acab-51e5f626c913_720.png" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b5b4b98c-3108-d443-9579-fae64964676c" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5b4b98c-3108-d443-9579-fae64964676c/ccb64414-a173-424c-b5d0-9f913cbe75a1_720.jpg" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2f0eb525-56e6-4546-9b8a-46b2c6edf032" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2f0eb525-56e6-4546-9b8a-46b2c6edf032/96027172-1908-4231-9591-87ed23a8c96a_720.png" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f3fa08ca-33f6-8246-843e-11df8a1315e1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f3fa08ca-33f6-8246-843e-11df8a1315e1/a87795cd-8a68-48f1-b175-39d9ca49bf33_720.png" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/662c1cfc-fc3b-2c40-b118-4cc436066341" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/662c1cfc-fc3b-2c40-b118-4cc436066341/a7beb85b-fa86-4c99-8ea3-252c0133aa79_720.jpg" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9a6462f7-eed8-bc49-b8c7-ca491e73b94f" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a6462f7-eed8-bc49-b8c7-ca491e73b94f/c7460cb1-107d-4ac1-b41e-bc9159347e12_720.jpg" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5bbafb87-1150-9448-bdef-41d140b6fa83" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5bbafb87-1150-9448-bdef-41d140b6fa83/a1a6120b-cd4e-4fc4-b84a-5566bb0c799b_720.jpg" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/51f3b461-320f-3544-a5ad-95a219adb8d2" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/51f3b461-320f-3544-a5ad-95a219adb8d2/0d2463db-331c-4933-86c6-21d5cc906900_720.png" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/52b5d661-a366-3a40-9e7e-5c1bd3b14a16" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52b5d661-a366-3a40-9e7e-5c1bd3b14a16/d8d34c00-7bb8-456c-b9d0-7baddf2fc92f_720.jpg" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/457aa5fd-da9c-0b45-b6a9-0c20e210b2ca" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/457aa5fd-da9c-0b45-b6a9-0c20e210b2ca/b394393e-401a-461d-a545-fdc5f69b18b5_720.png" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/083d0edc-eb2a-1a4c-9ae1-342f5523d13f" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/083d0edc-eb2a-1a4c-9ae1-342f5523d13f/581e2041-0c16-4ce5-802b-881e781fed78_720.png" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1092a768-264f-2c4b-a140-70dcb2b65f9a" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1092a768-264f-2c4b-a140-70dcb2b65f9a/b9b73ea1-d3d8-41b3-84fa-a24a801a98d6_720.png" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9fd50e29-9cdd-be42-b3bb-cb9dde2b5cf6" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9fd50e29-9cdd-be42-b3bb-cb9dde2b5cf6/dd6b8990-aac3-4c6f-8269-3f7300fcbc6a_720.png" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/042b18b6-5053-3746-b6bd-f9ada7a328b9" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/042b18b6-5053-3746-b6bd-f9ada7a328b9/3da1bc8a-3a64-496c-b90a-5da8befb390e_720.png" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/912335e8-9064-424e-9e1f-df0295943cba" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/912335e8-9064-424e-9e1f-df0295943cba/35668d0e-188b-4ff7-84d3-51e99f659fad_720.png" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d62a8e62-ddf6-a541-ace8-4d743f429dcb" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d62a8e62-ddf6-a541-ace8-4d743f429dcb/fad82aae-32a8-47ba-8060-3ff3ae57204a_720.png" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b481e878-8a0d-5241-b087-9972826e13cd" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b481e878-8a0d-5241-b087-9972826e13cd/194853a4-c304-4a60-8fec-a54ee6fd048e_720.png" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ccfe284d-b075-b841-ad84-ea4156f2363f" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ccfe284d-b075-b841-ad84-ea4156f2363f/6ed973f0-b092-4eb8-a337-f2716f8ecac8_720.png" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/65c01e46-b518-8f4e-9962-0c42d8547571" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/65c01e46-b518-8f4e-9962-0c42d8547571/af029ebf-2dbe-4c83-bf55-174a02294734_720.png" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/540d9adb-c385-e841-b063-8fd946465498" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/540d9adb-c385-e841-b063-8fd946465498/56f86db6-c536-438a-844b-bec0829c0379_720.png" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3fad22a0-1a3e-c743-b1d3-74f1d9abeadc" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fad22a0-1a3e-c743-b1d3-74f1d9abeadc/063a882f-9ead-4f52-844d-3702c2dede5f_720.png" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/15899b9b-8e8f-d24b-82e4-e7fcdcf1d514" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/15899b9b-8e8f-d24b-82e4-e7fcdcf1d514/b3cf1414-95fb-4ccb-b4c6-f745995bd6a0_720.png" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/efbc6cd0-57ec-de4d-b56a-65eb1fbf34d4" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/efbc6cd0-57ec-de4d-b56a-65eb1fbf34d4/33b2a6e3-1f8b-45d4-b989-a30246d96397_720.png" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0e0a74e7-8fde-6347-8131-142c089066c0" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e0a74e7-8fde-6347-8131-142c089066c0/2e3448ef-5a39-47dd-b05e-d7086784edbb_720.png" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f565c0cc-5e98-4e41-9b4b-b97a5eb74748" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f565c0cc-5e98-4e41-9b4b-b97a5eb74748/916eb0cb-13af-4ea8-a71a-6eae63d6f8a9_720.png" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/264cdee8-97fe-2046-a863-f58616ca1274" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/264cdee8-97fe-2046-a863-f58616ca1274/6cc37b17-d105-4b18-ab29-cfbcf74b754e_720.png" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0d0b87d5-4bb7-3e4f-a3bb-a0683bb36244" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d0b87d5-4bb7-3e4f-a3bb-a0683bb36244/245ff5fb-36c7-40d5-82df-d3db02d91451_720.png" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ffa7debe-e279-8144-ac41-37b4b6f6c490" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ffa7debe-e279-8144-ac41-37b4b6f6c490/58ee754a-f6a7-4b75-8694-8aceaccfb3a8_720.png" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4969de00-dee5-4448-bf16-f3e91d862c31" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4969de00-dee5-4448-bf16-f3e91d862c31/9dbb28fa-3049-4e1e-a6b3-639ac53fb9dc_720.png" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ac4b50c1-f056-3d4d-84ce-62cc2e21101e" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ac4b50c1-f056-3d4d-84ce-62cc2e21101e/9c981deb-4c5d-4063-8072-3ae8f3c0638a_720.png" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7121d5a7-8b9f-3045-9e10-439ccb25eb50" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7121d5a7-8b9f-3045-9e10-439ccb25eb50/9f6a0aeb-f7d9-4ac3-9171-678599f77bd6_720.png" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/229cca79-2e0a-664c-8c31-5b5d86282061" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/229cca79-2e0a-664c-8c31-5b5d86282061/5a446788-0f69-4d41-b657-bdb9490c30d6_720.png" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a7c049f6-8fe2-cb4a-9f10-f3993b559679" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a7c049f6-8fe2-cb4a-9f10-f3993b559679/f13227d2-4fb8-49aa-8c88-36aabe7a9657_720.png" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9cb2a59d-763c-3841-a2cc-5701d6ab4495" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d4cc8578-a1a9-1b42-b446-ec798ca2a036" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/43a486f1-40cb-ff45-839f-5fee1dbff767" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/43a486f1-40cb-ff45-839f-5fee1dbff767/1a7aea01-5815-445d-8836-545e1747650e_720.png" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ed25b948-b49b-8c4d-9bd9-554a431d49bd" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ed25b948-b49b-8c4d-9bd9-554a431d49bd/2ae7f8ca-32d2-4d65-9730-73583415e5e4_720.png" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a3ad62be-a56f-5944-9fad-0e4f9fa9c047" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3ad62be-a56f-5944-9fad-0e4f9fa9c047/2c932806-e3ab-4759-90ff-9172db8397c3_720.png" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c4ce7645-0244-d741-a4ac-3aaf6fdf84f8" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c4ce7645-0244-d741-a4ac-3aaf6fdf84f8/f24471a6-3a8a-4cf8-883f-0d4594c1e53e_720.png" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7528de37-1199-444d-b868-32ffedbcbb4a" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7528de37-1199-444d-b868-32ffedbcbb4a/6253c947-771b-4504-800c-5bd4d11544f4_720.png" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c3bea16a-312b-d442-98c7-72ead25af854" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c3bea16a-312b-d442-98c7-72ead25af854/1d228d7e-0b52-44a4-bcfc-105b46e27c22_720.png" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e686e90a-4725-e04b-bf2b-875d67f2e589" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e686e90a-4725-e04b-bf2b-875d67f2e589/c2a9ba4e-4bb8-46a7-9e6c-d68cbae13785_720.png" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8f03989c-1ef0-b94f-84ac-8bd769d35d68" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f03989c-1ef0-b94f-84ac-8bd769d35d68/039c2eff-d917-480a-9960-e57b24473948_720.png" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c64426db-8c38-cc44-8631-6d21f9efb483" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c64426db-8c38-cc44-8631-6d21f9efb483/2b32f51d-4a1e-4153-a924-d940a2365740_720.png" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d2c5afc5-c573-f145-aec7-4f10732bcfef" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d2c5afc5-c573-f145-aec7-4f10732bcfef/801377eb-172c-4028-a566-c72f6de23f40_720.png" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8869a2d2-69e6-cf46-bc50-d2178b13aeaf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8869a2d2-69e6-cf46-bc50-d2178b13aeaf/068ec3da-d644-4163-bcd1-1caf1534edb1_720.png" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bbf7af0a-56c6-8e4b-8ccd-236cf94f73f9" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbf7af0a-56c6-8e4b-8ccd-236cf94f73f9/6ac85d9c-7d11-4d40-a380-b8b1630d07b7_720.png" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1cb884e0-5c71-c74f-a9a7-d07f53565037" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1cb884e0-5c71-c74f-a9a7-d07f53565037/7c2307dd-4ce1-4b75-b99b-9e650f3a6cca_720.png" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/141ce007-1ee3-a840-9aec-2ab428189493" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/141ce007-1ee3-a840-9aec-2ab428189493/94bf31da-0ad5-4d0e-b8dd-d067ea878295_720.png" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7b615b5e-0cf6-ed47-8579-ef3f7a4168e1" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b615b5e-0cf6-ed47-8579-ef3f7a4168e1/7f4f82e8-85ad-4215-9f70-dc5003d51109_720.png" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/265f9e1e-b158-094e-8cb9-ec71eae3c2c1" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/265f9e1e-b158-094e-8cb9-ec71eae3c2c1/4f1c5b86-204e-4455-a082-af0b19a64d22_720.png" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/034049b5-f1ff-0244-b28b-b4d546e90e52" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/034049b5-f1ff-0244-b28b-b4d546e90e52/a06c4a2f-2f1e-4f02-8944-a9513b58108b_720.png" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3b7a3961-0508-d349-94a9-52d456d8ce14" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3b7a3961-0508-d349-94a9-52d456d8ce14/1a05e7fb-7089-4dc6-a600-2462521cd9b0_720.png" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ca1b0596-bdc1-e84c-99db-fc16363b3253" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ca1b0596-bdc1-e84c-99db-fc16363b3253/e6e57352-dac7-4c9e-989b-10355ee21ed7_720.png" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2db4a225-3d71-ec45-88b2-f3a1c695a1e4" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2db4a225-3d71-ec45-88b2-f3a1c695a1e4/5bbfc881-ebf4-4315-a19c-e087dd1bf840_720.png" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b09b07af-e894-cf44-9fb4-39c2f9178a25" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b09b07af-e894-cf44-9fb4-39c2f9178a25/a3603552-9474-4ead-b1d6-11115f2b34b6_720.png" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2ae7002b-6d04-d24a-9beb-f58700a47afd" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ae7002b-6d04-d24a-9beb-f58700a47afd/c5021ae3-3785-4037-a788-b08e2989555b_720.png" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a5d7b214-2523-4c42-b630-a54d42b6fd0b" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a5d7b214-2523-4c42-b630-a54d42b6fd0b/7bfef95b-1e03-42bf-9fe3-056ce12608fe_720.png" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/aa402ac4-6443-eb4a-9b44-295344e770c3" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aa402ac4-6443-eb4a-9b44-295344e770c3/7acdd4f6-8cb4-4d75-867d-e07440178c1c_720.png" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a29b766c-c898-7248-a2cc-93fedd2f5de5" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a29b766c-c898-7248-a2cc-93fedd2f5de5/160763c5-ca83-49a1-8c25-59feff566bee_720.png" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1b10b33f-bc38-3b47-adbd-403ba44de148" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1b10b33f-bc38-3b47-adbd-403ba44de148/5d86c493-7dcc-4fdc-b006-9a186aaf073e_720.jpg" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c65db7a9-fd0f-a846-aaee-baf67aa5d783" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c65db7a9-fd0f-a846-aaee-baf67aa5d783/8a69a2c8-4bfd-4531-a28c-d3dcac359d5c_720.jpg" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d257316b-3942-5048-a4af-ace375b430ba" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d257316b-3942-5048-a4af-ace375b430ba/3e791c3e-9315-4d50-b6c8-82410ae5f71b_720.jpg" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/19500c25-c8cd-514e-8e7b-4168f689aacd" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/19500c25-c8cd-514e-8e7b-4168f689aacd/e1a65fe9-7201-4c6e-8bae-8e06bc6dd958_720.jpg" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b40dfae7-c034-c24c-b3bd-4401479186b6" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b40dfae7-c034-c24c-b3bd-4401479186b6/7e4d03f3-6cdf-4f42-acda-11953bd99319_720.png" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7f44a521-ba23-6142-aeb7-e78221f41a7a" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f44a521-ba23-6142-aeb7-e78221f41a7a/29f27f2c-ed7d-49cf-b2da-99049dd80072_720.png" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a928712d-2435-ce40-a6a5-4e6153449907" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a928712d-2435-ce40-a6a5-4e6153449907/661267ee-3399-4f7a-965d-8fb22f6c5872_720.png" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bfbce03f-7448-624f-af28-a5a9f07e2e03" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bfbce03f-7448-624f-af28-a5a9f07e2e03/c70e3401-f20e-4900-ad33-b901c623d588_720.jpg" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b21dc6e5-14ed-7d46-9744-c043d58835de" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b21dc6e5-14ed-7d46-9744-c043d58835de/fcc211cc-6622-45e9-b112-0123c614ff00_720.png" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5d00072a-dc00-a746-8760-76c6f4ebf530" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d00072a-dc00-a746-8760-76c6f4ebf530/d24c5c1c-7047-4621-8339-72c401b0b602_720.jpg" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3a1c0e08-f81a-1f46-9bf3-67c31afe7e18" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a1c0e08-f81a-1f46-9bf3-67c31afe7e18/16873fdd-3949-4ffa-936f-4462a8d3c154_720.png" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b0f06da2-299f-b747-91f6-b842ca15487b" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b0f06da2-299f-b747-91f6-b842ca15487b/72a94d8d-1064-46f8-8400-ac97f718d39f_720.jpg" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9e930a7d-502b-154e-9688-68442d1b9d09" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9e930a7d-502b-154e-9688-68442d1b9d09/0758d380-e8f5-4b6e-9796-5667710701db_720.jpg" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a5d168d9-79b5-d746-a74e-d5b0ea0889cb" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a5d168d9-79b5-d746-a74e-d5b0ea0889cb/2556ca1a-0f49-45d6-8ee9-05a98a2af2a5_720.jpg" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b5e64072-04dd-1d40-8bf2-ac5316179e41" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5e64072-04dd-1d40-8bf2-ac5316179e41/76f2a400-dae1-42d4-a70e-34a777fd2d48_720.jpg" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b8f473e9-655f-164f-a15e-3c320613d5a1" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b8f473e9-655f-164f-a15e-3c320613d5a1/b15e3ae0-ba4b-4ca3-ac03-aadc010408f3_720.png" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d4acc100-efd0-3648-9013-8d3ff446534f" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d4acc100-efd0-3648-9013-8d3ff446534f/08637e6a-b8b6-432b-ac49-33d5d3c6767d_720.png" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/55e98873-e009-9b4a-beb3-8b277274d4f3" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/55e98873-e009-9b4a-beb3-8b277274d4f3/3b9222bb-b25a-47e4-b9f1-81f6c1a86b92_720.png" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5481cdec-38f9-f94c-8077-2d302fbaaf11" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5481cdec-38f9-f94c-8077-2d302fbaaf11/b453c181-9109-4bae-95d7-a543dd35a369_720.png" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e94dd5b4-67f5-154d-86b3-9a80d5cf7bce" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e94dd5b4-67f5-154d-86b3-9a80d5cf7bce/948ecf9d-f77f-4b4d-be2a-2c7c99de3a38_720.png" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/746cb3bb-b1fd-8648-a21d-266d2e4df427" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/746cb3bb-b1fd-8648-a21d-266d2e4df427/911a3370-7667-49a3-bc9b-a5ae4cf8267d_720.png" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4c2f4815-91f3-5b40-b6f2-cc9b10d1fb53" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4c2f4815-91f3-5b40-b6f2-cc9b10d1fb53/f4f5fa4f-9fca-4742-9187-81254a6d7b13_720.png" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5a2b2991-834d-7d4b-b692-365aedfa9e4b" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a2b2991-834d-7d4b-b692-365aedfa9e4b/bb881f0f-c9ec-46cd-95eb-0c736cb814b5_720.png" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0e282afd-1b37-c248-9e61-02cef25bb587" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e282afd-1b37-c248-9e61-02cef25bb587/ec9cea56-de8a-4390-b9a1-1ca403bab4e0_720.png" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dbf48446-8001-3442-9b7f-267c4a7b31ec" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dbf48446-8001-3442-9b7f-267c4a7b31ec/199098d2-30f1-4010-8557-3c5fa5fc9997_720.jpg" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/15189f6d-10be-f34e-bd24-9c49cce96171" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/15189f6d-10be-f34e-bd24-9c49cce96171/46ceacd9-c81e-4207-ba4e-e8ece81c1c30_720.png" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/14dcc833-1f6a-4440-848f-ddf7b0a12c09" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/14dcc833-1f6a-4440-848f-ddf7b0a12c09/6bc1752e-9949-4c99-a94b-14da47d7d822_720.jpg" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ab971aea-6983-1743-8716-9ca5960df05b" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab971aea-6983-1743-8716-9ca5960df05b/096f9271-80ca-4868-a288-74d314ab3704_720.png" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3fab601f-e78a-3f45-81ef-54fe6e7476ae" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fab601f-e78a-3f45-81ef-54fe6e7476ae/31a76d12-b64f-454b-89e0-5fa68158fbb6_720.jpg" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a58af276-3fce-124b-945c-e5e23ff97628" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a58af276-3fce-124b-945c-e5e23ff97628/01b3709e-6274-4eb0-9e85-d89e86056b58_720.png" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1e9516ab-aab4-f34e-bbac-d4390df3ccc2" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1e9516ab-aab4-f34e-bbac-d4390df3ccc2/cd9cf382-1640-4108-ba12-864aeb580b5f_720.png" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8b715b8b-d091-754a-838e-72f70a16d4e8" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8b715b8b-d091-754a-838e-72f70a16d4e8/d35eb7da-5cde-48e1-bd64-1f043584af3d_720.png" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9f749833-9512-e348-8ef2-da664044c745" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9f749833-9512-e348-8ef2-da664044c745/db6d7c87-ea2a-424a-8e03-7819ff0ab3b1_720.png" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cd4b2148-0bc2-3740-9f53-277dd9948661" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cd4b2148-0bc2-3740-9f53-277dd9948661/c645e50b-467c-4195-aa69-48191e5769de_720.jpg" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/55fd25de-4f91-c740-bb6f-7a276cef8608" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/55fd25de-4f91-c740-bb6f-7a276cef8608/4c977c3f-e2fc-477d-9f60-a18b7d074eaf_720.png" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e5b68bfe-ec26-7f4d-bacb-9a5f6d81c402" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e5b68bfe-ec26-7f4d-bacb-9a5f6d81c402/bd77815a-e871-4073-bf5a-caf9492ba6c2_720.jpg" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/69b97409-bb8f-044d-9303-7a62487bd5fe" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69b97409-bb8f-044d-9303-7a62487bd5fe/495ed3e8-ee5e-4f9b-b768-762c1afa4e37_720.jpg" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/42b66a6d-09f8-a848-9bd1-1c203e6502cb" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/42b66a6d-09f8-a848-9bd1-1c203e6502cb/3620d82d-3543-45e2-837f-5322080a734f_720.jpg" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0125d8e6-3fbd-5641-aa9a-70c86ec5415a" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0125d8e6-3fbd-5641-aa9a-70c86ec5415a/4eefb323-3a12-43b6-944b-88b98e6c5e75_720.jpg" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/85ba5d75-9fb8-9146-8df4-637150852ef9" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/85ba5d75-9fb8-9146-8df4-637150852ef9/564c3270-2c3f-428e-bc18-a4db97d4c58b_720.jpg" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bc66d47c-f57c-504d-b0be-41f5da1cb843" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bc66d47c-f57c-504d-b0be-41f5da1cb843/54546e5c-0090-4b0b-b8f0-804458bc45ed_720.jpg" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0f6fea75-a5b1-2546-9918-ca561a4a68ce" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0f6fea75-a5b1-2546-9918-ca561a4a68ce/5106ef4a-970e-4b34-9108-46766565e367_720.jpg" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2036a83f-d6fb-3643-9fff-00662f9daa66" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2036a83f-d6fb-3643-9fff-00662f9daa66/35f6f990-45d1-48f1-bd8d-006fc3cd5576_720.png" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1a77d3d2-c496-8246-befd-5ae659657fea" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1a77d3d2-c496-8246-befd-5ae659657fea/9fc75823-147b-48ac-95a6-d482fd2ed8bc_720.png" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7fafb6c6-f31f-214f-9062-28e106d27f2a" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7fafb6c6-f31f-214f-9062-28e106d27f2a/67bba5e9-12e9-40e8-b2d7-a6c557bb4bd3_720.png" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dcd81778-fa6d-064b-866b-56689e46683f" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dcd81778-fa6d-064b-866b-56689e46683f/b17e353e-ecc7-422e-a44e-a1ed275dfb7f_720.png" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/46326fb3-11f0-244f-922d-147dc086ad18" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/46326fb3-11f0-244f-922d-147dc086ad18/7a32d4db-ac68-48e1-bfbc-b6700ad95868_720.png" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2a3b4c30-5734-f042-b153-a1953ec43386" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a3b4c30-5734-f042-b153-a1953ec43386/ae566bca-0917-42ef-869a-d8397ea8d6f4_720.png" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2dc70bc4-67ec-e74e-a808-2791002ea770" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2dc70bc4-67ec-e74e-a808-2791002ea770/91b8df7f-b630-4545-bffb-502418d2884f_720.png" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6a0db4ee-72f4-764d-8609-aab90f0bc42a" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6a0db4ee-72f4-764d-8609-aab90f0bc42a/d11630ea-e6b3-4a9b-9641-2c5282b07a40_720.png" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/58df029b-b2dc-7a40-a206-d74cf5b1bb42" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/58df029b-b2dc-7a40-a206-d74cf5b1bb42/5c04f454-c918-421a-9ac1-46c498d38687_720.jpg" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e8b0930a-0822-b14d-8a94-e83f45bece2f" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8b0930a-0822-b14d-8a94-e83f45bece2f/8ac6321f-f44e-44db-90c0-edaf4e9f0ded_720.jpg" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4454e1e0-c5a1-634f-ab31-1e174fbfb9ac" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4454e1e0-c5a1-634f-ab31-1e174fbfb9ac/94838961-09c4-4523-81e4-40875231396c_720.jpg" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/97724ca7-b089-cb49-873c-39f462f0ca21" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/97724ca7-b089-cb49-873c-39f462f0ca21/28c45b4c-e352-480c-8fbf-2fd8e8bef63f_720.jpg" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e3624e70-be09-704a-9bd0-43ba03403484" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3624e70-be09-704a-9bd0-43ba03403484/727db9ff-eb99-4b58-9356-fd06f0ca6097_720.jpg" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/87e53f07-4149-6d46-b695-c8828c9468f7" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/87e53f07-4149-6d46-b695-c8828c9468f7/aa8510cf-5304-43ce-affa-9c48c416c63d_720.jpg" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2b5bf4fd-57c2-ee4a-86d1-d4921ba76527" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2b5bf4fd-57c2-ee4a-86d1-d4921ba76527/ea5e86e6-4c97-4eb0-bbf5-53eba9bf91c1_720.jpg" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/07d37ba3-6edd-f244-a1d6-9ec824e7ca18" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/07d37ba3-6edd-f244-a1d6-9ec824e7ca18/7bfa5479-ebaa-498a-aea0-d4f31a776769_720.jpg" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4527c8b8-1fe9-7c41-85f7-f667564ee342" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4527c8b8-1fe9-7c41-85f7-f667564ee342/9f5d0c79-82b6-497a-944b-7a0173dbf453_720.jpg" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b1ed44db-5392-3a42-b92a-7d14dba232b1" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b1ed44db-5392-3a42-b92a-7d14dba232b1/f4ca13e1-1bb9-4242-b2f5-05a3919ae982_720.jpg" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/52827ce9-24ea-fe48-a94b-8d5ec55a64e8" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52827ce9-24ea-fe48-a94b-8d5ec55a64e8/7b2a3b84-fdc0-4cf5-968f-51e1dc6e98c3_720.jpg" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/301e02ae-3c05-be40-81f1-c7964b86e310" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/301e02ae-3c05-be40-81f1-c7964b86e310/ff8f848d-a397-4dc5-b17c-71d3dfe01d38_720.jpg" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2b37c426-311f-6c49-af34-199c3cdaaaa3" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2b37c426-311f-6c49-af34-199c3cdaaaa3/ae6a2726-ca0a-4d1e-b91d-01d9ad7d21d0_720.jpg" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/00c106e0-9a2f-d44c-88c8-16a06e783533" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/00c106e0-9a2f-d44c-88c8-16a06e783533/0c66b623-f7e4-4d1d-8c10-e7f70a02283e_720.jpg" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1967fe37-5509-8c45-85ca-8df2ebc7949c" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1967fe37-5509-8c45-85ca-8df2ebc7949c/6dc34b39-abc3-4a8d-b1da-2781a9dcf441_720.jpg" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cfe0f35c-7b2b-da46-b939-7b087ad1fed0" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cfe0f35c-7b2b-da46-b939-7b087ad1fed0/392fe6c8-c04d-4a5b-bc81-e373a4056844_720.jpg" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4a2d7364-0cc7-fd4c-b445-adb0f5de7165" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4a2d7364-0cc7-fd4c-b445-adb0f5de7165/f1beefbc-23dd-4b97-b780-5e04359a54ec_720.jpg" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e1a1336e-c00c-244d-9d48-411b547b8400" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e1a1336e-c00c-244d-9d48-411b547b8400/be79af15-1c74-48ad-8353-c1c67a671c23_720.png" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a4bb70e0-997d-e54f-8e20-5ac61527d4d5" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a4bb70e0-997d-e54f-8e20-5ac61527d4d5/047e50f0-6b17-42fc-b7aa-e65375248920_720.png" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3395c9cc-f523-0747-8afe-4b6235801fd7" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3395c9cc-f523-0747-8afe-4b6235801fd7/4dd587ed-ae94-44a1-b6bc-9849c3702f0c_720.png" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c5d9e7e3-abb1-f547-8aed-443cfe393fee" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c5d9e7e3-abb1-f547-8aed-443cfe393fee/3260414a-92b5-45d7-a99b-88f9bcd5e80c_720.png" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f3105200-5022-2b4e-8235-11c3854f7321" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f3105200-5022-2b4e-8235-11c3854f7321/c42d2d25-9264-4444-b9a7-131b3564cc73_720.png" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/96a713f8-8446-654f-a376-fb411cbe7170" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/96a713f8-8446-654f-a376-fb411cbe7170/99a0471b-407b-4e75-835c-d4f54ae0d415_720.png" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ee94e6c3-3336-b74d-9f6c-69852908fc10" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee94e6c3-3336-b74d-9f6c-69852908fc10/11a61aa1-4a9f-4af3-bd91-b53e7c34b485_720.jpg" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1c1f1d71-5fb9-5a40-b0ec-c268efe39656" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1c1f1d71-5fb9-5a40-b0ec-c268efe39656/d004fdae-df26-490c-8b4c-5e6ab270ae39_720.jpg" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f177e085-5450-a544-9c11-d244bc78ae5c" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f177e085-5450-a544-9c11-d244bc78ae5c/303bc1f2-72d2-45fc-9a3c-8e0fc6b1de62_720.jpg" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a7a8f008-447d-9245-903a-021ed1e4600e" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a7a8f008-447d-9245-903a-021ed1e4600e/a77d335a-5252-40e3-bef4-97728652d3d0_720.png" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a499ef68-36e6-db4f-8d90-acdac6a358d0" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a499ef68-36e6-db4f-8d90-acdac6a358d0/9fff1cc1-6ac7-4a4d-8a68-cf43b7842bdc_720.jpg" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b6cd0b50-6933-d441-8c0b-c1e3cc552a13" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b6cd0b50-6933-d441-8c0b-c1e3cc552a13/abf1fb63-16b0-4ee6-a113-469738383e0e_720.jpg" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6702e630-8060-8149-a20c-05c953a1f58a" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6702e630-8060-8149-a20c-05c953a1f58a/1c938b9f-ea39-4dbc-8e7b-19931b12b1a0_720.jpg" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d84728f8-bc33-1d46-9a91-13f893189c68" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d84728f8-bc33-1d46-9a91-13f893189c68/c2f64d0b-e6af-45b9-b036-7054f831f4a5_720.JPG" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5d83401c-dbc7-b848-b7bd-6cb31c01fa4a" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d83401c-dbc7-b848-b7bd-6cb31c01fa4a/780dd4d9-4197-4075-b642-1f43a178248f_720.png" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6db05b99-fc7e-d241-837d-e5316981f434" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6db05b99-fc7e-d241-837d-e5316981f434/92c05e9e-a5d6-42b7-b705-94ef05020a36_720.JPG" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/22532c59-3854-4347-b372-623aac691bd1" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/22532c59-3854-4347-b372-623aac691bd1/881e47d0-29ca-420f-9f57-ecbe9327e9e3_720.png" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fb26f44c-f8a1-7349-b10e-5bc1bce59f1f" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb26f44c-f8a1-7349-b10e-5bc1bce59f1f/a0e01ec5-d05e-476a-8291-98adc07fe229_720.png" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7cd6b753-5f5e-2d48-9a99-e9f27cb6fa51" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7cd6b753-5f5e-2d48-9a99-e9f27cb6fa51/7b7afff8-bd49-4577-998b-ae56fdfb1227_720.png" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8f2143df-dd12-c24b-9e7c-150476575795" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f2143df-dd12-c24b-9e7c-150476575795/f0ef77ef-2c4b-4037-81c2-d140b1591fe1_720.png" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/773ae173-efae-c142-b5d6-f7fcd61aef39" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/773ae173-efae-c142-b5d6-f7fcd61aef39/7bba9bf8-6c51-47b3-b6bf-fd415a7ac138_720.png" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a49791b3-830b-9e48-8a77-a7e60de98bb5" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a49791b3-830b-9e48-8a77-a7e60de98bb5/a6c77f56-d3e3-45ad-b4ad-df3063baa686_720.png" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e3e1788e-9ff2-2840-81b0-98d50e11f276" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3e1788e-9ff2-2840-81b0-98d50e11f276/a40c6030-a925-4212-8b81-55e5c40ec219_720.png" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c41094ae-bf9c-694c-9e68-3521f74ce72e" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c41094ae-bf9c-694c-9e68-3521f74ce72e/9b884274-7792-4404-aa12-dc1a4dddfd21_720.png" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/738f40c6-f6e0-3e47-8dd7-44774e7cf235" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/738f40c6-f6e0-3e47-8dd7-44774e7cf235/f56d22b2-18af-4318-bbc9-8d95c1dcbbdd_720.png" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1f815e8a-bc4b-a145-9ec6-6bece51eacf1" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1f815e8a-bc4b-a145-9ec6-6bece51eacf1/ff120880-2422-427f-bb94-be098bf9c74d_720.png" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4f2fc2a6-3d48-044a-9777-1055fb5883b4" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4f2fc2a6-3d48-044a-9777-1055fb5883b4/70a02887-bf37-4911-bc65-e2f0050d6a26_720.png" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/265df1cc-f854-f04d-b43c-a53b39549238" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/265df1cc-f854-f04d-b43c-a53b39549238/5feb80ca-6a9e-4ad2-99f4-02d171cf9a19_720.png" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4453af1b-0ab4-1c4d-b614-f9444edbb2bc" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4453af1b-0ab4-1c4d-b614-f9444edbb2bc/5996c280-947e-4505-9512-54431cfe14d2_720.png" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f8936e46-f11e-e04f-8aab-13065515fd3c" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f8936e46-f11e-e04f-8aab-13065515fd3c/3385a704-8623-49d0-a232-c9c5723ef5b3_720.png" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ec704f74-e057-c24f-a1c1-d6c1dd0accaf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ec704f74-e057-c24f-a1c1-d6c1dd0accaf/5413d0ac-cb60-4380-9245-f10231688176_720.png" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/20d7a1b6-66bc-d54d-990c-f6f1ba7cf36c" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/20d7a1b6-66bc-d54d-990c-f6f1ba7cf36c/f5f6db78-8e30-42d3-ba35-b692d9efe2e3_720.png" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/34b2fa70-2ff2-384c-9955-c148c9d0b241" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/34b2fa70-2ff2-384c-9955-c148c9d0b241/b6ac152c-7ea4-4540-9955-60b76df1b35a_720.jpg" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9cb57f2f-0d5b-d14f-9356-d6d49f881f34" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9cb57f2f-0d5b-d14f-9356-d6d49f881f34/782ab800-5aa6-491f-831b-3517f5dc5a2e_720.jpg" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/32f94d32-c277-374a-bb31-1de02b2e6cdb" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/32f94d32-c277-374a-bb31-1de02b2e6cdb/2753b8eb-0c33-4b97-b6cf-6b26aa6ba0d0_720.jpg" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9394099a-1e28-d245-aa66-6f2f3777bed5" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9394099a-1e28-d245-aa66-6f2f3777bed5/50f36e40-b874-472a-a085-beb41602d2fe_720.jpg" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/df056f35-e5d1-3142-aad4-fe995923f0a4" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/df056f35-e5d1-3142-aad4-fe995923f0a4/41e41fd3-f4b3-4551-9351-6ac050763632_720.png" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e4aab6fa-0284-6744-979e-32fa5214e5db" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4aab6fa-0284-6744-979e-32fa5214e5db/684ca60a-c41b-46a4-905c-77d1ef52e945_720.jpg" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/96693f74-9b2c-7f49-9d1f-add81e3a04ac" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/96693f74-9b2c-7f49-9d1f-add81e3a04ac/9d968f89-090b-4d10-8703-b2ad8b154a6a_720.jpg" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e8fe5bea-6089-a149-aeb6-5d648be254f5" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8fe5bea-6089-a149-aeb6-5d648be254f5/1fc58f15-9782-446c-92c8-78183cedecbc_720.jpg" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b9a1a617-0e5e-f64b-a9a8-5b10ab982644" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b9a1a617-0e5e-f64b-a9a8-5b10ab982644/12241bd1-e2a1-4d79-a3f4-a9c70f581be6_720.jpg" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0e931259-8074-5745-a301-dfe10672b741" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e931259-8074-5745-a301-dfe10672b741/561921c6-087c-46e1-885f-f8dee78ddf8d_720.png" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0daddb31-e2a3-3645-8d46-55da4eb4245a" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0daddb31-e2a3-3645-8d46-55da4eb4245a/b34f1dc6-677a-47e6-9152-0dbb0d148730_720.png" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f7b81aa8-a25d-8c42-a92e-3f921fcc11df" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f7b81aa8-a25d-8c42-a92e-3f921fcc11df/bb56ec0f-2d3d-47b5-87e6-3ffa38fb1dcb_720.png" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e6988c89-b257-d241-945d-6270c0e611db" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e6988c89-b257-d241-945d-6270c0e611db/42920e56-a906-4a1f-9c2c-8b9ebc15ba41_720.png" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/932442dd-39c7-ce44-9366-f73916eb1ffa" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/932442dd-39c7-ce44-9366-f73916eb1ffa/42dfbf34-f89e-4f11-896f-bdac6d23ae70_720.jpg" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7f779238-2948-4b4c-bd18-34645e65e7e2" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f779238-2948-4b4c-bd18-34645e65e7e2/765cbf15-bab3-4658-b34a-670f76229199_720.png" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e6c3155e-f89a-f743-ade6-e571ce80651f" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e6c3155e-f89a-f743-ade6-e571ce80651f/37334307-e14e-402b-b8b6-a77a57ae6c6b_720.jpg" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/64c3ac95-772e-2045-b0da-ef12cd1f49c2" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64c3ac95-772e-2045-b0da-ef12cd1f49c2/069879aa-c0f5-4c2b-aa8e-35ba01262c1b_720.png" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/57928969-b05f-c04c-98f6-a64524ddbdc3" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/57928969-b05f-c04c-98f6-a64524ddbdc3/3fca55a1-6de0-41d2-9d15-adeb98cf1dcd_720.jpg" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b0b79658-533c-cd47-a434-b99330404f01" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b0b79658-533c-cd47-a434-b99330404f01/45d9a66a-7825-47f2-8e7f-fac575d9389b_720.png" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8024ee98-a233-0a4f-afb3-6ef8610c70cb" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8024ee98-a233-0a4f-afb3-6ef8610c70cb/47a31bdc-fb57-453b-881e-1f41cd91554f_720.jpg" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8ca49c7a-d142-b147-8059-bf5173f3d4ed" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ca49c7a-d142-b147-8059-bf5173f3d4ed/73f25ac1-0708-4af3-a7bb-3b5af698157a_720.png" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d416c108-764e-6a40-a6ec-5f5d70a94e32" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d416c108-764e-6a40-a6ec-5f5d70a94e32/77072299-7465-4684-bb5f-a1056a3ad7b9_720.png" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/665dc0e7-613a-4442-9483-03cb7fad5cda" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/665dc0e7-613a-4442-9483-03cb7fad5cda/180c3f30-13c1-4543-8f26-5783df6cdcc5_720.png" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4c99466a-5d03-1647-a4c7-9bdd3e7b0a7b" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4c99466a-5d03-1647-a4c7-9bdd3e7b0a7b/636fc221-e9b5-4818-a553-ef62987aab5d_720.png" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a0815155-9358-ec44-acf3-9bc239aa3cf0" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/49b5a8ca-ea94-ce45-adaa-380edf5926b1" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b5b05210-dd33-6745-b151-5bbd49e31163" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c68eded7-c208-7f4f-a2b6-9bc0a92f3388" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bff8f1e5-b1f5-164e-959e-5ade73bece07" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bff8f1e5-b1f5-164e-959e-5ade73bece07/56e814ed-95b5-406b-94e6-2c143a3a36fc_720.png" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4a863c34-89e4-784d-91eb-590e7a9e3190" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4a863c34-89e4-784d-91eb-590e7a9e3190/5f67858f-8094-491e-93d1-ea535504bb6e_720.png" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9abd3a01-e1ed-cc45-8966-5248e6bf2232" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9abd3a01-e1ed-cc45-8966-5248e6bf2232/505dddd5-c22f-480a-89c2-a6c271ff6098_720.png" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/71d41699-5b20-d64c-bebe-8cf2bc8c4369" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/71d41699-5b20-d64c-bebe-8cf2bc8c4369/e8df2894-67bb-40d7-9249-8a2530409b8c_720.png" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/52726dba-a817-9d43-96e4-290b27de084c" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52726dba-a817-9d43-96e4-290b27de084c/ada051db-d2de-4041-987c-ce4e3ffaf4ea_720.jpg" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e98c49de-d3e8-2140-a8d8-8b5b7f9d4fc9" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e98c49de-d3e8-2140-a8d8-8b5b7f9d4fc9/3be3eac7-5f56-45d3-bd4e-6cfab353ec42_720.jpg" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/64684633-800a-8a4d-9b10-895b5968afba" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64684633-800a-8a4d-9b10-895b5968afba/329d0860-b6de-4c92-bcf8-1e1b1ea376a3_720.jpg" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ef404e56-6fb2-2a4d-ad85-4b681b3c340a" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ef404e56-6fb2-2a4d-ad85-4b681b3c340a/dd7e4e66-8ad2-4142-87f1-0499aee950df_720.jpg" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/da39e2ac-3937-8745-a90c-73b4b3317c87" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/da39e2ac-3937-8745-a90c-73b4b3317c87/8828e43e-e46a-4064-8d8e-484a6e46b53e_720.jpg" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4579ce7f-985e-cc4a-9f2a-e6b91261fa28" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4579ce7f-985e-cc4a-9f2a-e6b91261fa28/9291846e-1fde-4235-bad4-82c3ab11d087_720.jpg" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a0da5e5b-4565-2348-a1ee-b6e6d073a01c" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0da5e5b-4565-2348-a1ee-b6e6d073a01c/fe930074-60a4-46c8-bb55-f5007a39b710_720.png" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/669f3989-a631-854f-aa52-7329b69dd785" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/669f3989-a631-854f-aa52-7329b69dd785/c4bbbe40-5ce9-4b63-8d6f-11eb13871959_720.png" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0be7280d-2a5a-dc45-bcdc-518f91f13b14" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0be7280d-2a5a-dc45-bcdc-518f91f13b14/e6799b74-b136-46be-9904-7964966835a1_720.png" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1603d357-879c-c345-966f-78a14b0dd2eb" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1603d357-879c-c345-966f-78a14b0dd2eb/42dbc913-63da-4341-8e66-f6150c921ec5_720.png" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/de159942-1f33-0248-a725-72c531488f1a" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/de159942-1f33-0248-a725-72c531488f1a/bfbba45f-e884-4e7e-a705-3c377e44d185_720.png" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7b72731c-2026-414c-84f9-e935246730bf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b72731c-2026-414c-84f9-e935246730bf/3116907e-b492-429a-b64e-afcdc912af83_720.png" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c38ca253-979f-984c-b7e7-91fcc58ba6f0" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c38ca253-979f-984c-b7e7-91fcc58ba6f0/f3f0d822-dfdb-44f2-883e-fb8e3fbdcb85_720.png" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6e6e292d-d170-ee45-8207-b64bb32bb320" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6e6e292d-d170-ee45-8207-b64bb32bb320/aa8c70f2-49bf-46ef-8057-14d3a1e81b91_720.jpg" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/61b46f1c-0be5-a24d-ab3b-5393f546659d" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/61b46f1c-0be5-a24d-ab3b-5393f546659d/b4a4d1a4-50dc-41a0-a0f3-a8f8b1449697_720.jpg" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d6e40134-4fe5-1342-bfed-cf8fb501f43d" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d6e40134-4fe5-1342-bfed-cf8fb501f43d/ccd4fc0e-140b-439e-9ead-f1425973262c_720.jpg" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2911a9ec-30da-f24e-962a-593e4d7f1dcd" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2911a9ec-30da-f24e-962a-593e4d7f1dcd/245c070c-b27f-41a4-a0a9-fbe811fd6697_720.jpg" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4cc7fd84-3711-0246-a19b-3c1627fd0523" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4cc7fd84-3711-0246-a19b-3c1627fd0523/35ac285d-8ee9-4318-8513-250c2e76416d_720.jpg" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0fe20be2-4f68-bd4c-a685-02484110de10" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0fe20be2-4f68-bd4c-a685-02484110de10/69ba906c-3d22-4f32-8e6f-062e8b01fc90_720.jpg" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c3586ec1-dbfa-4341-9925-c70f3fa709a5" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c3586ec1-dbfa-4341-9925-c70f3fa709a5/7dd43a74-f974-4351-85ea-d1e6214bba44_720.jpg" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a3f91599-f9e5-8941-96de-89c2371c5101" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3f91599-f9e5-8941-96de-89c2371c5101/f12b50d4-c7f9-479c-8a1f-13d2fa3bd4cb_720.jpg" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8eca2223-1941-3d4d-ae22-74f7c537df94" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8eca2223-1941-3d4d-ae22-74f7c537df94/cd940e83-9786-44fc-9633-6c9b62e87bbe_720.jpg" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bbc9ad6f-dc27-3b48-97f4-1fd7ab4a9949" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbc9ad6f-dc27-3b48-97f4-1fd7ab4a9949/669ce884-d953-42e6-b449-6e96fd6a2378_720.jpg" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/76effae8-cf0f-6d4f-89e5-8083207741de" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/76effae8-cf0f-6d4f-89e5-8083207741de/728c0e68-d1b3-4eb4-850b-3ddd3b1ffa86_720.jpg" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c41049ef-157c-9f48-a1f7-85bbb9c852e0" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c41049ef-157c-9f48-a1f7-85bbb9c852e0/1101d43a-123d-4d29-a54e-1e7a69197943_720.jpg" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a6cd570d-9393-3a44-8657-5eb5eade6d9c" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a6cd570d-9393-3a44-8657-5eb5eade6d9c/8704d794-9c61-458b-bbdd-8de31ad66b28_720.png" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0a16a669-041c-5741-9ec3-0e4f125cff9a" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0a16a669-041c-5741-9ec3-0e4f125cff9a/51cb3337-976f-4403-bd19-9a6fc09853b9_720.png" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9c11e8db-ca83-9447-907a-cca957be28e1" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9c11e8db-ca83-9447-907a-cca957be28e1/d9688a54-21c8-4e35-b372-c43784fca95a_720.png" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/05e9aaf3-9d71-884d-be59-580f4e70feb6" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/05e9aaf3-9d71-884d-be59-580f4e70feb6/df30a3c0-6761-4e1c-81a9-7af847e638e9_720.png" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/93d7ffe6-f79e-fd4a-9314-18845a1f0a5a" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/93d7ffe6-f79e-fd4a-9314-18845a1f0a5a/b2c7a8bc-843d-4a25-8a9c-067a433f0930_720.png" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b1e69c47-55fb-8241-a431-dd8e35542100" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b1e69c47-55fb-8241-a431-dd8e35542100/0f3cd07a-4231-4ce7-8710-8c6c649efb29_720.png" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1a93813d-14d7-2048-bf08-55d5e9fbf911" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1a93813d-14d7-2048-bf08-55d5e9fbf911/31eec32d-f3a5-4eaf-ba1c-6a0dca7d5ab0_720.jpg" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/93fa715d-75c2-5241-9b5b-da43e53ddf0e" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/93fa715d-75c2-5241-9b5b-da43e53ddf0e/4eb094ed-163b-4e50-93c4-e7c085baa442_720.jpg" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/79dd82db-854a-3846-a0cb-b28e502ccb48" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/79dd82db-854a-3846-a0cb-b28e502ccb48/13cb23f0-9f7f-4449-af7a-cd754e9e72da_720.jpg" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d298568a-38de-1441-930d-2312ffae4f83" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d298568a-38de-1441-930d-2312ffae4f83/b9fdbbf5-d599-40f1-bafb-0d0836e85de7_720.jpg" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9ed5be1f-82ff-8442-86bb-6d1b1daaf009" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9ed5be1f-82ff-8442-86bb-6d1b1daaf009/b90deb82-c006-4b2b-9176-c8fbabb41c81_720.png" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cc3e77e1-7b81-934c-8264-6338109bb0e9" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cc3e77e1-7b81-934c-8264-6338109bb0e9/1c69ad82-8703-46a7-a581-99d7fb43e62c_720.jpg" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ee097f82-b7ee-a14a-a93d-d01252a04ec2" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee097f82-b7ee-a14a-a93d-d01252a04ec2/c7383a6c-d89f-490f-88ee-25399d900814_720.jpg" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/30ba802b-2606-c644-a000-ba08ce183a0f" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/30ba802b-2606-c644-a000-ba08ce183a0f/48ebbde7-d8a8-4609-8fb1-5f8e8e7839f1_720.png" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c2da4f4e-807c-b140-a188-befda28bba03" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c2da4f4e-807c-b140-a188-befda28bba03/4b5f9d46-845c-4791-85de-2b74c56b9c44_720.png" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/78532f72-2329-4a4d-9694-467f97eb2253" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/78532f72-2329-4a4d-9694-467f97eb2253/e3ebe5d3-9dea-4287-80b5-2b3fc20ecc0d_720.png" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/74db9bd9-06f4-2541-8784-d91407a78000" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/74db9bd9-06f4-2541-8784-d91407a78000/aea529dd-4c4f-41a5-9b35-0aa00e4c40a4_720.png" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/438460ed-388a-ac47-b303-7b9c9f213c1c" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/438460ed-388a-ac47-b303-7b9c9f213c1c/742fa83f-942c-40dc-b142-6d0909aa8866_720.jpg" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8c3f11f0-4282-054e-a1a4-17bb5e386f5e" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8c3f11f0-4282-054e-a1a4-17bb5e386f5e/f4943393-4b7d-48ca-9f2a-a6fa0733b406_720.jpg" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4df6bb1a-7e61-6a47-a0fc-b948932226fb" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4df6bb1a-7e61-6a47-a0fc-b948932226fb/67e76f38-cebe-44d1-8322-59ca06fcac7c_720.jpg" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/353a7c25-0566-8c4c-a715-7dabdafe4049" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/353a7c25-0566-8c4c-a715-7dabdafe4049/9a150703-b832-4646-a901-dfde5009b0c1_720.jpg" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4914f17a-a0d5-e845-a362-ac3a45aa1908" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4914f17a-a0d5-e845-a362-ac3a45aa1908/51d81c2b-3bf5-43b5-a8f8-3683ec0852a2_720.png" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c8790b24-df6c-a343-84c5-27d19b6c74ac" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c8790b24-df6c-a343-84c5-27d19b6c74ac/ae959bc8-81d1-4a23-a23a-5689c06f0b54_720.png" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/002dd7c4-f27d-764d-9ad3-166ced743d3e" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/002dd7c4-f27d-764d-9ad3-166ced743d3e/c6aa4879-987c-49b0-995d-7145c88dcc9a_720.jpg" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/17ad0363-b892-394a-b389-a049e91112be" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17ad0363-b892-394a-b389-a049e91112be/c2a7cfcb-a24d-4e6c-831a-1d9ec6aec15a_720.jpg" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/796e8912-3ea9-a148-8436-e6db7f12e2d1" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/796e8912-3ea9-a148-8436-e6db7f12e2d1/0a702686-692a-4ea6-8a2b-b4608a1b9c59_720.jpg" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1bb8e240-deda-1a4c-bc55-7206568d62f9" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1bb8e240-deda-1a4c-bc55-7206568d62f9/46c0f771-48a5-4544-975c-3baddb800c4d_720.jpg" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/07c3ea1a-215f-974b-ada3-d94ae9ac985d" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/07c3ea1a-215f-974b-ada3-d94ae9ac985d/bd4dbc02-0e0f-4892-b60a-704b584a48de_720.png" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f5c1971f-ba1f-1240-8db8-9ddddd3e0ef1" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f5c1971f-ba1f-1240-8db8-9ddddd3e0ef1/558b58e8-1cb8-4ce6-aeab-758d6b15423c_720.png" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3c11ce8b-d38a-b947-b778-fb6c0e859371" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3c11ce8b-d38a-b947-b778-fb6c0e859371/37997b77-40d8-477a-8f2f-c97c4f00e4b8_720.png" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d504cb68-cea4-0743-b2ea-12d93b388d46" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d504cb68-cea4-0743-b2ea-12d93b388d46/a4878c0f-ebcb-4374-b527-ebd0cb916438_720.png" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c3e62955-4286-7346-b3b6-352b02605ba1" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c3e62955-4286-7346-b3b6-352b02605ba1/3ae4dbdd-68a4-43c5-bb4f-f2290e09252a_720.png" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8cb457d2-8053-7c43-9a3c-14a8c54edc04" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8cb457d2-8053-7c43-9a3c-14a8c54edc04/8e5be662-1823-4acb-931c-ba3a24c487d6_720.png" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c2bc8824-b1b8-0d4d-95f1-c05681a6ace2" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c2bc8824-b1b8-0d4d-95f1-c05681a6ace2/f8649283-4e83-4e3e-84bb-ab9243b3ff21_720.png" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/425d4325-5f9b-0042-82cb-443d6a9359a6" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/425d4325-5f9b-0042-82cb-443d6a9359a6/fe2e8b2c-c0f0-4967-a96c-e354ae84755d_720.png" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dca0ca39-de78-b746-90e3-bd43c94b34b3" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dca0ca39-de78-b746-90e3-bd43c94b34b3/9d1d41c5-3b64-4d42-a88b-ff93ba54fa58_720.png" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0e305ca6-4d94-9943-b37e-a3ceae94d143" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e305ca6-4d94-9943-b37e-a3ceae94d143/cd814e83-6482-4d0d-bbe0-256ff5f4bc98_720.png" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dfe3c1a5-bc04-ce44-a68f-6faf8e2544b6" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dfe3c1a5-bc04-ce44-a68f-6faf8e2544b6/29ffabb8-9d23-4a51-b31b-8fc7563938fd_720.png" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f8169d76-14e0-0c49-a838-33f4af033050" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f8169d76-14e0-0c49-a838-33f4af033050/27b2dff7-10da-4b01-a727-2e47f2855eda_720.png" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/65a1e32f-1b8d-c94a-9b41-cbcd5759e632" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/65a1e32f-1b8d-c94a-9b41-cbcd5759e632/fcd5bf2c-9f9a-4db4-91eb-d029d5a8bdd6_720.png" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/295292e9-52ba-3b4a-b87a-d67716ef7521" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/295292e9-52ba-3b4a-b87a-d67716ef7521/e63acc78-4a85-4417-a22a-d0c3e0680abf_720.png" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/303b2996-7059-a748-b277-2510df448bbf" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/303b2996-7059-a748-b277-2510df448bbf/65a709e6-46a7-4d07-aba0-58f323a57089_720.png" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/59df6708-bac4-1649-9843-2c7cd2898afd" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/59df6708-bac4-1649-9843-2c7cd2898afd/c276d674-6b0d-4910-b91b-b2d9dbd330c0_720.png" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9b29a119-fb2c-234e-abf5-4b87b071bb7c" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9b29a119-fb2c-234e-abf5-4b87b071bb7c/afd07332-ed74-4e77-b8d6-61f7c63b15b1_720.png" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4d4db21f-def6-424a-84d1-e3716771a3ba" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4d4db21f-def6-424a-84d1-e3716771a3ba/5da06c19-d49e-46f5-b02f-aadd4ddf1125_720.png" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5d00b616-def3-514b-8f70-dcf51c5b5254" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d00b616-def3-514b-8f70-dcf51c5b5254/370dd4e5-4653-4fe4-9a2a-3961a5c0c413_720.png" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3832349d-cab3-4c44-82ad-73aad7a0b666" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3832349d-cab3-4c44-82ad-73aad7a0b666/093e8f19-8b02-4c7d-9aaa-9dba07b6c473_720.png" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2458e3ba-17f2-e64a-81b1-06587da09700" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2458e3ba-17f2-e64a-81b1-06587da09700/d203ddd0-dde1-41fa-a6b8-6309a3426141_720.jpg" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c1714d92-ce1a-6c46-891b-820cef0ea9d3" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c1714d92-ce1a-6c46-891b-820cef0ea9d3/04dc70c3-3c3b-4739-973f-3076d0c48158_720.jpg" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/26623b1f-642e-e843-8ac4-6df5d9d5a222" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/26623b1f-642e-e843-8ac4-6df5d9d5a222/0f74a03c-cb4d-4b21-b124-1ee83d6ba271_720.jpg" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5e66fb3f-d1bd-7e45-9305-32d1ddf431f1" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5e66fb3f-d1bd-7e45-9305-32d1ddf431f1/579736b2-f492-416a-b6ce-bad1b1354728_720.png" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e3b3cf3e-5318-df40-9e3e-cb4dd3e597cf" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3b3cf3e-5318-df40-9e3e-cb4dd3e597cf/d8937f30-7ec1-42a3-925c-429fcfe80bc7_720.jpg" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cf3518ec-42e6-8841-8e10-32b3f8450fd7" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf3518ec-42e6-8841-8e10-32b3f8450fd7/d8937f30-7ec1-42a3-925c-429fcfe80bc7_720.jpg" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9f4760e2-d17c-9a42-81ba-7042126347dc" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9f4760e2-d17c-9a42-81ba-7042126347dc/e0fbfb0e-8a50-4d01-bf86-703aa76d584e_720.PNG" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fc29635a-08db-f846-bdb0-12d48ac5a4c7" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fc29635a-08db-f846-bdb0-12d48ac5a4c7/6f9158b3-d37d-4395-a5d3-71d46b0b7e84_720.jpg" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/25916e7f-7c20-3c44-9848-b3d7d07c502e" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/25916e7f-7c20-3c44-9848-b3d7d07c502e/023b6c1e-7001-424d-811e-f5e72f401fd4_720.jpg" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b59dfd42-0fd2-7e4c-aa28-cbf079990977" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b59dfd42-0fd2-7e4c-aa28-cbf079990977/30da7d71-7630-423f-8783-4d9c2d97551f_720.png" TargetMode="External"/><Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3b3d3af7-1667-2b4b-b728-14bcee90f4f3" TargetMode="External"/><Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3b3d3af7-1667-2b4b-b728-14bcee90f4f3/2e762a65-7619-4f40-9072-1eaf67dce4fd_720.png" TargetMode="External"/><Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1bda9d98-e43e-224a-9d75-ff468b1765d3" TargetMode="External"/><Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1bda9d98-e43e-224a-9d75-ff468b1765d3/84745d79-122e-4da7-9ea6-76b673e1a3a2_720.png" TargetMode="External"/><Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d87e4ed2-959f-ea42-8c55-40caff4252e9" TargetMode="External"/><Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d87e4ed2-959f-ea42-8c55-40caff4252e9/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6c7cba32-333b-a843-85b3-96cc4d8fdb14" TargetMode="External"/><Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c7cba32-333b-a843-85b3-96cc4d8fdb14/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/877c70e6-dc81-5b46-b168-b562ae748eb0" TargetMode="External"/><Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/877c70e6-dc81-5b46-b168-b562ae748eb0/0fcdbeb6-659a-440c-96f9-dc28f43f0b8c_720.png" TargetMode="External"/><Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5e64137c-4090-964b-85a7-237184bdc7a6" TargetMode="External"/><Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5e64137c-4090-964b-85a7-237184bdc7a6/9a07e877-c770-4680-8103-f80ce510082a_720.png" TargetMode="External"/><Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/028d0546-d30b-7b47-af12-ca6e95c7e272" TargetMode="External"/><Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/028d0546-d30b-7b47-af12-ca6e95c7e272/e5d59e80-c408-4490-ba1a-29ad47247d56_720.png" TargetMode="External"/><Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/369779dd-2d6e-9242-860d-7e14bba129a7" TargetMode="External"/><Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/369779dd-2d6e-9242-860d-7e14bba129a7/e8fedebd-562d-4365-bb58-6c304b1e7bd8_720.png" TargetMode="External"/><Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a1c7d1bb-165d-ad40-967b-8face9875795" TargetMode="External"/><Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a1c7d1bb-165d-ad40-967b-8face9875795/12462a86-e33a-4e2c-8c6d-68065f7872d2_720.png" TargetMode="External"/><Relationship Id="rId1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bfc656d4-cf2c-8d48-955e-12983219110c" TargetMode="External"/><Relationship Id="rId1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bfc656d4-cf2c-8d48-955e-12983219110c/af967f04-9a05-4129-b5d6-503633fff3aa_720.png" TargetMode="External"/><Relationship Id="rId1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f9785e8e-755f-904e-b84a-436cbfb00312" TargetMode="External"/><Relationship Id="rId1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f9785e8e-755f-904e-b84a-436cbfb00312/4d02ed24-7251-4ed1-8e52-18ca71bc3859_720.png" TargetMode="External"/><Relationship Id="rId1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2eca6db8-7809-324a-b717-215d9499e780" TargetMode="External"/><Relationship Id="rId1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2eca6db8-7809-324a-b717-215d9499e780/472ae1be-f7f2-4490-9ec5-f9a02c082546_720.png" TargetMode="External"/><Relationship Id="rId1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9f6fad31-50ff-f546-82b7-c63effa6ad82" TargetMode="External"/><Relationship Id="rId1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9f6fad31-50ff-f546-82b7-c63effa6ad82/548b04af-21c9-4117-a713-c9901f5bbc4a_720.png" TargetMode="External"/><Relationship Id="rId1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a98c69bf-4212-de40-8c0b-58ab44cfaff4" TargetMode="External"/><Relationship Id="rId1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a98c69bf-4212-de40-8c0b-58ab44cfaff4/31c5c390-a617-4ee8-b088-3d742a1f9bd7_720.png" TargetMode="External"/><Relationship Id="rId1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/df7b3133-5040-8047-92f2-bd3152533ed0" TargetMode="External"/><Relationship Id="rId1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/df7b3133-5040-8047-92f2-bd3152533ed0/992cfa1d-e165-4ebe-ac2e-b1b9b80a5ba4_720.jpg" TargetMode="External"/><Relationship Id="rId1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/321b66c3-2ed6-c846-940a-2309f2eb3447" TargetMode="External"/><Relationship Id="rId1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/321b66c3-2ed6-c846-940a-2309f2eb3447/bf58ec76-25f4-4707-b2e4-3fcb4cf60254_720.jpg" TargetMode="External"/><Relationship Id="rId1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/89627793-c4b4-0a4f-92f2-21705b81ba99" TargetMode="External"/><Relationship Id="rId1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/89627793-c4b4-0a4f-92f2-21705b81ba99/ede8ce7d-d508-4f99-b6dc-c830dc15e40f_720.jpg" TargetMode="External"/><Relationship Id="rId1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2aab32ce-eb84-a14b-bf47-9b123e9b5f82" TargetMode="External"/><Relationship Id="rId1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2aab32ce-eb84-a14b-bf47-9b123e9b5f82/742eb95f-7760-4ead-b048-6bc6ab88e8ef_720.png" TargetMode="External"/><Relationship Id="rId1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/21de5cb4-5771-0042-aa3d-7741edf2a5f7" TargetMode="External"/><Relationship Id="rId1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/21de5cb4-5771-0042-aa3d-7741edf2a5f7/4307fe4d-0e96-4448-a531-6ec756650ae5_720.jpg" TargetMode="External"/><Relationship Id="rId1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/391a4559-0207-6045-9278-8db9319e425c" TargetMode="External"/><Relationship Id="rId1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/391a4559-0207-6045-9278-8db9319e425c/3da06749-b0e2-46bf-8487-3f68d90cfe41_720.png" TargetMode="External"/><Relationship Id="rId1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/520a4151-e0ee-a24f-bc34-bf7dc61aff0c" TargetMode="External"/><Relationship Id="rId1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/520a4151-e0ee-a24f-bc34-bf7dc61aff0c/4307fe4d-0e96-4448-a531-6ec756650ae5_720.jpg" TargetMode="External"/><Relationship Id="rId1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3a4f0cf3-929d-ad49-83bb-60983a8d4c7f" TargetMode="External"/><Relationship Id="rId1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a4f0cf3-929d-ad49-83bb-60983a8d4c7f/3da06749-b0e2-46bf-8487-3f68d90cfe41_720.png" TargetMode="External"/><Relationship Id="rId1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0d453e44-511f-a647-a043-b35c27787a1a" TargetMode="External"/><Relationship Id="rId1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d453e44-511f-a647-a043-b35c27787a1a/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3fa694f9-d83c-b44c-bda9-a4294482e2ab" TargetMode="External"/><Relationship Id="rId1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fa694f9-d83c-b44c-bda9-a4294482e2ab/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/904e99d5-3f87-1d41-81a0-bc8bbed61649" TargetMode="External"/><Relationship Id="rId1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/904e99d5-3f87-1d41-81a0-bc8bbed61649/db98cb8d-a5f0-455e-a348-532bae2ea353_720.png" TargetMode="External"/><Relationship Id="rId1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/046cf71a-147e-8c4d-8166-13b5906e31b7" TargetMode="External"/><Relationship Id="rId1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/046cf71a-147e-8c4d-8166-13b5906e31b7/e0fc2564-d1cd-4be0-9ffb-fcb2f6fb25e1_720.png" TargetMode="External"/><Relationship Id="rId1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b26a1053-5504-5042-96a8-ae57a9b59d03" TargetMode="External"/><Relationship Id="rId1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b26a1053-5504-5042-96a8-ae57a9b59d03/0ebe0ef4-5a13-42c4-9018-61243e433bfe_720.png" TargetMode="External"/><Relationship Id="rId1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/147e65c7-9029-5642-b817-eac0fa92b919" TargetMode="External"/><Relationship Id="rId1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/147e65c7-9029-5642-b817-eac0fa92b919/3d474671-696b-49d5-8bc4-c166012161b1_720.png" TargetMode="External"/><Relationship Id="rId1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/307af5f2-7d44-ad4c-af8e-65be9b624353" TargetMode="External"/><Relationship Id="rId1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/307af5f2-7d44-ad4c-af8e-65be9b624353/a758402d-3a29-4a96-a479-9b998d8a829d_720.png" TargetMode="External"/><Relationship Id="rId1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e5ae2669-f3d9-c24b-ac72-cf94c68cf1c7" TargetMode="External"/><Relationship Id="rId1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e5ae2669-f3d9-c24b-ac72-cf94c68cf1c7/306c3962-6e4a-4418-96b5-9adbba3c00cc_720.png" TargetMode="External"/><Relationship Id="rId1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8dad5284-a90a-4148-9cc3-615521a1249d" TargetMode="External"/><Relationship Id="rId1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8dad5284-a90a-4148-9cc3-615521a1249d/3286a937-6b10-4b01-b547-370b488ef1a2_720.png" TargetMode="External"/><Relationship Id="rId1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d8542770-e61e-4548-bde4-76c7fbd52594" TargetMode="External"/><Relationship Id="rId1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d8542770-e61e-4548-bde4-76c7fbd52594/2e02388f-43e8-4e18-9fe9-1e3ec25dcddc_720.png" TargetMode="External"/><Relationship Id="rId1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0f64df36-7a9a-854f-b0d3-10ce416dc218" TargetMode="External"/><Relationship Id="rId1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0f64df36-7a9a-854f-b0d3-10ce416dc218/7d32cb3f-2669-4792-a790-5ab508924bbe_720.png" TargetMode="External"/><Relationship Id="rId1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/53c944f0-1983-c94a-b4d6-3d8b1f8b63e5" TargetMode="External"/><Relationship Id="rId1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/53c944f0-1983-c94a-b4d6-3d8b1f8b63e5/79b66ef8-4edd-4618-a8d3-b6e9dadbf63e_720.png" TargetMode="External"/><Relationship Id="rId1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9da3a9d1-23b8-0048-af02-cf5673b1e8a7" TargetMode="External"/><Relationship Id="rId1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9da3a9d1-23b8-0048-af02-cf5673b1e8a7/f0892ded-0791-4103-b25c-cdbf9c2978ae_720.png" TargetMode="External"/><Relationship Id="rId1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/621cbe3a-1320-5041-b514-f2a065337918" TargetMode="External"/><Relationship Id="rId1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/621cbe3a-1320-5041-b514-f2a065337918/6be80075-fee5-4844-aa4f-c548af46d885_720.png" TargetMode="External"/><Relationship Id="rId1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4b51c31e-7c73-8e49-a3e6-673587ab1b92" TargetMode="External"/><Relationship Id="rId1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4b51c31e-7c73-8e49-a3e6-673587ab1b92/19b2f0f5-7596-4c74-aa37-d91f22c95659_720.png" TargetMode="External"/><Relationship Id="rId1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5758c1bd-f050-ef4d-b2d2-b48155c5cb16" TargetMode="External"/><Relationship Id="rId1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5758c1bd-f050-ef4d-b2d2-b48155c5cb16/f0f5a02f-3a2b-4139-adf0-d1af457740ea_720.png" TargetMode="External"/><Relationship Id="rId1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5706cd51-8c7a-a849-b2f4-1f861a424f37" TargetMode="External"/><Relationship Id="rId1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5706cd51-8c7a-a849-b2f4-1f861a424f37/eca02086-1b24-437e-b70b-f11882a45fe4_720.jpg" TargetMode="External"/><Relationship Id="rId1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d76305bd-4cb0-e147-8733-1ff2586a669f" TargetMode="External"/><Relationship Id="rId1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d76305bd-4cb0-e147-8733-1ff2586a669f/38be4d91-f320-42c5-9ce2-7ca9c88dcc9b_720.jpg" TargetMode="External"/><Relationship Id="rId1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e88321f2-126f-d349-a308-268da0d5f68f" TargetMode="External"/><Relationship Id="rId1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e88321f2-126f-d349-a308-268da0d5f68f/2e04aad9-fd18-47a1-aa84-8f40cf7b8b31_720.jpg" TargetMode="External"/><Relationship Id="rId1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c6cd1107-ab5b-8744-9f24-ba91fbdd741d" TargetMode="External"/><Relationship Id="rId1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c6cd1107-ab5b-8744-9f24-ba91fbdd741d/13dd9999-cea6-4019-8f61-9e8ba405c97b_720.jpg" TargetMode="External"/><Relationship Id="rId1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/16e2fab8-1d3d-e04f-8feb-85b7f75c1dad" TargetMode="External"/><Relationship Id="rId1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/16e2fab8-1d3d-e04f-8feb-85b7f75c1dad/cabd87c1-f90c-4333-8862-d4fdd7f4f34e_720.png" TargetMode="External"/><Relationship Id="rId1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/794c6d8b-46a6-2843-bcc6-e5cf3d0f7ad6" TargetMode="External"/><Relationship Id="rId1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/794c6d8b-46a6-2843-bcc6-e5cf3d0f7ad6/a49b45fd-fe24-4653-96f4-7902d8f76aaa_720.jpg" TargetMode="External"/><Relationship Id="rId1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/26c8f1e1-471e-3444-bb18-801265e004d2" TargetMode="External"/><Relationship Id="rId1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/26c8f1e1-471e-3444-bb18-801265e004d2/f8fa6f82-5a9f-4060-b7e8-15d7a7e05f45_720.png" TargetMode="External"/><Relationship Id="rId1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/388347f1-8be5-a144-a9e9-14da4792e8fc" TargetMode="External"/><Relationship Id="rId1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/388347f1-8be5-a144-a9e9-14da4792e8fc/f8fa6f82-5a9f-4060-b7e8-15d7a7e05f45_720.png" TargetMode="External"/><Relationship Id="rId1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b0c5e198-5f4b-4848-8a7a-882a6bc6e0ca" TargetMode="External"/><Relationship Id="rId1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b0c5e198-5f4b-4848-8a7a-882a6bc6e0ca/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/98fc5ecd-130d-d546-a86a-49465a6338f2" TargetMode="External"/><Relationship Id="rId1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/98fc5ecd-130d-d546-a86a-49465a6338f2/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8528975a-6cd8-204e-acbc-68b97fd272cb" TargetMode="External"/><Relationship Id="rId1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8528975a-6cd8-204e-acbc-68b97fd272cb/cb60b932-ad68-4de9-9f44-4c8274b2a754_720.png" TargetMode="External"/><Relationship Id="rId1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6f7e3409-ef24-9243-a840-b46caa290198" TargetMode="External"/><Relationship Id="rId1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6f7e3409-ef24-9243-a840-b46caa290198/e0a08163-9f73-4621-9caf-f202e8e0431a_720.png" TargetMode="External"/><Relationship Id="rId1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/39717af3-3e4c-b94e-aa36-2834cd2b3f42" TargetMode="External"/><Relationship Id="rId1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/39717af3-3e4c-b94e-aa36-2834cd2b3f42/cb09adce-f6f9-4a0b-a190-a0bfc97672e1_720.png" TargetMode="External"/><Relationship Id="rId1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/788b2e69-bcd0-e241-8bf9-efb59ba3ab8b" TargetMode="External"/><Relationship Id="rId1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/788b2e69-bcd0-e241-8bf9-efb59ba3ab8b/502afd30-575a-460c-b1b5-909d9b6164a3_720.png" TargetMode="External"/><Relationship Id="rId1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fb9efb9b-5b9b-2d4a-a672-6de593abac58" TargetMode="External"/><Relationship Id="rId1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb9efb9b-5b9b-2d4a-a672-6de593abac58/64e85237-f907-41ec-9689-bc26b7859446_720.png" TargetMode="External"/><Relationship Id="rId1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f974770a-e800-644d-8386-f80eb8aa1c30" TargetMode="External"/><Relationship Id="rId1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f974770a-e800-644d-8386-f80eb8aa1c30/00c1cf2a-0f5f-4ce6-98c6-2f15efe3e8cf_720.png" TargetMode="External"/><Relationship Id="rId1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2a5001f6-aac9-0c4a-8b51-b1573f531f42" TargetMode="External"/><Relationship Id="rId1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a5001f6-aac9-0c4a-8b51-b1573f531f42/d183b1be-8d27-4217-a374-7c86f71dc0ec_720.png" TargetMode="External"/><Relationship Id="rId1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f9e3fd8c-7be0-f546-b668-4007f4555dff" TargetMode="External"/><Relationship Id="rId1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7322f4f5-4a98-9c4f-9409-b1644a0fe23f" TargetMode="External"/><Relationship Id="rId1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d3e2702a-0960-d449-a82a-56b9e1e5c4fa" TargetMode="External"/><Relationship Id="rId1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/571ad5fe-b209-0843-b3f1-87b62b39c183" TargetMode="External"/><Relationship Id="rId1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a01ad40e-2ce5-3740-863a-6d4d4f2e0ee7" TargetMode="External"/><Relationship Id="rId1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a01ad40e-2ce5-3740-863a-6d4d4f2e0ee7/be2f6854-344a-403b-ab83-95f9485b6da3_720.png" TargetMode="External"/><Relationship Id="rId1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0175188a-00d9-9e4c-943d-a3be938af702" TargetMode="External"/><Relationship Id="rId1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0175188a-00d9-9e4c-943d-a3be938af702/808afee7-0e92-4910-aae4-c655975d7ed8_720.png" TargetMode="External"/><Relationship Id="rId1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8cd0e68f-2151-f647-8a38-249ece148803" TargetMode="External"/><Relationship Id="rId1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8cd0e68f-2151-f647-8a38-249ece148803/67872cc7-0738-4947-be16-a6bc18e9b9fe_720.png" TargetMode="External"/><Relationship Id="rId1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/242f6cd3-8235-0d40-aede-a7504459b404" TargetMode="External"/><Relationship Id="rId1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/242f6cd3-8235-0d40-aede-a7504459b404/ca3f78fd-c1c6-4fd7-bc29-30aa5b8ac692_720.jpg" TargetMode="External"/><Relationship Id="rId1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0000d9a8-5222-7648-b38b-8b3cd58210ec" TargetMode="External"/><Relationship Id="rId1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0000d9a8-5222-7648-b38b-8b3cd58210ec/1feeaafb-601b-470b-af36-eb6cc9084a42_720.jpg" TargetMode="External"/><Relationship Id="rId1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e53d66f1-74d0-c245-89ce-e009e1999bcb" TargetMode="External"/><Relationship Id="rId1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e53d66f1-74d0-c245-89ce-e009e1999bcb/4c17a3bc-d8c3-489b-b754-9844f292d6a7_720.png" TargetMode="External"/><Relationship Id="rId1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/28c04038-5574-1149-b80b-3da1fe22afb4" TargetMode="External"/><Relationship Id="rId1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/28c04038-5574-1149-b80b-3da1fe22afb4/4c17a3bc-d8c3-489b-b754-9844f292d6a7_720.png" TargetMode="External"/><Relationship Id="rId1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f4b234d6-74b8-7e4b-9659-cbfe390654f0" TargetMode="External"/><Relationship Id="rId1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/14568a17-f2ca-4f4d-9295-67725e5a6919" TargetMode="External"/><Relationship Id="rId1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/14568a17-f2ca-4f4d-9295-67725e5a6919/4018a3b2-b074-4d82-99f3-cf68c71e9ddd_720.png" TargetMode="External"/><Relationship Id="rId1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c91e24a6-c2d3-4041-a2af-2e19e9efbca6" TargetMode="External"/><Relationship Id="rId1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c91e24a6-c2d3-4041-a2af-2e19e9efbca6/4018a3b2-b074-4d82-99f3-cf68c71e9ddd_720.png" TargetMode="External"/><Relationship Id="rId1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/41dfec42-b821-ea49-aee9-fba464c6617e" TargetMode="External"/><Relationship Id="rId1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41dfec42-b821-ea49-aee9-fba464c6617e/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/410eb387-7877-b245-914b-5fa06d7b3b07" TargetMode="External"/><Relationship Id="rId1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/410eb387-7877-b245-914b-5fa06d7b3b07/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3394ed4a-35ba-b441-85f2-a20ff8dc26a6" TargetMode="External"/><Relationship Id="rId1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3394ed4a-35ba-b441-85f2-a20ff8dc26a6/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png" TargetMode="External"/><Relationship Id="rId1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cf308fd4-f63b-6146-a3d8-fa554314fd2c" TargetMode="External"/><Relationship Id="rId1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf308fd4-f63b-6146-a3d8-fa554314fd2c/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/81ec5373-05f5-c94a-bb22-f2dc6a35b1c9" TargetMode="External"/><Relationship Id="rId1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/81ec5373-05f5-c94a-bb22-f2dc6a35b1c9/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/00c037c8-6e71-3943-90f9-f14e6b6b6af0" TargetMode="External"/><Relationship Id="rId1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/00c037c8-6e71-3943-90f9-f14e6b6b6af0/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8ce2e224-ea5e-b142-9f78-413f5b412cb1" TargetMode="External"/><Relationship Id="rId1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ce2e224-ea5e-b142-9f78-413f5b412cb1/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png" TargetMode="External"/><Relationship Id="rId1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/872f0cfc-b399-7143-b055-5a116dcb69d3" TargetMode="External"/><Relationship Id="rId1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/872f0cfc-b399-7143-b055-5a116dcb69d3/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d797b353-5ed7-5845-bd68-7725723149f6" TargetMode="External"/><Relationship Id="rId1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d797b353-5ed7-5845-bd68-7725723149f6/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png" TargetMode="External"/><Relationship Id="rId1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dcb546c1-6063-bd4c-a5a6-4d0592273af5" TargetMode="External"/><Relationship Id="rId1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dcb546c1-6063-bd4c-a5a6-4d0592273af5/07c9977c-bd08-402d-bd26-13a97c29812e_720.jpg" TargetMode="External"/><Relationship Id="rId1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/151d2c31-9027-4944-90e3-78045068acdd" TargetMode="External"/><Relationship Id="rId1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/151d2c31-9027-4944-90e3-78045068acdd/b00a2b66-1529-4273-b74d-4bf308271bbf_720.jpg" TargetMode="External"/><Relationship Id="rId1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/44bfebe1-e482-124a-b034-0141189ee2df" TargetMode="External"/><Relationship Id="rId1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/44bfebe1-e482-124a-b034-0141189ee2df/dc8a6421-ab14-405f-8b3a-3dc780382b2c_720.png" TargetMode="External"/><Relationship Id="rId1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/feab5069-6474-7047-9b93-4f4a6f316c93" TargetMode="External"/><Relationship Id="rId1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/feab5069-6474-7047-9b93-4f4a6f316c93/42952030-9b51-43f9-b44f-ef4749397c60_720.png" TargetMode="External"/><Relationship Id="rId1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/94d197bf-4361-4e43-a841-ad29e515f4d8" TargetMode="External"/><Relationship Id="rId1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/94d197bf-4361-4e43-a841-ad29e515f4d8/bee59a61-b13e-4278-a9d6-f9a9ec705ead_720.png" TargetMode="External"/><Relationship Id="rId1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/32a29c6a-c917-f447-a3eb-d2989204589d" TargetMode="External"/><Relationship Id="rId1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/32a29c6a-c917-f447-a3eb-d2989204589d/6d148bda-07c0-40a0-bc59-ae077c9e32e7_720.png" TargetMode="External"/><Relationship Id="rId1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2ca82556-7432-1349-bbbb-542add8339ed" TargetMode="External"/><Relationship Id="rId1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ca82556-7432-1349-bbbb-542add8339ed/a311af71-e208-4c0d-bff8-46cda29a351c_720.JPG" TargetMode="External"/><Relationship Id="rId1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2761fa47-8895-5446-b480-3250985440eb" TargetMode="External"/><Relationship Id="rId1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2761fa47-8895-5446-b480-3250985440eb/3b35ffea-7195-4562-b255-86715cfdf3db_720.jpg" TargetMode="External"/><Relationship Id="rId1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9a1aaa3d-152c-8841-b250-2c202b8d51d8" TargetMode="External"/><Relationship Id="rId1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a1aaa3d-152c-8841-b250-2c202b8d51d8/b8ba35e6-f7fc-4c63-ab84-9dbefd31aecd_720.png" TargetMode="External"/><Relationship Id="rId1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0e2cd72b-e074-454a-8a1c-601fcdf71012" TargetMode="External"/><Relationship Id="rId1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e2cd72b-e074-454a-8a1c-601fcdf71012/7e603c93-3385-4627-9701-0b46383f414e_720.jpg" TargetMode="External"/><Relationship Id="rId1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7b20ee63-e638-bb46-943b-c04f753cfde0" TargetMode="External"/><Relationship Id="rId1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b20ee63-e638-bb46-943b-c04f753cfde0/83b3c440-67e9-4503-93b2-e0792a4c57f0_720.jpg" TargetMode="External"/><Relationship Id="rId1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6c95702b-dbc1-a34a-a03d-dcd17134d140" TargetMode="External"/><Relationship Id="rId1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c95702b-dbc1-a34a-a03d-dcd17134d140/ff9b0b65-45d4-4c98-ae7b-e8dcec4a6b32_720.jpg" TargetMode="External"/><Relationship Id="rId1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1b6c4ee4-4f7f-da42-a6fc-204c3cfb215e" TargetMode="External"/><Relationship Id="rId1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1b6c4ee4-4f7f-da42-a6fc-204c3cfb215e/cbe451f4-3f54-4a64-81c8-b749fc4db0a5_720.JPG" TargetMode="External"/><Relationship Id="rId1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4230e9d2-5e25-3643-9845-9d2ee6d21d6e" TargetMode="External"/><Relationship Id="rId1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4230e9d2-5e25-3643-9845-9d2ee6d21d6e/ce071a6d-9e7a-4b7a-81bc-65a1dfafd622_720.jpg" TargetMode="External"/><Relationship Id="rId1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5ffb67ac-5cd4-f248-ba4a-65661ff52b04" TargetMode="External"/><Relationship Id="rId1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5ffb67ac-5cd4-f248-ba4a-65661ff52b04/15beef31-a9aa-4dbe-ab15-5397e3e8f8db_720.jpg" TargetMode="External"/><Relationship Id="rId1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7ff822fa-8468-c641-90f9-7676f4e3287d" TargetMode="External"/><Relationship Id="rId1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7ff822fa-8468-c641-90f9-7676f4e3287d/866c0580-14e8-4beb-9b5b-ec5d6e5c9493_720.jpg" TargetMode="External"/><Relationship Id="rId1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/358c7bcc-2f8a-1d49-b133-f0fb95439626" TargetMode="External"/><Relationship Id="rId1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/358c7bcc-2f8a-1d49-b133-f0fb95439626/179bcb25-e532-45cf-970d-3a457a884ac9_720.jpg" TargetMode="External"/><Relationship Id="rId1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/281e1aa2-9e8a-7b4e-8d46-a1aca5985853" TargetMode="External"/><Relationship Id="rId1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/281e1aa2-9e8a-7b4e-8d46-a1aca5985853/1f0fd0dd-4e02-421f-83c8-e2f5016a22f7_720.jpg" TargetMode="External"/><Relationship Id="rId1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/aa5e710b-8a4e-ce4a-a014-b09a8b1fc9f7" TargetMode="External"/><Relationship Id="rId1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aa5e710b-8a4e-ce4a-a014-b09a8b1fc9f7/4c1a275b-4d3b-47b6-8465-0676dc1dafcd_720.jpg" TargetMode="External"/><Relationship Id="rId1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/69d5ec96-fde7-0f4a-9121-220784ac8d46" TargetMode="External"/><Relationship Id="rId1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69d5ec96-fde7-0f4a-9121-220784ac8d46/f8c93e1d-291c-4528-961a-1af4a98789b4_720.jpg" TargetMode="External"/><Relationship Id="rId1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1fd4e21a-1254-d249-9af7-c1b1cb568e7d" TargetMode="External"/><Relationship Id="rId1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1fd4e21a-1254-d249-9af7-c1b1cb568e7d/70cbfda5-2c3a-414a-af43-a5968a166897_720.png" TargetMode="External"/><Relationship Id="rId1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f55cddf5-ff49-fa48-980b-c308ff5d4229" TargetMode="External"/><Relationship Id="rId1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f55cddf5-ff49-fa48-980b-c308ff5d4229/b9e8b1fa-fa20-487b-8edc-eb3cafdbae84_720.png" TargetMode="External"/><Relationship Id="rId1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0bd3e495-7630-9a44-8371-b92d7da3cece" TargetMode="External"/><Relationship Id="rId1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0bd3e495-7630-9a44-8371-b92d7da3cece/1d215bda-fa0b-4e63-9a88-2bb3c6d7f617_720.png" TargetMode="External"/><Relationship Id="rId1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bd9f333b-4eec-5449-9b9c-5aaeb59d0950" TargetMode="External"/><Relationship Id="rId1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd9f333b-4eec-5449-9b9c-5aaeb59d0950/62ec6127-66b0-4425-a98d-500280c3b9c0_720.jpg" TargetMode="External"/><Relationship Id="rId1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3b7384db-b96e-9b46-8bde-f12d47869ac7" TargetMode="External"/><Relationship Id="rId1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3b7384db-b96e-9b46-8bde-f12d47869ac7/9d1fabb6-d15e-4e98-ae4c-fec54c64aee2_720.jpg" TargetMode="External"/><Relationship Id="rId1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/17a080e1-a3f6-0a4b-98bb-94e7e4bf9e67" TargetMode="External"/><Relationship Id="rId1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17a080e1-a3f6-0a4b-98bb-94e7e4bf9e67/1c7dd7f9-ab27-4e5f-a2de-57b1fbac2929_720.png" TargetMode="External"/><Relationship Id="rId1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ce58e61c-92a5-4841-89c8-23da936aae21" TargetMode="External"/><Relationship Id="rId1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ce58e61c-92a5-4841-89c8-23da936aae21/42dc0c96-ffef-46a1-95ce-26ee81fed71c_720.png" TargetMode="External"/><Relationship Id="rId1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/34cb45ae-2543-3d4c-a219-41624bec26d3" TargetMode="External"/><Relationship Id="rId1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/34cb45ae-2543-3d4c-a219-41624bec26d3/0a1e8797-7466-4e7e-a576-496cd20e9ca2_720.png" TargetMode="External"/><Relationship Id="rId1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9e5662c7-8095-7247-98f2-8afa83c16426" TargetMode="External"/><Relationship Id="rId1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9e5662c7-8095-7247-98f2-8afa83c16426/289034a4-3de5-4e87-90d5-0da53d20c450_720.png" TargetMode="External"/><Relationship Id="rId1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/aeb6ef3d-e22e-8640-a4e4-1ce4eef41ec0" TargetMode="External"/><Relationship Id="rId1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aeb6ef3d-e22e-8640-a4e4-1ce4eef41ec0/185dbcdf-9aee-43ec-99a9-6d7c0c84a03a_720.png" TargetMode="External"/><Relationship Id="rId1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0debb5fb-1642-a84e-8955-ae0c75c7bd2a" TargetMode="External"/><Relationship Id="rId1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0debb5fb-1642-a84e-8955-ae0c75c7bd2a/b4121194-c4c7-4720-a5f4-aebc875fe385_720.png" TargetMode="External"/><Relationship Id="rId1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dc0ae2cd-96c9-1845-9be0-137670918be6" TargetMode="External"/><Relationship Id="rId1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc0ae2cd-96c9-1845-9be0-137670918be6/bb66c442-625e-47d5-9e79-48e792efd6e5_720.png" TargetMode="External"/><Relationship Id="rId1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/50da108a-6e4e-ef46-ad33-f1d8127e5653" TargetMode="External"/><Relationship Id="rId1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/50da108a-6e4e-ef46-ad33-f1d8127e5653/22d535b0-1fdf-4ba3-b271-cdb8df81a195_720.JPG" TargetMode="External"/><Relationship Id="rId1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e04d705d-78ea-454d-ad6b-75271c41bfe0" TargetMode="External"/><Relationship Id="rId1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e04d705d-78ea-454d-ad6b-75271c41bfe0/b7c5a846-7363-412d-9296-f9b2db0c83ef_720.jpg" TargetMode="External"/><Relationship Id="rId1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3609e420-8cf4-ea47-8dab-15195dde57da" TargetMode="External"/><Relationship Id="rId1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3609e420-8cf4-ea47-8dab-15195dde57da/72d00419-ed06-4df2-b963-c301e7df0d3b_720.JPG" TargetMode="External"/><Relationship Id="rId1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/601c59f3-c80d-b748-b3e0-83f7cbef3123" TargetMode="External"/><Relationship Id="rId1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/601c59f3-c80d-b748-b3e0-83f7cbef3123/9c594fb9-6763-4621-99bf-87da2b4ba8c2_720.jpg" TargetMode="External"/><Relationship Id="rId1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d3960617-b0d9-cf40-afed-45cabe899a97" TargetMode="External"/><Relationship Id="rId1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d3960617-b0d9-cf40-afed-45cabe899a97/45e4c016-7b28-43c5-b5e1-1268d06152b5_720.jpg" TargetMode="External"/><Relationship Id="rId1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/56d924d4-5d57-1443-bedc-059ae64ef1bc" TargetMode="External"/><Relationship Id="rId1546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56d924d4-5d57-1443-bedc-059ae64ef1bc/09ca5857-38bb-48f2-b222-256f01284c27_720.jpg" TargetMode="External"/><Relationship Id="rId1547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7a700e7f-88be-644b-9625-2d35c7052540" TargetMode="External"/><Relationship Id="rId1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a700e7f-88be-644b-9625-2d35c7052540/dedbe0ce-01d3-4b58-90bc-bff7451d65c0_720.jpg" TargetMode="External"/><Relationship Id="rId1549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d88e802b-579b-eb45-afba-e488b19fcc47" TargetMode="External"/><Relationship Id="rId1550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d88e802b-579b-eb45-afba-e488b19fcc47/dd129ef1-06e2-4e16-a919-b8c1daa5a537_720.jpg" TargetMode="External"/><Relationship Id="rId1551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a63e2875-6848-df43-802c-52814c949606" TargetMode="External"/><Relationship Id="rId1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a63e2875-6848-df43-802c-52814c949606/39c04947-bb1f-4347-9ac0-cc5139ec3197_720.jpg" TargetMode="External"/><Relationship Id="rId1553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2227fd63-9752-8a4b-834c-5e966947f04a" TargetMode="External"/><Relationship Id="rId1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2227fd63-9752-8a4b-834c-5e966947f04a/18ff6527-9ec3-4a73-98e3-02abfa27ec09_720.jpg" TargetMode="External"/><Relationship Id="rId1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8db19def-438f-0943-968f-25b71b8a0502" TargetMode="External"/><Relationship Id="rId1556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8db19def-438f-0943-968f-25b71b8a0502/f8550c3a-c375-4ec6-bc83-98e183bc4f87_720.jpg" TargetMode="External"/><Relationship Id="rId1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b92b1acf-62bc-2549-a879-d70c42deb7b8" TargetMode="External"/><Relationship Id="rId1558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b92b1acf-62bc-2549-a879-d70c42deb7b8/f036ad73-432f-4ab8-87e2-ebc5ff581769_720.jpg" TargetMode="External"/><Relationship Id="rId1559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cbc24836-5871-ea4e-b310-9a7f572b9ad5" TargetMode="External"/><Relationship Id="rId1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cbc24836-5871-ea4e-b310-9a7f572b9ad5/ae425776-ad20-4cec-9cf4-f9f393433b91_720.jpg" TargetMode="External"/><Relationship Id="rId1561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6c63e6fa-161d-914c-8641-bb07f906494a" TargetMode="External"/><Relationship Id="rId1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c63e6fa-161d-914c-8641-bb07f906494a/facb0661-5a9e-4033-b703-1110937483b6_720.png" TargetMode="External"/><Relationship Id="rId1563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1d89a290-c83f-b24f-a6f2-96aa123c7467" TargetMode="External"/><Relationship Id="rId1564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1d89a290-c83f-b24f-a6f2-96aa123c7467/92589d42-9e32-432b-a55e-18bc0706b7e6_720.jpg" TargetMode="External"/><Relationship Id="rId1565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/253989e5-9abb-2e44-8ee0-fcfb32c02b93" TargetMode="External"/><Relationship Id="rId1566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/253989e5-9abb-2e44-8ee0-fcfb32c02b93/e69ed5ae-6c06-4c02-b34a-91bc15ede6b8_720.jpg" TargetMode="External"/><Relationship Id="rId1567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e7bb21ec-cfc0-c243-b5a4-9e876185ee05" TargetMode="External"/><Relationship Id="rId1568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e7bb21ec-cfc0-c243-b5a4-9e876185ee05/9e512a07-4206-4112-8631-2ae76733b3ae_720.jpg" TargetMode="External"/><Relationship Id="rId1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fd3bfe52-34f6-8441-a675-28264506d044" TargetMode="External"/><Relationship Id="rId1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd3bfe52-34f6-8441-a675-28264506d044/86fdd53a-9f4c-4230-850a-852044fa47ad_720.jpg" TargetMode="External"/><Relationship Id="rId1571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/23c336eb-10de-0a4a-8ff5-a43c213e8d6b" TargetMode="External"/><Relationship Id="rId1572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/23c336eb-10de-0a4a-8ff5-a43c213e8d6b/68aa6a25-1cbc-4db9-883c-8ab72082cfa6_720.jpg" TargetMode="External"/><Relationship Id="rId1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8a824a2b-80cd-564c-9043-8581b2cb5fa7" TargetMode="External"/><Relationship Id="rId1574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8a824a2b-80cd-564c-9043-8581b2cb5fa7/67eaabd6-4ed0-444d-a2b1-d0de63cadc76_720.jpg" TargetMode="External"/><Relationship Id="rId1575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f5ab1107-b1e3-5449-96b6-ede818510ef4" TargetMode="External"/><Relationship Id="rId1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f5ab1107-b1e3-5449-96b6-ede818510ef4/0dd68fa2-368c-45ee-a87d-e0d1cf4b3d29_720.jpg" TargetMode="External"/><Relationship Id="rId1577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f2064033-eed3-a446-aa6e-553ae848e65b" TargetMode="External"/><Relationship Id="rId1578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f2064033-eed3-a446-aa6e-553ae848e65b/5dc85f08-6183-49be-bbed-a04f8d693e49_720.jpg" TargetMode="External"/><Relationship Id="rId1579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/abf0b574-6ae9-0846-a971-a72f71a5fd93" TargetMode="External"/><Relationship Id="rId1580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/abf0b574-6ae9-0846-a971-a72f71a5fd93/ddf5add7-5e14-4bec-866f-ccd064eafacf_720.jpg" TargetMode="External"/><Relationship Id="rId1581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5c3be218-1ace-2e46-b24a-2ecdc3988997" TargetMode="External"/><Relationship Id="rId1582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5c3be218-1ace-2e46-b24a-2ecdc3988997/542b8b17-1361-4662-862c-4141155146f0_720.jpg" TargetMode="External"/><Relationship Id="rId1583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ddec0337-d34a-9c40-be16-6d7fa9d64151" TargetMode="External"/><Relationship Id="rId1584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ddec0337-d34a-9c40-be16-6d7fa9d64151/a5db12c0-ef63-4ccf-8705-070d13496c7f_720.jpg" TargetMode="External"/><Relationship Id="rId1585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/83bdae15-de91-da44-8744-3fce2e9fd277" TargetMode="External"/><Relationship Id="rId1586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/83bdae15-de91-da44-8744-3fce2e9fd277/bc37da47-199e-4617-af19-93b024e460a9_720.jpg" TargetMode="External"/><Relationship Id="rId1587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/813dd1bf-0091-0a4c-9c7e-a989a23ab496" TargetMode="External"/><Relationship Id="rId1588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/813dd1bf-0091-0a4c-9c7e-a989a23ab496/0d910018-e04e-4381-95c8-4b8b0c1eb1b9_720.jpg" TargetMode="External"/><Relationship Id="rId1589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9a47d134-8df7-9b4c-a4ef-703a4f9d4280" TargetMode="External"/><Relationship Id="rId1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a47d134-8df7-9b4c-a4ef-703a4f9d4280/f41874e2-c5ed-4622-90c5-d26b69ec8491_720.jpg" TargetMode="External"/><Relationship Id="rId1591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f025027d-1d54-6043-9eb2-874fb0ec68fe" TargetMode="External"/><Relationship Id="rId1592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f025027d-1d54-6043-9eb2-874fb0ec68fe/fd607ae5-0699-4ef0-ae38-dc7522942cfa_720.jpg" TargetMode="External"/><Relationship Id="rId1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/467743cc-9a59-1b4f-a8b8-1c84e0efd96b" TargetMode="External"/><Relationship Id="rId1594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/467743cc-9a59-1b4f-a8b8-1c84e0efd96b/e35145a1-f4c5-48b9-87af-11673df1c6e5_720.jpg" TargetMode="External"/><Relationship Id="rId1595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/14aba7cc-faea-ee4b-8738-99299b0f43b9" TargetMode="External"/><Relationship Id="rId1596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/14aba7cc-faea-ee4b-8738-99299b0f43b9/7c4a8539-8c8f-4f16-8216-711df217953f_720.jpg" TargetMode="External"/><Relationship Id="rId1597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1588ab85-6590-4d49-8bbc-6a007377591d" TargetMode="External"/><Relationship Id="rId1598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1588ab85-6590-4d49-8bbc-6a007377591d/b711e628-2a80-4784-9d71-f6d4a5aa840b_720.jpg" TargetMode="External"/><Relationship Id="rId1599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/41e6fafc-cc52-bf40-909f-e0010bce2db3" TargetMode="External"/><Relationship Id="rId1600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41e6fafc-cc52-bf40-909f-e0010bce2db3/15b768b4-66e6-4616-b413-eb0cda12d540_720.jpg" TargetMode="External"/><Relationship Id="rId1601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cf890292-0328-8c45-83a1-8d7c4b556233" TargetMode="External"/><Relationship Id="rId1602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf890292-0328-8c45-83a1-8d7c4b556233/9e4bbc91-0260-4e29-b0e1-b9e0a9fced8c_720.jpg" TargetMode="External"/><Relationship Id="rId1603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cdb496e6-e2b1-2746-92ff-2e55cb5035a2" TargetMode="External"/><Relationship Id="rId1604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cdb496e6-e2b1-2746-92ff-2e55cb5035a2/0ed3c0be-853c-451b-99f1-1f6ca880fa9c_720.jpg" TargetMode="External"/><Relationship Id="rId1605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/aee7172c-85e0-ad49-b66a-37c71b9b57b1" TargetMode="External"/><Relationship Id="rId1606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aee7172c-85e0-ad49-b66a-37c71b9b57b1/39a012e7-ab4e-4c28-b939-e6bece119da8_720.png" TargetMode="External"/><Relationship Id="rId1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f0ded25e-2c01-994b-92b1-7035f6068825" TargetMode="External"/><Relationship Id="rId1608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f0ded25e-2c01-994b-92b1-7035f6068825/e9152754-732c-4046-858c-95a50625a430_720.png" TargetMode="External"/><Relationship Id="rId1609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/931d1b58-afb3-0d4e-8c2e-dcce131ee572" TargetMode="External"/><Relationship Id="rId1610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/931d1b58-afb3-0d4e-8c2e-dcce131ee572/9be2e770-97f5-47b3-978a-a6ca4afb66b4_720.jpg" TargetMode="External"/><Relationship Id="rId1611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e78310c6-76d3-2343-8d55-7b324e8e467f" TargetMode="External"/><Relationship Id="rId1612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e78310c6-76d3-2343-8d55-7b324e8e467f/6f6c4cd4-1f88-4587-abcb-21022047f4bb_720.png" TargetMode="External"/><Relationship Id="rId1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/27053f8f-2b30-9a44-a1ab-06c4e403b56b" TargetMode="External"/><Relationship Id="rId1614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/27053f8f-2b30-9a44-a1ab-06c4e403b56b/59ffa1da-9e97-4c57-ab23-0d2f46c37dc4_720.jpg" TargetMode="External"/><Relationship Id="rId1615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8621febd-7e74-f34c-a717-72ae7124bb0f" TargetMode="External"/><Relationship Id="rId1616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8621febd-7e74-f34c-a717-72ae7124bb0f/ea53be35-0109-4975-b783-2ac75305137b_720.png" TargetMode="External"/><Relationship Id="rId1617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/45bffc08-4430-ce47-b57b-5734fdc36fc2" TargetMode="External"/><Relationship Id="rId1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/45bffc08-4430-ce47-b57b-5734fdc36fc2/a84577b4-cab7-44eb-858e-a7ea38144259_720.jpg" TargetMode="External"/><Relationship Id="rId1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/41c1729a-b502-4346-b6f8-e6ac9b3f71e5" TargetMode="External"/><Relationship Id="rId1620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41c1729a-b502-4346-b6f8-e6ac9b3f71e5/4b7a52ce-a407-4eaa-b705-1f23879174ba_720.png" TargetMode="External"/><Relationship Id="rId1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a3aef714-7f56-694b-9ef1-d238eae077fe" TargetMode="External"/><Relationship Id="rId1622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3aef714-7f56-694b-9ef1-d238eae077fe/a84577b4-cab7-44eb-858e-a7ea38144259_720.jpg" TargetMode="External"/><Relationship Id="rId1623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/79b7e7f0-bd78-2f4c-9d63-d9f41fe5604f" TargetMode="External"/><Relationship Id="rId1624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/79b7e7f0-bd78-2f4c-9d63-d9f41fe5604f/7bd28dea-283a-4a5b-8384-270fff61bd40_720.png" TargetMode="External"/><Relationship Id="rId1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0de58cd0-4f8c-714d-83a8-5ad0669f8622" TargetMode="External"/><Relationship Id="rId1626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0de58cd0-4f8c-714d-83a8-5ad0669f8622/98169855-eef8-4109-af20-e86153466fd3_720.jpg" TargetMode="External"/><Relationship Id="rId1627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2a43012d-cfde-3f4e-82a9-25395882ce2f" TargetMode="External"/><Relationship Id="rId1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a43012d-cfde-3f4e-82a9-25395882ce2f/98169855-eef8-4109-af20-e86153466fd3_720.jpg" TargetMode="External"/><Relationship Id="rId1629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f786778d-5569-2446-997d-7f1061147b4c" TargetMode="External"/><Relationship Id="rId1630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f786778d-5569-2446-997d-7f1061147b4c/3ff0cb68-5311-40d1-812f-df22ece53e4e_720.jpg" TargetMode="External"/><Relationship Id="rId1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ca5d6415-de3e-0342-a738-ad83ca66e7f2" TargetMode="External"/><Relationship Id="rId1632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ca5d6415-de3e-0342-a738-ad83ca66e7f2/3ff0cb68-5311-40d1-812f-df22ece53e4e_720.jpg" TargetMode="External"/><Relationship Id="rId1633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1351c212-9c32-5740-9fd6-15aa908c208c" TargetMode="External"/><Relationship Id="rId1634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1351c212-9c32-5740-9fd6-15aa908c208c/ee2f1e57-7841-437e-a374-8e5810fa0c4b_720.jpg" TargetMode="External"/><Relationship Id="rId1635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/85014bd5-a1bb-2747-866c-19edd5847d40" TargetMode="External"/><Relationship Id="rId1636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/85014bd5-a1bb-2747-866c-19edd5847d40/ee2f1e57-7841-437e-a374-8e5810fa0c4b_720.jpg" TargetMode="External"/><Relationship Id="rId1637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1f29943b-61f2-7b4f-b648-5467ca1c6d40" TargetMode="External"/><Relationship Id="rId1638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1f29943b-61f2-7b4f-b648-5467ca1c6d40/132aebf6-d2cd-4612-bd84-436a8af1af84_720.png" TargetMode="External"/><Relationship Id="rId1639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9e556459-c860-5b48-8c0d-0cfb501da4bf" TargetMode="External"/><Relationship Id="rId1640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9e556459-c860-5b48-8c0d-0cfb501da4bf/0349062e-12f6-4149-a6c7-c969bb0af554_720.png" TargetMode="External"/><Relationship Id="rId1641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/534fec6a-0dea-c242-bcb3-e2ebe5d38d47" TargetMode="External"/><Relationship Id="rId1642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/534fec6a-0dea-c242-bcb3-e2ebe5d38d47/a49243b9-0870-41b9-9a3a-fb9668bdc679_720.png" TargetMode="External"/><Relationship Id="rId1643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2a170f34-e288-a848-8f22-e94a9c74c30d" TargetMode="External"/><Relationship Id="rId1644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a170f34-e288-a848-8f22-e94a9c74c30d/41ca9958-2558-498d-bcb6-27f54603c3f1_720.png" TargetMode="External"/><Relationship Id="rId1645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ccff608e-25b0-0143-9ed2-d0646de8400d" TargetMode="External"/><Relationship Id="rId1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ccff608e-25b0-0143-9ed2-d0646de8400d/787569b7-225e-41e5-bf6d-1192ca8775e9_720.png" TargetMode="External"/><Relationship Id="rId1647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6b6485cb-1e36-204a-a8b9-adbec2d7dc03" TargetMode="External"/><Relationship Id="rId1648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b6485cb-1e36-204a-a8b9-adbec2d7dc03/896647e2-4594-4838-947b-34bea40d0ed7_720.png" TargetMode="External"/><Relationship Id="rId1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8f67182d-ae12-6b43-9ad8-e9e838220e4c" TargetMode="External"/><Relationship Id="rId1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f67182d-ae12-6b43-9ad8-e9e838220e4c/b7533d9c-1440-469e-ae6d-dbc56fb06419_720.png" TargetMode="External"/><Relationship Id="rId1651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7ccf9484-503d-d044-9063-9f10eade55d5" TargetMode="External"/><Relationship Id="rId1652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7ccf9484-503d-d044-9063-9f10eade55d5/a977476f-9118-4057-8842-e796864eb525_720.png" TargetMode="External"/><Relationship Id="rId1653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/eff6d52a-d41e-2e4c-bd4e-460d43575f21" TargetMode="External"/><Relationship Id="rId1654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/eff6d52a-d41e-2e4c-bd4e-460d43575f21/13c31b86-389f-44b3-9086-ae6e34543c59_720.png" TargetMode="External"/><Relationship Id="rId1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8f06558a-109d-a344-8c2c-8af66cfb6e99" TargetMode="External"/><Relationship Id="rId1656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f06558a-109d-a344-8c2c-8af66cfb6e99/59451b7b-68f2-4a9b-88aa-edb18f5129a1_720.png" TargetMode="External"/><Relationship Id="rId1657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9be75953-afc3-7f4d-9e62-5c01dfaa6816" TargetMode="External"/><Relationship Id="rId1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9be75953-afc3-7f4d-9e62-5c01dfaa6816/a7e174fb-4460-4082-b348-1ac534094485_720.png" TargetMode="External"/><Relationship Id="rId1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/491c72f7-64b4-934d-9ce8-54a1ffd697cf" TargetMode="External"/><Relationship Id="rId1660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/491c72f7-64b4-934d-9ce8-54a1ffd697cf/1baabe0e-242b-4543-afeb-76e3a826f5db_720.png" TargetMode="External"/><Relationship Id="rId1661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/557a88cf-f451-904c-94e3-bd709326a5aa" TargetMode="External"/><Relationship Id="rId1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/557a88cf-f451-904c-94e3-bd709326a5aa/9307a3c1-e0f3-4837-9835-49bbf3358200_720.png" TargetMode="External"/><Relationship Id="rId1663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a1c26223-9efc-7547-bbb6-2c9479efb04c" TargetMode="External"/><Relationship Id="rId1664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a1c26223-9efc-7547-bbb6-2c9479efb04c/b2d9ad90-77cf-46b4-9fb0-0f2d8be9bea4_720.png" TargetMode="External"/><Relationship Id="rId1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2580e868-9d23-7443-8f26-65f8fb9970d2" TargetMode="External"/><Relationship Id="rId1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2580e868-9d23-7443-8f26-65f8fb9970d2/fb64c7de-32d0-4aff-aa99-46bfa9855cc7_720.png" TargetMode="External"/><Relationship Id="rId1667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7a324d9c-e858-b943-bd2a-e959cf645d43" TargetMode="External"/><Relationship Id="rId1668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a324d9c-e858-b943-bd2a-e959cf645d43/4979bfde-6c0c-4ca3-b962-f4555277f25c_720.png" TargetMode="External"/><Relationship Id="rId1669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a80394e9-be78-a448-bf1d-c0393d4c0423" TargetMode="External"/><Relationship Id="rId1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a80394e9-be78-a448-bf1d-c0393d4c0423/9203548e-3900-42e8-bee8-87641c7e530f_720.png" TargetMode="External"/><Relationship Id="rId1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/59cfff86-92ee-d24c-8f80-caaf838f9784" TargetMode="External"/><Relationship Id="rId1672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/59cfff86-92ee-d24c-8f80-caaf838f9784/27412430-b8d9-4db8-8557-662628ec8101_720.png" TargetMode="External"/><Relationship Id="rId1673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/36c796a4-7eed-9a40-8fca-68fb2b19fb85" TargetMode="External"/><Relationship Id="rId1674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/36c796a4-7eed-9a40-8fca-68fb2b19fb85/2ac64e21-ff66-4e93-8037-a1ca5b9e2d63_720.png" TargetMode="External"/><Relationship Id="rId1675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/889268c4-d21a-4441-a0bd-33f0a6b16354" TargetMode="External"/><Relationship Id="rId1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/889268c4-d21a-4441-a0bd-33f0a6b16354/313cab27-4693-4a4d-8909-5ce65d365eab_720.jpg" TargetMode="External"/><Relationship Id="rId1677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/31125e4a-5548-1449-83ab-bcef3795fb93" TargetMode="External"/><Relationship Id="rId1678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/31125e4a-5548-1449-83ab-bcef3795fb93/993d4159-0b80-4abc-a964-92dcccd36920_720.png" TargetMode="External"/><Relationship Id="rId1679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dc31bf9f-05f1-aa41-beb9-e1b6dc75e7e6" TargetMode="External"/><Relationship Id="rId1680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc31bf9f-05f1-aa41-beb9-e1b6dc75e7e6/600c8404-9699-4860-b73b-296f8e33589a_720.png" TargetMode="External"/><Relationship Id="rId1681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bf67fd10-f191-6945-8534-afeec5c2034f" TargetMode="External"/><Relationship Id="rId1682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bf67fd10-f191-6945-8534-afeec5c2034f/5cdf3999-374e-4edf-89aa-a30136c5231f_720.png" TargetMode="External"/><Relationship Id="rId1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fb58e3e8-fe4a-654d-a3d0-a00c6a570edc" TargetMode="External"/><Relationship Id="rId1684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb58e3e8-fe4a-654d-a3d0-a00c6a570edc/2fc48f7e-226e-4403-982a-4c022835f976_720.png" TargetMode="External"/><Relationship Id="rId1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/96ec3f53-ece7-c448-9fc4-a06590f43b22" TargetMode="External"/><Relationship Id="rId1686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/96ec3f53-ece7-c448-9fc4-a06590f43b22/a97176d5-bad0-4a9a-bf04-fe64e5be5987_720.png" TargetMode="External"/><Relationship Id="rId1687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3dd00dc6-73d2-2742-a78a-51fc811ea1e1" TargetMode="External"/><Relationship Id="rId1688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3dd00dc6-73d2-2742-a78a-51fc811ea1e1/73d28fde-f6ca-403c-9266-64350060240b_720.png" TargetMode="External"/><Relationship Id="rId1689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ec675ea5-052b-e543-bcd1-9a753d426ae6" TargetMode="External"/><Relationship Id="rId1690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ec675ea5-052b-e543-bcd1-9a753d426ae6/eeb6736c-9565-4d7e-87f8-b7df0647e20b_720.png" TargetMode="External"/><Relationship Id="rId1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1d0e65fe-c85c-f546-9a2d-f35009f9e48e" TargetMode="External"/><Relationship Id="rId1692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1d0e65fe-c85c-f546-9a2d-f35009f9e48e/3a1dca41-dd63-4dab-8557-28dcf6b67bdb_720.png" TargetMode="External"/><Relationship Id="rId1693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3f84fb6c-9473-d148-b1d7-41209ab1751c" TargetMode="External"/><Relationship Id="rId1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3f84fb6c-9473-d148-b1d7-41209ab1751c/3d164957-08e8-4c25-bb58-3bc33500d1ba_720.jpg" TargetMode="External"/><Relationship Id="rId1695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/17bef38c-edd3-c449-b84f-b98a16548f0e" TargetMode="External"/><Relationship Id="rId1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17bef38c-edd3-c449-b84f-b98a16548f0e/b00c6f06-f2d8-459c-b80d-d2e0e3a8b277_720.jpg" TargetMode="External"/><Relationship Id="rId1697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ed40e46f-e4b1-0540-969c-16bb7115b3b4" TargetMode="External"/><Relationship Id="rId1698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ed40e46f-e4b1-0540-969c-16bb7115b3b4/65c84c53-9061-4b8f-bc05-6fb5e1c390c1_720.jpg" TargetMode="External"/><Relationship Id="rId1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8953bc1c-dea0-4049-8821-6e35d4de9da6" TargetMode="External"/><Relationship Id="rId1700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8953bc1c-dea0-4049-8821-6e35d4de9da6/076c0fb5-a95f-4cfe-89be-6397dc943ac7_720.jpg" TargetMode="External"/><Relationship Id="rId1701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b9d55f3c-ff11-5e47-a5ee-c61e4dd62f04" TargetMode="External"/><Relationship Id="rId1702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b9d55f3c-ff11-5e47-a5ee-c61e4dd62f04/71a08d49-6362-47fe-9451-ae84657c9d3f_720.jpg" TargetMode="External"/><Relationship Id="rId1703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4374c3cc-aa14-784d-89d5-5d6d9dcfe476" TargetMode="External"/><Relationship Id="rId1704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4374c3cc-aa14-784d-89d5-5d6d9dcfe476/61500302-2b2f-4bb3-9a32-4188a215e6e5_720.png" TargetMode="External"/><Relationship Id="rId1705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/89bbf043-cc25-4f4c-a4dc-dbf35924b9fa" TargetMode="External"/><Relationship Id="rId1706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/89bbf043-cc25-4f4c-a4dc-dbf35924b9fa/e80f1caf-d76d-4711-b862-e2b0aa2b0a3f_720.jpg" TargetMode="External"/><Relationship Id="rId1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8012a22b-fb8c-9a49-8166-56d171f385de" TargetMode="External"/><Relationship Id="rId1708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8012a22b-fb8c-9a49-8166-56d171f385de/c6a15f32-cdc1-4648-ade4-2866232a6387_720.jpg" TargetMode="External"/><Relationship Id="rId1709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4acbc0d6-7752-e545-be46-8b1f3a8cf72d" TargetMode="External"/><Relationship Id="rId1710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4acbc0d6-7752-e545-be46-8b1f3a8cf72d/6a99c655-42a3-4e2d-855f-a117003c4124_720.png" TargetMode="External"/><Relationship Id="rId1711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f1714ebb-b266-ba43-bf40-ae482292a09e" TargetMode="External"/><Relationship Id="rId1712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f1714ebb-b266-ba43-bf40-ae482292a09e/f287f8a8-78d7-4fc0-a474-65d0aba3bf6b_720.png" TargetMode="External"/><Relationship Id="rId1713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1014a1cc-b1f7-4545-bff6-9d02032b8ada" TargetMode="External"/><Relationship Id="rId1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1014a1cc-b1f7-4545-bff6-9d02032b8ada/a5a77167-6a85-4368-9d2d-e8b47900d347_720.jpg" TargetMode="External"/><Relationship Id="rId1715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ad165ce0-321b-fb48-9f79-e2f37109b725" TargetMode="External"/><Relationship Id="rId1716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad165ce0-321b-fb48-9f79-e2f37109b725/bd055fd4-7e28-447c-abb2-53539f2d5380_720.png" TargetMode="External"/><Relationship Id="rId1717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3ee33191-c4a4-a04d-aaa0-36f8cd3c8136" TargetMode="External"/><Relationship Id="rId1718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ee33191-c4a4-a04d-aaa0-36f8cd3c8136/66b47a91-52fd-4b53-9156-192dfdd160d5_720.jpg" TargetMode="External"/><Relationship Id="rId1719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/68efc9d7-3b1e-a948-8ce7-096d8004e228" TargetMode="External"/><Relationship Id="rId1720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/68efc9d7-3b1e-a948-8ce7-096d8004e228/8a453e00-4653-4dff-85d5-dd3b6d46d8d1_720.jpg" TargetMode="External"/><Relationship Id="rId1721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6777cd58-ea86-1446-9006-70e87bf8c955" TargetMode="External"/><Relationship Id="rId1722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6777cd58-ea86-1446-9006-70e87bf8c955/145ba545-6832-47f0-8dda-a23c903eecfd_720.png" TargetMode="External"/><Relationship Id="rId1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d8f4772d-485e-8b41-bc19-745be94159ca" TargetMode="External"/><Relationship Id="rId1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d8f4772d-485e-8b41-bc19-745be94159ca/4c58236f-edc7-46e0-b7d0-f155e0168550_720.png" TargetMode="External"/><Relationship Id="rId1725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/063aa14b-c6a2-0440-aedf-3ea05bb3c223" TargetMode="External"/><Relationship Id="rId1726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/063aa14b-c6a2-0440-aedf-3ea05bb3c223/d6cb24a4-096b-458e-a98c-ac0b02642d00_720.png" TargetMode="External"/><Relationship Id="rId1727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bf057777-3b47-b14e-a52c-1113870e361d" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bf057777-3b47-b14e-a52c-1113870e361d/7cf352ff-3bca-438c-8e28-5799df5f0efa_720.png" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fbc8a2ae-a6ec-4f49-8338-858f1b44dac6" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fbc8a2ae-a6ec-4f49-8338-858f1b44dac6/38494d85-c1bf-4a1b-81a7-69e5bbfaca2e_720.png" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5b64411a-4ba3-cb4c-92d7-2914dfe630fa" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/33b7a3cb-66a5-6e4f-a5e9-084b9941b297" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/33b7a3cb-66a5-6e4f-a5e9-084b9941b297/20ec292b-6e5d-4ff5-bd5a-259858a1d12c_720.png" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ab742105-3425-fe4b-a76c-4a824e5c69c2" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab742105-3425-fe4b-a76c-4a824e5c69c2/692fe713-0d9b-4aca-9f4f-3080a3b00897_720.png" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fc29851c-3758-1e47-8073-ffbc6a112061" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fc29851c-3758-1e47-8073-ffbc6a112061/c11cc95d-97a5-4ced-baf5-968dd0cf4d42_720.png" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bc9f59c7-660e-c84c-97d9-448588ac8b9a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bc9f59c7-660e-c84c-97d9-448588ac8b9a/501a4fd5-3b28-4fc2-9b14-56b60ac3e8bd_720.png" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/91d422a8-70b8-5941-af1e-11c84757f478" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/91d422a8-70b8-5941-af1e-11c84757f478/9fd74c0a-9b7a-4085-98c5-d8744ca03ce0_720.png" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/effe7fb1-b018-894c-b001-a1498b68e90c" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/effe7fb1-b018-894c-b001-a1498b68e90c/94ab263f-1dcc-450e-8079-284af4fd8506_720.jpg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/30796993-8030-ab43-9dd9-ba82e4503e6e" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/30796993-8030-ab43-9dd9-ba82e4503e6e/f38c614b-52c4-4c7d-96d7-26e0815ffb8a_720.png" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0c08fc42-9f19-a04f-a533-adcef442d5e3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0c08fc42-9f19-a04f-a533-adcef442d5e3/b5c6924e-9d79-4a10-9594-a2d8d596d713_720.png" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/12f28c18-58db-0f41-b536-b9a2fd7ce60e" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/12f28c18-58db-0f41-b536-b9a2fd7ce60e/1037e45e-fec0-48d3-8d1b-fde5a11dfde1_720.png" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fd34bf82-b528-2c48-908e-8b61e8f06e72" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd34bf82-b528-2c48-908e-8b61e8f06e72/14dd25e4-ad06-4fce-b50c-55509c2841a9_720.png" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d2e761c1-694f-c14c-ace0-460f5b06e4cd" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d2e761c1-694f-c14c-ace0-460f5b06e4cd/c192c83a-dee1-4efb-9258-efd41a2569be_720.jpg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ae37937a-a40f-b74b-99a0-35bb78640309" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ae37937a-a40f-b74b-99a0-35bb78640309/e2cc3454-df5c-4179-b54c-c875b25ba81e_720.png" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/186ee338-d989-3449-ab1b-6fb15b96713c" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/186ee338-d989-3449-ab1b-6fb15b96713c/e2cc3454-df5c-4179-b54c-c875b25ba81e_720.png" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4e9fa0f6-aa43-454a-96f2-cb3c55fd5a58" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4e9fa0f6-aa43-454a-96f2-cb3c55fd5a58/7317056f-1c10-4ad5-81aa-7b734c5631a1_720.png" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4663043c-8eca-ee40-9db5-e7adb50fa962" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4663043c-8eca-ee40-9db5-e7adb50fa962/3540524d-313b-4d87-ad2b-f36fc61e9c9e_720.png" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ab604591-3e47-284a-bff6-22a6ac4e7039" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab604591-3e47-284a-bff6-22a6ac4e7039/a81e9b16-5562-4aa3-a37e-5a9141ca7c97_720.png" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8bee722c-f2eb-2f4d-96d8-95eb1f4afade" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8bee722c-f2eb-2f4d-96d8-95eb1f4afade/f24ef434-c1f2-48ef-943c-d9620ce1ded2_720.png" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ffa7b501-c060-b24a-acf5-79c1f5722e36" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ffa7b501-c060-b24a-acf5-79c1f5722e36/a94790d8-d9bc-47fd-a194-12fd5ef58442_720.jpg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5a8893ea-bc25-f444-876c-c632a7803220" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a8893ea-bc25-f444-876c-c632a7803220/274e9f39-2f0d-4c43-9e69-21a57cd7607f_720.png" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6b3ea7bd-bd9f-2b49-9fae-02a9db7481ec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b3ea7bd-bd9f-2b49-9fae-02a9db7481ec/c26ac5c0-7520-4dbd-98b3-f9de468c2808_720.png" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/47485bdd-afd2-4c4f-a597-f3d582edc6d3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/47485bdd-afd2-4c4f-a597-f3d582edc6d3/1f0b6129-4a8b-4ca3-a64f-abfde0f24104_720.png" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bd7cfcd3-431e-d943-af31-49be56bcce62" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd7cfcd3-431e-d943-af31-49be56bcce62/0febd447-505d-4d33-b0af-11b3549c5435_720.png" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/27e24f49-0fd2-c448-b8ef-5f1bb0f210c2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/27e24f49-0fd2-c448-b8ef-5f1bb0f210c2/d672a959-16dd-4ee7-ab4a-982f8a2bdc59_720.png" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a3c43c31-4d17-194d-82e8-efbaf87002b0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3c43c31-4d17-194d-82e8-efbaf87002b0/b9bb8d94-b8d1-45bb-9b53-9c219908344c_720.png" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b22185e5-4fc2-df4e-96a1-df26e4facf70" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/057be465-8085-2b41-8161-9a9200863aac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/057be465-8085-2b41-8161-9a9200863aac/c16272b8-304f-4bed-bda6-77041652e3c5_720.jpg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/63a24b1e-7b64-7947-b68f-b03c5a03f8b8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/63a24b1e-7b64-7947-b68f-b03c5a03f8b8/043a2d74-fc9a-4135-9ebf-9315be7b0a46_720.png" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6824e020-a35d-5641-bd81-5dc015ac3fb9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6824e020-a35d-5641-bd81-5dc015ac3fb9/23320996-4156-4971-a1f2-38b734a0ecf9_720.jpg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/56ac6708-4e75-6843-a220-2e3ca257de11" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56ac6708-4e75-6843-a220-2e3ca257de11/45bd0ef8-5559-4b44-b53e-fe7a27bf094c_720.jpg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/349159a7-0677-2343-a543-983be7cb3d38" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/349159a7-0677-2343-a543-983be7cb3d38/5d4e592b-5b34-47df-b111-41b0c62897e1_720.jpg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dcf930c8-4b7c-af47-9aa0-58b5828489f9" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dcf930c8-4b7c-af47-9aa0-58b5828489f9/7d18497b-be32-4e59-ad89-0f5343cd5561_720.jpg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0065db06-b2a8-6540-b823-144181f771e9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0065db06-b2a8-6540-b823-144181f771e9/5617b3c3-7e46-4235-b4df-578c82e790fc_720.jpg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bf55a66f-74e5-a749-8ada-7d41ae62d039" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bf55a66f-74e5-a749-8ada-7d41ae62d039/d4362f3d-5435-497c-a709-3dee207dbbe7_720.jpg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4cb9a153-33c2-6046-9d5b-bf2dee52f706" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4cb9a153-33c2-6046-9d5b-bf2dee52f706/7ec3f720-3d84-4df1-a4de-b122ec03116e_720.jpg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4f45a7d1-3eab-1f44-9bf4-04625fd4dc6e" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4f45a7d1-3eab-1f44-9bf4-04625fd4dc6e/93f1e849-420b-41de-9233-5ee5e1f99fb8_720.jpg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ea47a86c-4e12-3840-9c7d-1326f9e36cb5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ea47a86c-4e12-3840-9c7d-1326f9e36cb5/65ffaf74-03cd-457f-bde2-416b938a560a_720.jpg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/41bdc278-8d84-9b40-8cfa-baa4f206766b" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41bdc278-8d84-9b40-8cfa-baa4f206766b/abcf1849-1041-42fb-a0f4-6e83ccf186d0_720.jpg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/82770b9c-7b71-f34f-9e6a-f5d5c5190dff" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/82770b9c-7b71-f34f-9e6a-f5d5c5190dff/f9d4fbf8-ee7b-4e3d-8663-fa6b4fcfd145_720.jpg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/98140b03-c396-af41-9572-002d699e8d83" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/98140b03-c396-af41-9572-002d699e8d83/a114cedc-6607-47ce-9782-14b168e73ccb_720.jpg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0184b0e2-c914-4748-9247-94767dfd7864" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0184b0e2-c914-4748-9247-94767dfd7864/032cd09f-f935-498c-a1bd-c0e39750fde9_720.jpg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/42e760d3-5455-1642-b64f-be271b182c51" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/42e760d3-5455-1642-b64f-be271b182c51/2cbb4002-3ef8-4f3f-b4f8-bc7a7ec21011_720.jpg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/404f449e-efc8-1443-afd8-76cfed4b42c7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/404f449e-efc8-1443-afd8-76cfed4b42c7/fe660dcf-df47-455d-ad3f-874afa5677d9_720.jpg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5568a86f-e936-f84d-90b1-85d4ad7d5c18" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5568a86f-e936-f84d-90b1-85d4ad7d5c18/3f07c0ea-d7eb-475b-9918-b0e706b35517_720.jpg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3a5d7d5c-4115-0a44-a976-4cf0a14f837e" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a5d7d5c-4115-0a44-a976-4cf0a14f837e/6d267608-5e3b-4689-adc9-fd5db0d6d0a9_720.jpg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9be11800-a0ff-d744-8ed5-87e30ab9d1e5" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9be11800-a0ff-d744-8ed5-87e30ab9d1e5/a6a618d2-a30b-455f-8b16-50c35b81c3e5_720.jpg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1204f7a3-86cb-824e-ab59-0b92c500512e" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1204f7a3-86cb-824e-ab59-0b92c500512e/fee116b9-2d67-4fb3-b87f-f1e11bae83a8_720.jpg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f0276fa6-f4cc-5548-a3e6-993b0759833a" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f0276fa6-f4cc-5548-a3e6-993b0759833a/c602fa68-c4d5-4d7f-9c56-073b8ee50c7b_720.jpg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bbb8eaca-d354-614c-8795-5090328dd4b0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbb8eaca-d354-614c-8795-5090328dd4b0/d471c401-c2a8-42bd-b252-3055348cd97b_720.jpg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f94759eb-9fce-dc41-a36c-0b345cd2c652" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f94759eb-9fce-dc41-a36c-0b345cd2c652/a5589eb5-64ce-41bd-b3be-aaaa1695ed28_720.jpg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/aa940a5e-364e-f14b-8018-e595f90e3440" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aa940a5e-364e-f14b-8018-e595f90e3440/5c09ef16-e35b-4964-a547-414dc7aecca5_720.jpg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/38546c45-1be5-0741-9914-c04b08fbdcf4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/38546c45-1be5-0741-9914-c04b08fbdcf4/8a41f284-ad45-442e-870a-bea2cc26b184_720.jpg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/90a20b94-9242-1d4d-80f4-60e5151d0558" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/90a20b94-9242-1d4d-80f4-60e5151d0558/b16a5ff3-69f5-4463-9cf0-506cd52c7fef_720.jpg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8fda4c34-2c62-6844-8560-d820690d7963" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8fda4c34-2c62-6844-8560-d820690d7963/cd86aacd-2798-4f2f-a4c5-c323923d6436_720.jpg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/64a9f253-b6a6-e84d-a13e-6c3cef816c08" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64a9f253-b6a6-e84d-a13e-6c3cef816c08/0de1869a-4009-4d07-84c7-9877373f20a2_720.jpg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f2879e7f-aecd-7d47-a156-5604b3f127ba" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f2879e7f-aecd-7d47-a156-5604b3f127ba/72656dd7-e868-4452-b248-50123ee07f85_720.jpg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d89c0418-4858-3140-b278-44f1adb84927" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d89c0418-4858-3140-b278-44f1adb84927/32b24afc-2303-4887-9ad0-73a336c83a53_720.jpg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/799c9bc0-fc97-904e-b95b-f54702009852" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/799c9bc0-fc97-904e-b95b-f54702009852/5f6c086f-7cc6-4eed-9727-646af5845d23_720.jpg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/64ce642b-30bd-bb44-b000-8e5dad40168c" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64ce642b-30bd-bb44-b000-8e5dad40168c/0dd4be8f-0ddd-4748-ac36-264c13318d31_720.jpg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ad69dd42-8326-cb44-881c-d00980c28052" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad69dd42-8326-cb44-881c-d00980c28052/d96762b9-8b1b-4f5f-bebc-2f488bc22f47_720.jpg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6c9b7f23-5e96-7d4d-b760-639543b7d86f" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c9b7f23-5e96-7d4d-b760-639543b7d86f/ae9a7f06-406e-4076-922c-a23770b6c6fb_720.jpg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9a336451-ad47-7f41-ad1b-9cf2ae04fefc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a336451-ad47-7f41-ad1b-9cf2ae04fefc/aea0f38d-4404-493f-8369-ae5ea7cb18b2_720.jpg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3a881407-8b34-0449-84be-b3aa18730c6b" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a881407-8b34-0449-84be-b3aa18730c6b/b5c2fa00-b2dd-41fb-915e-0b6bc18d7665_720.jpg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d4d32211-7487-134d-aece-0f2cfe2dfbb9" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d4d32211-7487-134d-aece-0f2cfe2dfbb9/3dd26a63-7dca-4c5a-8578-054992bbc52d_720.jpg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3ae670aa-253b-0f40-8d9a-a4d55651bad5" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ae670aa-253b-0f40-8d9a-a4d55651bad5/b474d1e9-5921-41af-8725-6133f41afa30_720.png" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fd3d682b-8549-c74f-8eae-6d47214a0a17" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd3d682b-8549-c74f-8eae-6d47214a0a17/f80b5771-680f-404c-9a2f-929a8c5d1a91_720.png" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/718d6903-c795-c84a-931f-2ceb33e48270" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/718d6903-c795-c84a-931f-2ceb33e48270/bbd32ced-d85e-4545-99ff-222a84182ed2_720.png" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/598de504-cfab-3b41-8269-8ad000f58765" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/598de504-cfab-3b41-8269-8ad000f58765/fd30bbe0-a83d-4a1f-adfc-c3a964c35bcc_720.png" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/56613b9e-a420-f74d-acb6-8ef6c492d479" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56613b9e-a420-f74d-acb6-8ef6c492d479/971973d0-9eef-422b-a6e0-0256cef602c7_720.png" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4f953738-2c7d-e642-899c-597ac86f01ff" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4f953738-2c7d-e642-899c-597ac86f01ff/f25037ea-3e84-4443-a0f9-e5a4018f6eda_720.png" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/38360526-393f-2542-bf7e-4047582de759" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/38360526-393f-2542-bf7e-4047582de759/c97b4509-3b3b-4b79-ab9f-c4c535335d32_720.png" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a2445c88-d79b-ba4c-94c2-4b24274742a0" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a2445c88-d79b-ba4c-94c2-4b24274742a0/195492b6-83bf-4669-a43a-9d991633f1cf_720.png" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/71309a67-dea8-4e42-9dc2-65cf8b930f5a" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/71309a67-dea8-4e42-9dc2-65cf8b930f5a/37a29fea-a0b4-44ab-9d63-8d17ead863fc_720.png" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4ce13cda-0f31-b346-b210-3d9c609caa4a" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4ce13cda-0f31-b346-b210-3d9c609caa4a/13f6916f-4e09-41a1-9660-46399b827665_720.png" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f4b7f054-3713-744c-a14b-934c8bfacd3e" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f4b7f054-3713-744c-a14b-934c8bfacd3e/1003b286-f886-4711-9e10-46d1dc4556e3_720.png" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1e556669-644a-c247-bf95-9a4d794931c9" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1e556669-644a-c247-bf95-9a4d794931c9/073659a6-bbfd-4394-aec7-a7d275f5f48c_720.png" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7f4b9b2b-22c3-2345-90d8-7d5c3e83477a" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f4b9b2b-22c3-2345-90d8-7d5c3e83477a/6cfc0813-af87-4b8d-987d-e7853e4685e9_720.png" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d06040d5-69ae-234e-9e12-94afabedca17" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d06040d5-69ae-234e-9e12-94afabedca17/ebda309b-2b5a-4bfb-99b1-b02a59a18a34_720.png" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4e7d7300-bec3-dc41-8725-11520342b9f4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4e7d7300-bec3-dc41-8725-11520342b9f4/6cfc0813-af87-4b8d-987d-e7853e4685e9_720.png" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c46f4b08-8a1f-894b-8ce1-b35499d914f9" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c46f4b08-8a1f-894b-8ce1-b35499d914f9/2d5893a4-c4e6-4e95-9579-536a25a90378_720.jpg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7d299d47-eaaa-8142-917f-d32c8768ebd0" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7d299d47-eaaa-8142-917f-d32c8768ebd0/a661fa59-44f1-40a2-9de7-23f97e481aad_720.png" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bd8c5a98-5a30-7f45-a0c3-1a0a827613bd" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd8c5a98-5a30-7f45-a0c3-1a0a827613bd/59ac8da3-72ce-4f1a-b18e-85d15c5dde7f_720.png" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5b1902ae-156a-8549-a1b7-a8207937e123" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5b1902ae-156a-8549-a1b7-a8207937e123/4b57447c-6eae-45e4-9533-ffecec68379a_720.png" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/59c6c430-8bbe-9442-8fca-8a3a42060d37" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/59c6c430-8bbe-9442-8fca-8a3a42060d37/0c105e72-8639-4f9f-b4ab-70c200561f41_720.png" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/572edd72-d7bf-4845-834f-cb059d314507" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/572edd72-d7bf-4845-834f-cb059d314507/22bd188f-4ca7-4f86-86af-6a3e220da277_720.png" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/17bb4421-07a8-3b43-a149-814af2a031a7" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17bb4421-07a8-3b43-a149-814af2a031a7/dddb1342-0030-451d-bd10-8489246b78c4_720.png" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bfc013af-cfbb-0147-a71a-cfacd5e10d9e" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bfc013af-cfbb-0147-a71a-cfacd5e10d9e/16cc117a-729c-4af2-8d31-3879c6b13d42_720.png" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2ecc8231-5531-a945-b16e-1c99d363fd10" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ecc8231-5531-a945-b16e-1c99d363fd10/7b11a764-644b-4482-a44e-a7aff630d0c2_720.png" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e424c33f-2b00-3546-a9d5-5c44948f450a" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e424c33f-2b00-3546-a9d5-5c44948f450a/509c3468-634a-487d-af07-205bdd451cf7_720.jpg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ba4a5588-18ca-a842-8b1b-5e27676ab002" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ba4a5588-18ca-a842-8b1b-5e27676ab002/8a28057e-04b1-43ff-b339-65f64c860f72_720.png" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/270b97fa-ae0d-1c41-907a-bdd3de7179a3" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/270b97fa-ae0d-1c41-907a-bdd3de7179a3/3dbf6d07-a8ba-47ea-be1b-ec1e18bd78d2_720.png" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e4e40d29-7e3e-c748-85a5-a0ceb1044841" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4e40d29-7e3e-c748-85a5-a0ceb1044841/d4ceba3e-1b3e-4adb-9c2c-40aa4022b2ba_720.png" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ad3338fc-e927-8747-98c7-923fead826e4" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad3338fc-e927-8747-98c7-923fead826e4/413c3bac-f95f-4096-b8e2-68143d0014bb_720.png" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6bc44e71-a950-e04a-9da0-1ec9c14fa469" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6bc44e71-a950-e04a-9da0-1ec9c14fa469/413c3bac-f95f-4096-b8e2-68143d0014bb_720.png" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5055aa6f-3285-d547-93d4-a66abb5c559c" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5055aa6f-3285-d547-93d4-a66abb5c559c/d7eefbfc-c0ed-4106-af4c-10f9ba22328a_720.png" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cf52d4db-3835-e147-a7b5-659c5bad42b5" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf52d4db-3835-e147-a7b5-659c5bad42b5/d7eefbfc-c0ed-4106-af4c-10f9ba22328a_720.png" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3fdd8062-cbb0-8148-b9c3-bc4cf3a7e9b3" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fdd8062-cbb0-8148-b9c3-bc4cf3a7e9b3/b14cb9b1-3bea-41e8-b190-5f24b41d8a37_720.png" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/56fa208f-3ce7-9445-9b02-c9ce44649969" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56fa208f-3ce7-9445-9b02-c9ce44649969/b14cb9b1-3bea-41e8-b190-5f24b41d8a37_720.png" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/de4e6c62-0115-284b-a6e6-e9d53046e402" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/de4e6c62-0115-284b-a6e6-e9d53046e402/e8140d45-31b1-4744-a23b-7b816527a12a_720.png" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4ad9b290-0a40-3142-99ea-add65dcf15d2" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4ad9b290-0a40-3142-99ea-add65dcf15d2/e8140d45-31b1-4744-a23b-7b816527a12a_720.png" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d42cf55c-9af8-9340-87ce-34cfbfb8e11f" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d42cf55c-9af8-9340-87ce-34cfbfb8e11f/f599acda-16ac-45ef-9f97-29cb77506231_720.jpg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9eb6d460-92ab-b243-bc9e-864fb3551aac" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9eb6d460-92ab-b243-bc9e-864fb3551aac/f599acda-16ac-45ef-9f97-29cb77506231_720.jpg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fd969184-2c4f-1a43-aee9-4af46b3e332e" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd969184-2c4f-1a43-aee9-4af46b3e332e/f5bb1206-fab4-4ccf-8946-42e260702733_720.png" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4defeeef-44fe-0640-bffb-794fd9536e6f" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4defeeef-44fe-0640-bffb-794fd9536e6f/f5bb1206-fab4-4ccf-8946-42e260702733_720.png" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c754ccc4-7ab1-3049-a9e8-bd4cb14c5eea" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c754ccc4-7ab1-3049-a9e8-bd4cb14c5eea/7f6d14c5-8c1a-4d71-8efe-2de0be660113_720.png" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ee0148ed-7180-9d4b-a98d-33bfd58bce0c" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee0148ed-7180-9d4b-a98d-33bfd58bce0c/7f6d14c5-8c1a-4d71-8efe-2de0be660113_720.png" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/72e7432b-07e4-7d4a-8bca-fabef4082bef" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/72e7432b-07e4-7d4a-8bca-fabef4082bef/945bc40a-c195-4a3d-bc8e-db610f5544fa_720.png" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8339d2fa-5a93-f948-878d-e21e824e28d2" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8339d2fa-5a93-f948-878d-e21e824e28d2/945bc40a-c195-4a3d-bc8e-db610f5544fa_720.png" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7b219fd7-c336-8f49-9209-7ff239bca1c5" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b219fd7-c336-8f49-9209-7ff239bca1c5/5a6260c1-45c8-4abb-9807-ac863a7e40e9_720.png" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5a6cc1b9-5e40-2744-b47a-28eb72b984e1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a6cc1b9-5e40-2744-b47a-28eb72b984e1/5a6260c1-45c8-4abb-9807-ac863a7e40e9_720.png" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b9d6114e-a6ff-a142-9e41-af3a19fe1b04" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b9d6114e-a6ff-a142-9e41-af3a19fe1b04/7f94ca1e-5df6-4221-b58f-a6de934f164b_720.jpg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/05dafc08-a0ae-2248-be3b-1b4283353795" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/05dafc08-a0ae-2248-be3b-1b4283353795/56c95c1c-25ef-4dc8-83ea-43530e7c43c2_720.jpg" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2b72c6c3-31e5-5e41-80ac-4b2adf3696be" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2b72c6c3-31e5-5e41-80ac-4b2adf3696be/206a8ac1-6662-4dbe-a178-d36fec19d6fa_720.png" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f46409a2-bd48-124c-8e7b-650618255d0d" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f46409a2-bd48-124c-8e7b-650618255d0d/6cc161a7-1768-41a6-a3c5-34dd0874c3dd_720.png" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5ff919c0-1f7f-0947-af82-d8c581258fd5" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5ff919c0-1f7f-0947-af82-d8c581258fd5/c7ade41e-a5ef-42d7-9686-f997c1d9af34_720.png" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7a6e3a85-c2a3-3e42-8300-130907b5e6a4" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a6e3a85-c2a3-3e42-8300-130907b5e6a4/2560d889-4533-4778-96ce-eafe1589a07b_720.png" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/766593a5-046e-2b47-84d5-dc37bbb8e83a" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/766593a5-046e-2b47-84d5-dc37bbb8e83a/daad0e39-d251-4c26-812f-d4518c413536_720.png" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/be11e1ee-9c9d-6349-88f3-ff8c09821f27" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/be11e1ee-9c9d-6349-88f3-ff8c09821f27/da02f98e-988b-422a-9463-e9997fa90f36_720.png" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1d7dd42f-323d-a84d-a613-bd12e007f361" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8c98c5fc-45ca-a04e-8c37-b5e6cf791922" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8c98c5fc-45ca-a04e-8c37-b5e6cf791922/63ad7a9b-6276-4187-8793-656a8320133c_720.png" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/991577e4-12bc-5348-8e2b-6c88012ba980" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/991577e4-12bc-5348-8e2b-6c88012ba980/d193b591-915e-4943-9602-fea4a38b8f26_720.png" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/24fd290f-ce14-0d40-b2f9-3c1e03881600" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/24fd290f-ce14-0d40-b2f9-3c1e03881600/b24da231-4c3f-4ae1-ba4f-a457e76df2b6_720.png" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f6ca4fbd-91a9-ee43-a509-4017c727e764" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/75d03c5d-ecc8-2b47-b0c4-16391a2244c6" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/75d03c5d-ecc8-2b47-b0c4-16391a2244c6/b1b31b6a-836e-4a80-9ffe-e3af3015602c_720.png" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d819e130-91ad-4f4c-b46e-76776caecf74" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d819e130-91ad-4f4c-b46e-76776caecf74/69f5913f-6a9d-446c-b366-4d513933f282_720.png" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/448a7e93-2846-7145-93c5-9f916f6fbacf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/448a7e93-2846-7145-93c5-9f916f6fbacf/20612bf2-325b-4d65-883a-cc14bfdd1e42_720.png" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5d7e2986-3367-6046-956d-242b5fb0d955" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d7e2986-3367-6046-956d-242b5fb0d955/2fc0e84e-36a5-4151-8146-76ffc786767a_720.png" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8596cadb-d09c-9042-9b0f-80fe6423e5e5" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8596cadb-d09c-9042-9b0f-80fe6423e5e5/fe1cf91b-401c-4073-b5a0-5be6b3d9e5ab_720.png" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e0f6a7b9-2bd2-f445-8102-927478e4375a" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e0f6a7b9-2bd2-f445-8102-927478e4375a/07e8a360-fc50-44f2-af67-5bcd406f9c98_720.png" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0d7c043c-9901-2c46-b93e-d6c88a613a2d" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d7c043c-9901-2c46-b93e-d6c88a613a2d/6863b1f0-a987-4020-ba47-623dec8e1151_720.png" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d24559ee-18d0-7e4c-8d94-1191dddbf903" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d24559ee-18d0-7e4c-8d94-1191dddbf903/3a2c785f-5a26-4b88-9d05-1ada714cf6bf_720.jpg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b28c16b0-5ed2-104e-9e6e-f3d3cf961d2f" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b28c16b0-5ed2-104e-9e6e-f3d3cf961d2f/a83930f6-1ac1-47d3-9047-b4a5a2dbd195_720.png" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/199cea3b-c228-7d4b-90ba-ce936ce3ef78" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/199cea3b-c228-7d4b-90ba-ce936ce3ef78/ae70c2de-e63b-4b7d-9d6a-110ef2e1020e_720.png" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/08018157-1abb-a04f-bd19-c74d90114ca7" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/08018157-1abb-a04f-bd19-c74d90114ca7/27c714d3-fdc6-4746-b79d-4dbd9a4ab03b_720.png" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/610e59bd-0fc3-9c45-ad77-8c2c25e19604" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/610e59bd-0fc3-9c45-ad77-8c2c25e19604/6e8793b2-0579-4d05-8f41-bc56fbe864e1_720.png" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/04a5f20c-78d9-b94e-b6f5-63c1ab845a87" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/04a5f20c-78d9-b94e-b6f5-63c1ab845a87/c11f5170-099e-4cf0-9d31-6fa223f1fa33_720.png" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2bec98b2-3474-2b4e-bfc5-2961f6f15172" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2bec98b2-3474-2b4e-bfc5-2961f6f15172/ac46e0a9-05eb-4002-95dd-946d08fe3010_720.png" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d97cb6eb-9168-2a4b-8464-a4fed4c336a1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d97cb6eb-9168-2a4b-8464-a4fed4c336a1/6cca293a-daf3-4917-af5e-2b42dd096ee7_720.png" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/52373b41-4e1e-a949-809f-2df4906235b7" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52373b41-4e1e-a949-809f-2df4906235b7/45317827-4f30-4ef4-94ba-09242a81dc55_720.jpg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3c53ea58-ae06-fc48-bff8-f84005d49fb5" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3c53ea58-ae06-fc48-bff8-f84005d49fb5/d66adf2f-9cd2-4099-9f22-f0bb33a57c4d_720.jpg" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e76de223-2089-5849-bfb4-939889a1e507" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e76de223-2089-5849-bfb4-939889a1e507/c28c924e-e030-482c-a120-f29acd6a4f7b_720.png" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/69bc444e-c9bb-274b-9e6f-51800d7a2058" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69bc444e-c9bb-274b-9e6f-51800d7a2058/eeeac4f1-fbc2-43bc-8e33-b02e66daf995_720.png" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a8224e83-3726-f543-b77a-913334ed684f" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a8224e83-3726-f543-b77a-913334ed684f/1e3a8cdd-10a5-485d-a50c-20467dc16728_720.png" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7c21e9c2-e639-f14b-b62d-d9c419895958" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7c21e9c2-e639-f14b-b62d-d9c419895958/b2350f68-70d2-4d43-96e6-00e145c64daf_720.png" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7f9556c3-c616-b443-83b0-acd6286d6ec9" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f9556c3-c616-b443-83b0-acd6286d6ec9/aa7054b9-ea60-4c35-8283-a483cdabb1e1_720.png" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/504c4544-7fc8-6142-bb79-e912fb9ef93e" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/504c4544-7fc8-6142-bb79-e912fb9ef93e/21b0cde7-605f-4db3-afee-05703ee2feb2_720.png" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7a31ea67-39a9-aa4b-8cc0-bc91ae8ce3e2" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a31ea67-39a9-aa4b-8cc0-bc91ae8ce3e2/ce3c24dd-4e23-4246-afb1-1239303aa942_720.png" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bbf82090-f41c-ec43-8cfb-d994c4b795da" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbf82090-f41c-ec43-8cfb-d994c4b795da/a4d0cf41-f9c6-4919-b882-a35daef17ece_720.png" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/80966b65-67f1-7b49-91d6-7278aad5a2e8" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/80966b65-67f1-7b49-91d6-7278aad5a2e8/fb1d4ca9-8c11-4082-96a2-d9b55d4ce7f0_720.png" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2e25f12b-591a-864e-85a9-f0f0966618df" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2e25f12b-591a-864e-85a9-f0f0966618df/d292e10c-fd08-44b2-a01a-73f9808b26ed_720.JPG" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f968ca26-ed78-954a-9a86-d98555d5a2bd" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f968ca26-ed78-954a-9a86-d98555d5a2bd/f24f3ea8-3954-449c-b17c-d02619364432_720.png" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e32553a8-adcc-af4c-b384-9e4a19a69736" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e32553a8-adcc-af4c-b384-9e4a19a69736/93d7de10-0ac7-4f0f-b5f7-26a5a8f1c6b9_720.png" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d9c54838-19bf-394c-ac1e-5135309ae018" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d9c54838-19bf-394c-ac1e-5135309ae018/d49762c7-b0ee-46f2-a640-375014d6c350_720.png" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8ec11b60-e321-c54b-859b-d1623c995362" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ec11b60-e321-c54b-859b-d1623c995362/7617ee3c-9885-436e-acb2-fd241bf91505_720.png" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b3c3dccf-7557-464d-b87a-ed5cba219d5d" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b3c3dccf-7557-464d-b87a-ed5cba219d5d/da47f696-a81b-40ba-a8c2-1d1f334942cc_720.png" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/787daa26-2d94-824a-9a12-e3590b9129f8" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/787daa26-2d94-824a-9a12-e3590b9129f8/7f4719f4-e9dc-4b13-abc1-c27c35fb8466_720.png" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ce30e3c4-ab67-9244-b84e-f6b00fc2caa1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ce30e3c4-ab67-9244-b84e-f6b00fc2caa1/f30c031c-eeda-48e5-8f67-34e3cae8932a_720.png" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/34683c73-d26b-c845-9984-42eb445f3775" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/34683c73-d26b-c845-9984-42eb445f3775/3aa1c76b-5e35-4b73-83de-f06ce2ecbc92_720.png" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dc9e7239-e265-a044-adf3-f59442ba20d2" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc9e7239-e265-a044-adf3-f59442ba20d2/63330626-b31b-4826-ad28-f6aec4ed9ac4_720.png" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/921e451e-dd3d-8a49-bc35-ef8fdac199e3" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/921e451e-dd3d-8a49-bc35-ef8fdac199e3/e1ccf71d-bca2-4f73-bec1-c2ae730e5c8f_720.png" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9c554dcb-4592-a04f-94aa-511fa9f596fa" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9c554dcb-4592-a04f-94aa-511fa9f596fa/7d6cffe5-14b8-4c34-ade0-536c45b9d50e_720.jpg" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e8254663-b210-6444-81df-aa53b06db647" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a44de598-0a43-364c-856f-1a0e0819e794" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cc1f57b7-4d3b-574f-b362-6735b78e46b7" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cc1f57b7-4d3b-574f-b362-6735b78e46b7/c11c0ba7-6e16-410d-9404-fb327204302d_720.png" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a867e4c1-0916-c748-beb2-a66df088db93" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a867e4c1-0916-c748-beb2-a66df088db93/c652842e-e3f4-4e35-9635-7e877f980372_720.png" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2332a576-256a-d545-bee2-eb0e156f7f19" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2332a576-256a-d545-bee2-eb0e156f7f19/ab0f24d7-4535-499d-8232-f3175fe61858_720.png" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0e907c43-1909-e447-b650-611f8f2cba89" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e907c43-1909-e447-b650-611f8f2cba89/2c6cfd66-b9f3-4c18-b80c-8394411a0be2_720.png" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6ad3d0b9-7005-e44f-97d9-251cc09b3cc3" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6ad3d0b9-7005-e44f-97d9-251cc09b3cc3/fd679186-57f2-4690-a0de-4eb1a58a232f_720.png" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b53fd27b-b4a2-5842-8b03-3baae2e1d439" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b53fd27b-b4a2-5842-8b03-3baae2e1d439/58c0effe-ec42-4858-aac4-afe384d3f0d3_720.png" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a0f8e54c-1f8b-0d49-bc6d-08ce0bc166ae" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0f8e54c-1f8b-0d49-bc6d-08ce0bc166ae/a418d6b1-41c4-463e-acb6-a5c34a12a435_720.png" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2d050737-9c9e-9c4b-9fda-8eeba6c7cf54" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2d050737-9c9e-9c4b-9fda-8eeba6c7cf54/f597ab2f-2a5e-453c-98d1-0cc4602abfac_720.png" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/00d317a9-0d8a-5543-a5e2-b3df73c95fff" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/00d317a9-0d8a-5543-a5e2-b3df73c95fff/3b6fab14-18d0-4277-91e6-10eb9eda1210_720.png" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ad86a8a8-e206-9b4e-b496-71928d1bd28b" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad86a8a8-e206-9b4e-b496-71928d1bd28b/d2e412d2-65f7-4977-8b0d-3a5639b991bb_720.png" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e8f83011-dd16-0b4c-840b-806aa4ab88f2" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8f83011-dd16-0b4c-840b-806aa4ab88f2/340d3ae6-8d08-49f1-8bc9-0521271f24e6_720.png" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3ee0afe1-2b32-d84b-82c6-226793bf7ebd" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ee0afe1-2b32-d84b-82c6-226793bf7ebd/33387f7e-9cdc-4b3c-9641-5a29e9977897_720.jpg" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6cf2266a-0011-9e47-827a-1d058bfd6fd7" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6cf2266a-0011-9e47-827a-1d058bfd6fd7/eb099ad7-6799-4be9-9d74-43db70c1277d_720.jpg" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/542160cf-94c1-774f-b630-619349a26444" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/542160cf-94c1-774f-b630-619349a26444/c1523951-b404-417b-8b17-3b834e1e3091_720.png" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/eda427aa-138e-e643-a29e-35a0b12f2134" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/eda427aa-138e-e643-a29e-35a0b12f2134/478552d2-e9f6-47e3-82af-154c4f935218_720.png" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1d5dae83-b40b-2549-b5ac-d0bab59bce08" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1d5dae83-b40b-2549-b5ac-d0bab59bce08/e3daafc3-e5cb-456c-a10d-82ea6549ec2f_720.png" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3ab2d302-8524-4b4a-862d-054530a201b2" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bd906c5f-5fb7-3646-b7d5-c0c22301add9" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd906c5f-5fb7-3646-b7d5-c0c22301add9/135e2ba3-5be7-4397-a1d8-38732685eee1_720.png" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/30594430-d4bc-6d4d-bd0c-cee028ec0e17" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/30594430-d4bc-6d4d-bd0c-cee028ec0e17/7635b4f4-2432-42ac-b88f-beb96e4e1b89_720.jpg" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4e1f3d2a-9c49-3742-aad1-3be0a8759646" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4e1f3d2a-9c49-3742-aad1-3be0a8759646/d7c2e2ca-d14c-420f-b5bf-f0e773e5efb2_720.jpg" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/20b197ab-44be-7b40-86d1-b7c9aed832b6" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/20b197ab-44be-7b40-86d1-b7c9aed832b6/d35787af-78d1-44ab-875c-5e68fd175aec_720.png" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/247f5f17-a9f8-7744-930c-e815b712b003" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/247f5f17-a9f8-7744-930c-e815b712b003/607e2eb5-ca2c-4fe4-a73f-604728aeacf9_720.png" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9b1b196f-2adb-374b-bc3f-6148f3598c06" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9b1b196f-2adb-374b-bc3f-6148f3598c06/778a274f-3886-41e7-a3fe-7b9a52373b99_720.jpg" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8b232d54-3f7f-0d48-ad0f-751d249aa0ca" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8b232d54-3f7f-0d48-ad0f-751d249aa0ca/71e42c9d-17c4-4e1f-a175-d39b9b769dad_720.jpg" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/316c797f-88bb-0046-9e42-d44cba0fb437" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/316c797f-88bb-0046-9e42-d44cba0fb437/f3d37fc0-ad01-4266-ad51-655f8c6c0a19_720.jpg" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2ac25543-3039-9a44-a1e5-f807260ebe93" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ac25543-3039-9a44-a1e5-f807260ebe93/9e24a381-2fdc-41ad-9f35-0ec628771e64_720.png" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ca006a31-acd9-8143-9e85-38c3070039ee" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ca006a31-acd9-8143-9e85-38c3070039ee/61c0cee7-b835-4907-bbab-a47c7bfe96c3_720.jpg" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e5af0ffb-6fba-b24c-a9ba-1395930710d2" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e5af0ffb-6fba-b24c-a9ba-1395930710d2/b8ae92a9-8f75-4e11-ac7f-a1d739263bdd_720.png" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3ba181ce-5848-ef4c-bbd8-9cee0fb93b64" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ba181ce-5848-ef4c-bbd8-9cee0fb93b64/b3556c0e-80e6-4cc8-b3ba-06a8d9cee693_720.jpg" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/97f159b5-4734-7449-ac6c-31b0f7781814" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/97f159b5-4734-7449-ac6c-31b0f7781814/9c3f55c3-9bae-40ac-a1f9-8cf07e81e758_720.png" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a4706274-48ff-4641-b448-9bb3b8457aa7" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a4706274-48ff-4641-b448-9bb3b8457aa7/f89f81a0-1b12-4616-a47d-a0eb8bd18e41_720.jpg" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d912a79d-a0dd-8247-8828-c9582117a053" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d912a79d-a0dd-8247-8828-c9582117a053/a9f0183e-9c3a-4eea-aace-93d26d45819f_720.png" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/88862d6a-cc8f-8241-9465-7e30b433a4f2" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/88862d6a-cc8f-8241-9465-7e30b433a4f2/fe0b6dc7-b3dd-4ce4-9355-ec61e5fea5ac_720.jpg" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7f1aa593-e3cc-9949-a310-0a7ae54f617e" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f1aa593-e3cc-9949-a310-0a7ae54f617e/ed60b2fe-819b-486f-90c0-02e86dff22a6_720.jpg" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/09c859d5-1ae3-f64a-b79b-e880b82db491" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/09c859d5-1ae3-f64a-b79b-e880b82db491/ed7e52f5-9d97-4346-b43c-686bfc0b923c_720.jpg" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fc5d57f1-8e48-a240-a8c0-d30aa9287da2" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fc5d57f1-8e48-a240-a8c0-d30aa9287da2/0ddf7dcc-47cd-4559-a70c-1dfef3c13c54_720.jpg" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4df447e1-df45-694c-a40c-a2313167c7bb" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4df447e1-df45-694c-a40c-a2313167c7bb/2cf8ce06-9d74-4066-bfbe-2951ae1967fc_720.jpg" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8329c249-9e59-554e-9aca-bcd861fe0209" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8329c249-9e59-554e-9aca-bcd861fe0209/157d078f-15a8-40f2-9ddb-7b7477bdf278_720.jpg" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/39f54fcd-cfc8-fb4a-863b-56af335e8633" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/39f54fcd-cfc8-fb4a-863b-56af335e8633/982a26a1-ca6b-4d51-b179-c207f68832cd_720.jpg" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fb3f225f-996e-594f-a6d0-6308e7b8d3e0" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb3f225f-996e-594f-a6d0-6308e7b8d3e0/f81c7994-d123-4cf4-8f9f-6840e616ac6e_720.jpg" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a10f785a-898e-e84d-9746-ff7c414284b0" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a10f785a-898e-e84d-9746-ff7c414284b0/898a6991-8963-4d38-b63e-540dbd239b3e_720.JPG" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8c7a1b51-fce5-c444-a9d6-3d19423199b7" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8c7a1b51-fce5-c444-a9d6-3d19423199b7/22aa2836-c067-4717-96bb-220314b1440a_720.jpg" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8e95df93-c63a-5d44-b2e5-116de055f5db" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8e95df93-c63a-5d44-b2e5-116de055f5db/037f384a-e09b-46ac-8605-284bfab15919_720.jpg" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/168bde18-06ee-404a-8d21-97f4b3fcc0a2" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/168bde18-06ee-404a-8d21-97f4b3fcc0a2/8b19f77f-a018-4aac-9613-e5cdc63f7958_720.png" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f090fca8-83d4-d14a-9f11-b6d29ff15e2d" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f090fca8-83d4-d14a-9f11-b6d29ff15e2d/07ec968c-4cf6-42e3-80de-4aeecd1cd38f_720.png" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b05cef48-6893-3f4f-a865-fa41a710658a" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b05cef48-6893-3f4f-a865-fa41a710658a/86229451-f076-4e48-b71f-a5b16991b0d1_720.png" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d5403f18-ccc8-8e43-aa34-ce3cf2c3bdd1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d5403f18-ccc8-8e43-aa34-ce3cf2c3bdd1/6a35314a-8a62-420a-a1c2-b0f4c41c713a_720.png" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/80bc3ac7-6b17-e846-97d7-ff31517dc74e" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fed1d8b5-d5ea-8244-ad85-8bf0053c00ed" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fed1d8b5-d5ea-8244-ad85-8bf0053c00ed/0e6e0208-3c8f-4e77-b6db-446ed9023a6b_720.png" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/37096d05-44c0-7242-818d-c161ecfdc9fa" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/37096d05-44c0-7242-818d-c161ecfdc9fa/b9a0e798-4a92-48e8-8336-d8e9449c1256_720.png" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0b3f8808-15fe-9b42-b30d-038552c39bd3" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/26fab365-1b6c-c94f-ac4d-0c7f899e33ef" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d55525f0-3774-2844-bf8a-fd80ce6226d4" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/25bc1521-c37a-2b4b-8039-d7baac75ea34" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/25bc1521-c37a-2b4b-8039-d7baac75ea34/ff7a63ff-eaba-479a-a6ad-7e11f87b2c4f_720.png" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b5b6349f-7848-3341-aaeb-1bff2692ea34" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5b6349f-7848-3341-aaeb-1bff2692ea34/7c052d5e-8e77-4798-91d3-eaca70a81d43_720.png" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d9105f3e-3466-3e46-8274-330169dc1edd" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d9105f3e-3466-3e46-8274-330169dc1edd/6268243d-67df-4da8-883d-29a4d4767d9f_720.png" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4794ccf6-27f3-5c48-8998-2fe23ebb6c59" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4794ccf6-27f3-5c48-8998-2fe23ebb6c59/27362500-4590-4831-a0ab-473d5951c947_720.jpg" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e172da39-a34c-8240-bf2e-8eb438bf6a52" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e172da39-a34c-8240-bf2e-8eb438bf6a52/fc42999f-ead3-4d7c-9a00-8a0b096fb8d4_720.jpg" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b984feb3-964b-934c-bba9-d9782b8b0f1b" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b984feb3-964b-934c-bba9-d9782b8b0f1b/a720d762-e76e-42d9-9712-c6956975aff5_720.jpg" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/75889529-a887-c34f-8c52-6b1577cc9b72" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/75889529-a887-c34f-8c52-6b1577cc9b72/beb6065f-cb73-46b1-9c8d-87c081e7f5c7_720.jpg" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a0f08dee-b301-ec4d-a18b-d3510c491fd0" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0f08dee-b301-ec4d-a18b-d3510c491fd0/0663ba3f-a99a-4fb8-9d00-64060beab66b_720.jpg" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/10199b67-b17b-ec42-804d-34ac6f615f80" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/10199b67-b17b-ec42-804d-34ac6f615f80/2179417d-9824-41c5-82b7-154cbe520469_720.jpg" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d665da8e-9754-a442-aa49-608c28a9d226" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d665da8e-9754-a442-aa49-608c28a9d226/2567d54e-bb1c-4a2d-bc00-2dde94d9f01a_720.jpg" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6fb24e6c-e73f-7a4b-bf8c-2bf7bff0ca18" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6fb24e6c-e73f-7a4b-bf8c-2bf7bff0ca18/0025c4bf-943f-4311-a481-6baa8ee021e1_720.jpg" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/52074a33-e3c6-464b-a647-254edafc4176" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52074a33-e3c6-464b-a647-254edafc4176/a9e848fc-b11c-4e11-b79d-c4449cf04bc0_720.jpg" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/78978dcd-3bd0-bc47-8750-8bf146e097d9" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/78978dcd-3bd0-bc47-8750-8bf146e097d9/1b2949b6-57f0-4376-897e-fa356b402706_720.png" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d5e3570f-7f6c-4544-8eff-e613c39885f4" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d5e3570f-7f6c-4544-8eff-e613c39885f4/3b9c3e3c-779e-48fc-b454-4425901fd39d_720.png" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2ca4ae4d-bc08-8f47-ad18-71bcb714e21a" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ca4ae4d-bc08-8f47-ad18-71bcb714e21a/9f06ea34-8d6f-4a6e-be36-a7265ac5e936_720.png" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f7680573-22f2-9a4f-a817-e11989802c25" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f7680573-22f2-9a4f-a817-e11989802c25/7d9da045-70db-40a6-95ad-6d2e4e1383b1_720.jpg" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e4b15305-b5b3-7442-abef-7a630aecb5b0" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4b15305-b5b3-7442-abef-7a630aecb5b0/3a68f8d7-baea-4553-bbb4-5810e5ba0db3_720.jpg" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d19cb67a-c420-884e-bef2-3c64bc1324ae" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d19cb67a-c420-884e-bef2-3c64bc1324ae/869318ab-395f-4435-8c8f-a3539e38d668_720.png" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fde1733f-9d05-b34f-bc6b-c21c842405bb" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fde1733f-9d05-b34f-bc6b-c21c842405bb/0e0b8eab-5b4e-414a-9733-230cf2d18e84_720.png" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/010a749d-763b-ab48-b2a3-7e538c589282" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/010a749d-763b-ab48-b2a3-7e538c589282/8d5b223c-d59e-4af2-831d-a409a9fa5025_720.png" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/892afdcf-d479-0142-ab3d-da2fa49abb49" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/892afdcf-d479-0142-ab3d-da2fa49abb49/aa07017e-c1e1-4b5d-9eea-355e57ebf589_720.png" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a0218d1e-0ead-b147-85bb-7271d40e7fd1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0218d1e-0ead-b147-85bb-7271d40e7fd1/30bd5e1a-f0b6-4295-b22e-7282a3f85aa0_720.JPG" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0da03c8f-a591-754a-a90b-a8edcfd44dc8" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0da03c8f-a591-754a-a90b-a8edcfd44dc8/136103cb-04f7-493a-a85b-f56352891e5c_720.jpg" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cb424ba7-4463-5144-a647-a97a96d154cc" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cb424ba7-4463-5144-a647-a97a96d154cc/bd066925-737f-46c2-8433-fa616c92dbea_720.JPG" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/257ef49d-7e7d-7e4d-aa9b-f6958f2b0c77" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/257ef49d-7e7d-7e4d-aa9b-f6958f2b0c77/d3055be2-9415-4891-8838-1b42fa644ba1_720.jpg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/17190e15-4f29-cc4a-a50a-b0b4cd68ed51" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17190e15-4f29-cc4a-a50a-b0b4cd68ed51/ce85fed6-a48c-4d05-9605-1abfc3e210fe_720.png" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/baa49e60-85bf-a24f-a8b5-a1194dcbbfff" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/baa49e60-85bf-a24f-a8b5-a1194dcbbfff/0b630a2a-8904-4d08-9091-9bf80248d00c_720.png" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3d129c39-f838-d64f-a73d-f6d05f6c5fb2" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3d129c39-f838-d64f-a73d-f6d05f6c5fb2/23a18ebb-d860-4442-88ca-167bc151a03b_720.JPG" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dfe4906c-78b7-ac47-a774-e428ce3d610c" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dfe4906c-78b7-ac47-a774-e428ce3d610c/6ad3542d-1ea2-4048-a722-df60da3c6a2d_720.png" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/974aedff-0ee7-c64c-a974-b1733385b457" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/974aedff-0ee7-c64c-a974-b1733385b457/3c33d988-3580-4661-a8d1-ed999066e895_720.png" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b23c8c26-7525-7646-8174-11e51a05a831" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b23c8c26-7525-7646-8174-11e51a05a831/e5671dd0-9c76-4667-9acb-0488c456ebb0_720.png" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d80bfebf-6af5-604d-813d-4477c5a448f3" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d80bfebf-6af5-604d-813d-4477c5a448f3/1872cbcd-3115-466d-863c-6ed321ec460b_720.png" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4dcd268a-5fb9-fb47-bad2-df94a3d4cb19" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4dcd268a-5fb9-fb47-bad2-df94a3d4cb19/670972cf-07ff-4b19-8c09-dfe863dbf53d_720.png" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/11db0c94-8a84-7749-9403-54a1751b3481" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/11db0c94-8a84-7749-9403-54a1751b3481/12165c50-6319-42ba-a7b7-7f6fcac9ac53_720.png" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7fff1bbc-079b-a744-a3ae-07a7880b22ac" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7fff1bbc-079b-a744-a3ae-07a7880b22ac/9d2dbf36-c24b-47ff-a4b3-a49f96389f35_720.png" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4bc1e0b1-5fbd-2f4c-8b99-297b27521458" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4bc1e0b1-5fbd-2f4c-8b99-297b27521458/e9299a95-4bf4-4123-b99d-f4f862a23e31_720.png" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3fe0f6cf-b511-9049-bd4c-f068bb019303" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fe0f6cf-b511-9049-bd4c-f068bb019303/21ed92da-564d-4390-b665-66e7677ab97b_720.png" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/73cff146-e8c8-da46-b5f2-e15d4d6752ae" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/73cff146-e8c8-da46-b5f2-e15d4d6752ae/ead56434-c452-40dc-a82c-527298d04cb5_720.png" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/eda08e87-3f15-b24c-a14e-511993f6b4eb" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/eda08e87-3f15-b24c-a14e-511993f6b4eb/92afd6b8-21ad-473b-9e21-1f6586d31f5f_720.png" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9559fc94-25a7-9344-b496-3701945470e1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9559fc94-25a7-9344-b496-3701945470e1/8c7f6065-3e76-41b9-98bf-f9684376c297_720.png" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/13d5da37-fa9f-df43-8524-118452d17000" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/13d5da37-fa9f-df43-8524-118452d17000/bcf073bb-e43c-4a0f-a742-f5948e680b3e_720.png" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bac39709-3a2c-8141-971a-b1a5193a9726" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bac39709-3a2c-8141-971a-b1a5193a9726/64aa2485-d691-4d10-8c9a-77a64a5b2302_720.png" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/26fd6ad0-911f-2640-9eaf-48e4e8d7f943" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/26fd6ad0-911f-2640-9eaf-48e4e8d7f943/77431c68-e56b-4a01-95e3-44d8ba7407be_720.png" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/841b067f-02f2-aa40-9fe7-feb1865ba0a4" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/841b067f-02f2-aa40-9fe7-feb1865ba0a4/1221015f-2ab1-4588-b260-6385402398f2_720.png" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5e53b4f1-6a89-584c-8fc7-bb49629f9a64" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5e53b4f1-6a89-584c-8fc7-bb49629f9a64/4c52ab74-940e-45b9-86a5-a491ae2893a6_720.jpg" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3fb8fac8-f213-b845-8965-5276d8920696" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fb8fac8-f213-b845-8965-5276d8920696/e3a2089b-b456-4f23-b821-188f56bc54a9_720.png" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7afd47fc-fee5-594a-84a0-e9f8d174d07c" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7afd47fc-fee5-594a-84a0-e9f8d174d07c/c0c545d3-ca6f-4f3f-a3af-591f6965af6e_720.png" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c17d65ae-edf7-6245-bd77-5ea63fe95180" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c17d65ae-edf7-6245-bd77-5ea63fe95180/e3a2089b-b456-4f23-b821-188f56bc54a9_720.png" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/23d07da7-5ce2-3b41-ae0c-e9df95c6bc9d" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/23d07da7-5ce2-3b41-ae0c-e9df95c6bc9d/c0c545d3-ca6f-4f3f-a3af-591f6965af6e_720.png" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2cef9908-d0df-6d43-9c0b-a9a13c857abf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2cef9908-d0df-6d43-9c0b-a9a13c857abf/b78ae1e2-b699-4a0d-9580-11cc6e42facc_720.png" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3e3e1c35-d01a-5e4f-9a46-95efd7f414e8" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3e3e1c35-d01a-5e4f-9a46-95efd7f414e8/72f09cc7-8187-4e91-9b9a-475d9fe4c8d0_720.png" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bced193f-741d-8e47-aeff-e335b5184a20" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bced193f-741d-8e47-aeff-e335b5184a20/bf367979-e043-4ca3-97fe-7928687207fe_720.png" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8d1b4a79-c6b8-464a-9d5d-f758c3bbfbe2" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8d1b4a79-c6b8-464a-9d5d-f758c3bbfbe2/ab81c742-dc24-413a-b428-8366b67e6c83_720.png" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/55e12a3a-f9bc-f64b-bb90-4a87faf02d36" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/55e12a3a-f9bc-f64b-bb90-4a87faf02d36/1be80ea3-255b-41d6-aed9-37b633da3dcf_720.png" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6ca3fed4-154d-5a41-9055-f4513510df25" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6ca3fed4-154d-5a41-9055-f4513510df25/32001009-5571-4fc4-83c4-6d72bef06cde_720.png" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e3084e44-dce9-da46-9608-bef8c3ae2618" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3084e44-dce9-da46-9608-bef8c3ae2618/1be80ea3-255b-41d6-aed9-37b633da3dcf_720.png" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1b7b8ea4-57e5-664b-9589-8baa0b328825" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1b7b8ea4-57e5-664b-9589-8baa0b328825/8929f579-30aa-4800-9478-11f8efd857b8_720.png" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e4c21004-3598-af47-9270-2d7ea5dff67e" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4c21004-3598-af47-9270-2d7ea5dff67e/007cead7-96be-4561-b7a8-4812d82c1ddf_720.png" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/61ef7054-09b2-9948-96bb-20f97740ff32" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/61ef7054-09b2-9948-96bb-20f97740ff32/1ec8db4c-a298-4664-8597-840e48e252f2_720.png" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fa293159-def7-1540-9a18-f9b987b80ce2" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fa293159-def7-1540-9a18-f9b987b80ce2/331ecee3-8918-4e51-b09d-cf7d43ebca23_720.jpg" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/63fb9369-4367-d243-9421-36812c9facdc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/63fb9369-4367-d243-9421-36812c9facdc/94a5ec4f-386c-4dd0-bedc-aedea422cc6c_720.jpg" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5f0026fc-5fed-4e45-a043-26f6f379e342" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5f0026fc-5fed-4e45-a043-26f6f379e342/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fd36ed9d-547d-9643-a9c3-6d7909e1f994" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd36ed9d-547d-9643-a9c3-6d7909e1f994/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/48efff75-491c-7341-8977-0cd9e8a7801a" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/48efff75-491c-7341-8977-0cd9e8a7801a/93ac96e6-7892-49e4-9f4b-31a1a3d3837f_720.png" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ab613dca-8ecd-c644-9e09-931569608af8" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab613dca-8ecd-c644-9e09-931569608af8/8a1a2203-c0be-4407-a795-b373acba6610_720.png" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/77c52340-3ddc-604f-b6d7-0bd681d21ed0" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/77c52340-3ddc-604f-b6d7-0bd681d21ed0/8a1a2203-c0be-4407-a795-b373acba6610_720.png" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c9208dec-7449-0241-a01d-d42365b990f2" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9208dec-7449-0241-a01d-d42365b990f2/1da6f2c1-4b0c-40ce-923b-f5ccd60189e6_720.png" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/69bfbdf2-c753-2045-a7f2-8370ce802f40" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69bfbdf2-c753-2045-a7f2-8370ce802f40/60f9fd9b-44f0-4373-9985-1cffef6b2110_720.jpg" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d4992d0f-15b7-8444-85ab-160c567a4c52" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d4992d0f-15b7-8444-85ab-160c567a4c52/fb44929e-981d-42a0-8e65-801c519e2c10_720.jpg" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/19ac255e-37d3-4d4e-b1de-e4929c4eda78" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/19ac255e-37d3-4d4e-b1de-e4929c4eda78/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/05cd30ad-4ced-db42-a671-b53dd2ad1072" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/05cd30ad-4ced-db42-a671-b53dd2ad1072/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b35b14af-f0be-d143-b041-75907835c2a1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b35b14af-f0be-d143-b041-75907835c2a1/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cc592f3d-c266-1640-bda3-06cc24df5b25" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cc592f3d-c266-1640-bda3-06cc24df5b25/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0b478b85-b1ee-d847-ad77-5006fb4019be" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0b478b85-b1ee-d847-ad77-5006fb4019be/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0be863e4-5829-f84d-b565-aefd945f47c7" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0be863e4-5829-f84d-b565-aefd945f47c7/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5695e851-dc17-9448-96fe-da479ce17e43" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5695e851-dc17-9448-96fe-da479ce17e43/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0dfc1f51-f59e-4d4f-bb04-00b62c8b363f" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0dfc1f51-f59e-4d4f-bb04-00b62c8b363f/f77e68bc-f09e-4835-9008-d50298171960_720.png" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/12e1efd2-37b0-c448-b862-0b7b2484bed8" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/12e1efd2-37b0-c448-b862-0b7b2484bed8/8e55a59e-70ea-44e4-9ece-89a6be39b3fe_720.png" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/58a66542-9453-fb41-8534-14c22f456190" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/58a66542-9453-fb41-8534-14c22f456190/ecb03f19-8c7d-415c-9f9f-f6d17b31ffc4_720.png" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6b10fc33-7ccf-ed4d-bf0a-24a5382b6af4" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b10fc33-7ccf-ed4d-bf0a-24a5382b6af4/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c9bcd2fc-960b-f947-bb61-6f54076ed4e0" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9bcd2fc-960b-f947-bb61-6f54076ed4e0/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/71dde2ff-17d6-c347-b5e4-473df7991b02" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/71dde2ff-17d6-c347-b5e4-473df7991b02/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9b4247b6-ab4e-404a-982a-5d6e2ffa48c4" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9b4247b6-ab4e-404a-982a-5d6e2ffa48c4/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5be51143-1f7b-4340-a72e-b1e32ba49f38" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5be51143-1f7b-4340-a72e-b1e32ba49f38/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e0177207-fca1-8047-8573-54dafea301ec" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e0177207-fca1-8047-8573-54dafea301ec/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/46f8f220-5b11-de46-a5fa-13eece976b79" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/46f8f220-5b11-de46-a5fa-13eece976b79/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a8ccd941-01aa-1f41-a3de-318c8b709368" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a8ccd941-01aa-1f41-a3de-318c8b709368/0e354488-3af5-429c-ae52-bb3c28b2e9c7_720.png" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/aee0be4d-1a51-7449-b3df-458cbfbaea41" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aee0be4d-1a51-7449-b3df-458cbfbaea41/f77e68bc-f09e-4835-9008-d50298171960_720.png" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b317f80b-923b-d143-8f9d-05ea2432765c" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b317f80b-923b-d143-8f9d-05ea2432765c/8e55a59e-70ea-44e4-9ece-89a6be39b3fe_720.png" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a1ec8ede-6317-3246-8066-a14bf833ea28" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a1ec8ede-6317-3246-8066-a14bf833ea28/ecb03f19-8c7d-415c-9f9f-f6d17b31ffc4_720.png" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a077bdfb-7b4b-d244-b4a9-f0e7ca5d6218" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a077bdfb-7b4b-d244-b4a9-f0e7ca5d6218/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a16a5874-437a-2249-b5e9-24e258e942b6" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a16a5874-437a-2249-b5e9-24e258e942b6/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1e76d809-5395-3740-b12a-b28aa65c48cf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1e76d809-5395-3740-b12a-b28aa65c48cf/fbe4738e-d582-4ab5-b2b1-66ec50e226ea_720.png" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/28f0350b-aecc-2f4c-97e6-ec6ab7344be0" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/28f0350b-aecc-2f4c-97e6-ec6ab7344be0/ac2b87cd-6292-44a7-9367-3d69fc8af5f9_720.png" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8a3916c9-e9dd-a542-a4a4-57e259a48eb5" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8a3916c9-e9dd-a542-a4a4-57e259a48eb5/c8d8e531-bac2-424f-bb7e-8fad3ee94b5e_720.png" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/48f0c6c0-0b65-8f49-a565-84f06e928fd2" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/48f0c6c0-0b65-8f49-a565-84f06e928fd2/b609b8a7-f8cd-4f53-b88c-7856c96e9ea6_720.png" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/925131a0-5b2a-1f47-aff8-f8d0bc58f399" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/925131a0-5b2a-1f47-aff8-f8d0bc58f399/ee0eab97-05c0-463b-a83b-155ffdd0505a_720.png" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/70125764-a5f0-b94c-b6f1-3d9ac4690221" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cf037c76-5da5-3043-9163-9b277f407904" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf037c76-5da5-3043-9163-9b277f407904/03719694-49ca-41f2-94a1-a7c864ce83b7_720.png" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/be26e803-ffaa-cd4e-968c-2aba26d967eb" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/be26e803-ffaa-cd4e-968c-2aba26d967eb/dd636c19-4d3a-4c7c-b78a-8cb9f4f7000f_720.png" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b21fd3c8-88cf-d44b-a470-a57eca581bd4" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b21fd3c8-88cf-d44b-a470-a57eca581bd4/ee0eab97-05c0-463b-a83b-155ffdd0505a_720.png" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/55bed36f-8195-0b47-94c0-258ac8ded974" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dc395839-84d1-ce4f-9451-7c7c70ff48ed" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc395839-84d1-ce4f-9451-7c7c70ff48ed/03719694-49ca-41f2-94a1-a7c864ce83b7_720.png" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4b109569-e6ce-b046-9eb1-e7ec31f1556a" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4b109569-e6ce-b046-9eb1-e7ec31f1556a/dd636c19-4d3a-4c7c-b78a-8cb9f4f7000f_720.png" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6b121b82-b008-d148-8172-149104a7cf51" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b121b82-b008-d148-8172-149104a7cf51/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/549b6e8c-1599-7c40-96f1-7e5d0c3be16f" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/549b6e8c-1599-7c40-96f1-7e5d0c3be16f/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/23fd1837-f4ce-fe48-b511-4fd5869764fe" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/23fd1837-f4ce-fe48-b511-4fd5869764fe/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c6b4da0d-3a44-b842-8a6a-9f3bcd9f5888" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c6b4da0d-3a44-b842-8a6a-9f3bcd9f5888/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6494e73e-bdb6-ae41-9ab1-f81155db3386" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6494e73e-bdb6-ae41-9ab1-f81155db3386/45d070cf-e098-4c5b-a0ee-958858f7bb9d_720.png" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/584f3bcb-4b6a-234f-856c-07b3c7939a68" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/584f3bcb-4b6a-234f-856c-07b3c7939a68/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/598ddcfe-eda0-1a45-80d9-9d11dd50d0ed" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/598ddcfe-eda0-1a45-80d9-9d11dd50d0ed/9bc621cb-34f6-4058-91b6-c0beaa660fcb_720.png" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e08407f0-db9a-ed4c-af1d-51ca6ce5d294" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e08407f0-db9a-ed4c-af1d-51ca6ce5d294/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5a92420f-b3cd-5949-86c3-8837bfe325c3" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a92420f-b3cd-5949-86c3-8837bfe325c3/c20fbff7-abbc-4f66-929c-6cba2e5ff81b_720.png" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/83206a9d-a195-f448-896d-419eddc5b39c" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/83206a9d-a195-f448-896d-419eddc5b39c/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b74efedd-4dd7-f345-8329-7d37f8e48e01" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b74efedd-4dd7-f345-8329-7d37f8e48e01/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/95b3a70a-3b47-bc4e-b1f0-96139d44bcca" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/95b3a70a-3b47-bc4e-b1f0-96139d44bcca/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2db9f3ad-3e4c-a648-8abf-3358246508b4" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2db9f3ad-3e4c-a648-8abf-3358246508b4/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/02bcac7a-fdc6-7e4e-95c9-0a897b3ae09d" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/02bcac7a-fdc6-7e4e-95c9-0a897b3ae09d/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cf55e8af-1263-9244-b1b8-9c1a642e4139" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf55e8af-1263-9244-b1b8-9c1a642e4139/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/19cd03da-b4a8-ce47-8888-3b6f722b6f80" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/19cd03da-b4a8-ce47-8888-3b6f722b6f80/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b5062904-3275-9748-9050-ad7ede21b5f7" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5062904-3275-9748-9050-ad7ede21b5f7/45d070cf-e098-4c5b-a0ee-958858f7bb9d_720.png" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/300b32d6-5cc0-9a49-a66f-1884bca29915" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/300b32d6-5cc0-9a49-a66f-1884bca29915/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d198cdd6-ea63-4042-a48a-80f5ab05d6d6" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d198cdd6-ea63-4042-a48a-80f5ab05d6d6/9bc621cb-34f6-4058-91b6-c0beaa660fcb_720.png" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/93943ee8-8527-194b-be49-bf8e074052a6" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/93943ee8-8527-194b-be49-bf8e074052a6/d0b097fb-836c-4a64-9631-02435f9fdd68_720.png" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/165676f0-5917-a14b-b878-211c422e0e29" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/165676f0-5917-a14b-b878-211c422e0e29/c20fbff7-abbc-4f66-929c-6cba2e5ff81b_720.png" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/60dc4e75-4093-6542-9c12-9110d8ca7840" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/60dc4e75-4093-6542-9c12-9110d8ca7840/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/80c0b13f-1569-654a-bf97-c858dfdb9037" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/80c0b13f-1569-654a-bf97-c858dfdb9037/fc03a84f-7513-4133-81c3-7638172f0b9d_720.png" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/40f87553-c8dc-294f-b71d-82b077ce9d9e" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/40f87553-c8dc-294f-b71d-82b077ce9d9e/37993f43-c405-4d54-a062-65ece9bba7ad_720.png" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/92a0361c-2bbb-4943-8f41-570117b3d58e" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/92a0361c-2bbb-4943-8f41-570117b3d58e/37993f43-c405-4d54-a062-65ece9bba7ad_720.png" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/56f288ba-672e-6f47-9d39-b7ee34171d78" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56f288ba-672e-6f47-9d39-b7ee34171d78/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b05c63a0-1ec3-694e-8b16-596388c97406" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b05c63a0-1ec3-694e-8b16-596388c97406/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/402cabcd-7dda-c343-bf05-2c91e4828a6d" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/402cabcd-7dda-c343-bf05-2c91e4828a6d/204ef2c2-ae4e-43a2-8423-9190f2b11447_720.png" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/77e34b67-fdef-9147-aa63-a0fb93d6ea8d" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/77e34b67-fdef-9147-aa63-a0fb93d6ea8d/0078862d-421e-4503-b53a-e1c680089e9a_720.png" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9685ccf4-e4a1-a243-b288-eb0e3cea6ea6" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9685ccf4-e4a1-a243-b288-eb0e3cea6ea6/8a0a625b-6568-4f82-9f0f-a29351fc8cbb_720.png" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e19790a4-6b1b-b148-823f-0874c946fe91" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e19790a4-6b1b-b148-823f-0874c946fe91/275c4875-c8b9-418e-a8d9-bb553d76f241_720.png" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fdac877c-6d13-5f42-8b68-e7020c369c70" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fdac877c-6d13-5f42-8b68-e7020c369c70/f7f6c1e4-8e9b-417e-9e69-c9a06faa22c1_720.png" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2633e4e2-b6c7-fc42-ad1d-86a924495a58" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2633e4e2-b6c7-fc42-ad1d-86a924495a58/8ea366fc-1da2-4325-a786-387812b526d0_720.jpg" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0d74043d-575d-6946-89e9-392bb89e0935" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d74043d-575d-6946-89e9-392bb89e0935/306155ff-f5c0-4fdd-bb01-e5dcd874690b_720.png" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/78666491-7f63-654f-a716-1f68da7e5d2e" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/78666491-7f63-654f-a716-1f68da7e5d2e/2b25c682-566f-4f8b-a044-c1c51bfe4655_720.jpg" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c684a9e4-5513-fc42-8b2d-6fd5ca0281be" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c684a9e4-5513-fc42-8b2d-6fd5ca0281be/f732030b-2475-48ee-8480-5c838a893e4a_720.png" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c9ef22d4-87e3-d54d-8dde-9f87101ed3ee" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9ef22d4-87e3-d54d-8dde-9f87101ed3ee/013cf8fd-55b4-4ad0-aea6-18873516bd24_720.png" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d21ead7e-8226-5f4c-ba7b-58826b678ba6" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d21ead7e-8226-5f4c-ba7b-58826b678ba6/419c0b41-89bf-4262-8e25-fa6f8ecec9c1_720.png" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1c6f2ee5-fedc-2e4c-828b-9ccfa51826bc" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1c6f2ee5-fedc-2e4c-828b-9ccfa51826bc/c2760da6-bca7-486c-9264-da026a3b83f8_720.png" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8ceb0d93-733a-b54b-815d-33385545c379" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ceb0d93-733a-b54b-815d-33385545c379/c2acca7c-6622-4794-8cfd-5a041e90a026_720.png" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6d36e78a-92c1-7149-8054-b95eea46cffa" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6d36e78a-92c1-7149-8054-b95eea46cffa/35f9137d-8fd6-4a90-8ee2-246df66bb0ad_720.png" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4ed3940a-6f18-9144-9beb-b4058d6d08ba" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4ed3940a-6f18-9144-9beb-b4058d6d08ba/1a4ea0aa-99ad-4f0b-8723-f89129fc126d_720.png" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7f750628-be02-d844-a497-a952fd3f27b9" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f750628-be02-d844-a497-a952fd3f27b9/937e4aa1-1776-400c-9eb5-2e2aed3f8390_720.png" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1f91cddf-2594-6245-b294-105515c65a6d" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1f91cddf-2594-6245-b294-105515c65a6d/f7f61076-7bf6-44e2-baa8-17a9ad1c1d64_720.png" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6294ff1c-4511-2147-b497-02c8caf03039" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6294ff1c-4511-2147-b497-02c8caf03039/ab26f456-8a9a-4c16-8247-4f7d97fcf6b6_720.png" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6bbefa89-f831-424b-b4cd-1e16aa9c76d1" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6bbefa89-f831-424b-b4cd-1e16aa9c76d1/ca13c0ba-1f82-4442-ae04-c4daa985d9e8_720.png" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3013f5db-43a3-084d-b607-a5cf9ba842cd" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3013f5db-43a3-084d-b607-a5cf9ba842cd/cf083577-bb21-465b-9c65-37b7e601a528_720.png" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/03f05c4c-6c38-5747-b87c-d0887fc54bf6" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/03f05c4c-6c38-5747-b87c-d0887fc54bf6/377ee614-5197-4ff5-b2a2-9f3561feff0c_720.png" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/54f13da5-ced5-7646-8ebc-134ad87e25ec" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/54f13da5-ced5-7646-8ebc-134ad87e25ec/1bb2bbdb-c8c1-4549-bbe3-dbd2cb0a485c_720.png" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ed9092fc-92c2-d34c-93a3-d86ea4da9a41" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ed9092fc-92c2-d34c-93a3-d86ea4da9a41/fa8f5759-8637-4a0b-8133-510d95d4f50c_720.png" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/104f07fb-09f7-0848-827b-4b46004ba64a" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/104f07fb-09f7-0848-827b-4b46004ba64a/22e0f8c5-276c-42b2-ae2c-3416750c7958_720.png" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d58fc7bc-9118-8740-849f-a84b726f689c" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d58fc7bc-9118-8740-849f-a84b726f689c/b17f5b80-0d04-4601-94d7-511b03ea43e4_720.png" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/25f59d21-29ef-224a-85e4-a6d39ac4f31a" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/25f59d21-29ef-224a-85e4-a6d39ac4f31a/3ccadf9e-c20d-442a-85ce-305c09a35f62_720.png" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/880bdc5c-d457-224a-b641-dd41e3cfb3a9" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/880bdc5c-d457-224a-b641-dd41e3cfb3a9/40f2fe9c-d16a-40d6-a005-9ab14d633b06_720.jpg" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/edb8b249-2603-c148-af4c-c6c3eb402084" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/edb8b249-2603-c148-af4c-c6c3eb402084/5d935b1f-e356-4353-b979-89db2697e019_720.jpg" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2580868c-2c50-c040-b26c-b3f6abdbd5d2" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2580868c-2c50-c040-b26c-b3f6abdbd5d2/688261c2-dbaa-478b-943a-9f96d28aef3b_720.png" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0ec3a7c3-09b2-b94a-8c7b-0730d2946ab5" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0ec3a7c3-09b2-b94a-8c7b-0730d2946ab5/d1e776d9-5860-4ed8-85c4-6c9a0e636d19_720.jpg" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/acffa093-e4d6-4446-a3d1-34e3d86cf856" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/acffa093-e4d6-4446-a3d1-34e3d86cf856/b5fb96ac-2f49-4b57-8952-e250c7cfc33c_720.png" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/22b95c9d-6ba0-8646-b6de-f41f0f166527" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/22b95c9d-6ba0-8646-b6de-f41f0f166527/88a4c0c8-9852-4255-89ce-1624cf4cfdcc_720.png" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e8a5622c-8bb1-1140-8c6e-69698ff2a262" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8a5622c-8bb1-1140-8c6e-69698ff2a262/e3bf603c-da02-470a-9f95-936e40abf97b_720.png" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e88191f2-235b-9347-a9c7-5ff0f2f94d7d" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e88191f2-235b-9347-a9c7-5ff0f2f94d7d/d1aaa57a-aa80-4cdb-b4ca-f07a0a89ba30_720.jpg" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ce735cc4-d54e-9749-baca-7583737faf01" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ce735cc4-d54e-9749-baca-7583737faf01/aec6b42a-bec4-40ce-8716-e3244aa87545_720.png" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/75b72be0-6e6f-9043-859b-988c9e30e5b1" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/75b72be0-6e6f-9043-859b-988c9e30e5b1/2bf8e40f-ad62-476d-abec-73363df6df68_720.png" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/87896fb0-c316-2840-85bc-b4b3e42fb549" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/87896fb0-c316-2840-85bc-b4b3e42fb549/239ffcbb-0d1a-4231-9ff6-a190987ee675_720.png" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0eba2aaa-923f-bf46-8c1e-7aa06d4fca3c" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0eba2aaa-923f-bf46-8c1e-7aa06d4fca3c/02e9dc7c-566b-431d-b89e-f72b4a66876e_720.png" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ef71fbe3-95ae-6c42-ab0b-ce5548aaaa05" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ef71fbe3-95ae-6c42-ab0b-ce5548aaaa05/d9562632-a4e5-4e19-adf6-1749be240afa_720.png" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/47af023c-43cb-f745-af3a-b9fa4529f057" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/47af023c-43cb-f745-af3a-b9fa4529f057/a222024f-157a-433d-8f1a-20c34f686c8e_720.png" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7dd3ddcd-a5a9-8d48-ae21-63ee4b9ba9d7" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7dd3ddcd-a5a9-8d48-ae21-63ee4b9ba9d7/fa34242e-eee6-4706-9a58-abf74c753036_720.png" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6d86df3b-5c1e-4542-a7df-5c89f3bd4ce1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6d86df3b-5c1e-4542-a7df-5c89f3bd4ce1/e17e01d1-d454-499d-ac48-10c51889d285_720.png" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ee21b621-5ea0-fa4f-b601-7fce403d616a" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee21b621-5ea0-fa4f-b601-7fce403d616a/c4657936-8c5e-43e9-bcad-fbfd58e4960c_720.png" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9ce59f15-132f-2840-9d31-41153973e56f" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9ce59f15-132f-2840-9d31-41153973e56f/43d4df5b-22b5-4a21-ba37-8ec6800a956a_720.png" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c9660929-b13a-b34c-89b4-88234d287ec8" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c9660929-b13a-b34c-89b4-88234d287ec8/3ef147c2-c110-43f9-a1c4-9702ace24980_720.png" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/579db1eb-430b-8a4e-a9c4-1f18d2945cc4" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/579db1eb-430b-8a4e-a9c4-1f18d2945cc4/2ce4c0f5-658f-48e6-9d99-a304fe1eeeab_720.jpg" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/68164110-73b4-0e4e-a405-f142f2f751df" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/68164110-73b4-0e4e-a405-f142f2f751df/08295a6b-18b9-4271-8b2a-80ec185091b7_720.png" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d2d0dc04-c949-4f47-ac66-b323f5c97b34" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d2d0dc04-c949-4f47-ac66-b323f5c97b34/0c695c27-b223-4c57-acab-51e5f626c913_720.png" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b5b4b98c-3108-d443-9579-fae64964676c" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5b4b98c-3108-d443-9579-fae64964676c/ccb64414-a173-424c-b5d0-9f913cbe75a1_720.jpg" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2f0eb525-56e6-4546-9b8a-46b2c6edf032" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2f0eb525-56e6-4546-9b8a-46b2c6edf032/96027172-1908-4231-9591-87ed23a8c96a_720.png" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f3fa08ca-33f6-8246-843e-11df8a1315e1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f3fa08ca-33f6-8246-843e-11df8a1315e1/a87795cd-8a68-48f1-b175-39d9ca49bf33_720.png" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/662c1cfc-fc3b-2c40-b118-4cc436066341" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/662c1cfc-fc3b-2c40-b118-4cc436066341/a7beb85b-fa86-4c99-8ea3-252c0133aa79_720.jpg" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9a6462f7-eed8-bc49-b8c7-ca491e73b94f" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a6462f7-eed8-bc49-b8c7-ca491e73b94f/c7460cb1-107d-4ac1-b41e-bc9159347e12_720.jpg" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5bbafb87-1150-9448-bdef-41d140b6fa83" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5bbafb87-1150-9448-bdef-41d140b6fa83/a1a6120b-cd4e-4fc4-b84a-5566bb0c799b_720.jpg" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/51f3b461-320f-3544-a5ad-95a219adb8d2" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/51f3b461-320f-3544-a5ad-95a219adb8d2/0d2463db-331c-4933-86c6-21d5cc906900_720.png" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/52b5d661-a366-3a40-9e7e-5c1bd3b14a16" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52b5d661-a366-3a40-9e7e-5c1bd3b14a16/d8d34c00-7bb8-456c-b9d0-7baddf2fc92f_720.jpg" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/457aa5fd-da9c-0b45-b6a9-0c20e210b2ca" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/457aa5fd-da9c-0b45-b6a9-0c20e210b2ca/b394393e-401a-461d-a545-fdc5f69b18b5_720.png" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/083d0edc-eb2a-1a4c-9ae1-342f5523d13f" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/083d0edc-eb2a-1a4c-9ae1-342f5523d13f/581e2041-0c16-4ce5-802b-881e781fed78_720.png" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1092a768-264f-2c4b-a140-70dcb2b65f9a" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1092a768-264f-2c4b-a140-70dcb2b65f9a/b9b73ea1-d3d8-41b3-84fa-a24a801a98d6_720.png" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9fd50e29-9cdd-be42-b3bb-cb9dde2b5cf6" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9fd50e29-9cdd-be42-b3bb-cb9dde2b5cf6/dd6b8990-aac3-4c6f-8269-3f7300fcbc6a_720.png" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/042b18b6-5053-3746-b6bd-f9ada7a328b9" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/042b18b6-5053-3746-b6bd-f9ada7a328b9/3da1bc8a-3a64-496c-b90a-5da8befb390e_720.png" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/912335e8-9064-424e-9e1f-df0295943cba" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/912335e8-9064-424e-9e1f-df0295943cba/35668d0e-188b-4ff7-84d3-51e99f659fad_720.png" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d62a8e62-ddf6-a541-ace8-4d743f429dcb" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d62a8e62-ddf6-a541-ace8-4d743f429dcb/fad82aae-32a8-47ba-8060-3ff3ae57204a_720.png" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b481e878-8a0d-5241-b087-9972826e13cd" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b481e878-8a0d-5241-b087-9972826e13cd/194853a4-c304-4a60-8fec-a54ee6fd048e_720.png" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ccfe284d-b075-b841-ad84-ea4156f2363f" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ccfe284d-b075-b841-ad84-ea4156f2363f/6ed973f0-b092-4eb8-a337-f2716f8ecac8_720.png" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/65c01e46-b518-8f4e-9962-0c42d8547571" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/65c01e46-b518-8f4e-9962-0c42d8547571/af029ebf-2dbe-4c83-bf55-174a02294734_720.png" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/540d9adb-c385-e841-b063-8fd946465498" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/540d9adb-c385-e841-b063-8fd946465498/56f86db6-c536-438a-844b-bec0829c0379_720.png" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3fad22a0-1a3e-c743-b1d3-74f1d9abeadc" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fad22a0-1a3e-c743-b1d3-74f1d9abeadc/063a882f-9ead-4f52-844d-3702c2dede5f_720.png" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/15899b9b-8e8f-d24b-82e4-e7fcdcf1d514" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/15899b9b-8e8f-d24b-82e4-e7fcdcf1d514/b3cf1414-95fb-4ccb-b4c6-f745995bd6a0_720.png" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/efbc6cd0-57ec-de4d-b56a-65eb1fbf34d4" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/efbc6cd0-57ec-de4d-b56a-65eb1fbf34d4/33b2a6e3-1f8b-45d4-b989-a30246d96397_720.png" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0e0a74e7-8fde-6347-8131-142c089066c0" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e0a74e7-8fde-6347-8131-142c089066c0/2e3448ef-5a39-47dd-b05e-d7086784edbb_720.png" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f565c0cc-5e98-4e41-9b4b-b97a5eb74748" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f565c0cc-5e98-4e41-9b4b-b97a5eb74748/916eb0cb-13af-4ea8-a71a-6eae63d6f8a9_720.png" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/264cdee8-97fe-2046-a863-f58616ca1274" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/264cdee8-97fe-2046-a863-f58616ca1274/6cc37b17-d105-4b18-ab29-cfbcf74b754e_720.png" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0d0b87d5-4bb7-3e4f-a3bb-a0683bb36244" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d0b87d5-4bb7-3e4f-a3bb-a0683bb36244/245ff5fb-36c7-40d5-82df-d3db02d91451_720.png" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ffa7debe-e279-8144-ac41-37b4b6f6c490" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ffa7debe-e279-8144-ac41-37b4b6f6c490/58ee754a-f6a7-4b75-8694-8aceaccfb3a8_720.png" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4969de00-dee5-4448-bf16-f3e91d862c31" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4969de00-dee5-4448-bf16-f3e91d862c31/9dbb28fa-3049-4e1e-a6b3-639ac53fb9dc_720.png" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ac4b50c1-f056-3d4d-84ce-62cc2e21101e" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ac4b50c1-f056-3d4d-84ce-62cc2e21101e/9c981deb-4c5d-4063-8072-3ae8f3c0638a_720.png" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7121d5a7-8b9f-3045-9e10-439ccb25eb50" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7121d5a7-8b9f-3045-9e10-439ccb25eb50/9f6a0aeb-f7d9-4ac3-9171-678599f77bd6_720.png" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/229cca79-2e0a-664c-8c31-5b5d86282061" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/229cca79-2e0a-664c-8c31-5b5d86282061/5a446788-0f69-4d41-b657-bdb9490c30d6_720.png" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a7c049f6-8fe2-cb4a-9f10-f3993b559679" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a7c049f6-8fe2-cb4a-9f10-f3993b559679/f13227d2-4fb8-49aa-8c88-36aabe7a9657_720.png" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9cb2a59d-763c-3841-a2cc-5701d6ab4495" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d4cc8578-a1a9-1b42-b446-ec798ca2a036" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/43a486f1-40cb-ff45-839f-5fee1dbff767" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/43a486f1-40cb-ff45-839f-5fee1dbff767/1a7aea01-5815-445d-8836-545e1747650e_720.png" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ed25b948-b49b-8c4d-9bd9-554a431d49bd" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ed25b948-b49b-8c4d-9bd9-554a431d49bd/2ae7f8ca-32d2-4d65-9730-73583415e5e4_720.png" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a3ad62be-a56f-5944-9fad-0e4f9fa9c047" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3ad62be-a56f-5944-9fad-0e4f9fa9c047/2c932806-e3ab-4759-90ff-9172db8397c3_720.png" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c4ce7645-0244-d741-a4ac-3aaf6fdf84f8" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c4ce7645-0244-d741-a4ac-3aaf6fdf84f8/f24471a6-3a8a-4cf8-883f-0d4594c1e53e_720.png" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7528de37-1199-444d-b868-32ffedbcbb4a" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7528de37-1199-444d-b868-32ffedbcbb4a/6253c947-771b-4504-800c-5bd4d11544f4_720.png" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c3bea16a-312b-d442-98c7-72ead25af854" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c3bea16a-312b-d442-98c7-72ead25af854/1d228d7e-0b52-44a4-bcfc-105b46e27c22_720.png" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e686e90a-4725-e04b-bf2b-875d67f2e589" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e686e90a-4725-e04b-bf2b-875d67f2e589/c2a9ba4e-4bb8-46a7-9e6c-d68cbae13785_720.png" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8f03989c-1ef0-b94f-84ac-8bd769d35d68" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f03989c-1ef0-b94f-84ac-8bd769d35d68/039c2eff-d917-480a-9960-e57b24473948_720.png" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c64426db-8c38-cc44-8631-6d21f9efb483" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c64426db-8c38-cc44-8631-6d21f9efb483/2b32f51d-4a1e-4153-a924-d940a2365740_720.png" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d2c5afc5-c573-f145-aec7-4f10732bcfef" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d2c5afc5-c573-f145-aec7-4f10732bcfef/801377eb-172c-4028-a566-c72f6de23f40_720.png" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8869a2d2-69e6-cf46-bc50-d2178b13aeaf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8869a2d2-69e6-cf46-bc50-d2178b13aeaf/068ec3da-d644-4163-bcd1-1caf1534edb1_720.png" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bbf7af0a-56c6-8e4b-8ccd-236cf94f73f9" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbf7af0a-56c6-8e4b-8ccd-236cf94f73f9/6ac85d9c-7d11-4d40-a380-b8b1630d07b7_720.png" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1cb884e0-5c71-c74f-a9a7-d07f53565037" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1cb884e0-5c71-c74f-a9a7-d07f53565037/7c2307dd-4ce1-4b75-b99b-9e650f3a6cca_720.png" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/141ce007-1ee3-a840-9aec-2ab428189493" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/141ce007-1ee3-a840-9aec-2ab428189493/94bf31da-0ad5-4d0e-b8dd-d067ea878295_720.png" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7b615b5e-0cf6-ed47-8579-ef3f7a4168e1" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b615b5e-0cf6-ed47-8579-ef3f7a4168e1/7f4f82e8-85ad-4215-9f70-dc5003d51109_720.png" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/265f9e1e-b158-094e-8cb9-ec71eae3c2c1" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/265f9e1e-b158-094e-8cb9-ec71eae3c2c1/4f1c5b86-204e-4455-a082-af0b19a64d22_720.png" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/034049b5-f1ff-0244-b28b-b4d546e90e52" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/034049b5-f1ff-0244-b28b-b4d546e90e52/a06c4a2f-2f1e-4f02-8944-a9513b58108b_720.png" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3b7a3961-0508-d349-94a9-52d456d8ce14" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3b7a3961-0508-d349-94a9-52d456d8ce14/1a05e7fb-7089-4dc6-a600-2462521cd9b0_720.png" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ca1b0596-bdc1-e84c-99db-fc16363b3253" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ca1b0596-bdc1-e84c-99db-fc16363b3253/e6e57352-dac7-4c9e-989b-10355ee21ed7_720.png" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2db4a225-3d71-ec45-88b2-f3a1c695a1e4" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2db4a225-3d71-ec45-88b2-f3a1c695a1e4/5bbfc881-ebf4-4315-a19c-e087dd1bf840_720.png" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b09b07af-e894-cf44-9fb4-39c2f9178a25" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b09b07af-e894-cf44-9fb4-39c2f9178a25/a3603552-9474-4ead-b1d6-11115f2b34b6_720.png" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2ae7002b-6d04-d24a-9beb-f58700a47afd" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ae7002b-6d04-d24a-9beb-f58700a47afd/c5021ae3-3785-4037-a788-b08e2989555b_720.png" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a5d7b214-2523-4c42-b630-a54d42b6fd0b" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a5d7b214-2523-4c42-b630-a54d42b6fd0b/7bfef95b-1e03-42bf-9fe3-056ce12608fe_720.png" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/aa402ac4-6443-eb4a-9b44-295344e770c3" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aa402ac4-6443-eb4a-9b44-295344e770c3/7acdd4f6-8cb4-4d75-867d-e07440178c1c_720.png" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a29b766c-c898-7248-a2cc-93fedd2f5de5" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a29b766c-c898-7248-a2cc-93fedd2f5de5/160763c5-ca83-49a1-8c25-59feff566bee_720.png" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1b10b33f-bc38-3b47-adbd-403ba44de148" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1b10b33f-bc38-3b47-adbd-403ba44de148/5d86c493-7dcc-4fdc-b006-9a186aaf073e_720.jpg" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c65db7a9-fd0f-a846-aaee-baf67aa5d783" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c65db7a9-fd0f-a846-aaee-baf67aa5d783/8a69a2c8-4bfd-4531-a28c-d3dcac359d5c_720.jpg" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d257316b-3942-5048-a4af-ace375b430ba" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d257316b-3942-5048-a4af-ace375b430ba/3e791c3e-9315-4d50-b6c8-82410ae5f71b_720.jpg" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/19500c25-c8cd-514e-8e7b-4168f689aacd" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/19500c25-c8cd-514e-8e7b-4168f689aacd/e1a65fe9-7201-4c6e-8bae-8e06bc6dd958_720.jpg" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b40dfae7-c034-c24c-b3bd-4401479186b6" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b40dfae7-c034-c24c-b3bd-4401479186b6/7e4d03f3-6cdf-4f42-acda-11953bd99319_720.png" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7f44a521-ba23-6142-aeb7-e78221f41a7a" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f44a521-ba23-6142-aeb7-e78221f41a7a/29f27f2c-ed7d-49cf-b2da-99049dd80072_720.png" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a928712d-2435-ce40-a6a5-4e6153449907" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a928712d-2435-ce40-a6a5-4e6153449907/661267ee-3399-4f7a-965d-8fb22f6c5872_720.png" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bfbce03f-7448-624f-af28-a5a9f07e2e03" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bfbce03f-7448-624f-af28-a5a9f07e2e03/c70e3401-f20e-4900-ad33-b901c623d588_720.jpg" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b21dc6e5-14ed-7d46-9744-c043d58835de" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b21dc6e5-14ed-7d46-9744-c043d58835de/fcc211cc-6622-45e9-b112-0123c614ff00_720.png" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5d00072a-dc00-a746-8760-76c6f4ebf530" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d00072a-dc00-a746-8760-76c6f4ebf530/d24c5c1c-7047-4621-8339-72c401b0b602_720.jpg" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3a1c0e08-f81a-1f46-9bf3-67c31afe7e18" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a1c0e08-f81a-1f46-9bf3-67c31afe7e18/16873fdd-3949-4ffa-936f-4462a8d3c154_720.png" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b0f06da2-299f-b747-91f6-b842ca15487b" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b0f06da2-299f-b747-91f6-b842ca15487b/72a94d8d-1064-46f8-8400-ac97f718d39f_720.jpg" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9e930a7d-502b-154e-9688-68442d1b9d09" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9e930a7d-502b-154e-9688-68442d1b9d09/0758d380-e8f5-4b6e-9796-5667710701db_720.jpg" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a5d168d9-79b5-d746-a74e-d5b0ea0889cb" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a5d168d9-79b5-d746-a74e-d5b0ea0889cb/2556ca1a-0f49-45d6-8ee9-05a98a2af2a5_720.jpg" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b5e64072-04dd-1d40-8bf2-ac5316179e41" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b5e64072-04dd-1d40-8bf2-ac5316179e41/76f2a400-dae1-42d4-a70e-34a777fd2d48_720.jpg" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b8f473e9-655f-164f-a15e-3c320613d5a1" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b8f473e9-655f-164f-a15e-3c320613d5a1/b15e3ae0-ba4b-4ca3-ac03-aadc010408f3_720.png" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d4acc100-efd0-3648-9013-8d3ff446534f" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d4acc100-efd0-3648-9013-8d3ff446534f/08637e6a-b8b6-432b-ac49-33d5d3c6767d_720.png" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/55e98873-e009-9b4a-beb3-8b277274d4f3" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/55e98873-e009-9b4a-beb3-8b277274d4f3/3b9222bb-b25a-47e4-b9f1-81f6c1a86b92_720.png" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5481cdec-38f9-f94c-8077-2d302fbaaf11" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5481cdec-38f9-f94c-8077-2d302fbaaf11/b453c181-9109-4bae-95d7-a543dd35a369_720.png" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e94dd5b4-67f5-154d-86b3-9a80d5cf7bce" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e94dd5b4-67f5-154d-86b3-9a80d5cf7bce/948ecf9d-f77f-4b4d-be2a-2c7c99de3a38_720.png" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/746cb3bb-b1fd-8648-a21d-266d2e4df427" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/746cb3bb-b1fd-8648-a21d-266d2e4df427/911a3370-7667-49a3-bc9b-a5ae4cf8267d_720.png" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4c2f4815-91f3-5b40-b6f2-cc9b10d1fb53" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4c2f4815-91f3-5b40-b6f2-cc9b10d1fb53/f4f5fa4f-9fca-4742-9187-81254a6d7b13_720.png" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5a2b2991-834d-7d4b-b692-365aedfa9e4b" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5a2b2991-834d-7d4b-b692-365aedfa9e4b/bb881f0f-c9ec-46cd-95eb-0c736cb814b5_720.png" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0e282afd-1b37-c248-9e61-02cef25bb587" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e282afd-1b37-c248-9e61-02cef25bb587/ec9cea56-de8a-4390-b9a1-1ca403bab4e0_720.png" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dbf48446-8001-3442-9b7f-267c4a7b31ec" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dbf48446-8001-3442-9b7f-267c4a7b31ec/199098d2-30f1-4010-8557-3c5fa5fc9997_720.jpg" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/15189f6d-10be-f34e-bd24-9c49cce96171" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/15189f6d-10be-f34e-bd24-9c49cce96171/46ceacd9-c81e-4207-ba4e-e8ece81c1c30_720.png" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/14dcc833-1f6a-4440-848f-ddf7b0a12c09" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/14dcc833-1f6a-4440-848f-ddf7b0a12c09/6bc1752e-9949-4c99-a94b-14da47d7d822_720.jpg" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ab971aea-6983-1743-8716-9ca5960df05b" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ab971aea-6983-1743-8716-9ca5960df05b/096f9271-80ca-4868-a288-74d314ab3704_720.png" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3fab601f-e78a-3f45-81ef-54fe6e7476ae" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fab601f-e78a-3f45-81ef-54fe6e7476ae/31a76d12-b64f-454b-89e0-5fa68158fbb6_720.jpg" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a58af276-3fce-124b-945c-e5e23ff97628" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a58af276-3fce-124b-945c-e5e23ff97628/01b3709e-6274-4eb0-9e85-d89e86056b58_720.png" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1e9516ab-aab4-f34e-bbac-d4390df3ccc2" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1e9516ab-aab4-f34e-bbac-d4390df3ccc2/cd9cf382-1640-4108-ba12-864aeb580b5f_720.png" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8b715b8b-d091-754a-838e-72f70a16d4e8" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8b715b8b-d091-754a-838e-72f70a16d4e8/d35eb7da-5cde-48e1-bd64-1f043584af3d_720.png" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9f749833-9512-e348-8ef2-da664044c745" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9f749833-9512-e348-8ef2-da664044c745/db6d7c87-ea2a-424a-8e03-7819ff0ab3b1_720.png" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cd4b2148-0bc2-3740-9f53-277dd9948661" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cd4b2148-0bc2-3740-9f53-277dd9948661/c645e50b-467c-4195-aa69-48191e5769de_720.jpg" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/55fd25de-4f91-c740-bb6f-7a276cef8608" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/55fd25de-4f91-c740-bb6f-7a276cef8608/4c977c3f-e2fc-477d-9f60-a18b7d074eaf_720.png" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e5b68bfe-ec26-7f4d-bacb-9a5f6d81c402" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e5b68bfe-ec26-7f4d-bacb-9a5f6d81c402/bd77815a-e871-4073-bf5a-caf9492ba6c2_720.jpg" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/69b97409-bb8f-044d-9303-7a62487bd5fe" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69b97409-bb8f-044d-9303-7a62487bd5fe/495ed3e8-ee5e-4f9b-b768-762c1afa4e37_720.jpg" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/42b66a6d-09f8-a848-9bd1-1c203e6502cb" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/42b66a6d-09f8-a848-9bd1-1c203e6502cb/3620d82d-3543-45e2-837f-5322080a734f_720.jpg" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0125d8e6-3fbd-5641-aa9a-70c86ec5415a" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0125d8e6-3fbd-5641-aa9a-70c86ec5415a/4eefb323-3a12-43b6-944b-88b98e6c5e75_720.jpg" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/85ba5d75-9fb8-9146-8df4-637150852ef9" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/85ba5d75-9fb8-9146-8df4-637150852ef9/564c3270-2c3f-428e-bc18-a4db97d4c58b_720.jpg" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bc66d47c-f57c-504d-b0be-41f5da1cb843" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bc66d47c-f57c-504d-b0be-41f5da1cb843/54546e5c-0090-4b0b-b8f0-804458bc45ed_720.jpg" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0f6fea75-a5b1-2546-9918-ca561a4a68ce" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0f6fea75-a5b1-2546-9918-ca561a4a68ce/5106ef4a-970e-4b34-9108-46766565e367_720.jpg" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2036a83f-d6fb-3643-9fff-00662f9daa66" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2036a83f-d6fb-3643-9fff-00662f9daa66/35f6f990-45d1-48f1-bd8d-006fc3cd5576_720.png" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1a77d3d2-c496-8246-befd-5ae659657fea" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1a77d3d2-c496-8246-befd-5ae659657fea/9fc75823-147b-48ac-95a6-d482fd2ed8bc_720.png" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7fafb6c6-f31f-214f-9062-28e106d27f2a" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7fafb6c6-f31f-214f-9062-28e106d27f2a/67bba5e9-12e9-40e8-b2d7-a6c557bb4bd3_720.png" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dcd81778-fa6d-064b-866b-56689e46683f" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dcd81778-fa6d-064b-866b-56689e46683f/b17e353e-ecc7-422e-a44e-a1ed275dfb7f_720.png" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/46326fb3-11f0-244f-922d-147dc086ad18" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/46326fb3-11f0-244f-922d-147dc086ad18/7a32d4db-ac68-48e1-bfbc-b6700ad95868_720.png" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2a3b4c30-5734-f042-b153-a1953ec43386" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a3b4c30-5734-f042-b153-a1953ec43386/ae566bca-0917-42ef-869a-d8397ea8d6f4_720.png" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2dc70bc4-67ec-e74e-a808-2791002ea770" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2dc70bc4-67ec-e74e-a808-2791002ea770/91b8df7f-b630-4545-bffb-502418d2884f_720.png" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6a0db4ee-72f4-764d-8609-aab90f0bc42a" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6a0db4ee-72f4-764d-8609-aab90f0bc42a/d11630ea-e6b3-4a9b-9641-2c5282b07a40_720.png" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/58df029b-b2dc-7a40-a206-d74cf5b1bb42" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/58df029b-b2dc-7a40-a206-d74cf5b1bb42/5c04f454-c918-421a-9ac1-46c498d38687_720.jpg" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e8b0930a-0822-b14d-8a94-e83f45bece2f" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8b0930a-0822-b14d-8a94-e83f45bece2f/8ac6321f-f44e-44db-90c0-edaf4e9f0ded_720.jpg" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4454e1e0-c5a1-634f-ab31-1e174fbfb9ac" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4454e1e0-c5a1-634f-ab31-1e174fbfb9ac/94838961-09c4-4523-81e4-40875231396c_720.jpg" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/97724ca7-b089-cb49-873c-39f462f0ca21" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/97724ca7-b089-cb49-873c-39f462f0ca21/28c45b4c-e352-480c-8fbf-2fd8e8bef63f_720.jpg" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e3624e70-be09-704a-9bd0-43ba03403484" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3624e70-be09-704a-9bd0-43ba03403484/727db9ff-eb99-4b58-9356-fd06f0ca6097_720.jpg" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/87e53f07-4149-6d46-b695-c8828c9468f7" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/87e53f07-4149-6d46-b695-c8828c9468f7/aa8510cf-5304-43ce-affa-9c48c416c63d_720.jpg" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2b5bf4fd-57c2-ee4a-86d1-d4921ba76527" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2b5bf4fd-57c2-ee4a-86d1-d4921ba76527/ea5e86e6-4c97-4eb0-bbf5-53eba9bf91c1_720.jpg" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/07d37ba3-6edd-f244-a1d6-9ec824e7ca18" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/07d37ba3-6edd-f244-a1d6-9ec824e7ca18/7bfa5479-ebaa-498a-aea0-d4f31a776769_720.jpg" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4527c8b8-1fe9-7c41-85f7-f667564ee342" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4527c8b8-1fe9-7c41-85f7-f667564ee342/9f5d0c79-82b6-497a-944b-7a0173dbf453_720.jpg" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b1ed44db-5392-3a42-b92a-7d14dba232b1" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b1ed44db-5392-3a42-b92a-7d14dba232b1/f4ca13e1-1bb9-4242-b2f5-05a3919ae982_720.jpg" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/52827ce9-24ea-fe48-a94b-8d5ec55a64e8" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52827ce9-24ea-fe48-a94b-8d5ec55a64e8/7b2a3b84-fdc0-4cf5-968f-51e1dc6e98c3_720.jpg" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/301e02ae-3c05-be40-81f1-c7964b86e310" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/301e02ae-3c05-be40-81f1-c7964b86e310/ff8f848d-a397-4dc5-b17c-71d3dfe01d38_720.jpg" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2b37c426-311f-6c49-af34-199c3cdaaaa3" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2b37c426-311f-6c49-af34-199c3cdaaaa3/ae6a2726-ca0a-4d1e-b91d-01d9ad7d21d0_720.jpg" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/00c106e0-9a2f-d44c-88c8-16a06e783533" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/00c106e0-9a2f-d44c-88c8-16a06e783533/0c66b623-f7e4-4d1d-8c10-e7f70a02283e_720.jpg" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1967fe37-5509-8c45-85ca-8df2ebc7949c" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1967fe37-5509-8c45-85ca-8df2ebc7949c/6dc34b39-abc3-4a8d-b1da-2781a9dcf441_720.jpg" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cfe0f35c-7b2b-da46-b939-7b087ad1fed0" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cfe0f35c-7b2b-da46-b939-7b087ad1fed0/392fe6c8-c04d-4a5b-bc81-e373a4056844_720.jpg" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4a2d7364-0cc7-fd4c-b445-adb0f5de7165" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4a2d7364-0cc7-fd4c-b445-adb0f5de7165/f1beefbc-23dd-4b97-b780-5e04359a54ec_720.jpg" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e1a1336e-c00c-244d-9d48-411b547b8400" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e1a1336e-c00c-244d-9d48-411b547b8400/be79af15-1c74-48ad-8353-c1c67a671c23_720.png" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a4bb70e0-997d-e54f-8e20-5ac61527d4d5" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a4bb70e0-997d-e54f-8e20-5ac61527d4d5/047e50f0-6b17-42fc-b7aa-e65375248920_720.png" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3395c9cc-f523-0747-8afe-4b6235801fd7" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3395c9cc-f523-0747-8afe-4b6235801fd7/4dd587ed-ae94-44a1-b6bc-9849c3702f0c_720.png" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c5d9e7e3-abb1-f547-8aed-443cfe393fee" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c5d9e7e3-abb1-f547-8aed-443cfe393fee/3260414a-92b5-45d7-a99b-88f9bcd5e80c_720.png" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f3105200-5022-2b4e-8235-11c3854f7321" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f3105200-5022-2b4e-8235-11c3854f7321/c42d2d25-9264-4444-b9a7-131b3564cc73_720.png" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/96a713f8-8446-654f-a376-fb411cbe7170" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/96a713f8-8446-654f-a376-fb411cbe7170/99a0471b-407b-4e75-835c-d4f54ae0d415_720.png" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ee94e6c3-3336-b74d-9f6c-69852908fc10" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee94e6c3-3336-b74d-9f6c-69852908fc10/11a61aa1-4a9f-4af3-bd91-b53e7c34b485_720.jpg" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1c1f1d71-5fb9-5a40-b0ec-c268efe39656" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1c1f1d71-5fb9-5a40-b0ec-c268efe39656/d004fdae-df26-490c-8b4c-5e6ab270ae39_720.jpg" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f177e085-5450-a544-9c11-d244bc78ae5c" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f177e085-5450-a544-9c11-d244bc78ae5c/303bc1f2-72d2-45fc-9a3c-8e0fc6b1de62_720.jpg" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a7a8f008-447d-9245-903a-021ed1e4600e" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a7a8f008-447d-9245-903a-021ed1e4600e/a77d335a-5252-40e3-bef4-97728652d3d0_720.png" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a499ef68-36e6-db4f-8d90-acdac6a358d0" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a499ef68-36e6-db4f-8d90-acdac6a358d0/9fff1cc1-6ac7-4a4d-8a68-cf43b7842bdc_720.jpg" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b6cd0b50-6933-d441-8c0b-c1e3cc552a13" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b6cd0b50-6933-d441-8c0b-c1e3cc552a13/abf1fb63-16b0-4ee6-a113-469738383e0e_720.jpg" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6702e630-8060-8149-a20c-05c953a1f58a" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6702e630-8060-8149-a20c-05c953a1f58a/1c938b9f-ea39-4dbc-8e7b-19931b12b1a0_720.jpg" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d84728f8-bc33-1d46-9a91-13f893189c68" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d84728f8-bc33-1d46-9a91-13f893189c68/c2f64d0b-e6af-45b9-b036-7054f831f4a5_720.JPG" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5d83401c-dbc7-b848-b7bd-6cb31c01fa4a" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d83401c-dbc7-b848-b7bd-6cb31c01fa4a/780dd4d9-4197-4075-b642-1f43a178248f_720.png" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6db05b99-fc7e-d241-837d-e5316981f434" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6db05b99-fc7e-d241-837d-e5316981f434/92c05e9e-a5d6-42b7-b705-94ef05020a36_720.JPG" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/22532c59-3854-4347-b372-623aac691bd1" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/22532c59-3854-4347-b372-623aac691bd1/881e47d0-29ca-420f-9f57-ecbe9327e9e3_720.png" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fb26f44c-f8a1-7349-b10e-5bc1bce59f1f" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb26f44c-f8a1-7349-b10e-5bc1bce59f1f/a0e01ec5-d05e-476a-8291-98adc07fe229_720.png" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7cd6b753-5f5e-2d48-9a99-e9f27cb6fa51" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7cd6b753-5f5e-2d48-9a99-e9f27cb6fa51/7b7afff8-bd49-4577-998b-ae56fdfb1227_720.png" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8f2143df-dd12-c24b-9e7c-150476575795" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f2143df-dd12-c24b-9e7c-150476575795/f0ef77ef-2c4b-4037-81c2-d140b1591fe1_720.png" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/773ae173-efae-c142-b5d6-f7fcd61aef39" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/773ae173-efae-c142-b5d6-f7fcd61aef39/7bba9bf8-6c51-47b3-b6bf-fd415a7ac138_720.png" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a49791b3-830b-9e48-8a77-a7e60de98bb5" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a49791b3-830b-9e48-8a77-a7e60de98bb5/a6c77f56-d3e3-45ad-b4ad-df3063baa686_720.png" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e3e1788e-9ff2-2840-81b0-98d50e11f276" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3e1788e-9ff2-2840-81b0-98d50e11f276/a40c6030-a925-4212-8b81-55e5c40ec219_720.png" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c41094ae-bf9c-694c-9e68-3521f74ce72e" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c41094ae-bf9c-694c-9e68-3521f74ce72e/9b884274-7792-4404-aa12-dc1a4dddfd21_720.png" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/738f40c6-f6e0-3e47-8dd7-44774e7cf235" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/738f40c6-f6e0-3e47-8dd7-44774e7cf235/f56d22b2-18af-4318-bbc9-8d95c1dcbbdd_720.png" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1f815e8a-bc4b-a145-9ec6-6bece51eacf1" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1f815e8a-bc4b-a145-9ec6-6bece51eacf1/ff120880-2422-427f-bb94-be098bf9c74d_720.png" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4f2fc2a6-3d48-044a-9777-1055fb5883b4" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4f2fc2a6-3d48-044a-9777-1055fb5883b4/70a02887-bf37-4911-bc65-e2f0050d6a26_720.png" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/265df1cc-f854-f04d-b43c-a53b39549238" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/265df1cc-f854-f04d-b43c-a53b39549238/5feb80ca-6a9e-4ad2-99f4-02d171cf9a19_720.png" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4453af1b-0ab4-1c4d-b614-f9444edbb2bc" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4453af1b-0ab4-1c4d-b614-f9444edbb2bc/5996c280-947e-4505-9512-54431cfe14d2_720.png" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f8936e46-f11e-e04f-8aab-13065515fd3c" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f8936e46-f11e-e04f-8aab-13065515fd3c/3385a704-8623-49d0-a232-c9c5723ef5b3_720.png" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ec704f74-e057-c24f-a1c1-d6c1dd0accaf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ec704f74-e057-c24f-a1c1-d6c1dd0accaf/5413d0ac-cb60-4380-9245-f10231688176_720.png" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/20d7a1b6-66bc-d54d-990c-f6f1ba7cf36c" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/20d7a1b6-66bc-d54d-990c-f6f1ba7cf36c/f5f6db78-8e30-42d3-ba35-b692d9efe2e3_720.png" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/34b2fa70-2ff2-384c-9955-c148c9d0b241" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/34b2fa70-2ff2-384c-9955-c148c9d0b241/b6ac152c-7ea4-4540-9955-60b76df1b35a_720.jpg" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9cb57f2f-0d5b-d14f-9356-d6d49f881f34" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9cb57f2f-0d5b-d14f-9356-d6d49f881f34/782ab800-5aa6-491f-831b-3517f5dc5a2e_720.jpg" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/32f94d32-c277-374a-bb31-1de02b2e6cdb" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/32f94d32-c277-374a-bb31-1de02b2e6cdb/2753b8eb-0c33-4b97-b6cf-6b26aa6ba0d0_720.jpg" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9394099a-1e28-d245-aa66-6f2f3777bed5" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9394099a-1e28-d245-aa66-6f2f3777bed5/50f36e40-b874-472a-a085-beb41602d2fe_720.jpg" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/df056f35-e5d1-3142-aad4-fe995923f0a4" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/df056f35-e5d1-3142-aad4-fe995923f0a4/41e41fd3-f4b3-4551-9351-6ac050763632_720.png" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e4aab6fa-0284-6744-979e-32fa5214e5db" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e4aab6fa-0284-6744-979e-32fa5214e5db/684ca60a-c41b-46a4-905c-77d1ef52e945_720.jpg" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/96693f74-9b2c-7f49-9d1f-add81e3a04ac" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/96693f74-9b2c-7f49-9d1f-add81e3a04ac/9d968f89-090b-4d10-8703-b2ad8b154a6a_720.jpg" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e8fe5bea-6089-a149-aeb6-5d648be254f5" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e8fe5bea-6089-a149-aeb6-5d648be254f5/1fc58f15-9782-446c-92c8-78183cedecbc_720.jpg" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b9a1a617-0e5e-f64b-a9a8-5b10ab982644" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b9a1a617-0e5e-f64b-a9a8-5b10ab982644/12241bd1-e2a1-4d79-a3f4-a9c70f581be6_720.jpg" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0e931259-8074-5745-a301-dfe10672b741" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e931259-8074-5745-a301-dfe10672b741/561921c6-087c-46e1-885f-f8dee78ddf8d_720.png" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0daddb31-e2a3-3645-8d46-55da4eb4245a" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0daddb31-e2a3-3645-8d46-55da4eb4245a/b34f1dc6-677a-47e6-9152-0dbb0d148730_720.png" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f7b81aa8-a25d-8c42-a92e-3f921fcc11df" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f7b81aa8-a25d-8c42-a92e-3f921fcc11df/bb56ec0f-2d3d-47b5-87e6-3ffa38fb1dcb_720.png" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e6988c89-b257-d241-945d-6270c0e611db" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e6988c89-b257-d241-945d-6270c0e611db/42920e56-a906-4a1f-9c2c-8b9ebc15ba41_720.png" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/932442dd-39c7-ce44-9366-f73916eb1ffa" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/932442dd-39c7-ce44-9366-f73916eb1ffa/42dfbf34-f89e-4f11-896f-bdac6d23ae70_720.jpg" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7f779238-2948-4b4c-bd18-34645e65e7e2" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7f779238-2948-4b4c-bd18-34645e65e7e2/765cbf15-bab3-4658-b34a-670f76229199_720.png" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e6c3155e-f89a-f743-ade6-e571ce80651f" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e6c3155e-f89a-f743-ade6-e571ce80651f/37334307-e14e-402b-b8b6-a77a57ae6c6b_720.jpg" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/64c3ac95-772e-2045-b0da-ef12cd1f49c2" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64c3ac95-772e-2045-b0da-ef12cd1f49c2/069879aa-c0f5-4c2b-aa8e-35ba01262c1b_720.png" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/57928969-b05f-c04c-98f6-a64524ddbdc3" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/57928969-b05f-c04c-98f6-a64524ddbdc3/3fca55a1-6de0-41d2-9d15-adeb98cf1dcd_720.jpg" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b0b79658-533c-cd47-a434-b99330404f01" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b0b79658-533c-cd47-a434-b99330404f01/45d9a66a-7825-47f2-8e7f-fac575d9389b_720.png" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8024ee98-a233-0a4f-afb3-6ef8610c70cb" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8024ee98-a233-0a4f-afb3-6ef8610c70cb/47a31bdc-fb57-453b-881e-1f41cd91554f_720.jpg" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8ca49c7a-d142-b147-8059-bf5173f3d4ed" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ca49c7a-d142-b147-8059-bf5173f3d4ed/73f25ac1-0708-4af3-a7bb-3b5af698157a_720.png" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d416c108-764e-6a40-a6ec-5f5d70a94e32" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d416c108-764e-6a40-a6ec-5f5d70a94e32/77072299-7465-4684-bb5f-a1056a3ad7b9_720.png" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/665dc0e7-613a-4442-9483-03cb7fad5cda" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/665dc0e7-613a-4442-9483-03cb7fad5cda/180c3f30-13c1-4543-8f26-5783df6cdcc5_720.png" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4c99466a-5d03-1647-a4c7-9bdd3e7b0a7b" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4c99466a-5d03-1647-a4c7-9bdd3e7b0a7b/636fc221-e9b5-4818-a553-ef62987aab5d_720.png" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a0815155-9358-ec44-acf3-9bc239aa3cf0" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/49b5a8ca-ea94-ce45-adaa-380edf5926b1" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b5b05210-dd33-6745-b151-5bbd49e31163" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c68eded7-c208-7f4f-a2b6-9bc0a92f3388" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bff8f1e5-b1f5-164e-959e-5ade73bece07" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bff8f1e5-b1f5-164e-959e-5ade73bece07/56e814ed-95b5-406b-94e6-2c143a3a36fc_720.png" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4a863c34-89e4-784d-91eb-590e7a9e3190" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4a863c34-89e4-784d-91eb-590e7a9e3190/5f67858f-8094-491e-93d1-ea535504bb6e_720.png" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9abd3a01-e1ed-cc45-8966-5248e6bf2232" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9abd3a01-e1ed-cc45-8966-5248e6bf2232/505dddd5-c22f-480a-89c2-a6c271ff6098_720.png" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/71d41699-5b20-d64c-bebe-8cf2bc8c4369" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/71d41699-5b20-d64c-bebe-8cf2bc8c4369/e8df2894-67bb-40d7-9249-8a2530409b8c_720.png" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/52726dba-a817-9d43-96e4-290b27de084c" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/52726dba-a817-9d43-96e4-290b27de084c/ada051db-d2de-4041-987c-ce4e3ffaf4ea_720.jpg" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e98c49de-d3e8-2140-a8d8-8b5b7f9d4fc9" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e98c49de-d3e8-2140-a8d8-8b5b7f9d4fc9/3be3eac7-5f56-45d3-bd4e-6cfab353ec42_720.jpg" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/64684633-800a-8a4d-9b10-895b5968afba" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/64684633-800a-8a4d-9b10-895b5968afba/329d0860-b6de-4c92-bcf8-1e1b1ea376a3_720.jpg" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ef404e56-6fb2-2a4d-ad85-4b681b3c340a" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ef404e56-6fb2-2a4d-ad85-4b681b3c340a/dd7e4e66-8ad2-4142-87f1-0499aee950df_720.jpg" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/da39e2ac-3937-8745-a90c-73b4b3317c87" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/da39e2ac-3937-8745-a90c-73b4b3317c87/8828e43e-e46a-4064-8d8e-484a6e46b53e_720.jpg" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4579ce7f-985e-cc4a-9f2a-e6b91261fa28" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4579ce7f-985e-cc4a-9f2a-e6b91261fa28/9291846e-1fde-4235-bad4-82c3ab11d087_720.jpg" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a0da5e5b-4565-2348-a1ee-b6e6d073a01c" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a0da5e5b-4565-2348-a1ee-b6e6d073a01c/fe930074-60a4-46c8-bb55-f5007a39b710_720.png" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/669f3989-a631-854f-aa52-7329b69dd785" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/669f3989-a631-854f-aa52-7329b69dd785/c4bbbe40-5ce9-4b63-8d6f-11eb13871959_720.png" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0be7280d-2a5a-dc45-bcdc-518f91f13b14" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0be7280d-2a5a-dc45-bcdc-518f91f13b14/e6799b74-b136-46be-9904-7964966835a1_720.png" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1603d357-879c-c345-966f-78a14b0dd2eb" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1603d357-879c-c345-966f-78a14b0dd2eb/42dbc913-63da-4341-8e66-f6150c921ec5_720.png" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/de159942-1f33-0248-a725-72c531488f1a" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/de159942-1f33-0248-a725-72c531488f1a/bfbba45f-e884-4e7e-a705-3c377e44d185_720.png" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7b72731c-2026-414c-84f9-e935246730bf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b72731c-2026-414c-84f9-e935246730bf/3116907e-b492-429a-b64e-afcdc912af83_720.png" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c38ca253-979f-984c-b7e7-91fcc58ba6f0" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c38ca253-979f-984c-b7e7-91fcc58ba6f0/f3f0d822-dfdb-44f2-883e-fb8e3fbdcb85_720.png" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6e6e292d-d170-ee45-8207-b64bb32bb320" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6e6e292d-d170-ee45-8207-b64bb32bb320/aa8c70f2-49bf-46ef-8057-14d3a1e81b91_720.jpg" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/61b46f1c-0be5-a24d-ab3b-5393f546659d" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/61b46f1c-0be5-a24d-ab3b-5393f546659d/b4a4d1a4-50dc-41a0-a0f3-a8f8b1449697_720.jpg" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d6e40134-4fe5-1342-bfed-cf8fb501f43d" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d6e40134-4fe5-1342-bfed-cf8fb501f43d/ccd4fc0e-140b-439e-9ead-f1425973262c_720.jpg" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2911a9ec-30da-f24e-962a-593e4d7f1dcd" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2911a9ec-30da-f24e-962a-593e4d7f1dcd/245c070c-b27f-41a4-a0a9-fbe811fd6697_720.jpg" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4cc7fd84-3711-0246-a19b-3c1627fd0523" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4cc7fd84-3711-0246-a19b-3c1627fd0523/35ac285d-8ee9-4318-8513-250c2e76416d_720.jpg" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0fe20be2-4f68-bd4c-a685-02484110de10" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0fe20be2-4f68-bd4c-a685-02484110de10/69ba906c-3d22-4f32-8e6f-062e8b01fc90_720.jpg" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c3586ec1-dbfa-4341-9925-c70f3fa709a5" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c3586ec1-dbfa-4341-9925-c70f3fa709a5/7dd43a74-f974-4351-85ea-d1e6214bba44_720.jpg" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a3f91599-f9e5-8941-96de-89c2371c5101" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3f91599-f9e5-8941-96de-89c2371c5101/f12b50d4-c7f9-479c-8a1f-13d2fa3bd4cb_720.jpg" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8eca2223-1941-3d4d-ae22-74f7c537df94" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8eca2223-1941-3d4d-ae22-74f7c537df94/cd940e83-9786-44fc-9633-6c9b62e87bbe_720.jpg" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bbc9ad6f-dc27-3b48-97f4-1fd7ab4a9949" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bbc9ad6f-dc27-3b48-97f4-1fd7ab4a9949/669ce884-d953-42e6-b449-6e96fd6a2378_720.jpg" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/76effae8-cf0f-6d4f-89e5-8083207741de" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/76effae8-cf0f-6d4f-89e5-8083207741de/728c0e68-d1b3-4eb4-850b-3ddd3b1ffa86_720.jpg" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c41049ef-157c-9f48-a1f7-85bbb9c852e0" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c41049ef-157c-9f48-a1f7-85bbb9c852e0/1101d43a-123d-4d29-a54e-1e7a69197943_720.jpg" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a6cd570d-9393-3a44-8657-5eb5eade6d9c" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a6cd570d-9393-3a44-8657-5eb5eade6d9c/8704d794-9c61-458b-bbdd-8de31ad66b28_720.png" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0a16a669-041c-5741-9ec3-0e4f125cff9a" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0a16a669-041c-5741-9ec3-0e4f125cff9a/51cb3337-976f-4403-bd19-9a6fc09853b9_720.png" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9c11e8db-ca83-9447-907a-cca957be28e1" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9c11e8db-ca83-9447-907a-cca957be28e1/d9688a54-21c8-4e35-b372-c43784fca95a_720.png" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/05e9aaf3-9d71-884d-be59-580f4e70feb6" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/05e9aaf3-9d71-884d-be59-580f4e70feb6/df30a3c0-6761-4e1c-81a9-7af847e638e9_720.png" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/93d7ffe6-f79e-fd4a-9314-18845a1f0a5a" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/93d7ffe6-f79e-fd4a-9314-18845a1f0a5a/b2c7a8bc-843d-4a25-8a9c-067a433f0930_720.png" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b1e69c47-55fb-8241-a431-dd8e35542100" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b1e69c47-55fb-8241-a431-dd8e35542100/0f3cd07a-4231-4ce7-8710-8c6c649efb29_720.png" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1a93813d-14d7-2048-bf08-55d5e9fbf911" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1a93813d-14d7-2048-bf08-55d5e9fbf911/31eec32d-f3a5-4eaf-ba1c-6a0dca7d5ab0_720.jpg" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/93fa715d-75c2-5241-9b5b-da43e53ddf0e" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/93fa715d-75c2-5241-9b5b-da43e53ddf0e/4eb094ed-163b-4e50-93c4-e7c085baa442_720.jpg" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/79dd82db-854a-3846-a0cb-b28e502ccb48" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/79dd82db-854a-3846-a0cb-b28e502ccb48/13cb23f0-9f7f-4449-af7a-cd754e9e72da_720.jpg" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d298568a-38de-1441-930d-2312ffae4f83" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d298568a-38de-1441-930d-2312ffae4f83/b9fdbbf5-d599-40f1-bafb-0d0836e85de7_720.jpg" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9ed5be1f-82ff-8442-86bb-6d1b1daaf009" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9ed5be1f-82ff-8442-86bb-6d1b1daaf009/b90deb82-c006-4b2b-9176-c8fbabb41c81_720.png" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cc3e77e1-7b81-934c-8264-6338109bb0e9" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cc3e77e1-7b81-934c-8264-6338109bb0e9/1c69ad82-8703-46a7-a581-99d7fb43e62c_720.jpg" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ee097f82-b7ee-a14a-a93d-d01252a04ec2" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ee097f82-b7ee-a14a-a93d-d01252a04ec2/c7383a6c-d89f-490f-88ee-25399d900814_720.jpg" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/30ba802b-2606-c644-a000-ba08ce183a0f" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/30ba802b-2606-c644-a000-ba08ce183a0f/48ebbde7-d8a8-4609-8fb1-5f8e8e7839f1_720.png" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c2da4f4e-807c-b140-a188-befda28bba03" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c2da4f4e-807c-b140-a188-befda28bba03/4b5f9d46-845c-4791-85de-2b74c56b9c44_720.png" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/78532f72-2329-4a4d-9694-467f97eb2253" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/78532f72-2329-4a4d-9694-467f97eb2253/e3ebe5d3-9dea-4287-80b5-2b3fc20ecc0d_720.png" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/74db9bd9-06f4-2541-8784-d91407a78000" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/74db9bd9-06f4-2541-8784-d91407a78000/aea529dd-4c4f-41a5-9b35-0aa00e4c40a4_720.png" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/438460ed-388a-ac47-b303-7b9c9f213c1c" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/438460ed-388a-ac47-b303-7b9c9f213c1c/742fa83f-942c-40dc-b142-6d0909aa8866_720.jpg" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8c3f11f0-4282-054e-a1a4-17bb5e386f5e" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8c3f11f0-4282-054e-a1a4-17bb5e386f5e/f4943393-4b7d-48ca-9f2a-a6fa0733b406_720.jpg" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4df6bb1a-7e61-6a47-a0fc-b948932226fb" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4df6bb1a-7e61-6a47-a0fc-b948932226fb/67e76f38-cebe-44d1-8322-59ca06fcac7c_720.jpg" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/353a7c25-0566-8c4c-a715-7dabdafe4049" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/353a7c25-0566-8c4c-a715-7dabdafe4049/9a150703-b832-4646-a901-dfde5009b0c1_720.jpg" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4914f17a-a0d5-e845-a362-ac3a45aa1908" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4914f17a-a0d5-e845-a362-ac3a45aa1908/51d81c2b-3bf5-43b5-a8f8-3683ec0852a2_720.png" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c8790b24-df6c-a343-84c5-27d19b6c74ac" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c8790b24-df6c-a343-84c5-27d19b6c74ac/ae959bc8-81d1-4a23-a23a-5689c06f0b54_720.png" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/002dd7c4-f27d-764d-9ad3-166ced743d3e" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/002dd7c4-f27d-764d-9ad3-166ced743d3e/c6aa4879-987c-49b0-995d-7145c88dcc9a_720.jpg" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/17ad0363-b892-394a-b389-a049e91112be" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17ad0363-b892-394a-b389-a049e91112be/c2a7cfcb-a24d-4e6c-831a-1d9ec6aec15a_720.jpg" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/796e8912-3ea9-a148-8436-e6db7f12e2d1" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/796e8912-3ea9-a148-8436-e6db7f12e2d1/0a702686-692a-4ea6-8a2b-b4608a1b9c59_720.jpg" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1bb8e240-deda-1a4c-bc55-7206568d62f9" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1bb8e240-deda-1a4c-bc55-7206568d62f9/46c0f771-48a5-4544-975c-3baddb800c4d_720.jpg" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/07c3ea1a-215f-974b-ada3-d94ae9ac985d" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/07c3ea1a-215f-974b-ada3-d94ae9ac985d/bd4dbc02-0e0f-4892-b60a-704b584a48de_720.png" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f5c1971f-ba1f-1240-8db8-9ddddd3e0ef1" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f5c1971f-ba1f-1240-8db8-9ddddd3e0ef1/558b58e8-1cb8-4ce6-aeab-758d6b15423c_720.png" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3c11ce8b-d38a-b947-b778-fb6c0e859371" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3c11ce8b-d38a-b947-b778-fb6c0e859371/37997b77-40d8-477a-8f2f-c97c4f00e4b8_720.png" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d504cb68-cea4-0743-b2ea-12d93b388d46" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d504cb68-cea4-0743-b2ea-12d93b388d46/a4878c0f-ebcb-4374-b527-ebd0cb916438_720.png" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c3e62955-4286-7346-b3b6-352b02605ba1" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c3e62955-4286-7346-b3b6-352b02605ba1/3ae4dbdd-68a4-43c5-bb4f-f2290e09252a_720.png" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8cb457d2-8053-7c43-9a3c-14a8c54edc04" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8cb457d2-8053-7c43-9a3c-14a8c54edc04/8e5be662-1823-4acb-931c-ba3a24c487d6_720.png" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c2bc8824-b1b8-0d4d-95f1-c05681a6ace2" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c2bc8824-b1b8-0d4d-95f1-c05681a6ace2/f8649283-4e83-4e3e-84bb-ab9243b3ff21_720.png" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/425d4325-5f9b-0042-82cb-443d6a9359a6" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/425d4325-5f9b-0042-82cb-443d6a9359a6/fe2e8b2c-c0f0-4967-a96c-e354ae84755d_720.png" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dca0ca39-de78-b746-90e3-bd43c94b34b3" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dca0ca39-de78-b746-90e3-bd43c94b34b3/9d1d41c5-3b64-4d42-a88b-ff93ba54fa58_720.png" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0e305ca6-4d94-9943-b37e-a3ceae94d143" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e305ca6-4d94-9943-b37e-a3ceae94d143/cd814e83-6482-4d0d-bbe0-256ff5f4bc98_720.png" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dfe3c1a5-bc04-ce44-a68f-6faf8e2544b6" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dfe3c1a5-bc04-ce44-a68f-6faf8e2544b6/29ffabb8-9d23-4a51-b31b-8fc7563938fd_720.png" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f8169d76-14e0-0c49-a838-33f4af033050" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f8169d76-14e0-0c49-a838-33f4af033050/27b2dff7-10da-4b01-a727-2e47f2855eda_720.png" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/65a1e32f-1b8d-c94a-9b41-cbcd5759e632" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/65a1e32f-1b8d-c94a-9b41-cbcd5759e632/fcd5bf2c-9f9a-4db4-91eb-d029d5a8bdd6_720.png" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/295292e9-52ba-3b4a-b87a-d67716ef7521" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/295292e9-52ba-3b4a-b87a-d67716ef7521/e63acc78-4a85-4417-a22a-d0c3e0680abf_720.png" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/303b2996-7059-a748-b277-2510df448bbf" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/303b2996-7059-a748-b277-2510df448bbf/65a709e6-46a7-4d07-aba0-58f323a57089_720.png" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/59df6708-bac4-1649-9843-2c7cd2898afd" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/59df6708-bac4-1649-9843-2c7cd2898afd/c276d674-6b0d-4910-b91b-b2d9dbd330c0_720.png" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9b29a119-fb2c-234e-abf5-4b87b071bb7c" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9b29a119-fb2c-234e-abf5-4b87b071bb7c/afd07332-ed74-4e77-b8d6-61f7c63b15b1_720.png" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4d4db21f-def6-424a-84d1-e3716771a3ba" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4d4db21f-def6-424a-84d1-e3716771a3ba/5da06c19-d49e-46f5-b02f-aadd4ddf1125_720.png" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5d00b616-def3-514b-8f70-dcf51c5b5254" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5d00b616-def3-514b-8f70-dcf51c5b5254/370dd4e5-4653-4fe4-9a2a-3961a5c0c413_720.png" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3832349d-cab3-4c44-82ad-73aad7a0b666" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3832349d-cab3-4c44-82ad-73aad7a0b666/093e8f19-8b02-4c7d-9aaa-9dba07b6c473_720.png" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2458e3ba-17f2-e64a-81b1-06587da09700" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2458e3ba-17f2-e64a-81b1-06587da09700/d203ddd0-dde1-41fa-a6b8-6309a3426141_720.jpg" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c1714d92-ce1a-6c46-891b-820cef0ea9d3" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c1714d92-ce1a-6c46-891b-820cef0ea9d3/04dc70c3-3c3b-4739-973f-3076d0c48158_720.jpg" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/26623b1f-642e-e843-8ac4-6df5d9d5a222" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/26623b1f-642e-e843-8ac4-6df5d9d5a222/0f74a03c-cb4d-4b21-b124-1ee83d6ba271_720.jpg" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5e66fb3f-d1bd-7e45-9305-32d1ddf431f1" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5e66fb3f-d1bd-7e45-9305-32d1ddf431f1/579736b2-f492-416a-b6ce-bad1b1354728_720.png" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e3b3cf3e-5318-df40-9e3e-cb4dd3e597cf" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e3b3cf3e-5318-df40-9e3e-cb4dd3e597cf/d8937f30-7ec1-42a3-925c-429fcfe80bc7_720.jpg" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cf3518ec-42e6-8841-8e10-32b3f8450fd7" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf3518ec-42e6-8841-8e10-32b3f8450fd7/d8937f30-7ec1-42a3-925c-429fcfe80bc7_720.jpg" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9f4760e2-d17c-9a42-81ba-7042126347dc" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9f4760e2-d17c-9a42-81ba-7042126347dc/e0fbfb0e-8a50-4d01-bf86-703aa76d584e_720.PNG" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fc29635a-08db-f846-bdb0-12d48ac5a4c7" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fc29635a-08db-f846-bdb0-12d48ac5a4c7/6f9158b3-d37d-4395-a5d3-71d46b0b7e84_720.jpg" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/25916e7f-7c20-3c44-9848-b3d7d07c502e" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/25916e7f-7c20-3c44-9848-b3d7d07c502e/023b6c1e-7001-424d-811e-f5e72f401fd4_720.jpg" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b59dfd42-0fd2-7e4c-aa28-cbf079990977" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b59dfd42-0fd2-7e4c-aa28-cbf079990977/30da7d71-7630-423f-8783-4d9c2d97551f_720.png" TargetMode="External"/><Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3b3d3af7-1667-2b4b-b728-14bcee90f4f3" TargetMode="External"/><Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3b3d3af7-1667-2b4b-b728-14bcee90f4f3/2e762a65-7619-4f40-9072-1eaf67dce4fd_720.png" TargetMode="External"/><Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1bda9d98-e43e-224a-9d75-ff468b1765d3" TargetMode="External"/><Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1bda9d98-e43e-224a-9d75-ff468b1765d3/84745d79-122e-4da7-9ea6-76b673e1a3a2_720.png" TargetMode="External"/><Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d87e4ed2-959f-ea42-8c55-40caff4252e9" TargetMode="External"/><Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d87e4ed2-959f-ea42-8c55-40caff4252e9/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6c7cba32-333b-a843-85b3-96cc4d8fdb14" TargetMode="External"/><Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c7cba32-333b-a843-85b3-96cc4d8fdb14/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/877c70e6-dc81-5b46-b168-b562ae748eb0" TargetMode="External"/><Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/877c70e6-dc81-5b46-b168-b562ae748eb0/0fcdbeb6-659a-440c-96f9-dc28f43f0b8c_720.png" TargetMode="External"/><Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5e64137c-4090-964b-85a7-237184bdc7a6" TargetMode="External"/><Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5e64137c-4090-964b-85a7-237184bdc7a6/9a07e877-c770-4680-8103-f80ce510082a_720.png" TargetMode="External"/><Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/028d0546-d30b-7b47-af12-ca6e95c7e272" TargetMode="External"/><Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/028d0546-d30b-7b47-af12-ca6e95c7e272/e5d59e80-c408-4490-ba1a-29ad47247d56_720.png" TargetMode="External"/><Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/369779dd-2d6e-9242-860d-7e14bba129a7" TargetMode="External"/><Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/369779dd-2d6e-9242-860d-7e14bba129a7/e8fedebd-562d-4365-bb58-6c304b1e7bd8_720.png" TargetMode="External"/><Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a1c7d1bb-165d-ad40-967b-8face9875795" TargetMode="External"/><Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a1c7d1bb-165d-ad40-967b-8face9875795/12462a86-e33a-4e2c-8c6d-68065f7872d2_720.png" TargetMode="External"/><Relationship Id="rId1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bfc656d4-cf2c-8d48-955e-12983219110c" TargetMode="External"/><Relationship Id="rId1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bfc656d4-cf2c-8d48-955e-12983219110c/af967f04-9a05-4129-b5d6-503633fff3aa_720.png" TargetMode="External"/><Relationship Id="rId1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f9785e8e-755f-904e-b84a-436cbfb00312" TargetMode="External"/><Relationship Id="rId1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f9785e8e-755f-904e-b84a-436cbfb00312/4d02ed24-7251-4ed1-8e52-18ca71bc3859_720.png" TargetMode="External"/><Relationship Id="rId1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2eca6db8-7809-324a-b717-215d9499e780" TargetMode="External"/><Relationship Id="rId1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2eca6db8-7809-324a-b717-215d9499e780/472ae1be-f7f2-4490-9ec5-f9a02c082546_720.png" TargetMode="External"/><Relationship Id="rId1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9f6fad31-50ff-f546-82b7-c63effa6ad82" TargetMode="External"/><Relationship Id="rId1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9f6fad31-50ff-f546-82b7-c63effa6ad82/548b04af-21c9-4117-a713-c9901f5bbc4a_720.png" TargetMode="External"/><Relationship Id="rId1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a98c69bf-4212-de40-8c0b-58ab44cfaff4" TargetMode="External"/><Relationship Id="rId1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a98c69bf-4212-de40-8c0b-58ab44cfaff4/31c5c390-a617-4ee8-b088-3d742a1f9bd7_720.png" TargetMode="External"/><Relationship Id="rId1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/df7b3133-5040-8047-92f2-bd3152533ed0" TargetMode="External"/><Relationship Id="rId1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/df7b3133-5040-8047-92f2-bd3152533ed0/992cfa1d-e165-4ebe-ac2e-b1b9b80a5ba4_720.jpg" TargetMode="External"/><Relationship Id="rId1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/321b66c3-2ed6-c846-940a-2309f2eb3447" TargetMode="External"/><Relationship Id="rId1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/321b66c3-2ed6-c846-940a-2309f2eb3447/bf58ec76-25f4-4707-b2e4-3fcb4cf60254_720.jpg" TargetMode="External"/><Relationship Id="rId1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/89627793-c4b4-0a4f-92f2-21705b81ba99" TargetMode="External"/><Relationship Id="rId1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/89627793-c4b4-0a4f-92f2-21705b81ba99/ede8ce7d-d508-4f99-b6dc-c830dc15e40f_720.jpg" TargetMode="External"/><Relationship Id="rId1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2aab32ce-eb84-a14b-bf47-9b123e9b5f82" TargetMode="External"/><Relationship Id="rId1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2aab32ce-eb84-a14b-bf47-9b123e9b5f82/742eb95f-7760-4ead-b048-6bc6ab88e8ef_720.png" TargetMode="External"/><Relationship Id="rId1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/21de5cb4-5771-0042-aa3d-7741edf2a5f7" TargetMode="External"/><Relationship Id="rId1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/21de5cb4-5771-0042-aa3d-7741edf2a5f7/4307fe4d-0e96-4448-a531-6ec756650ae5_720.jpg" TargetMode="External"/><Relationship Id="rId1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/391a4559-0207-6045-9278-8db9319e425c" TargetMode="External"/><Relationship Id="rId1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/391a4559-0207-6045-9278-8db9319e425c/3da06749-b0e2-46bf-8487-3f68d90cfe41_720.png" TargetMode="External"/><Relationship Id="rId1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/520a4151-e0ee-a24f-bc34-bf7dc61aff0c" TargetMode="External"/><Relationship Id="rId1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/520a4151-e0ee-a24f-bc34-bf7dc61aff0c/4307fe4d-0e96-4448-a531-6ec756650ae5_720.jpg" TargetMode="External"/><Relationship Id="rId1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3a4f0cf3-929d-ad49-83bb-60983a8d4c7f" TargetMode="External"/><Relationship Id="rId1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3a4f0cf3-929d-ad49-83bb-60983a8d4c7f/3da06749-b0e2-46bf-8487-3f68d90cfe41_720.png" TargetMode="External"/><Relationship Id="rId1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0d453e44-511f-a647-a043-b35c27787a1a" TargetMode="External"/><Relationship Id="rId1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0d453e44-511f-a647-a043-b35c27787a1a/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3fa694f9-d83c-b44c-bda9-a4294482e2ab" TargetMode="External"/><Relationship Id="rId1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3fa694f9-d83c-b44c-bda9-a4294482e2ab/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/904e99d5-3f87-1d41-81a0-bc8bbed61649" TargetMode="External"/><Relationship Id="rId1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/904e99d5-3f87-1d41-81a0-bc8bbed61649/db98cb8d-a5f0-455e-a348-532bae2ea353_720.png" TargetMode="External"/><Relationship Id="rId1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/046cf71a-147e-8c4d-8166-13b5906e31b7" TargetMode="External"/><Relationship Id="rId1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/046cf71a-147e-8c4d-8166-13b5906e31b7/e0fc2564-d1cd-4be0-9ffb-fcb2f6fb25e1_720.png" TargetMode="External"/><Relationship Id="rId1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b26a1053-5504-5042-96a8-ae57a9b59d03" TargetMode="External"/><Relationship Id="rId1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b26a1053-5504-5042-96a8-ae57a9b59d03/0ebe0ef4-5a13-42c4-9018-61243e433bfe_720.png" TargetMode="External"/><Relationship Id="rId1374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/147e65c7-9029-5642-b817-eac0fa92b919" TargetMode="External"/><Relationship Id="rId1375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/147e65c7-9029-5642-b817-eac0fa92b919/3d474671-696b-49d5-8bc4-c166012161b1_720.png" TargetMode="External"/><Relationship Id="rId1376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/307af5f2-7d44-ad4c-af8e-65be9b624353" TargetMode="External"/><Relationship Id="rId1377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/307af5f2-7d44-ad4c-af8e-65be9b624353/a758402d-3a29-4a96-a479-9b998d8a829d_720.png" TargetMode="External"/><Relationship Id="rId1378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e5ae2669-f3d9-c24b-ac72-cf94c68cf1c7" TargetMode="External"/><Relationship Id="rId1379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e5ae2669-f3d9-c24b-ac72-cf94c68cf1c7/306c3962-6e4a-4418-96b5-9adbba3c00cc_720.png" TargetMode="External"/><Relationship Id="rId1380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8dad5284-a90a-4148-9cc3-615521a1249d" TargetMode="External"/><Relationship Id="rId1381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8dad5284-a90a-4148-9cc3-615521a1249d/3286a937-6b10-4b01-b547-370b488ef1a2_720.png" TargetMode="External"/><Relationship Id="rId1382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d8542770-e61e-4548-bde4-76c7fbd52594" TargetMode="External"/><Relationship Id="rId1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d8542770-e61e-4548-bde4-76c7fbd52594/2e02388f-43e8-4e18-9fe9-1e3ec25dcddc_720.png" TargetMode="External"/><Relationship Id="rId1384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0f64df36-7a9a-854f-b0d3-10ce416dc218" TargetMode="External"/><Relationship Id="rId1385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0f64df36-7a9a-854f-b0d3-10ce416dc218/7d32cb3f-2669-4792-a790-5ab508924bbe_720.png" TargetMode="External"/><Relationship Id="rId1386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/53c944f0-1983-c94a-b4d6-3d8b1f8b63e5" TargetMode="External"/><Relationship Id="rId1387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/53c944f0-1983-c94a-b4d6-3d8b1f8b63e5/79b66ef8-4edd-4618-a8d3-b6e9dadbf63e_720.png" TargetMode="External"/><Relationship Id="rId1388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9da3a9d1-23b8-0048-af02-cf5673b1e8a7" TargetMode="External"/><Relationship Id="rId1389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9da3a9d1-23b8-0048-af02-cf5673b1e8a7/f0892ded-0791-4103-b25c-cdbf9c2978ae_720.png" TargetMode="External"/><Relationship Id="rId1390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/621cbe3a-1320-5041-b514-f2a065337918" TargetMode="External"/><Relationship Id="rId1391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/621cbe3a-1320-5041-b514-f2a065337918/6be80075-fee5-4844-aa4f-c548af46d885_720.png" TargetMode="External"/><Relationship Id="rId1392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4b51c31e-7c73-8e49-a3e6-673587ab1b92" TargetMode="External"/><Relationship Id="rId1393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4b51c31e-7c73-8e49-a3e6-673587ab1b92/19b2f0f5-7596-4c74-aa37-d91f22c95659_720.png" TargetMode="External"/><Relationship Id="rId1394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5758c1bd-f050-ef4d-b2d2-b48155c5cb16" TargetMode="External"/><Relationship Id="rId1395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5758c1bd-f050-ef4d-b2d2-b48155c5cb16/f0f5a02f-3a2b-4139-adf0-d1af457740ea_720.png" TargetMode="External"/><Relationship Id="rId1396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5706cd51-8c7a-a849-b2f4-1f861a424f37" TargetMode="External"/><Relationship Id="rId1397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5706cd51-8c7a-a849-b2f4-1f861a424f37/eca02086-1b24-437e-b70b-f11882a45fe4_720.jpg" TargetMode="External"/><Relationship Id="rId1398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d76305bd-4cb0-e147-8733-1ff2586a669f" TargetMode="External"/><Relationship Id="rId1399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d76305bd-4cb0-e147-8733-1ff2586a669f/38be4d91-f320-42c5-9ce2-7ca9c88dcc9b_720.jpg" TargetMode="External"/><Relationship Id="rId1400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e88321f2-126f-d349-a308-268da0d5f68f" TargetMode="External"/><Relationship Id="rId1401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e88321f2-126f-d349-a308-268da0d5f68f/2e04aad9-fd18-47a1-aa84-8f40cf7b8b31_720.jpg" TargetMode="External"/><Relationship Id="rId1402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c6cd1107-ab5b-8744-9f24-ba91fbdd741d" TargetMode="External"/><Relationship Id="rId1403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c6cd1107-ab5b-8744-9f24-ba91fbdd741d/13dd9999-cea6-4019-8f61-9e8ba405c97b_720.jpg" TargetMode="External"/><Relationship Id="rId1404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/16e2fab8-1d3d-e04f-8feb-85b7f75c1dad" TargetMode="External"/><Relationship Id="rId1405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/16e2fab8-1d3d-e04f-8feb-85b7f75c1dad/cabd87c1-f90c-4333-8862-d4fdd7f4f34e_720.png" TargetMode="External"/><Relationship Id="rId1406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/794c6d8b-46a6-2843-bcc6-e5cf3d0f7ad6" TargetMode="External"/><Relationship Id="rId1407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/794c6d8b-46a6-2843-bcc6-e5cf3d0f7ad6/a49b45fd-fe24-4653-96f4-7902d8f76aaa_720.jpg" TargetMode="External"/><Relationship Id="rId1408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/26c8f1e1-471e-3444-bb18-801265e004d2" TargetMode="External"/><Relationship Id="rId1409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/26c8f1e1-471e-3444-bb18-801265e004d2/f8fa6f82-5a9f-4060-b7e8-15d7a7e05f45_720.png" TargetMode="External"/><Relationship Id="rId1410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/388347f1-8be5-a144-a9e9-14da4792e8fc" TargetMode="External"/><Relationship Id="rId1411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/388347f1-8be5-a144-a9e9-14da4792e8fc/f8fa6f82-5a9f-4060-b7e8-15d7a7e05f45_720.png" TargetMode="External"/><Relationship Id="rId1412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b0c5e198-5f4b-4848-8a7a-882a6bc6e0ca" TargetMode="External"/><Relationship Id="rId1413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b0c5e198-5f4b-4848-8a7a-882a6bc6e0ca/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/98fc5ecd-130d-d546-a86a-49465a6338f2" TargetMode="External"/><Relationship Id="rId1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/98fc5ecd-130d-d546-a86a-49465a6338f2/0efa433d-2939-4b58-b2ae-b21702313e63_720.png" TargetMode="External"/><Relationship Id="rId1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8528975a-6cd8-204e-acbc-68b97fd272cb" TargetMode="External"/><Relationship Id="rId1417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8528975a-6cd8-204e-acbc-68b97fd272cb/cb60b932-ad68-4de9-9f44-4c8274b2a754_720.png" TargetMode="External"/><Relationship Id="rId1418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6f7e3409-ef24-9243-a840-b46caa290198" TargetMode="External"/><Relationship Id="rId1419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6f7e3409-ef24-9243-a840-b46caa290198/e0a08163-9f73-4621-9caf-f202e8e0431a_720.png" TargetMode="External"/><Relationship Id="rId1420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/39717af3-3e4c-b94e-aa36-2834cd2b3f42" TargetMode="External"/><Relationship Id="rId1421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/39717af3-3e4c-b94e-aa36-2834cd2b3f42/cb09adce-f6f9-4a0b-a190-a0bfc97672e1_720.png" TargetMode="External"/><Relationship Id="rId1422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/788b2e69-bcd0-e241-8bf9-efb59ba3ab8b" TargetMode="External"/><Relationship Id="rId1423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/788b2e69-bcd0-e241-8bf9-efb59ba3ab8b/502afd30-575a-460c-b1b5-909d9b6164a3_720.png" TargetMode="External"/><Relationship Id="rId1424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fb9efb9b-5b9b-2d4a-a672-6de593abac58" TargetMode="External"/><Relationship Id="rId1425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb9efb9b-5b9b-2d4a-a672-6de593abac58/64e85237-f907-41ec-9689-bc26b7859446_720.png" TargetMode="External"/><Relationship Id="rId1426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f974770a-e800-644d-8386-f80eb8aa1c30" TargetMode="External"/><Relationship Id="rId1427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f974770a-e800-644d-8386-f80eb8aa1c30/00c1cf2a-0f5f-4ce6-98c6-2f15efe3e8cf_720.png" TargetMode="External"/><Relationship Id="rId1428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2a5001f6-aac9-0c4a-8b51-b1573f531f42" TargetMode="External"/><Relationship Id="rId1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a5001f6-aac9-0c4a-8b51-b1573f531f42/d183b1be-8d27-4217-a374-7c86f71dc0ec_720.png" TargetMode="External"/><Relationship Id="rId1430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f9e3fd8c-7be0-f546-b668-4007f4555dff" TargetMode="External"/><Relationship Id="rId1431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7322f4f5-4a98-9c4f-9409-b1644a0fe23f" TargetMode="External"/><Relationship Id="rId1432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d3e2702a-0960-d449-a82a-56b9e1e5c4fa" TargetMode="External"/><Relationship Id="rId1433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/571ad5fe-b209-0843-b3f1-87b62b39c183" TargetMode="External"/><Relationship Id="rId1434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a01ad40e-2ce5-3740-863a-6d4d4f2e0ee7" TargetMode="External"/><Relationship Id="rId1435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a01ad40e-2ce5-3740-863a-6d4d4f2e0ee7/be2f6854-344a-403b-ab83-95f9485b6da3_720.png" TargetMode="External"/><Relationship Id="rId1436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0175188a-00d9-9e4c-943d-a3be938af702" TargetMode="External"/><Relationship Id="rId1437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0175188a-00d9-9e4c-943d-a3be938af702/808afee7-0e92-4910-aae4-c655975d7ed8_720.png" TargetMode="External"/><Relationship Id="rId1438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8cd0e68f-2151-f647-8a38-249ece148803" TargetMode="External"/><Relationship Id="rId1439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8cd0e68f-2151-f647-8a38-249ece148803/67872cc7-0738-4947-be16-a6bc18e9b9fe_720.png" TargetMode="External"/><Relationship Id="rId1440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/242f6cd3-8235-0d40-aede-a7504459b404" TargetMode="External"/><Relationship Id="rId1441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/242f6cd3-8235-0d40-aede-a7504459b404/ca3f78fd-c1c6-4fd7-bc29-30aa5b8ac692_720.jpg" TargetMode="External"/><Relationship Id="rId1442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0000d9a8-5222-7648-b38b-8b3cd58210ec" TargetMode="External"/><Relationship Id="rId1443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0000d9a8-5222-7648-b38b-8b3cd58210ec/1feeaafb-601b-470b-af36-eb6cc9084a42_720.jpg" TargetMode="External"/><Relationship Id="rId1444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e53d66f1-74d0-c245-89ce-e009e1999bcb" TargetMode="External"/><Relationship Id="rId1445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e53d66f1-74d0-c245-89ce-e009e1999bcb/4c17a3bc-d8c3-489b-b754-9844f292d6a7_720.png" TargetMode="External"/><Relationship Id="rId1446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/28c04038-5574-1149-b80b-3da1fe22afb4" TargetMode="External"/><Relationship Id="rId1447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/28c04038-5574-1149-b80b-3da1fe22afb4/4c17a3bc-d8c3-489b-b754-9844f292d6a7_720.png" TargetMode="External"/><Relationship Id="rId1448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f4b234d6-74b8-7e4b-9659-cbfe390654f0" TargetMode="External"/><Relationship Id="rId1449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/14568a17-f2ca-4f4d-9295-67725e5a6919" TargetMode="External"/><Relationship Id="rId1450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/14568a17-f2ca-4f4d-9295-67725e5a6919/4018a3b2-b074-4d82-99f3-cf68c71e9ddd_720.png" TargetMode="External"/><Relationship Id="rId1451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/c91e24a6-c2d3-4041-a2af-2e19e9efbca6" TargetMode="External"/><Relationship Id="rId1452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/c91e24a6-c2d3-4041-a2af-2e19e9efbca6/4018a3b2-b074-4d82-99f3-cf68c71e9ddd_720.png" TargetMode="External"/><Relationship Id="rId1453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/41dfec42-b821-ea49-aee9-fba464c6617e" TargetMode="External"/><Relationship Id="rId1454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41dfec42-b821-ea49-aee9-fba464c6617e/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/410eb387-7877-b245-914b-5fa06d7b3b07" TargetMode="External"/><Relationship Id="rId1456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/410eb387-7877-b245-914b-5fa06d7b3b07/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3394ed4a-35ba-b441-85f2-a20ff8dc26a6" TargetMode="External"/><Relationship Id="rId1458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3394ed4a-35ba-b441-85f2-a20ff8dc26a6/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png" TargetMode="External"/><Relationship Id="rId1459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cf308fd4-f63b-6146-a3d8-fa554314fd2c" TargetMode="External"/><Relationship Id="rId1460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf308fd4-f63b-6146-a3d8-fa554314fd2c/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/81ec5373-05f5-c94a-bb22-f2dc6a35b1c9" TargetMode="External"/><Relationship Id="rId1462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/81ec5373-05f5-c94a-bb22-f2dc6a35b1c9/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/00c037c8-6e71-3943-90f9-f14e6b6b6af0" TargetMode="External"/><Relationship Id="rId1464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/00c037c8-6e71-3943-90f9-f14e6b6b6af0/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8ce2e224-ea5e-b142-9f78-413f5b412cb1" TargetMode="External"/><Relationship Id="rId1466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8ce2e224-ea5e-b142-9f78-413f5b412cb1/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png" TargetMode="External"/><Relationship Id="rId1467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/872f0cfc-b399-7143-b055-5a116dcb69d3" TargetMode="External"/><Relationship Id="rId1468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/872f0cfc-b399-7143-b055-5a116dcb69d3/b9699b96-c039-420f-b5eb-98c8ec2dd368_720.png" TargetMode="External"/><Relationship Id="rId1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d797b353-5ed7-5845-bd68-7725723149f6" TargetMode="External"/><Relationship Id="rId1470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d797b353-5ed7-5845-bd68-7725723149f6/b7d2f823-69c5-47a8-84eb-111f2c81d60a_720.png" TargetMode="External"/><Relationship Id="rId1471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dcb546c1-6063-bd4c-a5a6-4d0592273af5" TargetMode="External"/><Relationship Id="rId1472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dcb546c1-6063-bd4c-a5a6-4d0592273af5/07c9977c-bd08-402d-bd26-13a97c29812e_720.jpg" TargetMode="External"/><Relationship Id="rId1473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/151d2c31-9027-4944-90e3-78045068acdd" TargetMode="External"/><Relationship Id="rId1474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/151d2c31-9027-4944-90e3-78045068acdd/b00a2b66-1529-4273-b74d-4bf308271bbf_720.jpg" TargetMode="External"/><Relationship Id="rId1475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/44bfebe1-e482-124a-b034-0141189ee2df" TargetMode="External"/><Relationship Id="rId1476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/44bfebe1-e482-124a-b034-0141189ee2df/dc8a6421-ab14-405f-8b3a-3dc780382b2c_720.png" TargetMode="External"/><Relationship Id="rId1477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/feab5069-6474-7047-9b93-4f4a6f316c93" TargetMode="External"/><Relationship Id="rId1478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/feab5069-6474-7047-9b93-4f4a6f316c93/42952030-9b51-43f9-b44f-ef4749397c60_720.png" TargetMode="External"/><Relationship Id="rId1479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/94d197bf-4361-4e43-a841-ad29e515f4d8" TargetMode="External"/><Relationship Id="rId1480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/94d197bf-4361-4e43-a841-ad29e515f4d8/bee59a61-b13e-4278-a9d6-f9a9ec705ead_720.png" TargetMode="External"/><Relationship Id="rId1481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/32a29c6a-c917-f447-a3eb-d2989204589d" TargetMode="External"/><Relationship Id="rId1482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/32a29c6a-c917-f447-a3eb-d2989204589d/6d148bda-07c0-40a0-bc59-ae077c9e32e7_720.png" TargetMode="External"/><Relationship Id="rId1483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2ca82556-7432-1349-bbbb-542add8339ed" TargetMode="External"/><Relationship Id="rId1484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2ca82556-7432-1349-bbbb-542add8339ed/a311af71-e208-4c0d-bff8-46cda29a351c_720.JPG" TargetMode="External"/><Relationship Id="rId1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2761fa47-8895-5446-b480-3250985440eb" TargetMode="External"/><Relationship Id="rId1486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2761fa47-8895-5446-b480-3250985440eb/3b35ffea-7195-4562-b255-86715cfdf3db_720.jpg" TargetMode="External"/><Relationship Id="rId1487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9a1aaa3d-152c-8841-b250-2c202b8d51d8" TargetMode="External"/><Relationship Id="rId1488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a1aaa3d-152c-8841-b250-2c202b8d51d8/b8ba35e6-f7fc-4c63-ab84-9dbefd31aecd_720.png" TargetMode="External"/><Relationship Id="rId1489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0e2cd72b-e074-454a-8a1c-601fcdf71012" TargetMode="External"/><Relationship Id="rId1490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0e2cd72b-e074-454a-8a1c-601fcdf71012/7e603c93-3385-4627-9701-0b46383f414e_720.jpg" TargetMode="External"/><Relationship Id="rId1491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7b20ee63-e638-bb46-943b-c04f753cfde0" TargetMode="External"/><Relationship Id="rId1492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7b20ee63-e638-bb46-943b-c04f753cfde0/83b3c440-67e9-4503-93b2-e0792a4c57f0_720.jpg" TargetMode="External"/><Relationship Id="rId1493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6c95702b-dbc1-a34a-a03d-dcd17134d140" TargetMode="External"/><Relationship Id="rId1494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c95702b-dbc1-a34a-a03d-dcd17134d140/ff9b0b65-45d4-4c98-ae7b-e8dcec4a6b32_720.jpg" TargetMode="External"/><Relationship Id="rId1495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1b6c4ee4-4f7f-da42-a6fc-204c3cfb215e" TargetMode="External"/><Relationship Id="rId1496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1b6c4ee4-4f7f-da42-a6fc-204c3cfb215e/cbe451f4-3f54-4a64-81c8-b749fc4db0a5_720.JPG" TargetMode="External"/><Relationship Id="rId1497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4230e9d2-5e25-3643-9845-9d2ee6d21d6e" TargetMode="External"/><Relationship Id="rId1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4230e9d2-5e25-3643-9845-9d2ee6d21d6e/ce071a6d-9e7a-4b7a-81bc-65a1dfafd622_720.jpg" TargetMode="External"/><Relationship Id="rId1499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5ffb67ac-5cd4-f248-ba4a-65661ff52b04" TargetMode="External"/><Relationship Id="rId1500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5ffb67ac-5cd4-f248-ba4a-65661ff52b04/15beef31-a9aa-4dbe-ab15-5397e3e8f8db_720.jpg" TargetMode="External"/><Relationship Id="rId1501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7ff822fa-8468-c641-90f9-7676f4e3287d" TargetMode="External"/><Relationship Id="rId1502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7ff822fa-8468-c641-90f9-7676f4e3287d/866c0580-14e8-4beb-9b5b-ec5d6e5c9493_720.jpg" TargetMode="External"/><Relationship Id="rId1503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/358c7bcc-2f8a-1d49-b133-f0fb95439626" TargetMode="External"/><Relationship Id="rId1504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/358c7bcc-2f8a-1d49-b133-f0fb95439626/179bcb25-e532-45cf-970d-3a457a884ac9_720.jpg" TargetMode="External"/><Relationship Id="rId1505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/281e1aa2-9e8a-7b4e-8d46-a1aca5985853" TargetMode="External"/><Relationship Id="rId1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/281e1aa2-9e8a-7b4e-8d46-a1aca5985853/1f0fd0dd-4e02-421f-83c8-e2f5016a22f7_720.jpg" TargetMode="External"/><Relationship Id="rId1507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/aa5e710b-8a4e-ce4a-a014-b09a8b1fc9f7" TargetMode="External"/><Relationship Id="rId1508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aa5e710b-8a4e-ce4a-a014-b09a8b1fc9f7/4c1a275b-4d3b-47b6-8465-0676dc1dafcd_720.jpg" TargetMode="External"/><Relationship Id="rId1509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/69d5ec96-fde7-0f4a-9121-220784ac8d46" TargetMode="External"/><Relationship Id="rId1510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/69d5ec96-fde7-0f4a-9121-220784ac8d46/f8c93e1d-291c-4528-961a-1af4a98789b4_720.jpg" TargetMode="External"/><Relationship Id="rId1511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1fd4e21a-1254-d249-9af7-c1b1cb568e7d" TargetMode="External"/><Relationship Id="rId1512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1fd4e21a-1254-d249-9af7-c1b1cb568e7d/70cbfda5-2c3a-414a-af43-a5968a166897_720.png" TargetMode="External"/><Relationship Id="rId1513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f55cddf5-ff49-fa48-980b-c308ff5d4229" TargetMode="External"/><Relationship Id="rId1514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f55cddf5-ff49-fa48-980b-c308ff5d4229/b9e8b1fa-fa20-487b-8edc-eb3cafdbae84_720.png" TargetMode="External"/><Relationship Id="rId1515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0bd3e495-7630-9a44-8371-b92d7da3cece" TargetMode="External"/><Relationship Id="rId1516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0bd3e495-7630-9a44-8371-b92d7da3cece/1d215bda-fa0b-4e63-9a88-2bb3c6d7f617_720.png" TargetMode="External"/><Relationship Id="rId1517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bd9f333b-4eec-5449-9b9c-5aaeb59d0950" TargetMode="External"/><Relationship Id="rId1518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bd9f333b-4eec-5449-9b9c-5aaeb59d0950/62ec6127-66b0-4425-a98d-500280c3b9c0_720.jpg" TargetMode="External"/><Relationship Id="rId1519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3b7384db-b96e-9b46-8bde-f12d47869ac7" TargetMode="External"/><Relationship Id="rId1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3b7384db-b96e-9b46-8bde-f12d47869ac7/9d1fabb6-d15e-4e98-ae4c-fec54c64aee2_720.jpg" TargetMode="External"/><Relationship Id="rId1521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/17a080e1-a3f6-0a4b-98bb-94e7e4bf9e67" TargetMode="External"/><Relationship Id="rId1522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17a080e1-a3f6-0a4b-98bb-94e7e4bf9e67/1c7dd7f9-ab27-4e5f-a2de-57b1fbac2929_720.png" TargetMode="External"/><Relationship Id="rId1523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ce58e61c-92a5-4841-89c8-23da936aae21" TargetMode="External"/><Relationship Id="rId1524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ce58e61c-92a5-4841-89c8-23da936aae21/42dc0c96-ffef-46a1-95ce-26ee81fed71c_720.png" TargetMode="External"/><Relationship Id="rId1525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/34cb45ae-2543-3d4c-a219-41624bec26d3" TargetMode="External"/><Relationship Id="rId1526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/34cb45ae-2543-3d4c-a219-41624bec26d3/0a1e8797-7466-4e7e-a576-496cd20e9ca2_720.png" TargetMode="External"/><Relationship Id="rId1527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9e5662c7-8095-7247-98f2-8afa83c16426" TargetMode="External"/><Relationship Id="rId1528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9e5662c7-8095-7247-98f2-8afa83c16426/289034a4-3de5-4e87-90d5-0da53d20c450_720.png" TargetMode="External"/><Relationship Id="rId1529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/aeb6ef3d-e22e-8640-a4e4-1ce4eef41ec0" TargetMode="External"/><Relationship Id="rId1530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aeb6ef3d-e22e-8640-a4e4-1ce4eef41ec0/185dbcdf-9aee-43ec-99a9-6d7c0c84a03a_720.png" TargetMode="External"/><Relationship Id="rId1531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0debb5fb-1642-a84e-8955-ae0c75c7bd2a" TargetMode="External"/><Relationship Id="rId1532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0debb5fb-1642-a84e-8955-ae0c75c7bd2a/b4121194-c4c7-4720-a5f4-aebc875fe385_720.png" TargetMode="External"/><Relationship Id="rId1533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dc0ae2cd-96c9-1845-9be0-137670918be6" TargetMode="External"/><Relationship Id="rId1534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc0ae2cd-96c9-1845-9be0-137670918be6/bb66c442-625e-47d5-9e79-48e792efd6e5_720.png" TargetMode="External"/><Relationship Id="rId1535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/50da108a-6e4e-ef46-ad33-f1d8127e5653" TargetMode="External"/><Relationship Id="rId1536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/50da108a-6e4e-ef46-ad33-f1d8127e5653/22d535b0-1fdf-4ba3-b271-cdb8df81a195_720.JPG" TargetMode="External"/><Relationship Id="rId1537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e04d705d-78ea-454d-ad6b-75271c41bfe0" TargetMode="External"/><Relationship Id="rId1538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e04d705d-78ea-454d-ad6b-75271c41bfe0/b7c5a846-7363-412d-9296-f9b2db0c83ef_720.jpg" TargetMode="External"/><Relationship Id="rId1539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3609e420-8cf4-ea47-8dab-15195dde57da" TargetMode="External"/><Relationship Id="rId1540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3609e420-8cf4-ea47-8dab-15195dde57da/72d00419-ed06-4df2-b963-c301e7df0d3b_720.JPG" TargetMode="External"/><Relationship Id="rId1541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/601c59f3-c80d-b748-b3e0-83f7cbef3123" TargetMode="External"/><Relationship Id="rId1542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/601c59f3-c80d-b748-b3e0-83f7cbef3123/9c594fb9-6763-4621-99bf-87da2b4ba8c2_720.jpg" TargetMode="External"/><Relationship Id="rId1543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d3960617-b0d9-cf40-afed-45cabe899a97" TargetMode="External"/><Relationship Id="rId1544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d3960617-b0d9-cf40-afed-45cabe899a97/45e4c016-7b28-43c5-b5e1-1268d06152b5_720.jpg" TargetMode="External"/><Relationship Id="rId1545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/56d924d4-5d57-1443-bedc-059ae64ef1bc" TargetMode="External"/><Relationship Id="rId1546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/56d924d4-5d57-1443-bedc-059ae64ef1bc/09ca5857-38bb-48f2-b222-256f01284c27_720.jpg" TargetMode="External"/><Relationship Id="rId1547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7a700e7f-88be-644b-9625-2d35c7052540" TargetMode="External"/><Relationship Id="rId1548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a700e7f-88be-644b-9625-2d35c7052540/dedbe0ce-01d3-4b58-90bc-bff7451d65c0_720.jpg" TargetMode="External"/><Relationship Id="rId1549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d88e802b-579b-eb45-afba-e488b19fcc47" TargetMode="External"/><Relationship Id="rId1550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d88e802b-579b-eb45-afba-e488b19fcc47/dd129ef1-06e2-4e16-a919-b8c1daa5a537_720.jpg" TargetMode="External"/><Relationship Id="rId1551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a63e2875-6848-df43-802c-52814c949606" TargetMode="External"/><Relationship Id="rId1552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a63e2875-6848-df43-802c-52814c949606/39c04947-bb1f-4347-9ac0-cc5139ec3197_720.jpg" TargetMode="External"/><Relationship Id="rId1553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2227fd63-9752-8a4b-834c-5e966947f04a" TargetMode="External"/><Relationship Id="rId1554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2227fd63-9752-8a4b-834c-5e966947f04a/18ff6527-9ec3-4a73-98e3-02abfa27ec09_720.jpg" TargetMode="External"/><Relationship Id="rId1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8db19def-438f-0943-968f-25b71b8a0502" TargetMode="External"/><Relationship Id="rId1556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8db19def-438f-0943-968f-25b71b8a0502/f8550c3a-c375-4ec6-bc83-98e183bc4f87_720.jpg" TargetMode="External"/><Relationship Id="rId1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b92b1acf-62bc-2549-a879-d70c42deb7b8" TargetMode="External"/><Relationship Id="rId1558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b92b1acf-62bc-2549-a879-d70c42deb7b8/f036ad73-432f-4ab8-87e2-ebc5ff581769_720.jpg" TargetMode="External"/><Relationship Id="rId1559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cbc24836-5871-ea4e-b310-9a7f572b9ad5" TargetMode="External"/><Relationship Id="rId1560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cbc24836-5871-ea4e-b310-9a7f572b9ad5/ae425776-ad20-4cec-9cf4-f9f393433b91_720.jpg" TargetMode="External"/><Relationship Id="rId1561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6c63e6fa-161d-914c-8641-bb07f906494a" TargetMode="External"/><Relationship Id="rId1562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6c63e6fa-161d-914c-8641-bb07f906494a/facb0661-5a9e-4033-b703-1110937483b6_720.png" TargetMode="External"/><Relationship Id="rId1563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1d89a290-c83f-b24f-a6f2-96aa123c7467" TargetMode="External"/><Relationship Id="rId1564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1d89a290-c83f-b24f-a6f2-96aa123c7467/92589d42-9e32-432b-a55e-18bc0706b7e6_720.jpg" TargetMode="External"/><Relationship Id="rId1565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/253989e5-9abb-2e44-8ee0-fcfb32c02b93" TargetMode="External"/><Relationship Id="rId1566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/253989e5-9abb-2e44-8ee0-fcfb32c02b93/e69ed5ae-6c06-4c02-b34a-91bc15ede6b8_720.jpg" TargetMode="External"/><Relationship Id="rId1567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e7bb21ec-cfc0-c243-b5a4-9e876185ee05" TargetMode="External"/><Relationship Id="rId1568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e7bb21ec-cfc0-c243-b5a4-9e876185ee05/9e512a07-4206-4112-8631-2ae76733b3ae_720.jpg" TargetMode="External"/><Relationship Id="rId1569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fd3bfe52-34f6-8441-a675-28264506d044" TargetMode="External"/><Relationship Id="rId1570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fd3bfe52-34f6-8441-a675-28264506d044/86fdd53a-9f4c-4230-850a-852044fa47ad_720.jpg" TargetMode="External"/><Relationship Id="rId1571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/23c336eb-10de-0a4a-8ff5-a43c213e8d6b" TargetMode="External"/><Relationship Id="rId1572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/23c336eb-10de-0a4a-8ff5-a43c213e8d6b/68aa6a25-1cbc-4db9-883c-8ab72082cfa6_720.jpg" TargetMode="External"/><Relationship Id="rId1573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8a824a2b-80cd-564c-9043-8581b2cb5fa7" TargetMode="External"/><Relationship Id="rId1574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8a824a2b-80cd-564c-9043-8581b2cb5fa7/67eaabd6-4ed0-444d-a2b1-d0de63cadc76_720.jpg" TargetMode="External"/><Relationship Id="rId1575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f5ab1107-b1e3-5449-96b6-ede818510ef4" TargetMode="External"/><Relationship Id="rId1576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f5ab1107-b1e3-5449-96b6-ede818510ef4/0dd68fa2-368c-45ee-a87d-e0d1cf4b3d29_720.jpg" TargetMode="External"/><Relationship Id="rId1577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f2064033-eed3-a446-aa6e-553ae848e65b" TargetMode="External"/><Relationship Id="rId1578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f2064033-eed3-a446-aa6e-553ae848e65b/5dc85f08-6183-49be-bbed-a04f8d693e49_720.jpg" TargetMode="External"/><Relationship Id="rId1579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/abf0b574-6ae9-0846-a971-a72f71a5fd93" TargetMode="External"/><Relationship Id="rId1580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/abf0b574-6ae9-0846-a971-a72f71a5fd93/ddf5add7-5e14-4bec-866f-ccd064eafacf_720.jpg" TargetMode="External"/><Relationship Id="rId1581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/5c3be218-1ace-2e46-b24a-2ecdc3988997" TargetMode="External"/><Relationship Id="rId1582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/5c3be218-1ace-2e46-b24a-2ecdc3988997/542b8b17-1361-4662-862c-4141155146f0_720.jpg" TargetMode="External"/><Relationship Id="rId1583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ddec0337-d34a-9c40-be16-6d7fa9d64151" TargetMode="External"/><Relationship Id="rId1584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ddec0337-d34a-9c40-be16-6d7fa9d64151/a5db12c0-ef63-4ccf-8705-070d13496c7f_720.jpg" TargetMode="External"/><Relationship Id="rId1585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/83bdae15-de91-da44-8744-3fce2e9fd277" TargetMode="External"/><Relationship Id="rId1586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/83bdae15-de91-da44-8744-3fce2e9fd277/bc37da47-199e-4617-af19-93b024e460a9_720.jpg" TargetMode="External"/><Relationship Id="rId1587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/813dd1bf-0091-0a4c-9c7e-a989a23ab496" TargetMode="External"/><Relationship Id="rId1588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/813dd1bf-0091-0a4c-9c7e-a989a23ab496/0d910018-e04e-4381-95c8-4b8b0c1eb1b9_720.jpg" TargetMode="External"/><Relationship Id="rId1589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9a47d134-8df7-9b4c-a4ef-703a4f9d4280" TargetMode="External"/><Relationship Id="rId1590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9a47d134-8df7-9b4c-a4ef-703a4f9d4280/f41874e2-c5ed-4622-90c5-d26b69ec8491_720.jpg" TargetMode="External"/><Relationship Id="rId1591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f025027d-1d54-6043-9eb2-874fb0ec68fe" TargetMode="External"/><Relationship Id="rId1592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f025027d-1d54-6043-9eb2-874fb0ec68fe/fd607ae5-0699-4ef0-ae38-dc7522942cfa_720.jpg" TargetMode="External"/><Relationship Id="rId1593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/467743cc-9a59-1b4f-a8b8-1c84e0efd96b" TargetMode="External"/><Relationship Id="rId1594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/467743cc-9a59-1b4f-a8b8-1c84e0efd96b/e35145a1-f4c5-48b9-87af-11673df1c6e5_720.jpg" TargetMode="External"/><Relationship Id="rId1595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/14aba7cc-faea-ee4b-8738-99299b0f43b9" TargetMode="External"/><Relationship Id="rId1596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/14aba7cc-faea-ee4b-8738-99299b0f43b9/7c4a8539-8c8f-4f16-8216-711df217953f_720.jpg" TargetMode="External"/><Relationship Id="rId1597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1588ab85-6590-4d49-8bbc-6a007377591d" TargetMode="External"/><Relationship Id="rId1598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1588ab85-6590-4d49-8bbc-6a007377591d/b711e628-2a80-4784-9d71-f6d4a5aa840b_720.jpg" TargetMode="External"/><Relationship Id="rId1599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/41e6fafc-cc52-bf40-909f-e0010bce2db3" TargetMode="External"/><Relationship Id="rId1600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41e6fafc-cc52-bf40-909f-e0010bce2db3/15b768b4-66e6-4616-b413-eb0cda12d540_720.jpg" TargetMode="External"/><Relationship Id="rId1601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cf890292-0328-8c45-83a1-8d7c4b556233" TargetMode="External"/><Relationship Id="rId1602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cf890292-0328-8c45-83a1-8d7c4b556233/9e4bbc91-0260-4e29-b0e1-b9e0a9fced8c_720.jpg" TargetMode="External"/><Relationship Id="rId1603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/cdb496e6-e2b1-2746-92ff-2e55cb5035a2" TargetMode="External"/><Relationship Id="rId1604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/cdb496e6-e2b1-2746-92ff-2e55cb5035a2/0ed3c0be-853c-451b-99f1-1f6ca880fa9c_720.jpg" TargetMode="External"/><Relationship Id="rId1605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/aee7172c-85e0-ad49-b66a-37c71b9b57b1" TargetMode="External"/><Relationship Id="rId1606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/aee7172c-85e0-ad49-b66a-37c71b9b57b1/39a012e7-ab4e-4c28-b939-e6bece119da8_720.png" TargetMode="External"/><Relationship Id="rId1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f0ded25e-2c01-994b-92b1-7035f6068825" TargetMode="External"/><Relationship Id="rId1608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f0ded25e-2c01-994b-92b1-7035f6068825/e9152754-732c-4046-858c-95a50625a430_720.png" TargetMode="External"/><Relationship Id="rId1609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/931d1b58-afb3-0d4e-8c2e-dcce131ee572" TargetMode="External"/><Relationship Id="rId1610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/931d1b58-afb3-0d4e-8c2e-dcce131ee572/9be2e770-97f5-47b3-978a-a6ca4afb66b4_720.jpg" TargetMode="External"/><Relationship Id="rId1611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/e78310c6-76d3-2343-8d55-7b324e8e467f" TargetMode="External"/><Relationship Id="rId1612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/e78310c6-76d3-2343-8d55-7b324e8e467f/6f6c4cd4-1f88-4587-abcb-21022047f4bb_720.png" TargetMode="External"/><Relationship Id="rId1613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/27053f8f-2b30-9a44-a1ab-06c4e403b56b" TargetMode="External"/><Relationship Id="rId1614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/27053f8f-2b30-9a44-a1ab-06c4e403b56b/59ffa1da-9e97-4c57-ab23-0d2f46c37dc4_720.jpg" TargetMode="External"/><Relationship Id="rId1615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8621febd-7e74-f34c-a717-72ae7124bb0f" TargetMode="External"/><Relationship Id="rId1616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8621febd-7e74-f34c-a717-72ae7124bb0f/ea53be35-0109-4975-b783-2ac75305137b_720.png" TargetMode="External"/><Relationship Id="rId1617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/45bffc08-4430-ce47-b57b-5734fdc36fc2" TargetMode="External"/><Relationship Id="rId1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/45bffc08-4430-ce47-b57b-5734fdc36fc2/a84577b4-cab7-44eb-858e-a7ea38144259_720.jpg" TargetMode="External"/><Relationship Id="rId1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/41c1729a-b502-4346-b6f8-e6ac9b3f71e5" TargetMode="External"/><Relationship Id="rId1620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/41c1729a-b502-4346-b6f8-e6ac9b3f71e5/4b7a52ce-a407-4eaa-b705-1f23879174ba_720.png" TargetMode="External"/><Relationship Id="rId1621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a3aef714-7f56-694b-9ef1-d238eae077fe" TargetMode="External"/><Relationship Id="rId1622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a3aef714-7f56-694b-9ef1-d238eae077fe/a84577b4-cab7-44eb-858e-a7ea38144259_720.jpg" TargetMode="External"/><Relationship Id="rId1623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/79b7e7f0-bd78-2f4c-9d63-d9f41fe5604f" TargetMode="External"/><Relationship Id="rId1624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/79b7e7f0-bd78-2f4c-9d63-d9f41fe5604f/7bd28dea-283a-4a5b-8384-270fff61bd40_720.png" TargetMode="External"/><Relationship Id="rId1625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/0de58cd0-4f8c-714d-83a8-5ad0669f8622" TargetMode="External"/><Relationship Id="rId1626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/0de58cd0-4f8c-714d-83a8-5ad0669f8622/98169855-eef8-4109-af20-e86153466fd3_720.jpg" TargetMode="External"/><Relationship Id="rId1627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2a43012d-cfde-3f4e-82a9-25395882ce2f" TargetMode="External"/><Relationship Id="rId1628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a43012d-cfde-3f4e-82a9-25395882ce2f/fb525df6-1880-4b75-814e-241e91e5ff38_720.jpg" TargetMode="External"/><Relationship Id="rId1629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f786778d-5569-2446-997d-7f1061147b4c" TargetMode="External"/><Relationship Id="rId1630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f786778d-5569-2446-997d-7f1061147b4c/3ff0cb68-5311-40d1-812f-df22ece53e4e_720.jpg" TargetMode="External"/><Relationship Id="rId1631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ca5d6415-de3e-0342-a738-ad83ca66e7f2" TargetMode="External"/><Relationship Id="rId1632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ca5d6415-de3e-0342-a738-ad83ca66e7f2/6eb32008-317f-453f-a30a-3caa36a3a46c_720.jpg" TargetMode="External"/><Relationship Id="rId1633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1351c212-9c32-5740-9fd6-15aa908c208c" TargetMode="External"/><Relationship Id="rId1634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1351c212-9c32-5740-9fd6-15aa908c208c/ee2f1e57-7841-437e-a374-8e5810fa0c4b_720.jpg" TargetMode="External"/><Relationship Id="rId1635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/85014bd5-a1bb-2747-866c-19edd5847d40" TargetMode="External"/><Relationship Id="rId1636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/85014bd5-a1bb-2747-866c-19edd5847d40/79c0355f-e788-4940-924c-5ba28c26632c_720.jpg" TargetMode="External"/><Relationship Id="rId1637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1f29943b-61f2-7b4f-b648-5467ca1c6d40" TargetMode="External"/><Relationship Id="rId1638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1f29943b-61f2-7b4f-b648-5467ca1c6d40/132aebf6-d2cd-4612-bd84-436a8af1af84_720.png" TargetMode="External"/><Relationship Id="rId1639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9e556459-c860-5b48-8c0d-0cfb501da4bf" TargetMode="External"/><Relationship Id="rId1640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9e556459-c860-5b48-8c0d-0cfb501da4bf/0349062e-12f6-4149-a6c7-c969bb0af554_720.png" TargetMode="External"/><Relationship Id="rId1641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/534fec6a-0dea-c242-bcb3-e2ebe5d38d47" TargetMode="External"/><Relationship Id="rId1642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/534fec6a-0dea-c242-bcb3-e2ebe5d38d47/a49243b9-0870-41b9-9a3a-fb9668bdc679_720.png" TargetMode="External"/><Relationship Id="rId1643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2a170f34-e288-a848-8f22-e94a9c74c30d" TargetMode="External"/><Relationship Id="rId1644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2a170f34-e288-a848-8f22-e94a9c74c30d/41ca9958-2558-498d-bcb6-27f54603c3f1_720.png" TargetMode="External"/><Relationship Id="rId1645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ccff608e-25b0-0143-9ed2-d0646de8400d" TargetMode="External"/><Relationship Id="rId1646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ccff608e-25b0-0143-9ed2-d0646de8400d/787569b7-225e-41e5-bf6d-1192ca8775e9_720.png" TargetMode="External"/><Relationship Id="rId1647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6b6485cb-1e36-204a-a8b9-adbec2d7dc03" TargetMode="External"/><Relationship Id="rId1648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6b6485cb-1e36-204a-a8b9-adbec2d7dc03/896647e2-4594-4838-947b-34bea40d0ed7_720.png" TargetMode="External"/><Relationship Id="rId1649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8f67182d-ae12-6b43-9ad8-e9e838220e4c" TargetMode="External"/><Relationship Id="rId1650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f67182d-ae12-6b43-9ad8-e9e838220e4c/b7533d9c-1440-469e-ae6d-dbc56fb06419_720.png" TargetMode="External"/><Relationship Id="rId1651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7ccf9484-503d-d044-9063-9f10eade55d5" TargetMode="External"/><Relationship Id="rId1652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7ccf9484-503d-d044-9063-9f10eade55d5/a977476f-9118-4057-8842-e796864eb525_720.png" TargetMode="External"/><Relationship Id="rId1653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/eff6d52a-d41e-2e4c-bd4e-460d43575f21" TargetMode="External"/><Relationship Id="rId1654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/eff6d52a-d41e-2e4c-bd4e-460d43575f21/13c31b86-389f-44b3-9086-ae6e34543c59_720.png" TargetMode="External"/><Relationship Id="rId1655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8f06558a-109d-a344-8c2c-8af66cfb6e99" TargetMode="External"/><Relationship Id="rId1656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8f06558a-109d-a344-8c2c-8af66cfb6e99/59451b7b-68f2-4a9b-88aa-edb18f5129a1_720.png" TargetMode="External"/><Relationship Id="rId1657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/9be75953-afc3-7f4d-9e62-5c01dfaa6816" TargetMode="External"/><Relationship Id="rId1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/9be75953-afc3-7f4d-9e62-5c01dfaa6816/a7e174fb-4460-4082-b348-1ac534094485_720.png" TargetMode="External"/><Relationship Id="rId1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/491c72f7-64b4-934d-9ce8-54a1ffd697cf" TargetMode="External"/><Relationship Id="rId1660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/491c72f7-64b4-934d-9ce8-54a1ffd697cf/1baabe0e-242b-4543-afeb-76e3a826f5db_720.png" TargetMode="External"/><Relationship Id="rId1661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/557a88cf-f451-904c-94e3-bd709326a5aa" TargetMode="External"/><Relationship Id="rId1662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/557a88cf-f451-904c-94e3-bd709326a5aa/9307a3c1-e0f3-4837-9835-49bbf3358200_720.png" TargetMode="External"/><Relationship Id="rId1663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a1c26223-9efc-7547-bbb6-2c9479efb04c" TargetMode="External"/><Relationship Id="rId1664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a1c26223-9efc-7547-bbb6-2c9479efb04c/b2d9ad90-77cf-46b4-9fb0-0f2d8be9bea4_720.png" TargetMode="External"/><Relationship Id="rId1665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/2580e868-9d23-7443-8f26-65f8fb9970d2" TargetMode="External"/><Relationship Id="rId1666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/2580e868-9d23-7443-8f26-65f8fb9970d2/fb64c7de-32d0-4aff-aa99-46bfa9855cc7_720.png" TargetMode="External"/><Relationship Id="rId1667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/7a324d9c-e858-b943-bd2a-e959cf645d43" TargetMode="External"/><Relationship Id="rId1668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/7a324d9c-e858-b943-bd2a-e959cf645d43/4979bfde-6c0c-4ca3-b962-f4555277f25c_720.png" TargetMode="External"/><Relationship Id="rId1669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/a80394e9-be78-a448-bf1d-c0393d4c0423" TargetMode="External"/><Relationship Id="rId1670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/a80394e9-be78-a448-bf1d-c0393d4c0423/9203548e-3900-42e8-bee8-87641c7e530f_720.png" TargetMode="External"/><Relationship Id="rId1671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/59cfff86-92ee-d24c-8f80-caaf838f9784" TargetMode="External"/><Relationship Id="rId1672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/59cfff86-92ee-d24c-8f80-caaf838f9784/27412430-b8d9-4db8-8557-662628ec8101_720.png" TargetMode="External"/><Relationship Id="rId1673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/36c796a4-7eed-9a40-8fca-68fb2b19fb85" TargetMode="External"/><Relationship Id="rId1674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/36c796a4-7eed-9a40-8fca-68fb2b19fb85/2ac64e21-ff66-4e93-8037-a1ca5b9e2d63_720.png" TargetMode="External"/><Relationship Id="rId1675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/889268c4-d21a-4441-a0bd-33f0a6b16354" TargetMode="External"/><Relationship Id="rId1676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/889268c4-d21a-4441-a0bd-33f0a6b16354/313cab27-4693-4a4d-8909-5ce65d365eab_720.jpg" TargetMode="External"/><Relationship Id="rId1677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/31125e4a-5548-1449-83ab-bcef3795fb93" TargetMode="External"/><Relationship Id="rId1678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/31125e4a-5548-1449-83ab-bcef3795fb93/993d4159-0b80-4abc-a964-92dcccd36920_720.png" TargetMode="External"/><Relationship Id="rId1679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/dc31bf9f-05f1-aa41-beb9-e1b6dc75e7e6" TargetMode="External"/><Relationship Id="rId1680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/dc31bf9f-05f1-aa41-beb9-e1b6dc75e7e6/600c8404-9699-4860-b73b-296f8e33589a_720.png" TargetMode="External"/><Relationship Id="rId1681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/bf67fd10-f191-6945-8534-afeec5c2034f" TargetMode="External"/><Relationship Id="rId1682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/bf67fd10-f191-6945-8534-afeec5c2034f/5cdf3999-374e-4edf-89aa-a30136c5231f_720.png" TargetMode="External"/><Relationship Id="rId1683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/fb58e3e8-fe4a-654d-a3d0-a00c6a570edc" TargetMode="External"/><Relationship Id="rId1684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/fb58e3e8-fe4a-654d-a3d0-a00c6a570edc/2fc48f7e-226e-4403-982a-4c022835f976_720.png" TargetMode="External"/><Relationship Id="rId1685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/96ec3f53-ece7-c448-9fc4-a06590f43b22" TargetMode="External"/><Relationship Id="rId1686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/96ec3f53-ece7-c448-9fc4-a06590f43b22/a97176d5-bad0-4a9a-bf04-fe64e5be5987_720.png" TargetMode="External"/><Relationship Id="rId1687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3dd00dc6-73d2-2742-a78a-51fc811ea1e1" TargetMode="External"/><Relationship Id="rId1688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3dd00dc6-73d2-2742-a78a-51fc811ea1e1/73d28fde-f6ca-403c-9266-64350060240b_720.png" TargetMode="External"/><Relationship Id="rId1689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ec675ea5-052b-e543-bcd1-9a753d426ae6" TargetMode="External"/><Relationship Id="rId1690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ec675ea5-052b-e543-bcd1-9a753d426ae6/eeb6736c-9565-4d7e-87f8-b7df0647e20b_720.png" TargetMode="External"/><Relationship Id="rId1691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1d0e65fe-c85c-f546-9a2d-f35009f9e48e" TargetMode="External"/><Relationship Id="rId1692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1d0e65fe-c85c-f546-9a2d-f35009f9e48e/3a1dca41-dd63-4dab-8557-28dcf6b67bdb_720.png" TargetMode="External"/><Relationship Id="rId1693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3f84fb6c-9473-d148-b1d7-41209ab1751c" TargetMode="External"/><Relationship Id="rId1694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3f84fb6c-9473-d148-b1d7-41209ab1751c/3d164957-08e8-4c25-bb58-3bc33500d1ba_720.jpg" TargetMode="External"/><Relationship Id="rId1695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/17bef38c-edd3-c449-b84f-b98a16548f0e" TargetMode="External"/><Relationship Id="rId1696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/17bef38c-edd3-c449-b84f-b98a16548f0e/b00c6f06-f2d8-459c-b80d-d2e0e3a8b277_720.jpg" TargetMode="External"/><Relationship Id="rId1697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ed40e46f-e4b1-0540-969c-16bb7115b3b4" TargetMode="External"/><Relationship Id="rId1698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ed40e46f-e4b1-0540-969c-16bb7115b3b4/65c84c53-9061-4b8f-bc05-6fb5e1c390c1_720.jpg" TargetMode="External"/><Relationship Id="rId1699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8953bc1c-dea0-4049-8821-6e35d4de9da6" TargetMode="External"/><Relationship Id="rId1700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8953bc1c-dea0-4049-8821-6e35d4de9da6/076c0fb5-a95f-4cfe-89be-6397dc943ac7_720.jpg" TargetMode="External"/><Relationship Id="rId1701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/b9d55f3c-ff11-5e47-a5ee-c61e4dd62f04" TargetMode="External"/><Relationship Id="rId1702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/b9d55f3c-ff11-5e47-a5ee-c61e4dd62f04/71a08d49-6362-47fe-9451-ae84657c9d3f_720.jpg" TargetMode="External"/><Relationship Id="rId1703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4374c3cc-aa14-784d-89d5-5d6d9dcfe476" TargetMode="External"/><Relationship Id="rId1704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4374c3cc-aa14-784d-89d5-5d6d9dcfe476/61500302-2b2f-4bb3-9a32-4188a215e6e5_720.png" TargetMode="External"/><Relationship Id="rId1705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/89bbf043-cc25-4f4c-a4dc-dbf35924b9fa" TargetMode="External"/><Relationship Id="rId1706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/89bbf043-cc25-4f4c-a4dc-dbf35924b9fa/e80f1caf-d76d-4711-b862-e2b0aa2b0a3f_720.jpg" TargetMode="External"/><Relationship Id="rId1707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/8012a22b-fb8c-9a49-8166-56d171f385de" TargetMode="External"/><Relationship Id="rId1708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/8012a22b-fb8c-9a49-8166-56d171f385de/c6a15f32-cdc1-4648-ade4-2866232a6387_720.jpg" TargetMode="External"/><Relationship Id="rId1709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/4acbc0d6-7752-e545-be46-8b1f3a8cf72d" TargetMode="External"/><Relationship Id="rId1710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/4acbc0d6-7752-e545-be46-8b1f3a8cf72d/6a99c655-42a3-4e2d-855f-a117003c4124_720.png" TargetMode="External"/><Relationship Id="rId1711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/f1714ebb-b266-ba43-bf40-ae482292a09e" TargetMode="External"/><Relationship Id="rId1712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/f1714ebb-b266-ba43-bf40-ae482292a09e/f287f8a8-78d7-4fc0-a474-65d0aba3bf6b_720.png" TargetMode="External"/><Relationship Id="rId1713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/1014a1cc-b1f7-4545-bff6-9d02032b8ada" TargetMode="External"/><Relationship Id="rId1714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/1014a1cc-b1f7-4545-bff6-9d02032b8ada/a5a77167-6a85-4368-9d2d-e8b47900d347_720.jpg" TargetMode="External"/><Relationship Id="rId1715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/ad165ce0-321b-fb48-9f79-e2f37109b725" TargetMode="External"/><Relationship Id="rId1716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/ad165ce0-321b-fb48-9f79-e2f37109b725/bd055fd4-7e28-447c-abb2-53539f2d5380_720.png" TargetMode="External"/><Relationship Id="rId1717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/3ee33191-c4a4-a04d-aaa0-36f8cd3c8136" TargetMode="External"/><Relationship Id="rId1718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/3ee33191-c4a4-a04d-aaa0-36f8cd3c8136/66b47a91-52fd-4b53-9156-192dfdd160d5_720.jpg" TargetMode="External"/><Relationship Id="rId1719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/68efc9d7-3b1e-a948-8ce7-096d8004e228" TargetMode="External"/><Relationship Id="rId1720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/68efc9d7-3b1e-a948-8ce7-096d8004e228/8a453e00-4653-4dff-85d5-dd3b6d46d8d1_720.jpg" TargetMode="External"/><Relationship Id="rId1721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/6777cd58-ea86-1446-9006-70e87bf8c955" TargetMode="External"/><Relationship Id="rId1722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/6777cd58-ea86-1446-9006-70e87bf8c955/145ba545-6832-47f0-8dda-a23c903eecfd_720.png" TargetMode="External"/><Relationship Id="rId1723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/d8f4772d-485e-8b41-bc19-745be94159ca" TargetMode="External"/><Relationship Id="rId1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/d8f4772d-485e-8b41-bc19-745be94159ca/4c58236f-edc7-46e0-b7d0-f155e0168550_720.png" TargetMode="External"/><Relationship Id="rId1725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teconex.eu/fr/produit/063aa14b-c6a2-0440-aedf-3ea05bb3c223" TargetMode="External"/><Relationship Id="rId1726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.prod.teconex-demo.be/v5/articles/063aa14b-c6a2-0440-aedf-3ea05bb3c223/d6cb24a4-096b-458e-a98c-ac0b02642d00_720.png" TargetMode="External"/><Relationship Id="rId1727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:N883"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="2" ySplit="8" topLeftCell="C9" activePane="bottomRight" state="frozen"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="1"/>
     <col min="2" max="2" width="65" customWidth="1"/>
     <col min="3" max="3" width="20" style="1" customWidth="1"/>
     <col min="4" max="4" width="10" customWidth="1"/>
     <col min="5" max="12" width="20" customWidth="1"/>
     <col min="13" max="13" width="75" customWidth="1"/>
     <col min="14" max="14" width="150" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
@@ -47298,59 +47298,59 @@
     <hyperlink ref="M822" r:id="rId1603" tooltip="teconex.eu/fr/produit/cdb496e6-e2b1-2746-92ff-2e55cb5035a2"/>
     <hyperlink ref="N822" r:id="rId1604" tooltip="static.prod.teconex-demo.be/v5/articles/cdb496e6-e2b1-2746-92ff-2e55cb5035a2/0ed3c0be-853c-451b-99f1-1f6ca880fa9c_720.jpg"/>
     <hyperlink ref="M823" r:id="rId1605" tooltip="teconex.eu/fr/produit/aee7172c-85e0-ad49-b66a-37c71b9b57b1"/>
     <hyperlink ref="N823" r:id="rId1606" tooltip="static.prod.teconex-demo.be/v5/articles/aee7172c-85e0-ad49-b66a-37c71b9b57b1/39a012e7-ab4e-4c28-b939-e6bece119da8_720.png"/>
     <hyperlink ref="M824" r:id="rId1607" tooltip="teconex.eu/fr/produit/f0ded25e-2c01-994b-92b1-7035f6068825"/>
     <hyperlink ref="N824" r:id="rId1608" tooltip="static.prod.teconex-demo.be/v5/articles/f0ded25e-2c01-994b-92b1-7035f6068825/e9152754-732c-4046-858c-95a50625a430_720.png"/>
     <hyperlink ref="M825" r:id="rId1609" tooltip="teconex.eu/fr/produit/931d1b58-afb3-0d4e-8c2e-dcce131ee572"/>
     <hyperlink ref="N825" r:id="rId1610" tooltip="static.prod.teconex-demo.be/v5/articles/931d1b58-afb3-0d4e-8c2e-dcce131ee572/9be2e770-97f5-47b3-978a-a6ca4afb66b4_720.jpg"/>
     <hyperlink ref="M826" r:id="rId1611" tooltip="teconex.eu/fr/produit/e78310c6-76d3-2343-8d55-7b324e8e467f"/>
     <hyperlink ref="N826" r:id="rId1612" tooltip="static.prod.teconex-demo.be/v5/articles/e78310c6-76d3-2343-8d55-7b324e8e467f/6f6c4cd4-1f88-4587-abcb-21022047f4bb_720.png"/>
     <hyperlink ref="M827" r:id="rId1613" tooltip="teconex.eu/fr/produit/27053f8f-2b30-9a44-a1ab-06c4e403b56b"/>
     <hyperlink ref="N827" r:id="rId1614" tooltip="static.prod.teconex-demo.be/v5/articles/27053f8f-2b30-9a44-a1ab-06c4e403b56b/59ffa1da-9e97-4c57-ab23-0d2f46c37dc4_720.jpg"/>
     <hyperlink ref="M828" r:id="rId1615" tooltip="teconex.eu/fr/produit/8621febd-7e74-f34c-a717-72ae7124bb0f"/>
     <hyperlink ref="N828" r:id="rId1616" tooltip="static.prod.teconex-demo.be/v5/articles/8621febd-7e74-f34c-a717-72ae7124bb0f/ea53be35-0109-4975-b783-2ac75305137b_720.png"/>
     <hyperlink ref="M829" r:id="rId1617" tooltip="teconex.eu/fr/produit/45bffc08-4430-ce47-b57b-5734fdc36fc2"/>
     <hyperlink ref="N829" r:id="rId1618" tooltip="static.prod.teconex-demo.be/v5/articles/45bffc08-4430-ce47-b57b-5734fdc36fc2/a84577b4-cab7-44eb-858e-a7ea38144259_720.jpg"/>
     <hyperlink ref="M830" r:id="rId1619" tooltip="teconex.eu/fr/produit/41c1729a-b502-4346-b6f8-e6ac9b3f71e5"/>
     <hyperlink ref="N830" r:id="rId1620" tooltip="static.prod.teconex-demo.be/v5/articles/41c1729a-b502-4346-b6f8-e6ac9b3f71e5/4b7a52ce-a407-4eaa-b705-1f23879174ba_720.png"/>
     <hyperlink ref="M831" r:id="rId1621" tooltip="teconex.eu/fr/produit/a3aef714-7f56-694b-9ef1-d238eae077fe"/>
     <hyperlink ref="N831" r:id="rId1622" tooltip="static.prod.teconex-demo.be/v5/articles/a3aef714-7f56-694b-9ef1-d238eae077fe/a84577b4-cab7-44eb-858e-a7ea38144259_720.jpg"/>
     <hyperlink ref="M832" r:id="rId1623" tooltip="teconex.eu/fr/produit/79b7e7f0-bd78-2f4c-9d63-d9f41fe5604f"/>
     <hyperlink ref="N832" r:id="rId1624" tooltip="static.prod.teconex-demo.be/v5/articles/79b7e7f0-bd78-2f4c-9d63-d9f41fe5604f/7bd28dea-283a-4a5b-8384-270fff61bd40_720.png"/>
     <hyperlink ref="M833" r:id="rId1625" tooltip="teconex.eu/fr/produit/0de58cd0-4f8c-714d-83a8-5ad0669f8622"/>
     <hyperlink ref="N833" r:id="rId1626" tooltip="static.prod.teconex-demo.be/v5/articles/0de58cd0-4f8c-714d-83a8-5ad0669f8622/98169855-eef8-4109-af20-e86153466fd3_720.jpg"/>
     <hyperlink ref="M834" r:id="rId1627" tooltip="teconex.eu/fr/produit/2a43012d-cfde-3f4e-82a9-25395882ce2f"/>
-    <hyperlink ref="N834" r:id="rId1628" tooltip="static.prod.teconex-demo.be/v5/articles/2a43012d-cfde-3f4e-82a9-25395882ce2f/98169855-eef8-4109-af20-e86153466fd3_720.jpg"/>
+    <hyperlink ref="N834" r:id="rId1628" tooltip="static.prod.teconex-demo.be/v5/articles/2a43012d-cfde-3f4e-82a9-25395882ce2f/fb525df6-1880-4b75-814e-241e91e5ff38_720.jpg"/>
     <hyperlink ref="M835" r:id="rId1629" tooltip="teconex.eu/fr/produit/f786778d-5569-2446-997d-7f1061147b4c"/>
     <hyperlink ref="N835" r:id="rId1630" tooltip="static.prod.teconex-demo.be/v5/articles/f786778d-5569-2446-997d-7f1061147b4c/3ff0cb68-5311-40d1-812f-df22ece53e4e_720.jpg"/>
     <hyperlink ref="M836" r:id="rId1631" tooltip="teconex.eu/fr/produit/ca5d6415-de3e-0342-a738-ad83ca66e7f2"/>
-    <hyperlink ref="N836" r:id="rId1632" tooltip="static.prod.teconex-demo.be/v5/articles/ca5d6415-de3e-0342-a738-ad83ca66e7f2/3ff0cb68-5311-40d1-812f-df22ece53e4e_720.jpg"/>
+    <hyperlink ref="N836" r:id="rId1632" tooltip="static.prod.teconex-demo.be/v5/articles/ca5d6415-de3e-0342-a738-ad83ca66e7f2/6eb32008-317f-453f-a30a-3caa36a3a46c_720.jpg"/>
     <hyperlink ref="M837" r:id="rId1633" tooltip="teconex.eu/fr/produit/1351c212-9c32-5740-9fd6-15aa908c208c"/>
     <hyperlink ref="N837" r:id="rId1634" tooltip="static.prod.teconex-demo.be/v5/articles/1351c212-9c32-5740-9fd6-15aa908c208c/ee2f1e57-7841-437e-a374-8e5810fa0c4b_720.jpg"/>
     <hyperlink ref="M838" r:id="rId1635" tooltip="teconex.eu/fr/produit/85014bd5-a1bb-2747-866c-19edd5847d40"/>
-    <hyperlink ref="N838" r:id="rId1636" tooltip="static.prod.teconex-demo.be/v5/articles/85014bd5-a1bb-2747-866c-19edd5847d40/ee2f1e57-7841-437e-a374-8e5810fa0c4b_720.jpg"/>
+    <hyperlink ref="N838" r:id="rId1636" tooltip="static.prod.teconex-demo.be/v5/articles/85014bd5-a1bb-2747-866c-19edd5847d40/79c0355f-e788-4940-924c-5ba28c26632c_720.jpg"/>
     <hyperlink ref="M839" r:id="rId1637" tooltip="teconex.eu/fr/produit/1f29943b-61f2-7b4f-b648-5467ca1c6d40"/>
     <hyperlink ref="N839" r:id="rId1638" tooltip="static.prod.teconex-demo.be/v5/articles/1f29943b-61f2-7b4f-b648-5467ca1c6d40/132aebf6-d2cd-4612-bd84-436a8af1af84_720.png"/>
     <hyperlink ref="M840" r:id="rId1639" tooltip="teconex.eu/fr/produit/9e556459-c860-5b48-8c0d-0cfb501da4bf"/>
     <hyperlink ref="N840" r:id="rId1640" tooltip="static.prod.teconex-demo.be/v5/articles/9e556459-c860-5b48-8c0d-0cfb501da4bf/0349062e-12f6-4149-a6c7-c969bb0af554_720.png"/>
     <hyperlink ref="M841" r:id="rId1641" tooltip="teconex.eu/fr/produit/534fec6a-0dea-c242-bcb3-e2ebe5d38d47"/>
     <hyperlink ref="N841" r:id="rId1642" tooltip="static.prod.teconex-demo.be/v5/articles/534fec6a-0dea-c242-bcb3-e2ebe5d38d47/a49243b9-0870-41b9-9a3a-fb9668bdc679_720.png"/>
     <hyperlink ref="M842" r:id="rId1643" tooltip="teconex.eu/fr/produit/2a170f34-e288-a848-8f22-e94a9c74c30d"/>
     <hyperlink ref="N842" r:id="rId1644" tooltip="static.prod.teconex-demo.be/v5/articles/2a170f34-e288-a848-8f22-e94a9c74c30d/41ca9958-2558-498d-bcb6-27f54603c3f1_720.png"/>
     <hyperlink ref="M843" r:id="rId1645" tooltip="teconex.eu/fr/produit/ccff608e-25b0-0143-9ed2-d0646de8400d"/>
     <hyperlink ref="N843" r:id="rId1646" tooltip="static.prod.teconex-demo.be/v5/articles/ccff608e-25b0-0143-9ed2-d0646de8400d/787569b7-225e-41e5-bf6d-1192ca8775e9_720.png"/>
     <hyperlink ref="M844" r:id="rId1647" tooltip="teconex.eu/fr/produit/6b6485cb-1e36-204a-a8b9-adbec2d7dc03"/>
     <hyperlink ref="N844" r:id="rId1648" tooltip="static.prod.teconex-demo.be/v5/articles/6b6485cb-1e36-204a-a8b9-adbec2d7dc03/896647e2-4594-4838-947b-34bea40d0ed7_720.png"/>
     <hyperlink ref="M845" r:id="rId1649" tooltip="teconex.eu/fr/produit/8f67182d-ae12-6b43-9ad8-e9e838220e4c"/>
     <hyperlink ref="N845" r:id="rId1650" tooltip="static.prod.teconex-demo.be/v5/articles/8f67182d-ae12-6b43-9ad8-e9e838220e4c/b7533d9c-1440-469e-ae6d-dbc56fb06419_720.png"/>
     <hyperlink ref="M846" r:id="rId1651" tooltip="teconex.eu/fr/produit/7ccf9484-503d-d044-9063-9f10eade55d5"/>
     <hyperlink ref="N846" r:id="rId1652" tooltip="static.prod.teconex-demo.be/v5/articles/7ccf9484-503d-d044-9063-9f10eade55d5/a977476f-9118-4057-8842-e796864eb525_720.png"/>
     <hyperlink ref="M847" r:id="rId1653" tooltip="teconex.eu/fr/produit/eff6d52a-d41e-2e4c-bd4e-460d43575f21"/>
     <hyperlink ref="N847" r:id="rId1654" tooltip="static.prod.teconex-demo.be/v5/articles/eff6d52a-d41e-2e4c-bd4e-460d43575f21/13c31b86-389f-44b3-9086-ae6e34543c59_720.png"/>
     <hyperlink ref="M848" r:id="rId1655" tooltip="teconex.eu/fr/produit/8f06558a-109d-a344-8c2c-8af66cfb6e99"/>
     <hyperlink ref="N848" r:id="rId1656" tooltip="static.prod.teconex-demo.be/v5/articles/8f06558a-109d-a344-8c2c-8af66cfb6e99/59451b7b-68f2-4a9b-88aa-edb18f5129a1_720.png"/>
     <hyperlink ref="M849" r:id="rId1657" tooltip="teconex.eu/fr/produit/9be75953-afc3-7f4d-9e62-5c01dfaa6816"/>
     <hyperlink ref="N849" r:id="rId1658" tooltip="static.prod.teconex-demo.be/v5/articles/9be75953-afc3-7f4d-9e62-5c01dfaa6816/a7e174fb-4460-4082-b348-1ac534094485_720.png"/>
     <hyperlink ref="M850" r:id="rId1659" tooltip="teconex.eu/fr/produit/491c72f7-64b4-934d-9ce8-54a1ffd697cf"/>
     <hyperlink ref="N850" r:id="rId1660" tooltip="static.prod.teconex-demo.be/v5/articles/491c72f7-64b4-934d-9ce8-54a1ffd697cf/1baabe0e-242b-4543-afeb-76e3a826f5db_720.png"/>
     <hyperlink ref="M851" r:id="rId1661" tooltip="teconex.eu/fr/produit/557a88cf-f451-904c-94e3-bd709326a5aa"/>